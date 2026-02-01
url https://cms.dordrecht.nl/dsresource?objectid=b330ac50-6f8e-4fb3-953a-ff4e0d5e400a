--- v0 (2025-12-03)
+++ v1 (2026-02-01)
@@ -1,57 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B905CEA" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2034"/>
         </w:tabs>
         <w:ind w:left="22"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:position w:val="12"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="26"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A25A8DC" wp14:editId="21CBE0F5">
             <wp:extent cx="1095375" cy="495300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Image 1"/>
@@ -255,51 +256,51 @@
                           <pic:cNvPr id="6" name="Image 6"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="1386839" y="32384"/>
                             <a:ext cx="1381124" cy="609600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="1DAB7AE0">
               <v:group id="Group 4" style="width:217.95pt;height:50.55pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="27679,6419" o:spid="_x0000_s1026" w14:anchorId="271BAE4E" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAO9xclNoAgAAGwcAAA4AAABkcnMvZTJvRG9jLnhtbNRV247bIBB9r9R/&#10;QLxvHNuJk1hx9iXdaKVVG/XyAQRjG625CMjt7ztgJ5smVbtatVL7YDR4YDhz5jDM7w+iRTtmLFey&#10;wPFgiBGTVJVc1gX+9vXhboqRdUSWpFWSFfjILL5fvH833+ucJapRbckMgiDS5ntd4MY5nUeRpQ0T&#10;xA6UZhKclTKCOJiaOioN2UN00UbJcJhFe2VKbRRl1sLfZefEixC/qhh1n6rKMofaAgM2F0YTxo0f&#10;o8Wc5LUhuuG0h0HegEIQLuHQc6glcQRtDb8JJTg1yqrKDagSkaoqTlnIAbKJh1fZrIza6pBLne9r&#10;faYJqL3i6c1h6cfdyugvem069GA+KfpsgZdor+v80u/n9cviQ2WE3wRJoENg9HhmlB0covAzmWST&#10;WTbGiIIvG8Wz6bijnDZQl5tttPnw640RybtjA7gzGM1pDl9PEFg3BP1eSLDLbQ3DfRDxqhiCmOet&#10;voNaauL4hrfcHYMuoWoelNytOfXc+glwuTaIlwUGQiQRcB0eBakZCpycVvj1nv2b7ZuW6wfetp5z&#10;b/dAQcxXYvhJrp3QlopuBZOuuzmGtYBZSdtwbTEyORMbBuDMYxlDweDWOkCoDZeuq5l1hjna+PMr&#10;wPEZLpcHSvKzI4B+welTsL20XqOWOB0n4zFc06CWdBpPAjPnopNcG+tWTAnkDYAKEIBpkpPdk+3B&#10;nJb0FHbnB2AApysEGP+NVLIfpZL5UnhevZj+Bakkf10qcTrNpukMI2ghaZJOR50aTy0G3HGcjHrR&#10;DGfZMHT1Pyqa0G2gAwe196+Fb/GXc7Av37TFdwAAAP//AwBQSwMECgAAAAAAAAAhACe34D+LDgAA&#10;iw4AABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwIC&#10;AwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQY&#10;EhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFP/AABEIAEMAjgMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAA&#10;AQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgj&#10;QrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpz&#10;dHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX&#10;2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/&#10;xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEK&#10;FiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SF&#10;hoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo&#10;6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP1SXpS01elOoAKKKKACiiigAooooAKTOKy/FPijS/Bf&#10;h+/1zW72LTtKsYjNcXMxwqKP1JPAAHJJAHJr8+/jJ/wUL8Ya3dyQeArNfDWhszpBqV3biW7uMcEg&#10;NmNOo+UBiMjJHSvUwOW4jMJNUVot29F/XkjysfmeGy2PNXer2S1f9ebP0Y3D1FLX5D2P7YXxksLx&#10;blPHd/K4Odk8UEkZ9ipjxivqf9nH9v2Hxjq9n4a+Idva6VqFywittatQUtpXPCrKpJ8sk8BgduTy&#10;Fr08Vw9jMNB1FaSW9t/uf6Hk4TiXA4uoqWsW9r7fen+Z9o0UgOaWvmD6sKKKKACiiigBqdKdTU6U&#10;6gAooooAKKKKACiiigD5/wD2wvhtL8TPC/hDTZdWudO0Q+JbKHU0gHEkMreUpPurumM8Atkj5RXj&#10;f7cXwfk1aP4UeCvh/wCG2uLq1ivkt9O06MYhtx5ALOTwq7iMux5J5OTX1T8Ymt38M2VtdOsNvLq1&#10;jJLNIQqRRw3CXEjsx4UBIXOTXHW/izTtF8Qaj8Q/EIniudVt00vw3oUUJfULi0Ri+Ug+8ZJ5G3kE&#10;AIixbyuGx9DgcXWoRpzhryc1l3bsunzv2S3R87jsHRxDqwnpz8t31SWvX5erezPzT+MHwH8T/A2T&#10;R4PFJ0+K91SKSaO0tLrz5IkQqCZMAAZLYGCc7W9K87IBBGMj09a+0f2iP2WvjV8WfFOpeOtQt9Eb&#10;fCPI0eHU/wB5ZW6AlYizqsZYZYsQ2CxYg4xXxe6lGZTjKnBwc/yr9Ly/FLFUU3NSmvi5dk+39bn5&#10;PmmClg67Uacowfw827t1/XyP1g/Yn+KN38UPgXpsupTtc6rpEz6VczO2Xl8sKY3b1JjdMnuQTXvd&#10;fIn/AATX0e4tPg9r1/KCsN7rb+Tn+IJDGrEf8CyP+A19d1+T5pThSx1WFPZN/wBfifsmU1J1cBRn&#10;U3cV/X4BRRRXlnrBRRRQA1OlOrDn8Z6HZ+IrbQJ9UtYtauYzLDYPJiaRB1ZV6kDuegyM9adD4z0O&#10;48SzeHo9UtX1yGMTSaeJB5yRno5XqFPr0NXyT3s+/wAu/oRzx7+Xz7eptUUmaCcCoLForH8PeLNK&#10;8VpfvpV4t2tjeS2FyVRl8ueMgOh3AcgkcjiqWufEjwz4cTUGv9ZtYm0+a3t7yNGMklvJOVECui5K&#10;lyy4yOc1oqc3LlSdyPaQS5rqx0tFIDmsXUfGmh6Rrtjot7qlrbatfgm1spZMSzgddi/xY746d6lR&#10;ctErjclHVsXxilxJ4Y1NbSxOpXBgYJahlUyH0XcQN3cZIBIHK9R5N4Es9aa3uNT8I2/g/ULyQmG6&#10;v79byDUI3H3o7lX82VWB6ozj+teuaj4r0rSte0nRbu7WHU9W877FblWJm8pN8mCBgYXnkis3xF8N&#10;9D8S341GaCay1YJsGp6bcSWl1t7KZIyCyj+62R7V10qns48s1o/K/wCF1dfP7zmqU/aS5ovVf1vZ&#10;6nx9+29pPxvh8Hm9vNbsb7wOUUajZ+Hbd7byScD9+GZnkizgZ3bc/eUcGvkH4S/CPxH8Z/F9v4f8&#10;OWbTTMQ1xdOp8mzizzJK3YDsOrHgZNfrHe/BmDVrSWy1XxX4p1PTJkaKexn1FUjmjYYZHMaK5Ugk&#10;EbuQa2fht4a8H+F/DaWfgmy0yy0ZJZIsaWF2NJG5R9zDlmDKykkk5BFfTYbPfqeEdKnBOXRpWXzX&#10;V/mfKYvh9Y7GKtVm1Hqm7v5Pou4/4YfD3TfhX4D0bwrpIP2LTYBEJHGGlfOXkb/aZizH611NJWTD&#10;4s0q48UXPh2O7DazbWsd7La7GBWF2ZUfOMYLIw4OeDXyEnOrKU3q93/n+J9lFQpRjBaJaL/I16KK&#10;oa9rlj4Z0a+1bUrgWun2MD3FxOykiONAWZiACcAAngVCTbsi20ldl+iq2nahb6tYW17ayCW1uYkm&#10;ikAI3IwDKcHnkEVZoatowTvqjxrx2mqP+0L4GGky2kVz/wAI9rGWvY3kj2+dY54RlOc7e+P0rmPE&#10;fjHVvhx8T/iB4j1dLLULrTfBVjcRpaJJDDgXd2BvLMxABJLMOig8ZFe3XPgjQdQ8RWuv3Ok2k2t2&#10;qeXBfvGDNEvdVbqAe46HvTJPh/4bl1271mTRLGTVbuE21xdvAGkmiIwY3J+8mCflPHJ45r0oYmnF&#10;KMo3XLZ/fffsedPDVG24ys+a/wCFtu55lr/jj4h+G7TTPtT6Ev8AaWv6ZYW9wqtOxt7gsspZFZQM&#10;MBsYMcjIPIzUOm/GDxCmoW3hi/lsDrFz4suvDser/ZmjgEUVp9rDmIuf3rL+7Vd2C3zf7J9Dsvg9&#10;4J07T7axtvC+lwWdtcrdwQpbKFimX7jqOxX+E/w9sVNd/CrwhfWOo2dx4c02a21G5F7dRvbqRNcD&#10;pMf+mg7P16c0/b4a1nD8Ev1/DZi9hiL3U/xf+X4niPhfxJ4k8J6Vqlvpl9YvqWp/Eu50q4vLuyZ0&#10;2SJneI1kXBBReN3r0zwvxQ8Q6xe+HfiTo+qfYrqTSbjw0FnsLMwPcPJPA0hYFznLA7QTwMDPU17P&#10;F8HvBUEeyPwxpiJ9r/tABYBxc4x5w9Hxxu61Pqfws8I6zPqU194d067l1J45L15oAxuWj5jMn94r&#10;/Dnp2xWv1uj7RT5fwV94+fZNfMy+qVuTk5vzttL9Wn8jnPB/xLvdV8Lal4jlt7nV0OoSWsWiaXp+&#10;L2wKuVMNwrSf61eC33VGRjcMMcPxnrBuvi/8JNSmsLyyLWOtTNZ3CL56YghO0qrMN3sCa9P0nwZo&#10;eg6pqGpafpdrZ3+oFWu7mGMK9wVAClz/ABEAAAnsAKbqXgfQdX1+x1u90m0utXsBi1vZYwZYBnnY&#10;3Vc98de9csa1KNRyUdLP8Va3b57v1OqVGrKCi5a3X4O9+/y2PBF8dal4p174NeOruWC5sdRtdT1K&#10;LStOh3NCPsDusYk3Eu4HyNkD584wBiur8HfFvX766+Gt1qAsb+w8c6dNeLbWETCTT3S2FwoVtx81&#10;NpMbEgHeVIwG2ju7L4QeC9N1eHVLTwxpdtfw3L3kU8NuqNHMw+Z1xwpbJzjqSSea0tE8B+HvDd9J&#10;eaXo1lYXLhl8yCEKVVm3Oq/3QzfMQuATyea2qYjDyjZQ2vbbzt911ru7eZjTw9eLu59r7+V/vs9O&#10;l/I5fXPiRfXPgnVbqy0HVdH1WRksdMi1eJIGuLmYhIioDMQoZgWLAYAJwcV578PL3UPhPN8TfCy2&#10;UGlyWtifFGiWrzm6j8t4SkwLAJuAuIS7AY/1/Xmvcta8J6P4jnsZtT063vpbGXz7V5k3GGT++vo3&#10;v16+tUdb+G/hjxJqjalqmhWN/ftA1qbmeENIYT96PP8AcPdeh71nTr0oxcHHR7+qatv87+prUoVZ&#10;SU1LVfk07/p9x5DY/Ef4g3yWsA1TRUmvvBieJ45jpUh8mZdgaHb53zIxcHOQRg4HIxWg8ReIPE3j&#10;lfEmjXunaNqlz8PNP1Rkvrdp7fc008mxvnUqmSQW6457c+xr8LvCaGMr4e09THYnTEIgA22h6wD0&#10;j/2elRyfCbwdKlkreG9NK2dt9igUW4AS3zu8j3jyc7DlfatvrVBXtC3yX+foYvDVna87283/AF3P&#10;LLX4+6zq48C39uunW0esz6RHd6OsUs89ut7FvbzZflWJh96NeSyjJA3DFvUfGOr/ABC+D/ibxImp&#10;WNro9xp+sWv9kfZiZ18pJ41Xzd/EoMZZl24AJAHG4+lax8K/CHiDUJb/AFHw3pl5eyCEPPLbKXJi&#10;OYjn1XseoHHTimTfCTwZcahql9J4Y0trvVFZb2X7KubgMMNv9SwABPUjg5qfb4ZWcYWa9H1vb9L7&#10;6D9hiHdSndP17Wv+tttTyPT/AIgeLPCPhS/077Zp032X4fr4h0+4Fkym2lij2mNwZCJFOFIJwQc5&#10;yMCvaPAM2p3XhDSrjV76LUb6e3jmeeG28gHcgP3dzc89QcH0FMg+G3ha2uY549A09ZY7L+zVbyAc&#10;WuMeR/1zwfu9PatLw94b0zwnpMGl6RYw6dp8AxFbwLtRB6AVhXrUqkfcjZ3vsvP/AIBtQo1Kcvel&#10;dWt18jRTpTqKK4TuCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA//9lQSwMECgAAAAAA&#10;AAAhAIqXhiJDDQAAQw0AABUAAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWf/2P/gABBKRklGAAEBAQBg&#10;AGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhAR&#10;ExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAEAAkQMBIgACEQEDEQH/xAAfAAABBQEB&#10;AQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYT&#10;UWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZX&#10;WFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPE&#10;xcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAA&#10;AQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGh&#10;scEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlq&#10;c3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV&#10;1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP1JgbKirI6VUtvuCra9KAFooooA&#10;KKKKACiioLy9t9OtJrq6njtraFDJLNM4REUDJZmPAAHc0bhtqyeisrw74o0nxbpo1DRdRttUsi7R&#10;i4tJBIhYdRkVqZ9qbTi7NWYk1JXTuhaKTNRT3cNqYhNKkJlcRxiRgu9jkhRnqeDwPSkPYmopN3FA&#10;OaAFooooAKKTcKKAFooooAp233BVsdK57xD4r0nwR4du9b12/h0zSrNN891cHCoMgD3JJIAA5JIA&#10;rwm6/wCCgnwot7toEm1u5jDYFxDprbD7jcwbH4V10MHiMSm6NNyS7I4sRjcNhWlXqKLfdn0vuHrQ&#10;TivjDVPjH4jvdXttb8AXXj/xt4Xnbc2oafZxTRwuDl4GjbGGTIyHVeowSOa1fEnjPVviB8Uo1tNS&#10;8X21lDZrLDc+HbhLSCPKbxHcN5ssCspJVmkQcjaP4a86P1iEuXGUJU9+sJOy3fLGalp1XK3/AHWc&#10;X9q0n8Cu7pLs79U7Wa+/1R9dZozXzF/wuf4n/wBkx3Il8Kwvb2r3777aeWKa3UkEzSCQC2cbDz8y&#10;Hd1XGD6Af2ofA2m6ToV9rGoXGnW2qwl4r02U0lmGU7WBnRWQYPqemCcVrRlTxTSw01Uvf4bvZJ/y&#10;pbNO17+W50wx9CV+Z8vrp+p645KqSBuIHAHGa+ePiZ46ufEFwvw48WwwaTq3iN4zpVloqHU7jEcy&#10;yCS4Q7UEA8vD7iAw3jgAmvdNc1C9j8OXt5olrFqt+LZ5bO2aYRpcSbcopc8KCcc+hr5R+Engf42+&#10;DfHureKdd8B6NrviPXrlEvNcu9cQNaWu5R5UMSg7UUDOAcnao7V34XCqpP6xKry+z2jzJcz6Xuno&#10;t9LX29OfH1Z3hShFtS3aTaS67dX01Vt3tr09/pWl2Oq22ueIfGup358FarNJfW0ltMsUtzPOJYhA&#10;vnFtsYUIFJYbAQeCQaOj/D3wz8PtW1a6PinUXvtM0Zpr29t7JwVNxbRQh93mEeYz75dmOS6jI2A1&#10;1viz4La74j8W+NJzHF/Y93E93Yx+cuZ7w24iTcP4QuXOT3IpL74Q+In+E93p7RQzeI9c1CGfVGad&#10;QscKHhQxOCFVV4Hqa+FrZ1n041qPs/c5Zr4d0nJJKzXxc0bW6KUu1uR4d8zfs9rtPXdad+unyTZY&#10;tLTRNO1rw1ajW7tJ7DRptXSFraTykViz+c37z5WGRlDkEDHFeJ/DfxR8MNS1XwHo2m+JdWuZL3Vl&#10;u7O6u9EkWI3i6f8AYwvmM5CT+YfP3DcAzoCBwa9L1fTtT8eat8XJfCCRX11Hoa6BphEyrGzvHg4c&#10;nbxgnNUtC/Z48R6drHwA09rG3j8P+C7Sa81WRbhMi+dAcKvV/wB4M7hxzX1XCzoRwVapKSjzTklZ&#10;7qEXFPW97tNKzS1OevCtUqR9lBNLrZv7cY9+ybb7JHMa/wDGbQP2dPhX4w8HeHtb1TxJ4vsElFzr&#10;lpYyyW1peuqxoZpXZ0R/lBIBILZyMk16Xpn7S/h74b6F4Y8O+M9T1LUfGcuiWN5OkNkZZbqWfA2q&#10;EABfO4kYACrmvEh+zp8YP+Faar8OjoOknSrjxONUvNa/tNfO1GEyKeE7BdoY7jk8ADqa978DfCbW&#10;bb9pbxz481jT7e3017C10zQnEqSP5SqPNYKOU5XHPJBNfX4mOC5G5yUnrK6avJ2il00Tu3ZbJdzL&#10;CyxzmuSLivdjZxdoq8m+urVorme7fY0PEP7VngLw34ql0S4uNSmW3vk0271W1sJJbCzumOBDLOBt&#10;DeoGcc56Grfir9pPwh4Z8cf8IhEuqa9r6PGlza6HYPdi0LkBfOZflTqM88d8V8+fDH9lzxN4Y8aR&#10;af4o8GDxPo0WuNqC6xJ4odLHYX3CY2AHzzDA+9we+QOfRPg34C+JHwi+KfjG1fw1Ya34b8S67Jqk&#10;viYaksc0UTbiFaEjc7DIAHABLHJBrmq4XAwv7OXM1G/xJKWq+62rtu9PM6aWLzCo17SHKnK3wtuO&#10;j++7subZa+Rzdl+1tZ+D/jP8Um8Watqk3hnTL630vT7GxsDPFaFQVmmkdVG0F1wNzEkk7QcV6Drf&#10;7UMFj+0FpXw7stHur+ylt4nutRgtpZGWSYL5OxVGPKw6FpSdo5HUV5RJ+zX4/vvgNq/h6fTLZPEv&#10;ijxgNV1nF7HhLPzN2d+cMQVBCjnk16l4R+HXjDw7+1X4q8TS6LazeEdV0u3sbXUkvFD2qQxpiIRf&#10;eO5wc9uAc9q2rQwHvSjZtRatzWTaUEmtN23J+drmNCpmK5YSulKSd+W7Sbm2nrskoryvY9759vyo&#10;oz7CivlT64xNY8PaZ4r0O60nWbC31PTbpPLntbqMPHIvXkH3APsRXgvif9nD9nXwTfCbWtFsrOZj&#10;uFo1/cuT/wBslcnH4Yr3/UReHRrwaeUF/wCQ/wBnMn3fM2nZn2zivhLW/D/iK31a4GsadqX9pyOT&#10;M08Ds8j9zuwd31BI9K+YzziTG5DTjHBxbc763lyq3e3V/LQ8PM/ZLlc6Km+7V7fgdx4a0yWTWotF&#10;8J/EWw0fTTKy2dqiz2Magtwqw7NhPPTPzepzWT8ZfCdx4U8ex2XhLxH4Ks7CW1ista07UND8xJWB&#10;DSmYLE4KsQrbFKlcAdQDV/4d/AnxN4z1K2e5sZ9H0kOrS3d2hjYqDnEaHliccHGB616z8XPgT4Wt&#10;o9d8Z3urX2kWNvDLqF/HCiSg7VLOU3cgnHTnk18tkNXOYxljsLhlOrKSs6rlK973cVN6O7XvJp66&#10;XseX9WnWw7fJazve7Vkt7X2XfujibaG9t9chtJ21+88NWFxLqWl3l5exPo6wiL5FkbycLaDbx8+5&#10;AcHPIrivAvg+y1tLnxfZ2Vx4uGnagXhs9E1uNTpisxlZoDb/ADtGXJBjkBXAyM5NeVal+2vq03hq&#10;fwfaeENHPgeW3ks202+kmkuZYXzuLzqy4kOScquAeg4ru/2TfgD4W+JOleJNd0Dxlq9gLrTrnRb/&#10;AESSFBPbGePCs8ysBKg4ZTtXJXBwQRX7HDIc0wuFqYnHY2VKpL+SNNx1to7Qu3F3UW91dN6nlU8Z&#10;RxuIhRwq59276NPpa+kkvv8ALS59MfDjxF8S769067vbe01zw1fnJuXVLS5tlJPLJ6j+7g57GvaB&#10;0r8w9G8K/G79kr4gxtp2k6rqdh54Vo9PilutP1OPPQhQdrEdMhXUn8/01sJ3urOCZ4Xt3kjV2hk+&#10;8hIB2n3HT8K4pZM8ohGMcS60ZaqTab813S66t9r6H02U4yWJjOFWEozi9VL9HZXX3/cT4pssSTRt&#10;G6h0YFSpHBB6in0Vie+Z2h+HtM8NWQs9KsLbTrUMW8m1iCLn1wO9aGKWiojCMIqMFZLotEJJJWQm&#10;KMUtFWMTFGKWigBMUYpaKAExRS0UAUrYZQVbVeO9Vbb7gq2vSgAxWH448J2njrwfrXh2+LLaapZy&#10;2crL95Q6ldw9xnP4Vu0VUZODUo7omUVOLjJaM/IH4k/s2/EH4Ya9Pp1/4cv9Rt1crBqWm2rz29yv&#10;ZlZAdpP91sEfrX1//wAE/wD4MeJ/h/p3iPxD4jsbjRk1dYIbSwulKTMkZdjK6HlQS4ABweCcYIz9&#10;fYFGK+kxefV8Zhnh5xSvu+/y6HyuC4cw+BxX1mE27XstNL+fUNv+RRS0V8yfWBRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFAH//2VBLAwQUAAYACAAAACEAStX719wAAAAFAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBm93EWtGYTSlFPRXBVhBv0+w0Cc3Ohuw2Sf+9oxe9PBje471v8uXk&#10;WjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGWxeVFjpn1I7/TsI2VkhIOGRqoY+wyrUNZ&#10;k8Mw8x2xeAffO4xy9pW2PY5S7lp9myT32mHDslBjR+uayuP25Ay8jjiu5unzsDke1uev3eLtc5OS&#10;MddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxXvbr54BLWXUJKmoItc/6cvvgEAAP//AwBQSwME&#10;FAAGAAgAAAAhABmUu8nDAAAApwEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDLCsIw&#10;EEX3gv8QZm/TdiEipm5EcCv6AUMyTaPNgySK/r0BQRQEdy5nhnvuYVbrmx3ZlWIy3gloqhoYOemV&#10;cVrA8bCdLYCljE7h6B0JuFOCdTedrPY0Yi6hNJiQWKG4JGDIOSw5T3Igi6nygVy59D5azGWMmgeU&#10;Z9TE27qe8/jOgO6DyXZKQNypFtjhHkrzb7bveyNp4+XFkstfKrixpbsAMWrKAiwpg89lW50CaeDf&#10;JZr/SDQvCf7x3u4BAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA73FyU2gCAAAbBwAADgAA&#10;AAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAJ7fgP4sOAACLDgAA&#10;FQAAAAAAAAAAAAAAAADQBAAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhAIqX&#10;hiJDDQAAQw0AABUAAAAAAAAAAAAAAAAAjhMAAGRycy9tZWRpYS9pbWFnZTIuanBlZ1BLAQItABQA&#10;BgAIAAAAIQBK1fvX3AAAAAUBAAAPAAAAAAAAAAAAAAAAAAQhAABkcnMvZG93bnJldi54bWxQSwEC&#10;LQAUAAYACAAAACEAGZS7ycMAAACnAQAAGQAAAAAAAAAAAAAAAAANIgAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLBQYAAAAABwAHAMABAAAHIwAAAAA=&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Image 5" style="position:absolute;width:13525;height:6381;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7aVRcwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvzUaxf0hdRYTQXNVC6e0l+8wGs29jdmtiP323IPQ4zMxvmNVmtK24Uu8bxwrmSQqC&#10;uHK64VrBxzF/fAXhA7LG1jEpuJGHzXrysMJMu4H3dD2EWkQI+wwVmBC6TEpfGbLoE9cRR+/keosh&#10;yr6Wuschwm0rF2n6LC02HBcMdrQzVJ0P31ZBidv3y373k1/K4nNp8peOm+WXUrPpuH0DEWgM/+F7&#10;u9AKnuDvSrwBcv0LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu2lUXMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata o:title="" r:id="rId15"/>
                 </v:shape>
                 <v:shape id="Image 6" style="position:absolute;left:13868;top:323;width:13811;height:6096;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeoEQmwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y0iElJXEYvgSayVQm6P7GsSmn2b7q6b+O+7gtDjMDPfMKvNaDoRyfnWsoLZNANB&#10;XFndcq3g8rl/zUH4gKyxs0wKbuRhs35+WmGh7cAfFM+hFgnCvkAFTQh9IaWvGjLop7YnTt63dQZD&#10;kq6W2uGQ4KaT8yxbSoMtp4UGe9o1VP2cr0bBe3ks42/8ctfFMM8j77dln5+UmryM2zcQgcbwH360&#10;D1rBEu5X0g2Q6z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnqBEJsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
@@ -2914,51 +2915,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4344035" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="6919D09B">
               <v:group id="Group 12" style="position:absolute;margin-left:106.25pt;margin-top:10.9pt;width:453.6pt;height:227.35pt;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="57607,28873" o:spid="_x0000_s1026" w14:anchorId="6FA51CEC" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAE6Wa78lBAAAOAwAAA4AAABkcnMvZTJvRG9jLnhtbKxW227bOBB9X6D/&#10;QOi9sW6WZCFOUTSbIEDRDbZZ7DNFURI3ksgl6Uv+vkOKtA27jpugASIOzeHwzOFceP1pO/RoTaVi&#10;fFwG0VUYIDoSXrOxXQb/PN19LAKkNB5r3PORLoMXqoJPNx/+uN6Iksa8431NJQIjoyo3Yhl0Woty&#10;NlOkowNWV1zQERYbLgesYSrbWS3xBqwP/SwOw2y24bIWkhOqFPx6Oy0GN9Z+01Ci/2oaRTXqlwFg&#10;0/Yr7bcy39nNNS5biUXHiIOB34FiwGyEQ3embrHGaCXZiamBEckVb/QV4cOMNw0j1PoA3kThkTf3&#10;kq+E9aUtN63Y0QTUHvH0brPk2/peiu/iUU7oQfzKybMCXmYb0ZaH62be7pW3jRzMJnACbS2jLztG&#10;6VYjAj/O8yzMYyCewFpcFHmSzifOSQcXc7KPdH9e2DnD5XSwhbeDIxgp4d9RBNIJRZdDCXbplaSB&#10;MzL8ko0By+eV+Ai3KbBmFeuZfrGRCfdmQI3rR0YMu2YCbD5KxGrIlCRAIx4gIx4G3FJk5jVVBELz&#10;c1NR2psMQgMErqbPSiP0eaU55ACDzEAtbelIJaWypqiCXZ1k/61hg6HWn2NONbd4AqLqmbhjfW/u&#10;zsjOXTj5KKh+wtgUsLecrAY66ikDJe0BFx9Vx4QKkCzpUFFwUT7UEVw8ZL8GN4Vko56uXmlJNenM&#10;+Q3g+BuS1ADF5W7Bgt7jNC4oF6Jvj7o8mseZzfRd7OBSSKXvKR+QEQArYIALwyVef1UOjVdxHE4A&#10;LDLAYwoMVCzl2YPZCX9vSsrvHRYUIBizB2GS+jC5dzUqSg2JTsvkrZud4aeY50UxDxCkX1pkWZZM&#10;V+DzM03SNExg3eZnGoZJeMwUWU1MHbIDda6eeALGOi+R7ehFw6cpub0tuRqiAjgOEJTcagIAyWL2&#10;GaNGRBvA57F0UCocFLM+8DV94lZTm4KRxlBF0sz6FC/yPDYW4Wr3ev14qA/VxxSfpMiSxDvnNfwo&#10;rOU8ixaTMhwf5ZYrMOyV/Dgpp3ERRU4/TfLIw/BafvTaPwfttUjPFZ38MHy8i5ckznPwcPI2iz2g&#10;c7yAA+l84RxO9voekh+9A4s4du4m+XwROda9lh+99tvIWcyzNLfIc2iDF4g/46dH8DuoPEPNeSpf&#10;v10P7Z3kvI34Vy/1d5Dj89S3+1dyL43nxQJavonJBALuQtC8kcVXPT3i/ELQHGu7snjgotc4YRDc&#10;31UzkA/rpeI9q32vVbKtvvQSrTEUxru7EP4cHQdq8KpRrtcZqeL1C7wYNlD8l4H6f4XN86R/GKHZ&#10;mNesF6QXKi9I3X/h9s1rSwk0uaftv1gK1+80NIBv3Peck7Y36ZqdIzcPj4bZnrhHBAXXTKD/Wck+&#10;T20Rdk9p8/49nFut/YP/5gcAAAD//wMAUEsDBAoAAAAAAAAAIQB64ibXTEkBAExJAQAVAAAAZHJz&#10;L21lZGlhL2ltYWdlMS5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwME&#10;BQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQME&#10;BAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBT/wAARCAKNBWoDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL&#10;/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2Jy&#10;ggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWG&#10;h4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo&#10;6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQD&#10;BAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRom&#10;JygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaX&#10;mJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6&#10;/9oADAMBAAIRAxEAPwD5Kooor0zIKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKAPuL/gmbNsl8e/7bWX/txX6Iaa/7qvzq/wCCaf8ArfHX+9Zf+3FfonpX&#10;+qrz6nxGsSDXfE9l4ejRrtjvYfKqr96qnhzxrY+Ii8SHyZQfuv8AxVp6zpFprVl5FzGrKf8Ax2vJ&#10;te8E6hoepxfY2aVZG/dsjfOlfk3E2bZ/kmMp4uhTjUw32or4v67HuYLD4TFU5U5y5Zlr4r/tSfDn&#10;4LW8ieIPEEMmop00rTv9Iu2/4Av3f+Bba+Avjn+2149/aKvX8JeC9NudH0W8byV0+yXzr28/3mX+&#10;H/ZStD9rfW/gpr3jKyWVrt/Fa3irruoeG4k8ryt/z7t3ytP/ALaf8Dr7e/Zh+Hvwn8O+A7LVPhhD&#10;aXdrdRfNqzfvbqQ/3ZXPzL/ufL9K/dsvq0KGApZhVoS55/ZlpynxddVa9eeHjOPLH+U8+/Y3+F/x&#10;t8F6Vaz+PvFIh0MRYg8OXSLcXC/3cy/8sv8AcXdX1oe9QzKzQsEbY235Wx0r5c+Hv7S/iTWNS01t&#10;WgttbtJLrVodTtdH06Xz9PjtXdYZfvvu83AXb/tCvNl7THTlVSO+PLQjGB9Vc0c15E/7RnhuOG0I&#10;tdWlvLnVpNDW1isy8qXiReaYmC9Pk+aobn9qHwTb2ljOZ7txc2z3skK2zebbRLJ5TeavZvN+TbWH&#10;1et/KX7Sn/Mexc0ZNeUWH7RHhjUfEy6JFHqKXH9qtoz3DWbLBHdbPNVGf/aWuWf9pSG88c2b2CXL&#10;eD/7D1HUpZmsH3T/AGZ4l82Bs/Mvzv8Aw/w1UcLWl9kPbRPoDPtRurxST9qnwatpazvBqtuLq1Oo&#10;RR3Fi6O9p8mLhV/iRt/y/wB7DVF8Rv2gra18IeK5vCouJr7SYLgxak9o0tkJ4EV3iZv91qccLWcu&#10;XlD21M9wz7Uu33rwvVP2l7TTfAd7qsGlXt/rOnLpy3Vk0DW//H1s2SLu/g+f9K9psLk3tnBO0bQt&#10;IisYn+8tY1KVSl8RUakZfCXKKKKzNAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKAKb/8haL/AK4v/wChLVyqb/8AIWi/64v/AOhLVygA&#10;qG5uYrSLfK2xaLm5W0geVvurXD3l3JfTtJI2BQBvzeKYEbEULv8A+O0+HxTA4/exvD/49Xzr8Qvj&#10;TeaPrlxpmixQf6K2yW4mXfuf+4iVofDH4uz+KtR/srVYIku2XfFLCuxG/wBjZQB9Iwzx3Cbo2Dr7&#10;VLXDabqUthPuX7n8aV2qOs0Ssv3WoAkooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACobr/US/wC7U1Q3X+ol/wB2gCOw/wCPOD/rmlWqq2H/AB5wf9c0q1QAUUVzOrfE&#10;fwtoGqJpupeINNsb9vu21xdKsn/fOaAOmoqKORJ41kjZWRvustS0AFFFFAH8+9FFFemZH1H8J/CW&#10;q3/w70S5g/Zgh8bwyxfL4ha+nT7b8zfPsVv+A/8AAa7D/hBda/6M1t//AAZ3P/xVePeA9S+E8PhD&#10;TV8QfEH4laPrCRf6TY6NEv2SJ9//ACy+aug/tX4Hf9FU+Ln/AH4i/wDiqwZZ5/8AtD6Pc6P4t0+O&#10;8+F0Xwod7HemkpO0v2j53/e/N/3z/wAAry2u6+Ltz4TudetG8HeIfEniTT/sv7248TqiXCy73+RN&#10;v8O3ZXC1tAgY/wBxq+m/Hn7OWla34w1htI1PSPBOhaD4W0bVb6a+810Z54vnf+P5t9fMz/cavpDx&#10;l8fvCuvab8QILZdQ3654U0bRbPfBs/f2u3zd/wA/yr/dqJAW/hp8BNP8JePtQi1e2034i6ZL4KvP&#10;EmjpbrL5V66p+6+T5G3bkdNlaFt8IrH4wfDmK5bwBbfCvxHLr9npWmXG2eK3v/PfY++KX5v3X3/k&#10;rK0H9o3w9oLaFc20+qW17pvw6uvDCXEUG14tSZ5XR0+f7vzp89eaeA/jBqcPxd8H+J/GOtaprFlo&#10;2o291L5sr3DpEr/wIz/eo94Dprn9mOK2v9bb/hYfh19C0H91q2tosvlWs+/Ylvs2bmZ/9iqj/swa&#10;0nir7C2vaSnhz+yf7d/4Snc/2H7H9zf/AHt2/wCTZVvwx8UfCGpad8S/CvihtSs/D/ijWP7XtdT0&#10;+BJbiCVZXZN8W/5ldH/v10837QPgad28GPb6snw8bwsvhv8AtHyk+3b1uPPS48r7v+t/go94Djbb&#10;9my51LWbddM8Y6BqXhp9Ol1WfxJFKy29rbxPsl81PvK27+D+Krdn+yvqeq65p8WmeKNI1Lwze6ZP&#10;q8XiS3WX7P5ED7Zf3X+t3I38FdB8LvjT8Pvgt4ju7Pw0+uzaPq+ky2Wp69cWsX2jz9+6KVLV/l2p&#10;93Z/FvrQ1j9oHwvrHjXQp7nxZ4vmtNN066t7XXLGzispbKeV0+dLdflZfk+dHej3gPEfiX8OovAE&#10;+lfY/Eel+J9P1KB7iC+0xn/hfa6OjfMrf79cbXrv7RXxI8NfEW/8NS6D9pvLuwsXt9R1u7sYrKXU&#10;Zd/yO8S/3E+SvIquIBRRRTAKKKKACiiigAooooAKKKKACiiigD7d/wCCaf8ArfHX+9Zf+3FfonpX&#10;+qr87P8Agmn/AK3x1/vWX/txX6J6V/qq8+r8RZxXi34lTafcy2VpAySp8rPKK4WzOreKNSTypZJr&#10;pf4933a9T8ZeCF8StDNCywzo2Gf+8ta3h/w3beH7NY4AC+OZD95q/n3HcK55n2cyhmGIksNH3o/5&#10;Jd/M+so47CYXDfuofvD5K/at/YfT4q6A3inw4kNr49gi3TxRLsi1L/e/6a/7f8VfCPwa+OPjr9mH&#10;xvL9hae28qfytT0S+R0il2ffRk/gf/br9vCoxXyF+2v+xzbfGPSJ/F/hW2WHxrZxbpYV/wCYjEv8&#10;H+//AHWr+n8lx0cPQhl2J96l8PvHwGNw8pT+sUviPZvgF+0b4U/aB8NJf6FcrDfRL/pmlTP+/tm9&#10;/wC8v+0KfZfAq1034Sav4Gs9d1Czj1Ge6nOqW7eVcRNPcPKdp/4Fs/3a/GTwb418S/CbxfFq+iXt&#10;zoutWMuzC/K/+2jp/wCyV+qX7KX7a2hfHizt9D1l4dF8bInzWjvtju/9uL/4mtswyqpgv3tDWBGG&#10;xca/uVfiNDVv2ddV8Pv4Zi8N6ozSf8Jc/iC+vfJiRbXdZPF8sX8S7tny/wC3XQ+H/wBnODwdf6Hq&#10;egeILmy1awtpbW8upraKdb5JJvPfev8AC29iV217figDNeFLFVpRtc9H2NPseTp8A9MTVTftqVy7&#10;N4lbxIyFV2+a0TReV/u/NWDpP7MVtp8CWcvia+u9PtdIv9Fsbd4E/wBHgutu75v4mXZXu2DRg0fW&#10;q23MP2MTyR/gdHZ6x4V1fRtduNL1bQtKXRWuHtknW8tV2na6N0bcgbctQTfASM2fjXSLbxDc23h/&#10;xULiW5077MjGKeVArSxyf8B3bK9iz70Z96j29TuP2UTx7Wv2eNN1XTtfgXVbuGXV7fToDKVV/Kaz&#10;K+U4X6r81er2cUsFpDHPL58qqA0oXbub129qtDFL0qZVJT+IqMYx+EWiiisywooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKb/8AIWi/&#10;64v/AOhLVyqb/wDIWi/64v8A+hLVygDB8VTbLWKL++1c1XT+KYt9pFJ/cavKPHPxI0zwSiRTq1ze&#10;yrvitIv/AGd6APHPij4G1PSvFF7eRWc9zZXkvmxPCu//AIBWx8FvBOp/8JHFq9zZyWdpaq+3zV2b&#10;2aorz4/a9NL/AKNbWltF/cdd9PsP2gdahf8A06xtLxP9j5HoA99rrPDk3mafj+622vLvBnjnT/G1&#10;q8tjuhli/wBbbzffSvVPD8Hk6Ym7+Jt1AGpXyH+0z8c2+B/7SXg2/uJ7u4trrwzf29no8c7JFe37&#10;3ESwK/8AB/wNvu19eV5B8T/2c/DPxc8a2+v6+8tykOiXWhmwKr5W2dkbzem5ZF2/KaAOP+MPxs+J&#10;/wAMNI8NTR+GPC+q6rrUtvZwaMmo3AnuLx/vpF+6+4n3t1ZfxL/ax1P4Y+N00zU9H0h9Ptrmws75&#10;LfUXlvd9xtV3iRU2qqM/8bKzVsv+yrq3/CS+F9fh+KWv/wBreHNL/sqxuLm0tZyqZw7/ADJ/rXT5&#10;WaofGH7Hln4s1LXZG8b67Y6frl9Z6rqOn2yQeTPeQGLbKfk3fN5S/J92gDzzxX8WvH1j/wAJH8RY&#10;PFNxb6Zo/jqDwzB4XWCI2ktr50UTs77d+5/N37t1df8AEzRPFmj/ABb8EeGvDnxN8Uy6jreotqF5&#10;aym1e3tdMiJeb/llu+b5Ik/Gur1j9lHSNX8ZXWpya9q0Xh691iLX7vwxGU+yT3se0pKW27vvIjbc&#10;/wANd5ovwts9K+KviDx5NfXN/quqWlvYRRTbfKs4I+qRf77fM1AHmr+IvGmifteaT4cvfFDX/hjV&#10;tDvtQj0lbNIkt/KlRU+f7ztz96ug8c/tEaPpvgrWNU8K3mm65e6bcw2U639y1pbwPI2352Zdzfdb&#10;5U3NXVah8LLHUvi/ovj9725S/wBL0u40uO0Xb5LpK6uWbjdu+UVX+MHwgsfix4esrJ9QudFvdO1C&#10;DVbHULAL5sFxF9xtrfK3/AqAMP8AZ4+NzfG7QNbnuLCCw1LRtRfTrr7JI728pX5leJnRG28/xKK8&#10;gT9pHV/+GqhF/wAJBY/8K3bU28If2X58Xnfb/K837V/e2790Ve2/Cf4IR/Cmz8U+V4k1PW9Q8Q3r&#10;6hc6hfiLzVlZNu5diiuLH7E/gFPh1/wj8cHl695q3X/CXfZ4v7T+0+b5vnb9v3t1AD7f4+eLfEfj&#10;jXF8NeBRrvhDQteHh3ULuG7xfCdNnnSpF91o4mfB+bs1eU/A347+NfB6afa6tpsOseHNf8ealoFr&#10;q11qbzXcU7Sy+Umxv+WSbNn3q9oT9mW0j8Y3esWni3X9M0fUdUi1rUdBtJkW3vb1Nn71m2713Ois&#10;6K21sUzTf2WNE07SvDtiuuamy6J4vfxfEzLFmWdndvKf5fufP/vUAeM+Av2q/GXg74Y69qnjZ9O1&#10;TW7rxpeaBo6NO6RRMr/OkrpF/qol+78rO9dBaftk+MPEi+E9L8O+CdOv/Eus6xf6QwuL+W3sW8iJ&#10;JUuIpWi3PE6t/cruZv2Q9Ek07XbODxHrFkt5r/8AwkumSxeVv0m9b77RNt+ZW/utW7Yfs+KfEPgn&#10;X9Z8Xaxr2q+Fru9vYpbtIv37TxeUylVQbFUfdC0AecD9rPxdF4i1CW78GabH4UsPHJ8FzX0WoO91&#10;u3hVlWLZ/tCtK5/azvNK+NWn+EdQ0rS/7J1HXz4ege0vmnvYpdvySyqqeUqs38O/ctdRdfst6Nd6&#10;RqtidX1ELqPjT/hNHbbFlbjzVfyfu/6v5P8Ae96xk/ZB0+HxjYalF4u1tNHsPEzeLLfQ9sX2db1n&#10;3Pltm5lbc3f5aAMWy/a9vR8U7fw1faRpX2W/ubyys/7O1Fp7iKWBGf8A0j5PK2vsb7jsy1keGf2s&#10;/iV4o/4QTy/AGjJ/wnUF1/Yjf2w37uWAbn8/5PlTb/d+aut0b9jfTdH13RLmPxjrsuj6JqF5qGma&#10;NKIvIt2uldJV3bdzj9633q6Lwv8AszaL4WT4XLBrOoTD4ffbPsQdU/0vz02N5vy/w/7NAHUfAz4l&#10;z/F74Z6X4kvNMXSL2WW4trmzSXzVilgneF9j/wAS7o69FrivhR8ObP4VeDovD1ldz31ul3dXfm3O&#10;3funuHnf7v8AtSmu1oA53VvGumaJr9jpN+zWst8rNBPKu2F2X+Df/epnhXxrpvjFr9tKaSa3s5/I&#10;+1Ff3UrD72xv4qu+KPCml+MtHl0vV7Rbyyl+9G9WtK0qz0LTrfT7C3jtbSBdkUMS4VVoAvVDdf6i&#10;X/dqaobr/US/7tAEdh/x5wf9c0q1VWw/484P+uaVaoA5v4gane6H4H1/UNPj82/trCeaBP7zqhK1&#10;558IvhV4N1T4aaVe3OnWmu3WrWyz3+oXaiWW4lf7+X9m+X/gNexSRq6MrLvVvvLXkdz+zvZQ3M6a&#10;F4m13w3pV07tcaTp91/o7b/vbN33P+A0AM/Z5uJLWz8WaHbytdaJo2sS2mmzO+/91tDbN3+wxK/h&#10;XsleEWei6x8A/ENvb6Za3Ot+AdSnWF7SFfMuNOlb+P8A2kb+Kvd6ACiiigD+feiiivTMgooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA+3f+Caf+t8df71&#10;l/7cV+iGlf6qvzu/4Jrf63x1/vWX/txX6I6V/qq4qnxGsTYT7lOxTU+5T6xAKQjilpDQB+c//BRb&#10;9lqOx874p+GbQJE7f8TyCFejfw3H/wAVXx/+z/8ADjVfil8XPDXh3SJZ7a4nuVdruFtr2sS/M8v/&#10;AAFa/cTXdCsfEmjXul6hAtxYXkLwTRN0ZGGGFfMf7HP7J0nwF8VeOta1IB7ie8bT9Klfr9gVt27/&#10;AIHkf9819dg849lgZ05/FH4Txa2C5q8Zx+E+p7O3+x2sUG5n8tVXe7bmb61aoor5G99T2gooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigCm//IWi/wCuL/8AoS1cqm//ACFov+uL/wDoS1coAjnhW4iaNvutXz78&#10;UPghfeJPErajFqEVtb+UsSo8TP8Adr6GqN4kmXa6qy0AfJqfs8ah/wBBy2/78PTf+GeNQ/6DNr/3&#10;6evqKbw3Zzfwsn+41Oh8P2kI+5v/AN6gDyD4P/B278I6pe3N1fR3NvcRInyLt+61e4ooRQq9qaiK&#10;i7VqSgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACobr/US/wC7&#10;U1Q3X+ol/wB2gCOw/wCPOD/rmlWqq2H/AB5wf9c0q1QAUUUUAFFFFABRRRQB/PZ/atp/z3Wj+1bT&#10;/nutZm1aNq16Zkaf9q2n/PdaP7VtP+e61mbVo2rQBp/2raf891o/tm0/57rWZtWjatAGn/bNp/z3&#10;Wj+2bT/nutZm1aNq0Aaf9s2n/PdaP7ZtP+e61mbVo2rQBp/2zaf891o/tm0/57rWZtWjatAGn/bN&#10;p/z3Wj+2bT/nutZm1aNq0Aan9sWf/P0tH9sWf/P0tZe1aNq0Aan9sWf/AD9LR/bFn/z9LWXtWjat&#10;AGp/bFn/AM/S0f2xZ/8AP0tZe1aNq0Aan9sWf/P0tH9sWf8Az9LWXtWjatAGp/bFn/z9LR/bFn/z&#10;9LWXtWjatAGp/bFn/wA/S0f2xZ/8/S1l7Vo2rQBqf2xZ/wDP0tH9sWf/AD9LWXtWjatAH3N/wTi8&#10;T6fYP47aef5Gaz+4u/8A561+gGm/EXQfK/4+Zf8Avw9fAP8AwTEhieX4gblV/msP/biv0b0qwg8r&#10;/VL/AN8159T4iokC/EXQtv8Ax8yf9+Xo/wCFj6J/z8Sf9+GrfSwg2/6pf++ad9hg/wCeSf8AfNQW&#10;c9/wsfRP+fiT/vw1H/Cx9E/5+JP+/DV0P2GD/nkn/fNH2GD/AJ5J/wB80Ac9/wALH0T/AJ+JP+/D&#10;Uf8ACx9E/wCfiT/vw1dD9hg/55J/3zR9hg/55J/3zQBz3/Cx9E/5+JP+/DUf8LH0T/n4k/78NXQ/&#10;YYP+eSf980fYYP8Ankn/AHzQBz3/AAsfRP8An4k/78NR/wALH0T/AJ+JP+/DV0P2GD/nkn/fNH2G&#10;D/nkn/fNAHPf8LH0T/n4k/78NR/wsfRP+fiT/vw1dD9hg/55J/3zR9hg/wCeSf8AfNAHPf8ACx9E&#10;/wCfiT/vw1H/AAsfRP8An4k/78NXQ/YYP+eSf980fYYP+eSf980Ac9/wsfRP+fiT/vw1H/Cx9E/5&#10;+JP+/DV0P2GD/nkn/fNH2GD/AJ5J/wB80Ac9/wALH0T/AJ+JP+/DUv8AwsjRP+e8v/fhq6D7DB/z&#10;yT/vmj7DB/zyT/vmgDn/APhZGif895f+/DUf8LI0T/nvL/34aug+wwf88k/75o+wwf8APJP++aAO&#10;f/4WRon/AD3l/wC/DUf8LI0T/nvL/wB+GroPsMH/ADyT/vmj7DB/zyT/AL5oA5//AIWRon/PeX/v&#10;w1H/AAsjRP8AnvL/AN+GroPsMH/PJP8Avmj7DB/zyT/vmgDn/wDhZGif895f+/DUn/Cx9E/5+JP+&#10;/DV0P2GD/nkn/fNH2GD/AJ5J/wB80Ac9/wALI0P/AJ+ZP+/D0f8ACyND/wCfmT/vw9dD9hg/55J/&#10;3zR9hg/55J/3zQBz3/CyND/5+ZP+/D0f8LI0P/n5k/78PXQ/YYP+eSf980fYYP8Ankn/AHzQBz3/&#10;AAsjQ/8An5k/78PR/wALI0P/AJ+ZP+/D10P2GD/nkn/fNH2GD/nkn/fNAHPf8LI0P/n5k/78PR/w&#10;sjQ/+fmT/vw9dD9hg/55J/3zR9hg/wCeSf8AfNAHPf8ACyND/wCfmT/vw9H/AAsjQ/8An5k/78PX&#10;Q/YYP+eSf980fYYP+eSf980Ac9/wsjQ/+fmT/vw9H/CyND/5+ZP+/D10P2GD/nkn/fNH2GD/AJ5J&#10;/wB80Ac9/wALI0P/AJ+ZP+/D0f8ACyND/wCfmT/vw9dD9hg/55J/3zR9hg/55J/3zQBz3/CyND/5&#10;+ZP+/D0f8LI0P/n5k/78PXQ/YYP+eSf980fYYP8Ankn/AHzQBz3/AAsjQ/8An5k/78PR/wALI0P/&#10;AJ+ZP+/D10P2GD/nkn/fNH2GD/nkn/fNAHPf8LI0P/n5k/78PR/wsjQ/+fmT/vw9dD9hg/55J/3z&#10;R9hg/wCeSf8AfNAHPf8ACyND/wCfmT/vw9H/AAsjQ/8An5k/78PXQ/YYP+eSf980fYYP+eSf980A&#10;c9/wsjQ/+fmT/vw9H/CyND/5+ZP+/D10P2GD/nkn/fNH2GD/AJ5J/wB80Ac9/wALI0P/AJ+ZP+/D&#10;0f8ACyND/wCfmT/vw9dD9hg/55J/3zR9hg/55J/3zQBz3/CyND/5+ZP+/D0f8LK0L/n4k/78N/hX&#10;Q/YYP+eSf980fYYP+eSf980Ac9/wsrQv+fiT/vw3+FH/AAsrQv8An4k/78N/hXQ/YYP+eSf980fY&#10;YP8Ankn/AHzQBz3/AAsrQv8An4k/78N/hR/wsrQv+fiT/vw3+FdD9hg/55J/3zR9hg/55J/3zQBz&#10;3/CytC/5+JP+/Df4Uf8ACytC/wCfiT/vw3+FdD9hg/55J/3zR9hg/wCeSf8AfNAHPf8ACytC/wCf&#10;iT/vw3+FH/CytC/5+JP+/Df4V0P2GD/nkn/fNH2GD/nkn/fNAHPf8LK0L/n4k/78N/hR/wALK0L/&#10;AJ+JP+/Df4V0P2GD/nkn/fNH2GD/AJ5J/wB80Ac9/wALK0L/AJ+JP+/Df4Uf8LK0L/n4k/78N/hX&#10;Q/YYP+eSf980fYYP+eSf980Ac9/wsrQv+fiT/vw3+FH/AAsrQv8An4k/78N/hXQ/YYP+eSf980fY&#10;YP8Ankn/AHzQBz3/AAsrQv8An4k/78N/hR/wsrQv+fiT/vw3+FdD9hg/55J/3zR9hg/55J/3zQBz&#10;3/CytC/5+JP+/Df4Uf8ACytC/wCfiT/vw3+FdD9hg/55J/3zR9gt/wDniv8A3zQBz3/CytC/5+JP&#10;+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L&#10;/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V&#10;0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3z&#10;R9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A&#10;3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/&#10;5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8&#10;LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/&#10;Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54&#10;r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDn&#10;iv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/C&#10;ytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df&#10;4Uf8LK0L/n4k/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k&#10;/wC/Df4V0P2C3/54r/3zR9gt/wDniv8A3zQBz3/CytC/5+JP+/Df4Uf8LK0L/n4k/wC/Df4V0P2C&#10;3/54r/3zR9gt/wDniv8A3zQByf8AwsfQv7QWX7TJt8tl/wBQ396rf/CytC/5+JP+/Df4V0P2C3/5&#10;4r/3zR9gt/8Aniv/AHzQBz3/AAsrQv8An4k/78N/hR/wsrQv+fiT/vw3+FdD9gt/+eK/980fYLf/&#10;AJ4r/wB80Ac9/wALK0L/AJ+JP+/Df4Uf8LK0L/n4k/78N/hXQ/YLf/niv/fNH2C3/wCeK/8AfNAH&#10;Pf8ACytC/wCfiT/vw3+FH/CytC/5+JP+/Df4V0P2C3/54r/3zR9gt/8Aniv/AHzQBz3/AAsrQv8A&#10;n4k/78N/hR/wsrQv+fiT/vw3+FdD9gt/+eK/980fYLf/AJ4r/wB80Ac9/wALK0L/AJ+JP+/Df4Uf&#10;8LK0L/n4k/78N/hXQ/YLf/niv/fNH2C3/wCeK/8AfNAHPf8ACytC/wCfiT/vw3+FH/CytC/5+JP+&#10;/Df4V0P2C3/54r/3zR9gt/8Aniv/AHzQBz3/AAsrQv8An4k/78N/hR/wsrQv+fiT/vw3+FdD9gt/&#10;+eK/980fYLf/AJ4r/wB80Ac9/wALK0L/AJ+JP+/Df4Uf8LK0L/n4k/78N/hXQ/YLf/niv/fNH2C3&#10;/wCeK/8AfNAHPf8ACytC/wCfiT/vw3+FH/CytC/5+JP+/Df4V0P2C3/54r/3zR9gt/8Aniv/AHzQ&#10;Bz3/AAsrQv8An4k/78N/hR/wsrQv+fiT/vw3+FdD9gt/+eK/980fYLf/AJ4r/wB80Ac9/wALK0L/&#10;AJ+JP+/Df4Uf8LK0L/n4k/78N/hXQ/YLf/niv/fNH2C3/wCeK/8AfNAHPf8ACytC/wCfiT/vw3+F&#10;H/CytC/5+JP+/Df4V0P2C3/54r/3zR9gt/8Aniv/AHzQBz3/AAsrQv8An4k/78N/hR/wsrQv+fiT&#10;/vw3+FdD9gt/+eK/980fYLf/AJ4r/wB80Ac9/wALK0L/AJ+JP+/Df4Uf8LK0L/n4k/78N/hXQ/YL&#10;f/niv/fNH2C3/wCeK/8AfNAHPf8ACytC/wCfiT/vw3+FRTfErQXhlX7TJ93/AJ4PXTfYLf8A54r/&#10;AN80fYLf/niv/fNAHMWvxH0JLaJWuZNyov8Aywepv+FlaF/z8Sf9+G/wrofsFv8A88V/75o+wW//&#10;ADxX/vmgDnv+FlaF/wA/En/fhv8ACj/hZWhf8/En/fhv8K6H7Bb/APPFf++aPsFv/wA8V/75oA57&#10;/hZWhf8APxJ/34b/AAo/4WVoX/PxJ/34b/Cuh+wW/wDzxX/vmj7Bb/8APFf++aAOe/4WVoX/AD8S&#10;f9+G/wAKP+FlaF/z8Sf9+G/wrofsFv8A88V/75o+wW//ADxX/vmgD+eWiiivTOceltK6blilf/cW&#10;mV+iv7HkMSfArR2VVR3nld/l+/8APXYXnwK8AaleS3Vz4T02a4uG3yv5X3mrD2hXKfl1RW342sIN&#10;K8Ya3Z2y+Tb295LFEn9xN9YlbkhRTH+41fS2q/YdV+J3/CCT6Lpf9j3WipKstvYxRS2sv2XzfN81&#10;URvvJ/H/AH6APmyivaNN+FHhd7rRPDU7al/wkuraP/aUWoJKiW8T+U8qJ5X3mXan399MvPhd4c/4&#10;V4mq2K6hf3CadFcT6jb3SOkE7P8APFLb7Nyqn9+lzAeNUV9G6V8JfDmm+IfDlzov9qTRPqdrbxa5&#10;DdRXEUu5Pn3ps/cNv/gfdWPpvwl8J/2dZXniXV47C41me6dbubU4rf7KqyuqP5TJ+9+ZPm2bajmL&#10;PCqK9l/4V14HhvPAmmXk+oW1xrNmmoXmovOn2fZ+9+RE2fLvZE+f+CuX+LXgyx8H3WlfYdPvdNS6&#10;gaVku7pLpG+f78Uq/eWr5iDgqKKKYBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH3X/wAEwf8AXfED&#10;/esP/biv0d0r/VV+cX/BMH/XfED/AHrD/wBuK/R3Sv8AVVxVPiNY/CbCfcpSOaah+Wqmp6rZ6PZy&#10;3d7cxWttEu55ZnCqtZJN6IbagtS2zlexNKG3DJ4rxXXP2vfhX4euhDL4lS7k/vWULzp/30i1teDf&#10;2kfh349eKHTPE1oLyVtq210fIlb/AIC3Nd0suxkIe1lSly/4WebHM8FOfso1Y83+I9TopFYMMggj&#10;2pa4D1NwrkNY+I+gaDrK6XfXskd3ujVikErxRF/uebKq7U3f7Rrr68i8e3n27xhFo82g6o2h7orq&#10;9urHTXl+3SK3yRbk/hX+KgDrY/iV4em1u50sagy3EPmxs80Dpb7ov9aqyldjMnG5d3FVbL4t+F7y&#10;yvrsahLFDZxrcS+fayxs0TMVR1V1yyu33dtcJYaPqZ1PTtIu9AvXh0zVbzUbm4aDfbzwMr7VRv4m&#10;bf8AcqmF1DxVp+patL4d1aLXFlsLiPT5tPeBYLO2u4pfs8TP8jS/eagD2PQvFem+KNOmurGZxFDI&#10;0M63ETwSwsvVWR9rKfqKxrT4teF721vriLUXSKzh8+R5rWaPdFu2+ZHuT94m4feTcK5/w9pOv69d&#10;eJdVtv8AiRWWqXm77DqVjm4niW2ii/vL5XzK396uIPh7Xtc0PTo4vD17byaDoEFhMt3Ht+0Txyxb&#10;li/v/LE3z/SgD1r/AIWr4d/sj7d9qudn2n7L9m+wXH2rzdu/Z5Gzzd235vu1Yv8A4i+HtO8Ir4mu&#10;dRVNGbbtuCrclm2hdv3t3+zivNXi1NvFUvjMeH9TOmvqsUn2P7K323yltPK8zyvvferF8Q/D/wAa&#10;6j4FMsGl2LwLBeXUOlXEsqXEVxPM7Btqo6syxPs/4G9AHt//AAmOjf8ACSLoC3itqjJ5otlRj/tf&#10;e+7Snxno0fiKXQnvo01WK1+2SW5BBSL++zfdrC1LT9Un8Z+ELx7VBJBaXS3TRBmjjldE43f3dwrz&#10;G8+H3jttZ1cXVnpctxqulXiT6laTy5Z3dNqfNF8vyfKq0Ae36D4msfFVobrTGnltVfasrwPEsv8A&#10;tIWUbl/2lqK28b6NeTwxw3yyPK21CqttauD+C+m6hp99fxraaxZaClpaxJBrUkruLlV/e7PN+fb9&#10;3/Y/u1e8D+HLWS0vLfWIkN1Z/Z7fZNL/AKr/AEWH5f8AvqgD0+iue8DsH8L2B3M3ysMs27+I10NA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUVx0vji4l1iSy03Q7m/tEtxL/aQkVLeV/+eSM33mo8G+P7bxZc&#10;XdhNaXWla3ZbDdaZeriVFb7rD+F1P95aAOxoqJ5BFEzf3V3Vx1n8WPDcui6fqV7qEGlC9h+0RW93&#10;Iqvs3bd1AHbUV5/qfxOtrfx3ovhiwktLma/g+1yzSz7MR/w7Nq/MzVvWXjzw7qt1dW1prFpc3Fqr&#10;NOiSZKKv3vyoA6KiuO/4Wp4QNnHdHxDYfZpGZUl83h2UKzBf++1/Or2m+P8Aw7rGoQ2FjrNndXcs&#10;fmxxRShiyetAHR0VykvxM8MJbalIms2k39nRNLcJFL8yKtVfC/xJsPFyaXcWXlra31k16HlnVXj2&#10;vtZSn1/ioA7WiuI1j4reHLDwvrWt22pQahDpce+VLeQbt38Cf8Cbim6P8UdJOiaVd63qOmafc6gu&#10;6KOK63ofozKtAHc0Vgaj420HSNRg0+91a0tr2cqIoXkwz7vu/nUkvjPQ4dcTRpNUtk1V/u2nmfOa&#10;ANuiiigAooooAKKKKACiiigAooooAKKKKACiikzQAtFFJmgBaKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAopKM0ALRRRQAUUUUAFFFFABRRWZ4l/wCQJd/7lAGnRUcX+qX6VJQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH87lFFFemc&#10;57x8KP2t9a+FHg238OQeHtP1K3t5XdZpZ2R/m/3a7P8A4b/8Q/8AQnaX/wCBUtfKlFZ8sSy7reqy&#10;63q97qE6qkt1O9wyJ9zc1UqKK0ICvQNS+N/iPUrW7i8jS7O4urVbKe+tLPZcSxKm3Zv/ANyvP6KA&#10;O4s/jH4jsNBi0yL7Dvt7N9Pg1F7VPtcVu3/LJJf7tD/GPxC+hvpixafDvs109r5LPZdvAv3Inf8A&#10;u/JXD0UAei/8L78UfaEnii0u2uPtUV1PNFZ7HupYvuPL/fqlpvxg17TdO+w+Rpt/EsstxA99ZrK9&#10;q8v3/K/u1w9FAHVw/E7XIdX0LU1a2+0aNZ/2fa74Pk8r5/kdP4vvvVTxb451DxgmnxXMVpZ2lgrR&#10;Wtpp0HlRRbn3v8lc/RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfdf/BMH/XfED/esP/bi&#10;v0d0r/VV+cX/AATB/wBd8QP96w/9uK/R3Sv9VXFV+I1j8JS8c+M9N+H/AITvte1V/LsrKIyPx8zd&#10;cKv+1X5k/GX48+JPjPrU0t/cyWukB822lRN+6jX/AG/77V9H/wDBQnxlNbaZ4a8MQSGOK6drydf7&#10;4X5V/UmvCv2WPhVovxd+KM+ja8s01hBp0l0YopNu5ldE+8P9+v0zh3B4fAYGea4mF+x+S8SY3E4/&#10;MI5Vh5f/ALR4yCB1GacSn90/nX6HeL/2EPAGq6HcQaCl1oOpsP3V291LOqn/AGkZ+a8wn/4J2arF&#10;EzReNrSSTb8qtpzLu/8AItfR0eKsqrRtN8v+I+drcJ5rQleMeb/DIxv2Wf2qNS8Oa7Z+FfFt7Jfa&#10;JdMsFtd3Dbmt2/hy392vv5XVhkdCK/GbUbKTR9Qu9Plb99aztbs6f3lfbX6m/s6eM5fHPwZ8Natc&#10;v5l21qIp3x950Oxv1WvjeLMro0HDGYfafxH2fCGa1q/PgcR9n4T1Cikr5m8aeMD8G/2lPEmrXl1I&#10;ula54Ll1GKJ2xEl1Yv8AN/30jpX54fph9NUV+fPhvxH4p8Gfs6fEXwDq+pT/APCXavPYS6dM8jO6&#10;/wBsOv8AH/sO8q/8Ar1zxT+0beeDPE+q+B/C2peCdNTwdY28N0/jDV/s730/khvKg+dfuqPndt3z&#10;OKAPpr+1rIaktgb2Aag0fmLaGVfNZP72zO7bWhXxJH8S/EXxT/aF+HnjD4dadpRv9b8CXEuzXpH8&#10;m1X7Qm7d5XzN867a9F0b9pjxJnRE1zQNP025tfFf/CJ+JkSV2S1ldf8AR7iBv+eT7k+//eoA+lqK&#10;+XfH37UPinQLHxVqWh6Bpl9Y2Pi+z8J6Y1w7KLuWXCSszK3GyVttb3jj4qfEvwXDotrqkXgLw9dT&#10;2ctxfa3repvFpnnb/ktYEZ0ld9nzM/3aAPoSivm/Sf2kNf8AGXwP8M+M9A0vRLO61G8ey1G/1nU0&#10;i0vTPKd0eV33I0qMy/Iqc/N+eNo/7Y1zJ8PfHV/cWOj694i8O6ra6JbP4evfM0/UZ7rZ9ndJfn2r&#10;83zfe+7QB9U1k3nhnStQuGnuLGKWVh8zlfvV4d4Z+L3xP0r42eFvAPjnR/DUSa3p11fi+0OWd9hi&#10;2/utr/733q6v9pvxdfeGPhTe2ejNt8ReIp4tA0na3zC4uW2bh/urvf8A4BQB6pa2sVnBFBBGsUUa&#10;7VRf4az7DxLpGpaleadaanZ3V/ZY+02sFwjywf76ZyteC/AK41/wf4E8d/DOLUUu/EvgmeSHTL3V&#10;i0qT2c6ebaSy/Nub+Nf+AV5J+zZ4l174UfBXw543vNJ8OXFlr3iH7FrGp20Eqah5UtxKnmyy7vn2&#10;S7f+A0AfdtV7i4itIJJp5FihjXczs21VWvErv41+JrrV/iiPD+gWesWPhN7ewst919n+0XjIr3Hm&#10;yO2xIot6/wDfL1wFp+0TqPjcfEHwFrd54T1q7TwfdazBqfg++M9uqcxPFL87bH3uv8VAH1TY3ltq&#10;VpDc2k0dzbSpujlibcrL/ssKt14v+z3pCa/+yf4L0xvkS88MxW52fL96HbXy7rvinxV41/Z1+Hfg&#10;XRtRuv8AhKtJvL+bUJjKySsujszYZv8AbcRL+NAH6FUV8s6F47ufil8dNF8S6Us+qWXh3wEuq/2Z&#10;FKY/PvLz5kT+7u2Rbfm6b6l8FftO+IJ/ih4S8L+KH8GXTeJTPElh4Z1P7Ve6RcRReb5V187K/wB3&#10;ZuXb81AH1DRXyEP2qviVH4E1Hx/J4Y8NjwfpOuy6RfQief7bOiXX2fzYv4V/h+/XWeJvjZ8Sb74n&#10;eO/C/grRfDk9v4XsbXUDfazLcL5qSxO+zav8XyfeoA+kaK+VNR/bGOpeH/hymkyeHfD+v+KtLbV5&#10;5PFeoeTY2ESvsZd25fMZn3qqhh9ymL+2nCfh7FcZ8OJ4tfxI/hhZW1df7G81U837V9o/54eV8/8A&#10;e/hoA+rqK+Spf2wdU0/wV8SpHHhXxF4l8JWUGowXPh++8/Tb+CV9n99mRkb7y7u61738NNW8X614&#10;QS/8U2ukWGr3QM1tb6bJLJFHEy7old2+8/8Ae28UAd1RXyjqP7Y2p6T4F8AarPoNs2qapq8mn+Ib&#10;dGbZp1vBcLb3U6fNu+RpYvvetdF4q/aX1XRb7xxHZaNaapHZ67YeFvDipKytf6lPEjyrK38Kp5qf&#10;d/uNQB9GUV8/WPxp8aeEPGNz4T8faXoceq3mjXWr6Ne6JJL9nn8hN0sUiyncGXj5q5Lw3+058QtQ&#10;+DHhrxlqHhvQP7W8ZXFrZ+HNJtLmX/Wy797XDN/AoTd8lAH05/atj/af9m/bIPt7R+f9k81fO8vO&#10;3ft+9tz/ABVpV8NeJ9S+KNp+0br11qieG9M8X2vw0na1u7N7g2jR/a2Zm27t6sp3fx/w7q9+/ZO8&#10;QeKvEvwC8I6r4v1G31XU76yiliu4g/mSRMilTMWb5pfvbttAHq2m6tY6okrWN3DeJFK0ErQSK22V&#10;fvK23o3tWjXwf8NviT8QPhN4C+LvirRNG0C88IaJ431e61AX1xKl3cL5qeb5W35V2f7f3q9X8f8A&#10;7U08Xjk+F/DOo+ENCu7XSYNUvLvxtqX2WJvPXfFBEm5S7bR8zfw0AfTNFfFV18ePH3xR8a/AbWvB&#10;+oaXpGjeI7nUYLjTJ2llSW4gt385ZXVtssasu6Lbt+avqb4j+ItV8J+CdV1PRNIGu6rbQ74bJrhI&#10;EZs/ed2+VVX7zH2oA6+smx8SaTqep3en2uqWd1qFlxc2kE6PLB/voDuX8a+efAH7RfibxV441XwL&#10;JqXgjWPED6K2q6bqfhq8e7sY2RtjRTpv3D/vqvK/2a/EviD4T/BnSfHV1pPh68s9Y8SfY9a1O2hl&#10;TUPIlunTzpZWf59krr/wFqAPvCqt5dwWFvJPcSJBbxLuklkbaqrXiOqfG3xM+s/E+Lw5oFhrNh4V&#10;NrZWss10LdJbyRVe482Vm2LFCrozfxferze7/aDv/HOi/FHwHrN54V1u+tvCFxrEGp+Drzz7Ty8e&#10;U8Uu522SK7L/ABfd5oA+tLW/tbuyju4LiOa0dPMSdH3Iy/3t1Osb631G1iubSaO4t5V3JLE25WH+&#10;9Xk/wavP7O/ZW8KXPkJcfZ/CsUvlTfcfbb52tXkvg349+J4vBHwN0nwT4S8O2Fz4z0qeVbF3lis7&#10;Bol3/IF+bZ975aAPryivIfgL8Vtd+Ig8X6X4psLCw8R+GNVbS7v+ymdrWb5FdXTf838VcL4q+Nfx&#10;SuPFvxRsfCOgeGJdK8EyRF59VuLhJbpWtUuGRVT7rfM/zf7tAH0xWX/b2nL5udStP3U/2eTM6/LL&#10;/c/3v9mvnPwp+0X4/wBSh+HvinU/DGiWngXxjdQWUENvdSvqdq8qNsd/+WTLuX7q1ymv/FWytf8A&#10;hMWbwN4cna0+K9hojmS3bNw7PF/pr/N/x8Lu+Vv9igD7LooooAKKKKACs3XA0uiXyRq7u8D7Viba&#10;zfL/AA1pUUAeUWXh46/8I/Dcfhq0axFm9vdRWN621x5TfPE7/wB7du+aoTqh1/4x+GWt7SSy1S10&#10;y6bVYZtrvFEzp5KPt/2lZlrs7zwHYXOu3Grw3N9Z3dxb/Z5vstyyJIv97Z93d/tVL4Q8E6R4Is5Y&#10;9Lt3jknbfPPM7SzTv/ed2+ZqAN65QyQSqvVlrxvwR4J1W0fRjfaW0fkeF57NvNVflnaVfk/75Fe1&#10;0UAeOeFfBmsxDR4JbSSy2eFZLB5X/wCWVwzj5f61mWfhrWbyx8N6aPD02myaBY3UdzO+3bOzRMir&#10;Ft+9uf5692ooA8q0LwhfWt38NWOm+Sul6ZPHd4C/uJWiiX/vr79ZOj+CdTsNA8FxR6T5NxZaxeTz&#10;ptX90rtcbGb/AGfnWva6KAPAPDHhXxLceKNIlvtN1SFrfT7+1unneJLSKWX7nkIn8P8AtU628E6/&#10;rWg2ViLG402dfCl1o5e42Jtn3Iqf8BevfaKAPB/+EOv7/wAM+JWi0vxCuqvoEumxJq1zE6Mzf8so&#10;lT/d+/UvxS0HxJqUt7Bb6bqM0Fxoy28H9keUvmz/AMSTs/8AD0217nRQB4TrPh/XbS8ik03Rb7+0&#10;Lq0sIpfMWKeyuvLVdyXCN/qmX5/nSpIvAt8ni3ULbULLXLmG611dVgmsrqJLJF3oyu38W5Nn3f4q&#10;9yooAKKKKACiiigAooooAKKKKACiiigAoopD0oATrScUVzXjrxtYfD/w5d6zqJIggHKoPmdv4VFR&#10;KUYR5pESlGEeaR0u4EcUDntivKfhL8e9M+KN9dafBZz6ffQJ5ixTMG8xPUNXSfFvXNV8OeANT1DR&#10;pIotUjMSQNMu5NzyonI/4FU06kaseaBnRrU68faU5e6drRXlFp8VJL7UPDjOPsUTx3i6vYuu94JY&#10;It7Jn6/99Vatfi6yRWlxq+iTaPpt/aS3tjcmdZXkRF3/ADJ/C2z5v4q1Nz02ivPPDnxJ1DWfEOl6&#10;bqHh5tKXU7OS/tZvtay/u12ffXb8rfOKxfib4p8S6L4mxZzapYaBb2Kzz3en6ZFdKrb3379/91Ez&#10;8tAHrtFeKeMPGmv2PiHz11XU7PwrDZ2sn9p2OlRXEMrNv3yuzfdX7n3a7/xV4wfw9baZFaWZ1a/1&#10;GfyLWKOTy0Y7S25m/hUKKAOsorxbwt8RdW07S/Et5qcCzSp4gntFivNQSK3s07K0rfw/8Arb074u&#10;vr9hojaNpB1PUNRW5ka3F2qxRJBJ5Ur+bt+Zd33Tj5vagD06ivIpvjxaRaVpNx9ghs72/S5k+y6n&#10;qMVqsawTNE/7xuGbd/DTz8cHvbWe+0vQJL/T7XTotUnuRdqm2J92/au35mXY1AHrVFVbK7S+tILm&#10;Mfu5Y1kXP+1zVqgAoopDQAh4pMg9Kbu6VjeLNeXw3oF3qDLuMSkqn95v4RXPVqwoU5VavwxKpwlV&#10;nGEN5GibqGF0id1jd/uoW+Y1Y3j5sivlTUvGWralrsWry3G27iGI2VfkWve/hr4ybxfoPnzqq3UR&#10;8uXb93NfJZPxRhs2xM6EY8v8v94+hzHI6+XUIV5S5l9ryO0HSlpBS19qfOBRRRQAUUUUAFZniX/k&#10;CXf+5WnWZ4l/5Al3/uUAX4v9Uv0qSo4v9Uv0qSgAoqpe3Ys7Oedo3l8qNn8uJdztj+6PWvMvhh8Q&#10;9c8c+PfEXnaRq2leGIrO1exi1bT/ALLL5vz+b/vfwUAesUV5H8EviXrnim2/sjxPous2euw+fLLe&#10;3WmNb2rr5vyIjf3tjJXrlABRRRQAUV538ZfitF8INA03Wbiza8s59QS0nVG+dFZHbcv/AHxUes/F&#10;7TLr4Ua54y8MXVvqqWFjLcojZHzqudrr95aAPSKKx/DOqya14c0rUJVVJby0inZF+6rOm7+tbFAB&#10;RRRQAUV81eEPjf481j9oG78K3ukLHoqXEsbReR89vEv3Jd/+1/7NSfDX43ePPEnx0vvDWqaQsGkI&#10;8qtF5G17VV+45bvu/wDZqAPpaiiud8PeL7TxFfalZ28N1BNYMqyi5h8rdu3bdvr92gDoqyvEHiPT&#10;fC+jXOq6tdx2On2vzS3ExwqfNtrVr5Z/ac8E+Ivil8U9C8K6HfJAg0h9Qe3uZ3iifbNt/h/i+7QB&#10;9Q+YvleZn5du6s/w94g0zxTo1rquk3cd9p9yu+K4hOUf+Gvg3xf8BvGHgK1WTxB400fSkk+6s2q3&#10;G9/9xVTdXo/7HC3GheOtd0hdct9Y099KS6QWE7vbq/m7f4kXa3/xVAH2BRRRQAUUVh+MIL+48Lap&#10;FpV9FpeoPbt5F7N9yF/7zUAblFcL8HbfWbbwBp8eva7beI9Q+ZjqNpL5qSLu+X5/4q7qgAooooA/&#10;ncooor0znCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igD7r/4Jg/674gf71h/7cV+julf6qvzi/wCCYP8ArviB/vWH/txX6O6V/qq4qvxGsfhPjX/gobok&#10;39r+EdaC/wCjmGW1Lej7g1cf+wMAPjdqAPH/ABJpv/R0NfY/x5+E0Hxi+Hd/oTOsV6f39lK38Eq/&#10;cNfmfa6n4t+C3jS4+yz3Hh3xDaboJfk+Yj/gX31r9Ryaqs0yWeWRlacT8izunLKs6hmMo/u5H6+Y&#10;FNkA2N9DX5bf8NafF3/ocrn/AMBbf/41TJ/2rvi1PG0b+Mbvay7WK29uv/sleR/qZjv+fkfx/wAj&#10;2HxtgLW9nL8P8zgvGqA+NfEjHoNQuv8A0a9fpN+yVoE3h/4AeFYZ1CvPE91j/ZldnH/oVfCHwD+D&#10;OqfG/wAdw27iX+xo5ftGp3rd1/ubv7zV+o2n2UGl2kNnbRiO3gjWONF6Kq9BXbxbjafsqWAh8S96&#10;Rw8H4Kp7Wrj5K0ZaRNCvAv2ov2edQ+PH/CHf2bqVtpTaTqe/UZJt2+4sGH763Xav8WFr3yofPi8x&#10;ot6+Yq7mQN81fmR+rHhHxR/ZyufHfxx+H3jO0vLa20fRCv8Aatg7OjXXlb2tdoVdrbHlf79VPEfw&#10;N8WeH/ih4l8U+CoPCGq2Pifypb6x8UW8ubW6RNnmxNEjb1dfvI23/er33U9TtdGsZr29njtbSBd0&#10;s0rbURfWm6VqtprunW99YTpc2k6b4pU+6y0AfPmufBr4l6f8S/DPjTw1qXhabUNM8Mto91b30Ett&#10;b3M7yq7OqxbvKTjd/FU1n+zjq958HvHWka7q1lceOvFV8+sy6jAj/Z7W8XZ9n8rd822Ly0+brX0X&#10;RQB80337M+s/8KL8C+DbbUrKbWtJ8RWGvarf3BcrdyxXHn3DJ8v3mP3eK1fil8GPGWqfGCLx14X/&#10;AOEW1Yy6QukS2PiuOV0tNsrv5sGxG+9v+ZPl+796voGqF5q1nYxXEtzdwwQ267pWeTb5f+9QB8pa&#10;N+yn438N/DnwJY29/wCGtW1zwrrV/qX2LVIpf7MvlnZ9rOqJuSVN3y/K+2s7Vf2d9V8MeC/izrHj&#10;nxD4e8PtrWp6brlpe6TBL9k024ttqpvjdP8AV7gnze7fdr7NqtdWsV7BJBPGssMi7XjkXcrLQB8e&#10;+Btc8V+Pv2vPBt5reqeFdYbSPDd6048ISyz28CyugRpZX/if+7/s17D8W/gRF8aviD4Xm8Uw2d94&#10;D0W0uJW0iR3E1xfybVRm/h2Igf8Ai+81eleHPBHh7wZFLH4e0LTNCjmbdLHplnFbrI3+1sWugoA8&#10;B8O/sz6d8Lfipaa98PbTT9B0K/0q503XdNaWUvcN8j28qfe+ZX3hif4WqTwV+zxead+zHc/C/W7m&#10;0nvJ4LpPtFoz+UsrytLE/wAy7vkfZ+Ve9UUAfMqfsu66f2Y08CTa7Zz+Mbi7h1fUdQlR2tL68WZJ&#10;XSX+Jom27aoaT+zx8Qb/AOIGteKtc/4Q3Sft/g688MR6f4dS4SKJpZUdZWZ0+f7jf3dvy/er6X0n&#10;WrDXLP7Xp91FeWrMy+bE25Nyn5hVi9vYNPtZbm5kWG3hVpJJW+6ir1oA5H4L+DLz4dfCjwn4Y1KW&#10;Ga/0jTLeynlty3lMyJt+Td9K83+Fn7Od34E+O/xD8bXl7aXuka4f+JVpyBt9n5u1rjd8v8brXuVh&#10;f22rWFtfWky3FrcxrNDKnKurDcrVeoA+YvhV+ypqXgXwL8VfD1zrkYn8WPLaabqFqzu9lYeSYrdG&#10;3bfubm+VeKyvCX7N3xDtvGHww1DVl8C6bpvgqd08nQYp0mvImt2i81mdPvfc+X/e+evrKs7W9bsP&#10;DmmT6hqd3FY2MA3S3EzbVUUAfN0n7MniSX9m7xJ8P/7Q0saxqeuXGqR3Bkl+zpG92J1Rvk3btv8A&#10;s13GgfBzWdL+J3xJ8RS3Vk1l4l0q0sLSNWbfE0UTo275fu5avaqKAPk3Qv2VvFXg3QfhxqWlT+Gd&#10;R8WeGdJl0W+s9YWV9PvLVpfN+Vtm5HVsfNsro/F3wD8V+NPCGh3t1N4VsvHWga02r2MVppz/ANmb&#10;CmxrWX+N0Zf49u77vy8V73p+t6fqt3fwWt3FczWE32e5RW5ik27trf8AAWFalAHzj4r+Cnjz4hfC&#10;Txx4e1VfB+ialrlvFBYW+iwSpbwbX3O0s+ze27/cr33RLJtN0ewtJGVpYII4XZf9lan+1ZvWg2fd&#10;Tduq1QB81Wf7KAl+IXxd1TUr63utA8X2MlrplmN++yafc127Z/vS7GXb/dqLRv2XdctvgHo/h281&#10;y0PxE07W/wDhKV1vY8tu+prcNKjunys67Ts/OvoxdUsmu/sgvIGucf6nzV3/APfNXqAPntPg1468&#10;ceNH8W+Obnw/b6nY6LeaRo1hobSvEjXKbZbiWWVFb0G1VqnB+zfr9t+zv8O/CcGrafB428Eva3th&#10;fbXltGuIt/yN91vLZWK19D/aoftH2fzE+0bd3lbvm20T3kFsUWaWOJnbaodtu6gD520b4LfEnxP8&#10;XdS8Z+OL7w1bxXvhObw2tpoDTyfZ2ebeX/eqN/G/+7/d5+9Xe/s8+B/FHw0+FmleEvE8mmXNxo6f&#10;YrO40ppdklsqqFdw65WT71emPeQQTRRSTIksn3EZvmanTTR2sLyyssUSjczu3yrQB82t+zd4jX4B&#10;/FzwN9u0z+1PGGr6pqFlc+bL5US3LqyCU7N275T91Wp+q/s/+LPDvjgeK/CieFdWuL/SLLTdW03x&#10;LHL5XmwLtWeCVEdvbay/NX0PDqtncWf2uK8glth1nWVSn/fVH9r2LWP24X1v9jx/x8eavl/99dKA&#10;PC/F/wAGPG1+fhZr2m33h1/FXg69ubieGS0ltdOuEuImil2Km9lZd3y/3q7X9oL4ZXvxh+E+q+F9&#10;Nv4tOv7h4JYpbhWaJ2imSXypdv8AA+wq3s1egf2pZ/Yvtf2yD7Lj/j481dn/AH1U8FxFdRLLDIss&#10;T/ddG3K1AHzj4G+Bvju3+NeneOfEcfg/TLSDQ59IbTPDaSoqszqUb50+fp/s7f8AarY8B/s9Xmmf&#10;s06l8MfENzaXF1eRXiefas7xI8srvE/zKrfIxVv+AV77RQB8xf8ADL/iF/2bofBk2uafdeM5dTTX&#10;NUvbiF3stSuluPNaKVfvNE3yr/wGs2w/Zz+IGq+M/F3iLWm8HaW+teDZ/DMGn6Ck6xW8jyq6OzMn&#10;zfxhv+A19X0UAedeDPAOo+Hfgfpfgu4uLZ9StdDXS3liL+T5nlbN397bmvLfh/8As2+I/CH/AAov&#10;7XqGmTnwHp91Zaj5Mkv79pU2KYspz/wLbX0vRQB5T8IvhfqvgHxl8StXv7m1nh8Ua0NStFgZt8Uf&#10;lIm19y/e+WqWm/CPV7TVvjPdtPZbfGksTWIVmzDtslg/e/L/AHl/h3V7HRQB8+2HwF16z+Efwj8K&#10;Pe6f9u8IajYXd9OjN5Uqwbt/lfL/ALf8W3pXkHxp+Hl58O1uodQv7C5u/F/xa0vXdOs7SVvPMHmx&#10;btyMv302fwbq+4axr/wvo2q6rZaneaTZXeo2PNteT2yPNB/uMRuWgDmNT/4WT9s1L+z/APhGfsv9&#10;p232D7R9o3fYfk+0ebt/5a/e2bfk/vVu+FP+Ek26r/wkv9mbvt8v9n/2X5uPsfy+V5u//lr97dt+&#10;XpXR0UAFFFFABRRUFzP9nglk/uruoAnorxHVfGHieXxpe2KaP9p0+K1aWK4/vNsrovhH4s1nW9N/&#10;4nlj9gmaVlWKgD0yiorlykEjL95VzXz/AOB/HOuXF34OmudT1iYak8i3x1a2WK1ddr/6hlRPmoA+&#10;haK8Qi+OB8SRz28EMKw31veLavBK7XEDRq+1pcLsXdt/hatDwJ4/1m303SbPV9PRmn0Nr+1mS73P&#10;L5QTcku77rNvX5qAPX6K8VX47XC6drrfZLC/vLC0ju1SyuWaJg8uzYzsnDf+O1sXnxQ1TRv7YstR&#10;0a2GsWr2qW0VrclopftLukW9mUbfmT5qAPUqK8Kg+I2q+D9d8Z3eupH56XNhaQW63TvaxNKjfNv2&#10;fKv/AAGrem/Ea48XeKfC8aObdoNSuIJ1spn+z3S/ZS6spZV3Jz/F/FQB7VRXlPh/4xy6l4j/ALKn&#10;tLLzpYJ544rW8814vK/hlbbs/wC+GaqFl8c5ZrbXt1pY3l3Yab/aUaWV0zIRu2+UzMn3/wDd3LQB&#10;7LRXP6Dq15N4Zj1LXILfTpvL8+VIJfMSNcbvvd64D4a+P9W1291e3ub60uptQt21TSIvNT9xF9zy&#10;n2/3fkb/AIHQB6/RXiHwv8W3+g+GfDN1r/79dfiuLqW/a9ll/eqnmouxvlTcnm/Kny/ItW9a+Nt7&#10;omk2GoXGn2FqlxaLevb3F23nOjt8iRKqcttK/f20AeyUV5FY+N7nSPGuuSSl7nTrnVbO0zNI2bVJ&#10;bXeu1f8Af/8AQqZf/HFoVslitrG2lv2upbWW+ndImgifarZRX+Z6APYKK8o074raz4hurVNF0GBo&#10;X0pdSm+2XDROvzsvlKuzr8lVx8doN8xWwzbroqaksplzuuG+byP+A0Aev0V5AnjW8fVmimW4hlHi&#10;G1smhW8+Vd1vvb+H7v8AsVm3fjnXPEOu+A9QS3XTtAv9YlSB4rlvNniWKb/Wp935tu6gD3GivGdG&#10;+P8AHrNwjQ2lvNa3UFxLarFK7yxeWruvn/LtXdt/hZqe/wATdXW30bVr/TUs3n0i61SO1t77fE6L&#10;Ejru+X3oA9jpD0rgPCXjzVdU1y103VtLgsHvdPTUbZrecy/L/ErfKPmr0CgBlcv4+8D2XxD8MXWj&#10;X5dIpxxJGfmRgflYV1PSk4qJRjOPLIiUYzjyyPJPhB8ALD4W6hc6kuoS6lfTRiJXkjESxp6BQa7z&#10;xt4aPi7w7caX9oNr5skT+aF3Y2Sq/wD7LW9gYwKAuO9RTpxpR5aZjRo06EfZ04+6cBqvwi0/VfiA&#10;viYXLxGSzltLy0Vfkn3ps3/7LbWqnH8J53tbeDWNWfWtO0yylsrGzjtVifY0ez5m3/M2z5f4a9Po&#10;rY6TxP4f6Xr93490q7umvZtN0fSpbJWvdMayZXZ02p87fvW2p99PlrtvFvhDV9emu1sPEDafa31t&#10;9luLeW189VXB+aL512N83+1XbUUAec618Nb68sJtJstfktdBntY7Saykg811RF2fun3/ACbl/wBl&#10;ulbPinwc2tW2lvpt3/Zl9pMqy2crReaifLtKsm5dy7T/AHq62igDyiL4PXlqRdrr8b6quqy6r501&#10;lut90q7HXyt//fPzVlXngu/+H1po89jqN/d6lbvfBr600c3KtFPN5zRPEj7/AL33WX+7XtlFAHjX&#10;gr4Zaza+GPD98NRXSvENtBdRT/bbJbhXinuGl2Mm9drfc/irpLn4ayXkfiDz9XaebVtKTTXk8hUK&#10;squN/wAv+/8Adr0GigCnptoNP0+1tt28wRJFu/vbVxVyiigApD0paKAIdv8AKvPvjTdww+CbiGSR&#10;UeZ41jUn7x3qa9EY9KoX+j2eqhPtVtDc7fu+bGrba83MMNLFYSrQj9qNjqwlaNDEQqyXw6nyMa9k&#10;+AN9ALfUrXzF89pFkEXcLtGK7W5+H9nJqtvdRiGK2RcNaLax7ZP+Bbd1btloWm6c5ktrG2gl6b4o&#10;VVvzr8+yPhTEZbjY4mc/hPr81z+lj8N9XjC3MagpaQdKWv1M+GCiiigAooooAKzPEv8AyBLv/crT&#10;rM8S/wDIEu/9ygC/F/ql+lSVHF/ql+lSUAVL3z/sc/2by/tXlt5fmfd3fw7q80+GnjXxnqfj3xH4&#10;Y8WwaMJtLs7W4WbRll2P5u//AJ6f7lerUUAeR/BLxl458f2w1zXINEttAl8+OCK0SdbsSpLs+ff8&#10;u35X/wDHa9coooAKKKKAPGP2oPAGr/E3wTpGi6HCst2+qxSszvtWJBFL87fnXNQ/s7W3wy+CnjO0&#10;037TrXiTUtKlhleJW/ets4WKKvoyigDA8EQSW3gvQIZozFPDp8CSRsPmVxEoIrfoooAK8p/aF+K2&#10;o/CTwXb6jpenC/1C8ufssW9GZI/kdt7bf9yvVqKAPz+h/at+KkWo/aWuY5k/5920xdn/AKBu/wDH&#10;69H8bftFeMrbwZ4P8ZaQi2Y1Rp7W80mazRofNib7+77+1v8Aer66ooA4z4S+OZfiL8P9K8Q3Fp9g&#10;nu1bzbc/wOrsjf8AoNXdF0m6tfGXiO+ljC2t4tqsDbvvbFfd/wChV01FABXkGqyxw/tTaO0jqi/8&#10;InP95v8Ap6SvX643xl8KPCfxEkgk8SaLBqk0C7YmdnVkX/gLUAeQ+HdLk8Y+Kfi3riQw33jLTriW&#10;y0dLgLN5ESp+6ZVb5fnpt5Pa2PxM+Geu6Rps2i69q8kthq9lLB5DzQqnzuyf7L/xV115+zToGmTp&#10;eeCr698D6kqbWudOleVZV9HRm+at3wH8HLTwrrkviHUtWvvE/iR4vK/tDUX/ANWn91F/hoA9Hooo&#10;oAK5b4lf2T/wgHiD+3PO/sb7HJ9q8j7/AJW3nbXU1BNAk8bxSqrxsu1kdflagDzf9nz/AIRr/hV2&#10;mf8ACJfbv7H3S7f7Q/12/cd27/7GvT6p2FhbaZZpbWdvFa28Y+SKCPYq/wDARVygAooooA/ncooo&#10;r0znOg8E+CdT8ea9b6Vp67PN/wBbcOreTEi/fd66Dxh8KG0HQYtc0jU/+Eh0nz/ss8yWctu8Euzd&#10;86N/D/t19MfskeHrnXvgLrEGmXzaPqramzwX0S/OjLs+/wD3l/2K9o0Tw34oe61DUPFV9p/lfY3t&#10;4tJ0mJ0tP9uV933mrCUiz8v6Kmv/APj/ALj/AK6t/wCh1DW5AVYvLC502VIry2ns5WXeqXETI+3+&#10;/wDNVR/9U/8Au19feOfDGmeOde0TV7zb5Xg+1gfWN7f621+zpLF/498lLmA+XIfB+uXL3CrpF3vt&#10;2iSVHiZHTzf9Vv3f36zLyznsLyW2uYmhuIHeKWF/vo6/wV9UeJ4bPxb488V6nqFnFNLK3hl13p91&#10;Zdm9KxbDStD02/tIG8NaRf8A9peN7/SpZbu1811gXZsRP7n36jmLPmyivTfh74Vs7z4v6rp7Wdtc&#10;6fYNfy+VdxPKiJFv+fZ/y12f3K9Ov/A2i/b7TXINIskt/wDhGf7QneXR/uy+btSVLBX27v8AY37a&#10;vmIPmSivpPxV4e0HwlYeLdatvDmnzXCaLpF7BDqOnbEgllfa7/Z/n2/7lWE+Hvhfxhqn2GLSrHSp&#10;YotL8RTpbrs/0WWJPtaf7qb0bZUcxZ8yUV9C+HrbRfEml+FFsfCehO/iPxFfxb7i12PFbrsdETb9&#10;35K238DeGtVvfB+of2RbTSyy6p/o6aZ9giv2gi3xReVvfd838f8AFRzAfL9FfTfh7wro3ifSfDWr&#10;6v4TstKvfI1m4a0tNO/4+ngSLyv9H+Tzdm9/krMhh8KvYaxrVt4Xjmu7Lw3LdN/aejpa2ksq3CKk&#10;sUW91/vq1HMB870V6B8abCxs/EelT2Njbaal/o9rey29ouyLzW379ifw15/WhAUUUUAFFFFABRRR&#10;QAUUUUAfdf8AwTB/13xA/wB6w/8Abiv0d0r/AFVfnF/wTB/13xA/3rD/ANuK/R3Sv9VXFV+I1j8B&#10;rAEoK86+K3wI8JfGC08vXbBReKuIr+D5J4vo9ejLwlHJ6HNTRrVcPP2lKXLIxr0KWIp+yqx5onxP&#10;r3/BO6cXH/Ej8XhLf+5f229vzWtrwZ/wT60axmhuPE2v3GqFTlra0TyYm/4F96vsDbSFR6V9BLiP&#10;NJw5PbHz0eGcqhLn9kYvhTwfo/grR4tM0XT4NNsYhhILdNoFbfajil7V85KUpy5pH0sIRpx5IC18&#10;/wDxQ1O90Xxd47u9Nu5LHUE0jTliuIvvpvuNlfQFYd94T0fVpbua7022upLpEinaWMN5qo+5Fb12&#10;tSNTwn4lQah/ZPj3w3d63qV9ZWTaXdRSyyr5v724Tem7Z93/AGa3vEd/qo1TxfaJ4pvNIi8K6XBc&#10;WeJV3Ts0RbzZ93+tXcmyvWL3wpo2pSXstzp1tcPeeUtyzRj975bbk3f7pqPXPA3h/wAT3lvdaro9&#10;pf3Ft/qpbiIMyUAeIzeJ/EeqaB8QvET67f2Nxp2k28trZR7Figlksldm+7/fq/qcHiC017xBp0fj&#10;PWPs9n4e/tiJ9yb/ALR8/wDHs/1X+xXs03hfSLmLU4pdOtnTUxtvFeMf6R8m35/73y8U9/DmlzTz&#10;zvYQNNPb/ZJX8v78X9z/AHaAPn/xp8SvEDaP/aunahd/atL0iwvbpFuYra3illRX+ZWXdPv/ALvy&#10;0vi1Z9I1r4qarb6ndPdNpunN5M0qSxL5rf3GX+D+H/er2rVfhj4T1v7P9u8Oadd+RB9li863VtsX&#10;9z/dq1f+B/D+q3Mtzd6RaXNzLbfZHd4/vRbt+z/d3c0AeQax4k8bat4w8RSaVcLbw6NqUFlGk2pR&#10;QW6xbIXfzYmTc2/e+1t1KPHfiS11HUNEW8mudR8MRajeXjuv/H1Fs/0Xd/33/wCOV69f+BfD+qa1&#10;b6teaNaXOpQbfLu5Y1Lpt+7g1eh0Owh1K61GO0hS+ukWKe42/PIq/dVvzoA+epPEXjiy8Ganq76n&#10;5Vvc6F9sWZ9SiupVnLJtliVUTanzNXWeMNL1VE8P+HdH8U69L4mvl5uRcrtgg37pbiVdn+1sX/gH&#10;pXodn8NvCtjFfxweH9PhS/XZdKkC/vV/2qbr3wy8LeJ9QS+1XQbK/vUi+zrPNF82z+5/u0AeWeJP&#10;EOsW9j441xPE11Z3Xhi8WztNN3r5VwqxRN+9X+JpWd6YniXxv4g8Zapd2M6W9tp2tLYGK51GKK3W&#10;D5NyvBs3M7bn2tur1uX4feGrnULK/l0Oxe+s0VILh4V3xKv3amufA3h++12LXJ9GtJdViHyXbxfv&#10;RQB418Bdb1C81eLTb6eTStNtftUunQJ9zUP37+a7N/s/3P8AgVbXxSu73Wdb8X6VLrd1olhpfh77&#10;ZBFbsq/anl83e77vvKnlKu3/AG69Ng8IaJB9iMWl2qfYZHnttkQ/dO/32X/epfEPgjQfFMsEur6T&#10;a6jLB/qmuIt+ygDwPw3ruqXng2dk8R3Hh9PDXhbTLi0gidFSRmtd/my7vvrldlaGp+NNe1rTPFWt&#10;y+IJ9CutC0yzvLawjKrFI7W/mt5qt95Wf5K9hvPhz4Y1Iaf9o0Gwm/s6NYrTfAp8lF+6q+i+1WNX&#10;8DeHtd1G31DUNFsry+tv9VcTQK7JQBxfw6u9W8R+O/E99earefZLN7eKHTfkECebaxSt/tfeevO/&#10;jZdXuv8Ahj4oSXWt3NnFo9zBZ22lRMqxPEyRNvdf497O/wD3xX0PaaTZWd3dXNvbRwzXjrLO6rhp&#10;HC7ct/wHFZWu/Dvwx4nvftmr6DY6ld+V5XnXMCu2z+7QB5PqfiTxrq/jPX5NLnW3t9G1SKyjjuNS&#10;igt1i2RM3mxMm5mfe+1t1VbLXNfl0CG6n8T6gp1vxM+lPcM67LO3WWX/AFXy/K3yqu6vZ7/wL4f1&#10;PW4dZu9HtLjVYNvl3bx/Ou37v5VJP4O0WbR59Jk0y1fTLh2eW0MQ2OzNuZvzoA+dLHVNa8Oa74k0&#10;fSL66u5NR8X/AGWW9e8SK4ZVskfb5rLtV22f3f4a9w+F0mvHw5PH4gkjmu4buWKJ47pbhxFv+VZW&#10;VV+dfut/uVdi+GnhaDS7jS49AsF0+5dZJrfyF2OyrtVsf3uBzW3o+i2Hh3TorHTbSGxsovuQwrtV&#10;aAAf8heX/rj/AFqXUEnks50tm2TtG3lv/damrC39ptJt+Ty9u6qfinTZ9X8PahY2zrHcTxMkbsfu&#10;mgDyYW8Uun2VhZ6e668uxWVrZluI7lZfnl83+5/wOvYNY1OPQ9Hu7+ZJJo7WFpnSFNzsFXJ2rXM3&#10;PhTxFNpMtqviuUStB5WfscX93+9trptCsrnTdHtLW8u2vrqKNVluXGPMb1oA+d/h94l+2fGC71mK&#10;O41DxLq2gNM2nyRy26xf6Qmy33Ony7F/i/vb67b4r6RFf2XhDW9Q0pbPXP7Ys4mTzvM8pd7fJu+7&#10;Xqn9k2f9qf2j9nj/ALR8j7P9ox8/lbt2z/d3UajpFjrEUMd7bRXaQyrPGsq7grr91qAPPPiloGnp&#10;4t8B6utsn9pSa/Fbtc7vn2fZ7j5a0fGP2fVrHU7fxXpy2XhWzdLk3Yvc/atjq2141X7rH+DndXY3&#10;+k2eovaSXVvFO1rN9og8xQ3lSbWXcv8AtYZvzqHxF4Y0rxbpb6drFjDqNg7KzW9wu9G29OKAPCb7&#10;w41nocWoXNidG0DxF4msGl0c/IsFr9350/h3ts3rWhbaV4X0/U/HI1WDPh3Sdat7i2023/1Mtw1u&#10;n7pYvuv87/c/v16pY/Dbwtpum31ha6FZQ2V6NtzAIvll/wB6opvhZ4RudEh0iXw7YSaZBL9pitGg&#10;GxZf7/8AvUAeU23g+TR5/BFlrlnHbaZrHiG8vZdIk+a3gZreVreDZ93/AID/AHq7z4KxR2+m+J7a&#10;2AXT7fX7yKzRfuJF8nyp/s7t9b8Xw18LRaLPpCaDZDTJ5PNltfK+R3/vVs6Po1h4e06Kw020isbO&#10;IYjghXaq0AaFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVS+t/tlnPBvZPNVl3r/AA1booA+&#10;a7j9nzxBY3/n/wDCVXb3G7ctwitXoXgH4XX3h/xfea5Pqs8lrOny2Lfd3f369SooAilj82J1/vLt&#10;rzfRfhG1hHolve69c6ppejy+fZ2TwRRYfnbvZfvfer02igDz/SvhrJpVtcafFr97/YbRXEUGn7V2&#10;wiX/AG/vNt3fLTrn4Tade2NjaT3dy8FtpE+kYU7d0cuzc3+98ld9RQB5bL8Gmvo7z+0vEV7fSXFj&#10;HYBvIiQRRJLvXaqitvxB8NLTxHqOqXst3cQ3F7FaojxHH2d4Hd0kT33PXb0UAeat8I1mXVp7zXb2&#10;51K+mt7oXqxKjQSwfcZFX/0GtNPh/LPe6Vd6prV1ql3Y3Ek+54lRH3xeWV2r91e9dvRQB5bY/BSG&#10;CPT7a6128vNNsrOfT7a08tU2QSptPzL/ABfd+b2oj+DXmpdLfeIr27Euk/2Qn7mJFii3qy7Qv8Xy&#10;16lRQBz2u+GV13wrPof2yS3hmgW3eWL7+z+L/vpePxqhJ8O9It9T0fUNNtodJn053+a0gRPOjZNj&#10;I3+z9xv+AV2FFAHnuofCXTtR+HWm+Ep7u5NvYiIRXce1Zfk4/wDHlyv/AAKo/FXwjTX7vU5bfWbn&#10;SbfU7aK1u4LeJH3JF9zazfcr0aigDgrn4WWN7pfiKykvp86ysAaVNu6BookRGT3+TdTrv4cJAmiv&#10;oupTaLeaXbfYoriONJN8Hy7kZX91DV3dFAHLaT4NXTtd/tWXUbm+uv7PSwYzlfn2uz7/APe+auZX&#10;4GaGmmRWP2q42R6w2rhs/Plm/wBV/u4+WvT6KAPLPEngq4h8Tac9hDc3n2zXotWurhwvlWqxxMm2&#10;rNl8H47PUdIZdau30vSLt7qx05ol2xbkdWTf95l+evSqKAPP9K+G0mlWMulx6/etoSW8tvbaeVX9&#10;yjDb9/7zbP4akvvhXZ32n6XaG+nRLDSpNIVwF+ZHi8ov/vV3lFAHHP8AD9Fvba9ttSntbq20r+y4&#10;pQitt/6a/wC9WjbaNqEV+k8mszywidpGgaJQrJs27P8Avr5q6CigApMUtFABSYpaKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooASjFLRQAUUUUAFFFFABRRRQAVmeJf+QJd/7ladRTQpcR&#10;NHIiujfeVqAFi/1S/SpKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooA/ncooor0znPZfgz+05rXwZ8OXGi2OlWl/byz/aN9wzI6PXd3n7efiW&#10;5tZYl8Oaajyoyb/Nb5K+X6Kz5Ylj5naaV5W++zb6ZRRWhAVpzeJ9Xuftfm6rev8AbYkt7rfO/wC9&#10;iX7iP/eVKzKKAOr8K+P77RPEtpqWpy32sWkUsTz2n2x4vtHlf6pHf5/lT5Ko6x421XVdZuL5byez&#10;82+l1KKKGVtkErPud0/2v9usKigC7Z69qem6p/aVnqFzbahud/tcMrpLub7/AM9af/CwvFD6lFqD&#10;eI9U/tCKJoorv7ZL5qI3303/AN2ufooA2L/xhr2qpcLfa1qF4lwqRS/aLp381V+dEf8A3Ki/4SfV&#10;/NeT+1bvzXtfsTP577/s+zZ5X+7t/grMooAuw69qdtFaRQahcwxWUry2qJKyfZ3b77p/dat6z+JG&#10;tTa9pmoa5qGoeIYrOXzVt7u+l+/s2b0f+Fv9v/YrlKKAPQ/HPxj1DxV/YS2Lahpv9jea8F3cai9x&#10;dvLL993l+T+4lcpf+MNe1We7nvNa1C8luoPs87zXTu8sX9x/7y1j0UAWL/UrzUnia8uZ7l4okiie&#10;Zt+xF+4n+7VeiigAooooAKKKKACiiigAooooA+6/+CYP+u+IH+9Yf+3Ffo7pX+qr84v+CYP+u+IH&#10;+9Yf+3Ffo7pX+qriqfEax+A2E+5T6Yn3KfWJYUUUUAFFFFABRSVm2wup4hJ5yp8zfL5f+1QBp0VT&#10;8m7/AOflf+/VHk3f/Pyv/fqgC5RVPyrv/n5X/v3R5N3/AM/K/wDfqgC5RVPybv8A5+V/79UeTd/8&#10;/K/9+qALlFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFU/Ju/wDn5X/v1R5N3/z8r/36oAuUVT8m7/5+&#10;V/79UeTd/wDPyv8A36oAuUVT8m7/AOflf+/VHk3f/Pyv/fqgC5RVPybv/n5X/v1R5N3/AM/K/wDf&#10;qgC5RVPybv8A5+V/79UeTd/8/K/9+qALlFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFU/Ju/wDn5X/v&#10;1R5N3/z8r/36oAuUVT8m7/5+V/79UeTd/wDPyv8A36oAuUVT8m7/AOflf+/VHk3f/Pyv/fqgC5RV&#10;Pybv/n5X/v1R5N3/AM/K/wDfqgC5RVPybv8A5+V/79UeTd/8/K/9+qALlFU/Ju/+flf+/VHk3f8A&#10;z8r/AN+qALlFU/Ju/wDn5X/v1R5N3/z8r/36oAuUVT8m7/5+V/79UeTd/wDPyv8A36oAuUVT8m7/&#10;AOflf+/VHk3f/Pyv/fqgC5RVPybv/n5X/v1R5N3/AM/K/wDfqgC5RVPybv8A5+V/79UeTd/8/K/9&#10;+qALlFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFU/Ju/wDn5X/v1R5N3/z8r/36oAuUVT8m7/5+V/79&#10;UeTd/wDPyv8A36oAuUVT8m7/AOflf+/VHk3f/Pyv/fqgC5RVPybv/n5X/v1R5N3/AM/K/wDfqgC5&#10;RVPybv8A5+V/79UeTd/8/K/9+qALlFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFU/Ju/wDn5X/v1R5N&#10;3/z8r/36oAuUVT8m7/5+V/79UeTd/wDPyv8A36oAuUVT8m7/AOflf+/VHk3f/Pyv/fqgC5RVPybv&#10;/n5X/v1R5N3/AM/K/wDfqgC5RVPybv8A5+V/79UeTd/8/K/9+qALlFU/Ju/+flf+/VHk3f8Az8r/&#10;AN+qALlFU/Ju/wDn5X/v1R5N3/z8r/36oAuUVT8m7/5+V/79UeTd/wDPyv8A36oAuUVT8m7/AOfl&#10;f+/VHk3f/Pyv/fqgC5RVPybv/n5X/v1R5N3/AM/K/wDfqgC5RVPybv8A5+V/79UeTd/8/K/9+qAL&#10;lFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFU/Ju/wDn5X/v1R5N3/z8r/36oAuUVT8m7/5+V/79UeTd&#10;/wDPyv8A36oAuUVT8m7/AOflf+/VHk3f/Pyv/fqgC5RVPybv/n5X/v1R5N3/AM/K/wDfqgC5RVPy&#10;bv8A5+V/79UeTd/8/K/9+qALlFU/Ju/+flf+/VHk3f8Az8r/AN+qALlFUvKu/wDn5X/v3R5V3/z8&#10;r/37oAu0VT8q7/5+V/790eVd/wDPyv8A37oAuUVT8q7/AOflf+/dHlXf/Pyv/fugC5RVPyrv/n5X&#10;/v3R5V3/AM/K/wDfugC5RVPyrv8A5+V/790eVd/8/K/9+6ALlFU/Ku/+flf+/dJ5V3/z8r/37oAu&#10;0VT8q7/5+V/790eVd/8APyv/AH7oAuUVmTfaoniT7Sv7x9v+r/2an8m7/wCflf8Av1QBcoqn5N3/&#10;AM/K/wDfqjybv/n5X/v1QBcoqn5N3/z8r/36o8m7/wCflf8Av1QBcoqn5N3/AM/K/wDfqjybv/n5&#10;X/v1QBcoqn5N3/z8r/36o8m7/wCflf8Av1QBcoqn5N3/AM/K/wDfqjybv/n5X/v1QBcoqn5N3/z8&#10;r/36o8m7/wCflf8Av1QBcoqn5N3/AM/K/wDfqjybv/n5X/v1QBcoqn5N3/z8r/36o8m7/wCflf8A&#10;v1QBcoqn5N3/AM/K/wDfqjybv/n5X/v1QBcoqn5N3/z8r/36o8m7/wCflf8Av1QBcoqn5N3/AM/K&#10;/wDfqjybv/n5X/v1QBcoqn5N3/z8r/36o8m7/wCflf8Av1QBcoqn5N3/AM/K/wDfqjybv/n5X/v1&#10;QBcoqn5N3/z8r/36o8m7/wCflf8Av1QB/PRRRRXpnOFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH3X/wTB/13xA/3rD/ANuK/R3Sv9VX5xf8Ewf9d8QP&#10;96w/9uK/R3Sv9VXFU+I1j8BsJ9ynGmp9ynEgDmsSxgBI6Y+tBBx0z9K8z8b/ALRPw9+HGtvo+veI&#10;47HUo1V2tkglmdQ3TdsVqteAvjt4H+J17JZ+HdeTUbuJd5iaKSFivqu9V3V0/U8SqftfZy5f5raH&#10;n/XcL7T2HtY8/wDLc9FpaQEEcUVzHoHF/F3xFeeEvhb4q1rTWRb7T9MnuYGdNyh0QsuV79KtfDfV&#10;59c8AeHtSvGRrq8sYp5mRdq7mQM1Yn7Qn/JDPHn/AGBbr/0U1afwe4+FHhA/9Qq1/wDRS128sfqv&#10;N/e/Q83nl9d5f7v6nZ0UUjMFBJNcR6Wwwg9gDRux1OK+ePGP7bfgLwd4l1HQ57PWL280+d4J5bW3&#10;jMQdTtblpFrt/hZ+0B4b+LTGDTReaZdmLz4rbVIljluIv+esYDNuT3r0KmW4ulS9vUpS5e55VPNM&#10;FVq+wp1Y8x6pRSA8UteeeqFFJketGaAFopM0tABRRRQAUUmaKAFooooAKKKSgBaKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAoqPeu7buX6VJQAUUVDcvsgdqAMPV/GeheHJUi1XWbDTZXXcsd3cpEx/&#10;76as0/FbwYG/5GnRf/BhB/8AF1+c37Vd5Pf/AB58WmWRpEhkiSJXb7q+UleSADyycc561+lYTg6G&#10;Jw0MRKtbmj/KfleN4yqYbE1KEaXwy5dz9d/+FreC/wDoatF/8GEH/wAVR/wtbwX/ANDVov8A4MIP&#10;/iq/IfcP7v60bh/drt/1Jp/8/wD/AMlOL/Xqt/z4/wDJj9eP+FreC/8AoatF/wDBhB/8VR/wtbwX&#10;/wBDVov/AIMIP/iq/IfcP7tG4f3aP9Saf/P/AP8AJQ/16q/8+P8AyY/Xj/ha3gv/AKGrRf8AwYQf&#10;/FUf8LW8F/8AQ1aL/wCDCD/4qvyH3D+7RuH92n/qTT/5/wD/AJKH+vVX/nx/5Mfrx/wtbwX/ANDV&#10;ov8A4MIP/iqP+FreC/8AoatF/wDBhB/8VX5D7h/do3D+7S/1Jp/8/wD/AMlD/Xqr/wA+P/Jj9eP+&#10;FreC/wDoatF/8GEH/wAVR/wtfwX/ANDbov8A4MYP/iq/IfcP7tG4f3aP9Saf/P8A/wDJQ/16q/8A&#10;Pj/yY/ZbStXsdbtVurC8gv7dvuzW0qyI3/AlrQ96+M/+Ce2oT/2D4qtGkZ7aG8gaJN3ypuVt1fZu&#10;7P41+cZjg/7Pxc8Lzc3KfpeWY3+0MJDE8vLzFa8/19p/11/9kerdVLz/AF9p/wBdf/ZHq3XnnrBR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfzu&#10;UUUV6Zznuv7Nn7PGn/G+w1281HVbmwTTpYolS3VH37kdv/ZKr/F39n6x8Jajqtj4X1WfVb3Roll1&#10;GxuF2TeU3z+bF/eVP467v9kvxVfeDPhV8Q9T0/Sp9Vu4p4nVItn7r90/zv8A7NfQcOq/8Jn8G9b8&#10;Q6h4cXStYl0K43XE0Cb5f9Hf50f+7WHNLmLPzUopifcWn1uQFdhefCjxRYeKNK8PT6Z5Op6pEstm&#10;jypslVk3p8/3a41/uP8A7lfYWleM9D174r6VoetX1tD/AGXBa3uj6h5qbEb7P+9t3f8Auv8Ae/3q&#10;Uiz5SvPD09nZafP5sFy955qfZ4W3zRMr7PnSqL208O/zYJU2/e3r92vpDwBrGmQ6b4SWWe2fUP7J&#10;1mKxR7xbd0umun2fvf8Alkzpv2PTdeub7xn4P8QeHJbaxsPEcuk2flQzawlxcXCrdbv3srbPmRP/&#10;AB2o5gPnF7adPvQSpu/2aa8MqI7NEybG2NvX7jV9WvrGmQ+I9T0rU76xeHRtJ03V4n89XSWe1i2+&#10;UleefHjxJpV/4c0RtInXf4jnbxFqMKN92VkRNj/3dmx/++6OYDzXwN4D1Dx/r0WmWO2F5Vlf7RcK&#10;/lfuonZ/nX/drB+xz/Z/P8iXyl/5bbW2f9919TfDfVb5JfBU+ma1aW3g+38O3FvqNv8AbIok+2eV&#10;Lv3xf3t+yqOj6q32fRLxdVtE+HkXhZ7e+tPPTZ9q2PvRovvNL5uyjmA+Z/sc/kef5Ev2f/nrtfZ/&#10;33V7StBudS1Gys2/0D7VLsW4u1dIl/291fQt5fy3nwyVZ9TtrC0i0m1SLyryKXT7r96n7p7f70Uv&#10;9566ibVWm8TeHL7UNVWz2eJLV/sL30VxaSpsf97av96KJP7j0cwHyO+mzo9xtiaZIG2NNEu9P++6&#10;Y9nOkXmtBIkTfxuvyV9LeA/En9m+A/D76LZ2mpfZ7q//ALWhl1hbKLc0r7PtEWz96vlbK83+Mfi2&#10;8vND8GaLbagz6IuhQStYwy70WXzZfv8A+19yjmIPMfsdy8HnrbTvF/f8p9la3iHwZrXhXV00zUbG&#10;WG+eBbhYk+ferJvT7te8Talc3Pwnf/ibx6VFa6EvkS2N4r2Nw6v/AKp7f7yz7v40rYvLy51XxlrG&#10;oLrUl5LceG7L7Dbw6stvNcfc81EuG+aLY+/f/E1HMWfLKWFy7Oq207un3kSJ/krT17wfq/ht9PXU&#10;LGWF7+1W6tf496tv2f8AAvk+5X0L4/8AE8/hj/hZt9pGqxWF1dQaG8U1peLK7/utsux/4/n37np+&#10;ieIft+veD9TvtVW/83wo9ppz3Go7Nuo/vd+9/n8pvufPso5gPmf7Beea8f2afzU+8nlNvqJ4Whfb&#10;KrI6feR1219Mar421XTfD/iqWXyNB1238OxRRTQ6sl7dy/6R/HL/AHq8n+PF+upeOYrxZ1uZbjSb&#10;B5ZUbful+zpv3/7VaEHnlFFFABRRRQB91/8ABMH/AF3xA/3rD/24r9HdK/1VfnF/wTB/13xA/wB6&#10;w/8Abiv0d0r/AFVcVT4jWPwmsv3RXmP7SPirVvBPwY8Q61ol0LLVLZbcQzlUfZuuI1Y7X+U/Kzda&#10;9OH3Aa8c/bA/5N38Wn2tf/SqKtsFGM8XThLZyX5nFmMpQwlaUf5X+R8QftgDf+0R4qb+8tr/AOks&#10;VT/D34u+FfDHwyttHv7TV7bxRp1/LfadrGlxxf6MzbflG503L8vzpUH7X5x+0L4n/wB2z/8ASWKv&#10;HWIJNfuuGwlHGZbQhN7Rj+R/P2KxVXC5jWnS/mf5n63/AAa8WXXjr4X+G9fvkjS81CySaURfcDHP&#10;SqnjH4hap4U1mFf7Hgl0lpreBriW82XErSuqfuItnzbSy7tzLWf+zJx8AvA3/YMSpPHfw81rxdrq&#10;Ol1p39m+fBPDcSwf6bY7GRn8h/8Aa2f+PV+I1KdGGMqwfw80j93p1K08FSnT+Llj+Rb/AGhDn4Ge&#10;PP8AsCXX/opq0/g//wAko8If9gm1/wDRS1mftCcfAzx5/wBgS6/9FNWn8H/+SUeEf+wTa/8Aopaz&#10;f+6L/F/7aax/37/t39Tsj92vG/2h9Z1DRovh99gvrixNz4v062nNvMU82Ji++Nv7ytx8teydq8O/&#10;adP7r4b/APY66Z/N6ywcebER/roysylyYWTPz4+MY3fF/wAcD/qN3n/o967S2/aIis/h14e0KHw1&#10;9n13w6n/ABLvEEN7tljfczfc2fMnzfc3VxvxmBt/jD408wNETrN4+1u/71q40t5xZU+dn+RFX+Kv&#10;3yOHw2MwVH2r+Bd/7p/Pv1nEYXF1PZL4n/7cfsl4cvH1DQNNupsGWa2ilb/eZQT/ADrUPQ1jeEkZ&#10;fCmjKw2stpCCp7fItbLdGr+fanxv1/U/o+n/AAo+n6Hzp4Df4jeO9G1jWbTx9LbzW2rXtrbWE+mQ&#10;PblIpSqqzbFft/erqvD/AMf9Of4ZW3iPWbSWLUvtbaXLplkvmyyXivsaKJf4vmrhvhT8VrHwB4b1&#10;7SbnSNau9c/ty/kgs7bTZWMoaZtvz7NtUIvh14g8A+DfBXiW90qS7u9P8RT6/qmm2S+bJAtz5m8L&#10;/e2b6+mq4enKco1o8vve70vo/wDgHyNLEVYQjKhLm933t5cu3/B0PZPBvxfsfFevXGg3mk6p4b1u&#10;KD7StlqsaK0kOcb0ZHZW/Ouff9pLQ1D6iuia43hhZ/s7eJFtgbIHds3fe37d3y7tvWsCa7l+NPxT&#10;0rU9Esb2y0XR9LvLefVLy2eDzpZ02pEqsAzbfv8ApVLwN49fwZ8NdL8D3fhPUdQ8V2Q+wHSmsXEF&#10;x83+t83bs2bfm3VyvB0Uubl973fd5vh3/wCB6dTpWNr35fae7r73L8W3/B23toewaB8RbDxD418S&#10;+G4IJ0utBWBp5XCiOTzU3LtOa4z/AIaV0D/hH9K1Y6Xqzxahq8+jRRRwK8vnRb+dqt91tlcyNdb4&#10;XfG/xpf6tpupPZ+IbSzexmsLR50dokKPF8v3Wrznwbo2qHw38Nnl0u9tpV8c3c8sM0Lb4kbzPv1v&#10;TwGGkueXw+71/uyv/wCTIyq5jiY+5H4ve/8ASly/ge0RftHWUmr3GiyeE/EsfiNFEkektaJ5s8XT&#10;zVbfs2/7zitzRPjh4f1XwRqvia4W70qDS52s76yvYts9vOu390VX+L50/wC+qwJNOuf+Gq4bn7JP&#10;9kHhdk+0eUfK3faPu7ume9eVa34E1zxB4b+LEVnpl3cyQeM11FLVS0T3UabNwib8/wAqzjhMLVcV&#10;8Pwv4u8rFSxmNpc32vij8PaNz3Hw18ZrfXfEcOhahoWs+HNQuoHuLSPVYET7Uij59ux3+Zc/dbFc&#10;8f2otIk0ttVj8N6+2hwXL2t5qZtU8i2ZG2MWO/5lz3XNc58OdI8Ea1400q70ew8XXmpWcMsn2vV2&#10;uvKszs5VvO/ib7vy1m2ujXp/ZA8X2bWNybuRtQ2QeQ3mt/pDfwU1hMLzXlH7UY9viuL63i+Rcsvs&#10;yl32sdXqXxg1+H4/aT4et9G1SXw/caa7bY4rcpMfNQLdK2/d5Sq36/dro9f+PFhoWo6pb2mg6zrl&#10;vpjbNRvtNt1eC1b7zI2X+ZkX7wXP+HKanPN4X+M/gHVb6yvDp934dbSVngtmlVLh5YWRX2/d6GuB&#10;h8KaH4S8S+MNO8aWni1bq61ae8sZdIku2t76CU7l/wBV8u/+Ft9VHDYepyuUdo9Pte8yHisTT5lG&#10;W8vtfZ909s1r4+6Ppt/ollY6bqevXWtWB1CwXS4FkEsXy88sNv3h96t74afEyx+I1jfNbWt5pt5p&#10;9x9lvLC+i2TwSejCvM/DPhiLQ/i38PrfTtJvNO0q28NXKrHdIzNb7nRvKdv71dD8HrKaz+J/xaeW&#10;3lhhm1aBonki2LKPs6cqf4q462Hw8aUnT/l5v/JrHoYfEYiVWPtf5uX/AMludNrHjS/j8S6pp+k6&#10;f9u/smz8+4jQ4eWWX/VRL/d/vM30rBX4r6tBY+InuNOsxceHFgur1LG7+1RSQPv3or7EKyqqb9m3&#10;+7/fq7c6Rqdh468Tx2UxsT4gtIp7S/MXmJFPEuxkYf7uxh/wKubuvAOr+HdB8VyfZ9PXU/EFtHp9&#10;tpehwslr5p3L577v4vn+Zv7sYrOEMP8AC/7v6X/U0qVMT8Uf7362/Q9rtbiO7gjmjYPHIoZWHcVN&#10;jNUdJ05dL0qys1betrCkQb+9tXbV7OK8qW+h7UL8vvDqKKKRoFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHyBrPxk+Itt8cvEWhwahcpodq18II/&#10;sK7V2WsrxfPt/votcjYfHr4rzeANX1CXVLv+0rfULOGJ/wCzovuPFPv+Tyv9hK6vWfCnxQf45eIr&#10;uCLxC2gStqH2Z1um+znday+VtTd/f2ba5Kw8F/GVfh9rEEkHij+0m1GzaDdey+b5SRXG/b8/3d7R&#10;f+O0AfVnwK1/VvFfwm8Panr0jT6rdRyNO0sXlM2JXUfJ2+XFeh1598CLHXdM+E/h+28SLdJrUcco&#10;uFvn3zf619m5vXbtr0GgArzD48eItS0PwtplnpNyLHUdc1ODSEv/APn1EpO5/wDx2vT65fx/4Fsv&#10;iH4YutGv3khSXa8c8TfPBIv3XX3oA8z1/wDZ50Tw74dvdY0DUNU03xNZwNcJrL3zs8rL8/73+Flr&#10;0b4VeK5/HHw78P69cxeTcX9ok0iejV55qHwq+JHiXTJtB1nx9bNoDL5bS2thsvLhP7rt93/vmtL4&#10;R+NbrTr1fh/4msYtK8Q6fB/on2ddlvf26fxxf+zUAev1Xv8A/j1erFV7/wD49XoA/LD9p8Z+OvjA&#10;/wDTxF/6KSq/wQ8OeDfGniez8O+I4dZOoandrBbXGnSxxxRrj+LcrVY/afP/ABfXxf8A9fEX/opK&#10;5L4ZeLYPAnj/AEHxFcwS3dvp9ys7RQt87V/QlOE6mU04Ufj9nH8j+bsTKEM3qyq/D7SX5npWl+Af&#10;hz4g1DxHqVufEGneGfC9u8mpLcTxSXE8rSeXEkW1dq7mH8VbfhH4A+EfHWteB9T0u61lPCuvyXlr&#10;cW9xJELy3ngidtu5V2tu2f3a86+HvxNsPDOq+KbbWtMn1Hw34kjaO9tIpVW4X97uidW/vKxruvD/&#10;AO0T4e8IeIPBtrouhalD4R0BrqVreaZXurqedHXe7fd+XfXlYijmMHKGH5/v/u/+lcx6eHqZfLll&#10;X5f6l+Vi1pnwf8Far4w03wzcaB4y8L6hqcE/2OTWrmALLKqfKnyx/wB7bWJ4M+ANnrfhvw4NSurq&#10;08Ra9rsumWaD/VRwQf8AHwzLt+b7ny1zXiDxn4VsNU0LVPCEXiS21bTrxJ/N1i8WX5V/u7a6jxv+&#10;0kdb+K/hnxXoukHT7Pw/80OnzN99n3tL93+9vaqVLMuVKlzbdf5o3/8AStPuE6mXX/e8v/bv8srf&#10;+k6/eV9X+G3gXxP4T8WX3gmfXEv/AAwytdLqrxOt1AzbXZNv3a6H4tfBHwr8PrfULe28OeMZnijg&#10;SDXJJ4jp/myKuzf8u7bubbXLa98WvCGm+F/Emm+CvD2p6Vd+JHQ39xqNysqxRK27yotv+1/erQ+J&#10;3xd8BfES61DWU0zxTba7cQxmJGvYhZLLGqqm5P7vy1EYZh7SHx8v/Db697lOWXckvh5v/Jevw6eh&#10;a8TfCf4ceHtY1jwndajr0PiPTLXfLqphVrD7V5W/ytqru2/7W6rifBfwpp3w18L6/c+HPGOuSapp&#10;X2+5utKniNrbNhvlbcv+zVu2/ad8PWup6v4iTQtZtvE2r2hjv7WK9T+z5pRF5YlZPvdq5iT4reBd&#10;f8EeGNJ17TfE6Xmi6b/Z2/TLqKK3l+Zm3bf+BVioZl7t+ff3vu975cxpKWW2lbl/u/fp+Bu6h+zV&#10;pz+GPhxr+lXV3cWmt/YP7ZgeVPNtkumRUlT5flX7y14x8QPD9v4W8f8AiPQ7VpGtdO1Ke1haR/m2&#10;rKyrur1fw9+0snhfxV4NvbXTrmXS9J0KDRtRs5WT/SVjZ23p/uNt215H468QR+LfHOu65DC1vBqe&#10;oz3kUUv31WVmba1eplscxhW/2v4Lf+3f5fgeZmMsvlRUsN8X/APrX/gnr/yDvF3/AF9Qf+gvX2p/&#10;hXxZ/wAE9f8AkHeLv+vqD/0F6+0/8K/J+JP+RrX/AK6I/YeGP+RTQ/rqyC8/19p/11/9kerdVLz/&#10;AF9p/wBdf/ZHq3XzZ9WQQ3MVzu8qRZNjbW2tnaanr4n8J+P/ABb4PE+keEZdNtrrxL8U9U02abUI&#10;GlWKLylfd8rfe+SvePgT498SeJtR8deHfFc1lf6r4V1VdPOoWUHkJco0KSq5i3vtb5qAPWYrmKff&#10;5civtba2052t6VPXxX4c1z4g+C7f49eMPDuoaMujeHvFuo6hc6VfWzPLfrFDE0yebuHlfIvy/e+a&#10;tT4g/tbai3ijxHbeHdc0fw/b+H7C0uorHVrGW4uNXlngS48pGT/VLtdF3/N8zUAfXUdzFLJJGkis&#10;8f31U8rU1fEHh3xt43uvEnxs8d+D7vS9FigsdL1q6sdWs3lllb+z/N+z/fTb/Em6vQPiX8e/Eltp&#10;2jX+m694e8IWtzoEWsomoQPf3F1O67vK8qL5o4v+mv8AtUAfT9FfLmjfGj4ifFbxT4K0/wAL3eje&#10;G7TXfA0Xii5lvbN7t4ZXlC7E+dNy/MKZ4S+Ovj74raZ8O9F0KTSdC8Q6zZ6lf6tqVzavcQxJZ3X2&#10;X91FvX/Wt833vloA+n4bmK43eVIku1trbW3bWoluYoCgkkVN7bU3N95vSvhnwL8ZdX+Evge70mfU&#10;dJ0zXfEXj7WbefWriCWW0tliVHllSJfmbf8AwL/t1up8WNQ+KV18N/7Ult7+60T4hpYLqtlbPBb3&#10;6/YpXWVFf7vyvQB9mRyLMm5WV1/2akr458C/E7xpeaZ8MvD3hQ6JoT+JdZ8SxXk01nLKkSW1xK6s&#10;ib/vcf3v4v4a3tN+PPj7V9Ns/CcEuj/8JvP4vvPDH9tvat9lEVtEs73Hkb/vbG2bN33qAPqiivFf&#10;gR438YeIPGnxJ8NeL7vTb2bwzeWtva3enWrW/mpLBv3OrO3zV5r8RPjZ8UR4O+KPjnwtfaHp2geE&#10;rm4sLXTtQsWlluXgO2WV33/L8/3V9uaAPrSivkX4m/tT6xpnjDxVp+ja9oWi/wDCKW0D/wBn6jYT&#10;3EusXD26zvEjJ/ql+dU3/N81WZPjV8S/HF94/vfC97o+haP4d0XTtagt9T055bhvPtHne3f502/d&#10;+9/DQB9Y0V826X8XfHfxg1610nwVPpXhp7Xw5Ya7fXOpWz3RllukLxW6JvTanync1Y/hv48+Pviz&#10;4j8B6R4dm0nw3LrOi6jd6m13Zvd/Z57W4S3byvnTcu9v4qAPqqivkPSvjr8VIfAdv471e68OtpWl&#10;+JE8PahplpaNuvU+2paPcJKz/um3Nu2fN92qPjD9r3WbTxF4pvNH1XR4bHw7rD6UvhWWxnlvtTWJ&#10;0WV1lX5Y2+Ztq/7FAH2VRXyN4k+OnxPt7P4p+KNMv9Dh8OeCdZW3i02XT2a4vINkTOjtv+Rv3v3q&#10;+rdNuxqWnWl1t2GeJJdv93cuaALlFFFABRRRQAUUUUAfzuUUUV6ZznW+Bviv4o+G8V7F4e1NrCK8&#10;2+fDtR0l210GpftLfEbVdJuNMn8Qy/YriJ7eWFIkT5G/grzKilygFFFFMAooooAKNif3aKKADYn9&#10;2iiigA2J/do2Lv3baKKADYu/dto2J/doooANif3aKKKADYu/dto2J/doooANif3aNif3aKKADYn9&#10;2iiigAooooAKKKKAPuv/AIJg/wCu+IH+9Yf+3Ffo7pX+qr84v+CYP+u+IH+9Yf8AtxX6O6V/qq4q&#10;vxGsfhNZTlQe3SvPvjr4Avfib8K9c8OafLFb3l7HH5UlwPkDLIr/ADf9816CpAQcU/r0qKU5Uaka&#10;kfiiZ1qMa9OVOXwyPl3xN8MPiH4z1D7frvw1+HOqX+1YvtFzdzu+1fqlZll8AfExu4ftPwm+GiW/&#10;mL5jpcT7gn8X/LOvrPHsKAcHsK9eOb14R5Iqy/7e/wDkjxZZNQlLnk//AEn/ACK2maZbaPYW9lZ2&#10;8dtawJ5ccMS7VRfQVcPSlpD0rxXrqfQJW0POf2g/+SGeO/8AsCXX/opq1fg9/wAkp8H/APYJtf8A&#10;0UtZP7Qv/JC/Hn/YFuv/AEU1a3we/wCSU+D/APsE2v8A6KWu9/7ov8X/ALaeWv8Af5f4f1OvYggV&#10;5z8Z/hld/E3QdLh03VBpOqaVqkGq2d1JD5qebFu2hl/iX5q9GK5A9qbkck1x06kqM/aRO6tRjXpy&#10;p1PhPArj4QfFi8mMtx428MXMh+9LL4YjZm/HfV3wt8I/iBpviHT7nV/Evhq+02J909vB4djilkX0&#10;V8/LXueCaORXoSzKvKPJyx/8BR5scrw8Zc95fexQMAUtFFeYeyN2L/dH5UuKWigVkhAoHQAUbR6C&#10;looCyE2j0FG0DsKWigLITAz0owPSlooGIFA6AUYGMYGKWigVkIQD1Ao2j0FGaM0BZBgelGBnOOaM&#10;0ZoGGKKM0ZoAWikzRmgBaKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqq1jBJcx3LQxvPGu1ZWX5lq1RQAVXv/8Aj1er&#10;FRypvjK0Aflb+062Pjv4xX1ni/8ARSV5Ywwor9OPiR+zV4Q+Imt/2rq2kedesu1poZXiZ/8Ae21x&#10;p/Yu8BH/AJg0/wD4GS//ABdfrmB4swOHw1KlKMuaMf66n47mHCGNxOLq1qco8spSl1/yPz3o5r9C&#10;P+GLfAX/AEBZ/wDwMl/+Lo/4Yt8Bf9AWf/wMl/8Ai67f9c8v/ll+H+Z5/wDqRmP80fx/yPz45pOa&#10;/Qj/AIYt8Bf9AWf/AMDJf/i6P+GLfAX/AEBZ/wDwMl/+Lo/1zy/+WX4f5h/qRmP80fx/yPz3xRiv&#10;0I/4Yt8Bf9AWf/wMl/8Ai6P+GLfAX/QFn/8AAyX/AOLo/wBc8v8A5Zfh/mH+pGZfzR/H/I/Peiv0&#10;I/4Yt8Bf9AWf/wADJf8A4uj/AIYt8Bf9AWf/AMDJf/i6P9c8v/ll+H+Yf6kZj/NH8f8AI/Peiv0I&#10;/wCGLfAX/QFn/wDAyX/4unp+xb4C3f8AIFn/APAyX/4uj/XPL/5Zfh/mH+pGY/zR/H/I4f8A4J7f&#10;8g7xc/8A09Qf+gPX2pjIz6iuB+GHwt0T4Y6SdP0OxWxtmbe+G3u7f7TNXf444r8qzbFxx+OqYmHw&#10;yP1nJ8FPAYGnhqvxRK93/r7T/rr/AOyPVuql5/r7T/rr/wCyPVuvLPZPGLL9mjR7LUtOvk1fUHex&#10;8V3HitVZU+aeVNrR/d+5XYeCfhtZ+CfE/jLWre7nuJfE9+l/PFLt2xOsSRbV/wC+K7eigD591T9k&#10;+HUrvxdGPHPiKz8P+LNTfUta0S38pYp923fErbdyI6rtbafmroPEnwAju/E17rfhvxTqngp9Sgit&#10;9TtdLjiaK6WJNsTfOreU6J8u9a9iooA8nh+AumWsXxFiTVL9x40torS5eYozwLHb/Zwytj5m2/N8&#10;1Ymo/swW0l5a3WkeMNa8PStosGgai1isWb61iTav3k/dP/tJXudFAHknw8/Z90z4c6z4d1C21a/v&#10;ZdF8Lp4WiW4CfvYElD+a21fv1i237L1jo+geFrXQPFWraJrXhyS9+x61AsTTNFdTvLLE6su1k3OP&#10;++Fr3WigDwLTP2UdL0fwvFp9r4p1sa3ba3ca/Z+IJDE11BcT/wCt/h2sjf3WFdBH8CBdW/hqTV/F&#10;Ora3qGia2NdS6uViBlk8p08vYqbUT5/4a9dooA8c8Kfs5aR4Qv8AwXdwatfzN4YvNWvIFlCfv2vn&#10;dnV/l/g3/LXK/Ef4DjQvDGo3uhRa/qmsy+Kn8TwXOk3EEV5YTyIkT+UsvySLtX7j/wB6vo2igDwL&#10;9l/4ceJfClx458SeJjqC3vijUYrhIdVlie7VIovL3y+V8ibv7i/dry/43/BLxb4n1Xxv4Y8KWHib&#10;TtH8W3SS3PlXlr/Y7u2zzbh3b9/F9z5ok++1fZtFAHjniD9n77f4mvdc0Pxdq/hO41eG3h1aHTEi&#10;Zbzyl2I3zq3lPs+Xcladt8DtOtL/AMfXSaleu/i+ygsrnztreQsULxIy8fM3z/xV6hRQB4c/7NkN&#10;iui3HhnxdrPhbVLDR4tCuNRsliZ7+2iXCeajJt3Jztdem41t+EP2ftA8D+KfC2raRPdwx+H9HudH&#10;t7V2VklWeVJXldvvbtyf+PV6tRQB47N+zjpE3wz1HwWdW1AWV5rn9uNdYTzVl+2rdbPu/d3Ls/3a&#10;befs+CPxPqmoaH4w1vw3per3v9oajo2nmLyp5/l3urshaLfsTdtr2SigDx/Vf2edJ1fwx8SdFfVb&#10;5YfHV817eSoE32rbEXbF8v8A0yH3q9U02xTTrC2tFZnSCNYlZu+0Yq5RQAUUUUAFFFFABRRRQB/O&#10;5RRRXpnOFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;AH3X/wAEwf8AXfED/esP/biv0d0r/VV+cX/BMH/XfED/AHrD/wBuK/R3Sv8AVVxVPiNY/AbCfcp9&#10;MT7lPrEsKKKKACiiigCjqGnWur2U9pfW0V3azp5ckM6b0kU/wspqLRraGy02K3t40hgi3LHFCu1U&#10;VWxtUVpZqnp3/Hqn+83/AKFRzC5S7SYpaKBhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFADQM0hz6Ck&#10;LBV3GuFuPjJ4Rt7kxNqrSMjbWeG2mlTP++qbaqFOdT4I3MKlanT/AIkrHd49qMH0rg/+F0+EP+gp&#10;P/4AXH/xuj/hdPhD/oKT/wDgBcf/AButvq2I/wCfcvuM/reH/wCfi+87zB9KMH0rg/8AhdPhD/oK&#10;T/8AgBcf/G6P+F0+EP8AoKT/APgBcf8Axuj6tiP+fcvuD63h/wDn4vvO8wfSjB9K4P8A4XT4Q/6C&#10;k/8A4AXH/wAbo/4XT4Q/6Ck//gBcf/G6Pq2I/wCfcvuD63h/+fi+87zB9KPwrg/+F0+EP+gpP/4A&#10;XH/xuj/hdPhD/oKT/wDgBcf/ABuj6tiP+fcvuD63h/8An4vvO8/H9KPx/SuE/wCF0+EP+gpN/wCA&#10;Fx/8bqSy+L3hPUbuO2i1XZLI2xPNtpY1Lf77KF/Wp+r1v+fbD61Q/wCfkfvO6opAcjNMmlWFdztt&#10;FYnWSUVV/tCD++f++Go/tCD++f8AvhqALVFVf7Qg/vn/AL4aj+0IP75/74agC1RVX+0IP75/74aj&#10;+0IP75/74agC1RVX+0IP75/74aj+0IP75/74agC1RVX+0IP75/74aj+0IP75/wC+GoAtUVV/tCD+&#10;+f8AvhqP7Qg/vn/vhqALVFVf7Qg/vn/vhqEvoHbaG/SgC1RRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUzatPooAZtWjatPooAZtWjatPooAZtWjatPooAZtWjatPooAZ&#10;tWjatPooAKKKKAKl5/r7T/rr/wCyPVuql5/r7T/rr/7I9W6ACub8Z+NdI8A6K2r61cm2skdYwyKz&#10;szt91VVR81dJXkP7SX/Is+Ff+xp0v/0bQAn/AA1J4D/576v/AOCe6/8AiKT/AIam8Aqx8281KBP4&#10;nl0u4VF/4Fsr2CuA+Pn/ACRfxr/2Crj/ANAoA7WyvIr+1iuYJFlt5lWSN1/iVulWq574e/8AIgeG&#10;v+wZa/8AopazPiN4xuvCWn6ammWiX+tareLYWEEr7YzKyO+5m/uqqMaAO0oryNfi3qHgZtVg+Ilr&#10;ZWL2Vql+t7orSz28sTS+U3ysN6srMn/fdVPEn7RVpYeF9b1Gx8NeIJdT0uWBJdJmsdlx5cr4SXZu&#10;/wBU21vnoA9norh0+KmjLo2palcR3tj/AGdPFb3NrcQbZ0eXZs+T/gf6NUFt8XNLn8Ux6LJp2s2n&#10;nTta22pXlk0VpdTqrN5cTn7zYR/4f4DQB39FeX+FPj14c8X6lpVtaW+pw2uqI7WGo3Vk0VrOyqzv&#10;Ej/31VH/AO+Wo0b4/wDhvV7m1QwarZWl4sstnf3di8VvdxRRNK8sT912rmgD1CivGtX/AGjLOLwf&#10;qus6d4b8QzT2kEV1DaT6eyvdQyvtSWIbvmWsxv2im0nxpq9tq+i6vHpkGmWl+IYdN3S6crq5le6+&#10;b5VXFAHvFFeca98bdA0HWfsTRajd2sSRPd6nZWbS2Visih1M8n8HylW/3XFag+Jui/2XaX8kkyxz&#10;6i+mqjR/OsqO6vuX+6uxn3f3BuoA7OivMbH4++Gr1buS4j1PS7SG2e9gu9Qs2iivYF+80Dfx9V/7&#10;6FY3iT9oWHTPDUmp2nhHxJNdxX9nbvp8+nlJjHPMqebjd93DNtP97bxQB7PRXnOo/FWx0OLV7q8a&#10;9me3ntbeLSYrL/SvNljR1iVd3zu27/gNQ6f8YNL12WDyDf6VLFfvZXdlfWW2bzFg80q3zfJ8n8VA&#10;HplFeX+G/wBoDwz4mvreKGPUbKzurWW8tNSvbNorW5ii/wBaUf8A2at+FPjVo3i7xBa6TDYaxp9x&#10;ewS3Vm9/YtDFdQR7N0qOeq/vUoA9FooooAKKKKACiiigD+dyiiivTOc9t+F3wls/Enwyl8S/8Inq&#10;Xi24S8linisb5LX7PEqb9/8AtVsfDH4aeHPiu7tpnw71m20qJniutW/tj5LVtm77jfer0P8AY8ef&#10;/hV+qrZ+KoNKu/tjbbS4WJ0RtnyP83zV6d4Sm8Xp4X1VvFnjHQtKuP3vlJoyxbNuz777v4qwlIs/&#10;O65TybqWJf4WdaiqW5/4+pfm3/vX+f8Av1FW5AP8i16LqvwK8Sw6vd2elQLrEVrFbyz3aMtukXmp&#10;vRH3PXnT/cava/iX8RdB8Q+GvEdnp+oNNcXsulvAnlOm9ILd1l/74egDBsPgVrWpeEtTuYrOdPEF&#10;hrCabLp8ssUSKrJv372f72/Z/HWFpXwl8X63PewWehz+bZT/AGWdJmSLZL/c+Z03N/sJXqvjPxn4&#10;O8eadrdj/wAJUulefrFnexTTWc7o8UVqkT/dT+9UXir4heEPiK8sEuvS+G4rPXf7SilltZZftsXl&#10;RRfw/db91/H/AH6z94s8ns/hd4qv/snkaRK/2ieW3X5kT97F80qP8/y7P9uuXdNjuv8Adr6Ltvi7&#10;4TmXxnFPqd3Z/wDCZXkvmvDE/wDxK4lT91L9z52f+LZ/BXzu6KjuqtvRX++n8daEDKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigD7r/4Jg/674gf71h/7cV+julf6qvzi/4Jg/674gf71h/7&#10;cV+julf6quKp8RrH4DYT7lPpifcrzX48fEO9+HXgy3vtPeKG4u76KxN1NE0qWqvu3SlF+9t21iWe&#10;IfEHVpU8S+Mm1nVdfs/HVvfbPDNjZeb5TQf8stiL8rb/AOOtKw1XxIn7UthBpktw8Mtjbv4ht1Z3&#10;t4pfK/e/7K/wVW/4TPwVeMlzqHxm8YvqH/PW0s5beLd/1y+z1JZ/GLWbzw544ttL8Sy62+hacmqW&#10;OupYvayytu2+VKjr81AH1fRXm3wF+IOofEz4aWGuapAttqDSywShF2qzI+3cK9JoAKpad/x6J/vN&#10;/wCh1dqlp3/Hon+83/odAF2iivln43ftG/ED4T+NZ9MOjaPJpUn72xuZY5WMsX4P96gD6mor4r8N&#10;/ti/EfxTrdlpGm6DoVxe3UvlRxLDL/8AHa+ybH7R9jt/tfl/a/LXzPL+7u/i20AW6K8tt/j3o8t1&#10;cpPpGs2umwX32B9Wkt0+yCXfsxuV933v9mu3k8YaJDrKaPLq9kmqP92yadfOb/gNAG3RXA+EvjB4&#10;W8WtdLaarbxtb6idORJZkH2iX+Hyvm+ZX/h/3TW5e+OvDum7/teu6bbFJ2t2825RNsu3ds6/e280&#10;AdFRXO2Hjzw3qlzaW1prum3NxeJvgjiukZpV9U/vV0VABRRRQAUUUUAY3iv/AJFnVv8Ar0l/9ANZ&#10;vwwjVfhx4WUKqj+y7bhf+uS1oeLP+RZ1f/r0l/8AQWql8Mf+Sc+Fv+wXbf8Aopa3/wCXH/b36HHa&#10;+I1/lOl2j0FGFz0Fcf46+I+lfDe00+fVTNsvbxLRfITfsLH7788Iv8TdqoeMvib/AMIlqU1mlh9r&#10;MeiXesb/AD9u4wNEvlD5T97zfve1TCjUnytLcc8RQp83M/hPQNo/uijaP7orloPiBoiR6Ql/qdnp&#10;1/qcMcsFncXKLI25f4Rn5qtv420CLXE0VtXsl1ZxlbE3Cecf+AZzSdOovslqrSf2je2j+6KNo/ui&#10;uN134n6H4b8W6N4cvbtI9T1bf9njLL8u3n5vm43fw8Vp2HjfQNX1S60y11iwuNQtf9faxXKNLH/v&#10;LnIo9nU5eblD2tLm5bm/tH90UbR/dFc5o3j7w54hunttK1zTtSnji81o7S6SVlXs3yn7tJbfEPwz&#10;eW19PBrunSw2H/H1It0m2D/fOfl/Gj2dT+UPa0v5joii+g59q4X40KF+E3ixhjKadM6/7LBTXQ+H&#10;/FmjeKFuG0jVbLVBA2yQ2k6y7W9G2nisH41/8km8Xf8AYMn/APQDV0FKNeKl3RhXcJ4eco9mdyn3&#10;F+lV5f8Aj9tv+B/yqwn3F+lV5v8Aj/tv91qwO5bItUUVyWgfFPwb4r1U6VovirRtW1NY/N+x2V/F&#10;LLs/vbVbpQM62iuNs/i14LvptVitvFej3Mmkqz6gsV9E32RV+80vzfL+Natz4y0G0YpNrVhC/wBj&#10;/tDa9yq/6N/z16/c/wBqgDdoriD8YPA/9gQa5/wmGif2PLN9mTUP7Qi8lpdrPs37sbtqs23r8pp+&#10;nfGLwJqt3ptpY+MdDvLnUx/oMMGoRO91/uAN81AHaUV5X8Nvj34c+IF5eaVJqOnaX4gi1C6sotIe&#10;+R7iVYH2+aE+Vvm+ldTF8S/CkniG80JfEmmPrVlE0tzYLdp5sSL95nTquKAOrorltG+I3hjxJol/&#10;q2ja9p+r6bY7vtV3YTrOkW1dzbiv+zXEeGf2i9E16+tINQ0jWvDMGpafPqumXeswRJFf2sWGd12O&#10;zJ8jK2yVUbb2oA9gorxjSf2nPDtxbvdanpOtaBbS6S2tWNxqNqv/ABMbNf44kid33fMnyOqv8/3a&#10;lsf2kdBSPV21/SNX8KTabpSa39n1aKMvPZt8vmx+U7/xfLt+/wD7PNAHsVVtR/48Jv8AdrgvAXxX&#10;tPG2u32iT6Lq3h3XLa0iv0sdXWJXmtZSypKpid127kZTzuH413uo/wDHhN/u0AWaKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigCpef6+0/wCuv/sj1bqpef6+0/66/wDsj1boAK8d/aWmitvCvhieWRIYYvE2ms7u+1UXzfvV&#10;7FWdq+iafr+ny2Gp2MN9ZSD57e5jV0b/AIDQBk/8LN8H/wDQ26H/AODGH/4uuF+NvxA8Laj8IvF9&#10;tZ+JdHubqXTJ0jhhv4nd22fdVd1dV/wpXwD/ANCVoP8A4Lov/iadH8GvAcLq6eDNBVk+ZWGnRf8A&#10;xNAGp8Pf+RC8Nf8AYMtf/RS1i/E/wpqGv2mjajov2c61ol8uoWkdzxHP8jo8TN/DuVz81dtHGqIq&#10;quxV+6tS0AeD+Kvh340+Jllrl3q9npmi6hJZwWGnabb3z3CKq3Cyyyyy+Uv3tibV2/wVvfEj4e63&#10;4gn8T3mli0a4vdKgt7NbiVl3TxSvLtf5flX/AGvevWqKAPKb34dazr/j3QNeuYrXT9PeOK41fT0n&#10;8xjdQf8AHvtfZ8yrvf8Au15/pfwI8RH4j+Gtcv8AStJkvNJ1p7+88SyahLLd38TRXESosWzbFt81&#10;Pl3t92vpaigDxrw/8JdV0/wH8PNCvpLZJdEnle+eGXqrWt1F8ny/3rha8+8J+I9X8R+LfBfg6CXw&#10;zqk3hu2uo5rvTb/7ajbLRrdWuIlVfs+5mX90zs3/AHzX1NVeCzgtnd4oY4nf7zKuN1AHz94f+Dni&#10;mDSvFNrFpum+FrK909be20O11SW8tWulbf8AaMMi+QrbQmxd1Xrjwr8TIta13V7TRNB83xBpUFhP&#10;bXGpsy2MqK6tLu8r96nzfc+Wve6KAPmif9mmO28R3Pm+EdA8W2GoLarLf6tdSxTWYjt4oGXylTbO&#10;v7rd95PvV3198Jbu9+ImsX0tzEvh25tZZoIB/rYr+eL7PLL/ALvlL/4+1es0UAfOnw/+AUnhGwkt&#10;l8C+E7O/sNMfT7bVvtMtx9v3IiPvi2J5Suq/N87U/S/hV4vtfC+vW9lpmn6DFJcWM+n+G/7Wmu7d&#10;Zbe6Wd281k/deaqhNqJ8v3q+iKKAPCvGug6vorXvjm6uNH0q6stTs9Ujg1K+2WoP2T7LLFLPs+X/&#10;AFr7X2/3GrE+HcGrfFa41TxFHFpqW416V1e0unuLaVPsXlfuptv735n+8qqv36+ipoY7iMxyIro3&#10;3lYdaWKBLeNY41VI1+6qjpQB4xB8G9Um+H/hDw/dTW8T6dp15ZXkyPv2+fbvFuT5fm+/XOfDPxrq&#10;Hi74s+G9NlbQL6Hw/ol9az3Xh/UTepuZ7RU835V+zu3lP+6bc3yNX0fVaCzgtt3kwxxb/vbE27qA&#10;LNFFFABRRRQAUUUUAfzuUUUV6ZzhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQB91/8Ewf9d8QP96w/wDbiv0d0r/VV+cX/BMH/XfED/esP/biv0d0r/VV&#10;xVPiNY/AbCfcp9MT7lPrEsKKKKACiiigAqlp3/Hon+83/odXapad/wAeif7zf+h0AXa8s/aK8EaX&#10;4z+Feum/jHnaZbTX9tMn3o3Rd3/j2K9TrN1zRrfxBouoaXeKXtb2B7eXa3JRl2tQB80/sPeCNNHh&#10;rU/FjR+bqrXj2Ebv/wAsolRW+X/e319UV5x8EfhWPg94XvtDW++3wy6hLdxTFdjKjKiqrf7Xy16P&#10;QB8zf2P4j1Dwf4q8Cx+GNTguNY1iVv7SuIttrHA0u/zd3/Aaj8X+GPEl34qkjTRNS3QeIbW7gl0+&#10;1i+yvars/evLs3tL/wACr6dooA+aLrwlrukzahJF4avZv7M8brr/APo8X/H1av8A88v77J/cpdK8&#10;H61rnjTT9SvPDd7DZS+LZdQeK9g+5B9l2I7f8Dr6WooA+dND+HeoWOjae6eH2t72Lxq13vSBFdLX&#10;c3z/AO7X0XRRQB4x8c9C+J7G31LwBr8yfMsU+mGKLp/fVnWu++H2ia7ofhuCDxFrcuu6w3zT3Lxo&#10;iK391AiL8tdTRQAUUUUAYniz/kWdX/69Jf8A0FqpfDH/AJJz4W/7Bdt/6KWr3iz/AJFnV/8Ar0l/&#10;9BaqPwx4+HPhb/sF23/opa3/AOXP/b36HJ/zEf8Abp5/488E698QfHd+qzR6Vo1jpzWMcl3ZfaVu&#10;nnX966fOu3aoVd31rl7vw74p1bTduoaVcy31t4Q1TR5ZhHjz7gSxLHt/66qm9a+jR83/ANejg10Q&#10;xtSMYxt8Jx1Mvp1ZSlzfEfMN74C1NtW1W21S38SyWGr2diqQ6NDA8T+XEqNHI7xs0TK+W+8tb82i&#10;atpnxDddO0K+kiudYju7qO/tlnspF2bftUU//LKX/Zr38Y9RRge1aSx85bxMo5XTh8MjzP4k6bf3&#10;HjPwPe2tncT28Et1BNLbx7vIaWLajt6Lu/irgPCvhrVHt/AWijwzdadfeGvO/tHUZYdsMn+jyxN5&#10;Uv8Ay1812V/w+avovg//AF6AAOwFRTxsqcFDl2/4P+ZvUwMatT2nN/Wn+R832Xw31s+Ffh/ZWmmv&#10;p15B4bvLKZvL2fZ5ZLcbUb+789ZC+AdQ1HwXqsQ0vxTPqsGiRaaLfUoIFgA8xN8Uaqi+Z9zdu+b+&#10;lfU+B7cUYHtzW39pVP5f6vc5v7Jp/wA39WsebeFPD9zpnxU1m8/s822nyaLYwLKqbVeVXm3KP91S&#10;n51p/G05+Eni3/sGz/8AoBrs8ct9BXF/G3/kkvi3/sGz/wDoBrlhUdWvCUvI7ZUY0sLOEfM7lfuj&#10;6VWm/wCP+2/3Wqyv3R9KrTf8f9t/utXGegtiZ/8AVN/u18meDvhJ4gt/BfwYs4NCm0jUrI6yt/L5&#10;G17J57K6RHl/33aL/wAdr63ooGfJXgTwBfeI5fhf4eufA974cTwtpV1p2v315brFDOJbXyHiib/l&#10;uksv72sA/BTx9rHws8WDUrK6/tqxnsNHs7eJk+0Xml2M27fFv3Jul+8u75flFfalFAHyPp3w1n1f&#10;xF4c1630nxlf/aPGVjdahL4utoInMUFhdILjyIok2KrPEm51/u1em+FWqW/hrxgLPwxJDf3XxPs9&#10;Xg8m1VHe2W7tXe4T/Z2ed83+9X1VRQB8b6F4U128jtPC0XgTVtO1hPiBLrg124skS3jtVut/2jz/&#10;AO+6fLt++1VfCXwh1e3ZNH1my8dTa7peo6pqEDxRWv8AY+6VJdkqy+Vvl3LKqbN+/wD74r7SooA8&#10;y+B+iN4E+B3hW0n0mSwvbLSYmubGKDZL5qxfMuz+9XkuitqvxkvvEl34j8NeJdD8R6vpV5pWj2uo&#10;aRLFZaVbOhzvn+60suxN7/7qr0r6nooA+W/Ctx4iuNb8F63P4K16yXwJ4Xntb21ks/nvbrykj+z2&#10;v/PXlfv/AHayTo2t/FfwN45uNQ0HxBB8RNe09WSDU9LltLW1gglWWKwilb5f95v4mc+lfXVFAHhv&#10;w3j1bxl8ZbvxfJ4f1Tw7pdn4dg0ZU1m38maefznlfYv9xfk+b+KvadR/48Jv92rNVtR/48Jv92gC&#10;zRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAVLz/X2n/XX/2R6t1UvP8AX2n/AF1/9kerdABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfzuUUUV6ZzhRRRvoAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA+6/wDgmD/rviB/vWH/&#10;ALcV+julf6qvzi/4Jg/674gf71h/7cV+julf6quKp8RrH4DYT7lPpifcrn/G3i/T/APhfUPEOp+Y&#10;LKyUNL5Sb3b5tqj/AL6YViWdHRXzsn7bXhJ03p4e8SMv/XrF/wDHaH/ba8IIu5vD/iRE/vNaxf8A&#10;x2gD6JorG8LeJLPxh4d0/XNPZmsr+FZ4d67W2mtmgAqlp3/Hon+83/odXapad/x6J/vN/wCh0AXa&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKAMrxBaSX2i31tHgSTW8kS/wC8ykVwHhH4iab4c8L6&#10;LpOo2mtQX1lZxW08Y0W8mCsibW+eOJlb7p6Ma9SA/GkKL6VrCa5eWSOadOXNzRkcR/wuHw7/AHdb&#10;/wDCev8A/wCMUf8AC4fDv93W/wDwnr//AOMV2+wego2D0FF6P8r+/wD4BHLiP5o/+A/8E4j/AIXD&#10;4c/u63/4T1//APGKP+Fw+Hf7ut/+E9f/APxiu32D0FGwegovR/lf3/8AADlxH80f/Af+CcR/wuHw&#10;7/d1v/wnr/8A+MUf8Lh8O/3db/8ACev/AP4xXb7B6CjYPQUXo/yv7/8AgBy4j+aP/gP/AATiP+Fw&#10;+Hf7ut/+E9f/APxij/hcPh3+7rf/AIT1/wD/ABiu32D0FGwegovR/lf3/wDADlxH80f/AAH/AIJx&#10;A+MPh0/wa5/4T9//APGK5rx940s/G/g/VtB0a01efUNStntYVn0i6t0UuNu53liVVWvWx9aXHvVx&#10;nSg+aMfx/wCATUpVqkeWUvw/4I4dBVW4yk8MgViqbt21at0VzncVftsf/TT/AL9NR9tj/wCmn/fp&#10;qtUUAVftsf8A00/79NR9tj/6af8AfpqtUUAVftsf/TT/AL9NR9tj/wCmn/fpqtUUAVftsf8A00/7&#10;9NR9tj/6af8AfpqtUUAVftsf/TT/AL9NR9tj/wCmn/fpqtUUAVftsf8A00/79NR9tj/6af8Afpqt&#10;UUAVftsf/TT/AL9NUVzcrcQPGgk3N8v+qar9FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAVLz/X2n/XX/ANkerdVL&#10;z/X2n/XX/wBkerdABXGfEzx+nw48PQ6kbCXVbme7isra0idUMssrYRdzfdrs68h/aT/5Frwr/wBj&#10;Rpv/AKNoAf8A8LU+If8A0R++/wDB3a1nax8bvGnh7S7rVdV+Fd7Z6baRvLc3H9sW7eXEv3m217ZX&#10;AfHz/ki/jX/sFXH/AKBQB2GkanFrGk2OoQg+TdQJOm7+667hV+ue+Hv/ACIHhr/sGWv/AKKWsP4o&#10;6tq2nWOiadod4mmX+t6kmnLftEJfsqtFLKzqjfKzfuv4v71AHe0V5Lcan4n+GGn6g2palP44truW&#10;1g0j7WkFvdvdSv5XlSvEiR+Xna2/ZkLv+9Wdqfxt17w876RqnhS2/wCEqW9srRLCz1PzbeVbp3SK&#10;VJWiRtm6Jt25O1AHtdFeDa78VvHs0emWNj4e0mw1218RwaZqdtNqrvbvE6b0eKX7L86v/uq67a0Z&#10;PjZrBuNeEfhRGg0/VX0K1xqP769vN427U8rCxbdzM7Nxt4VqAPaKK8U1z4ha1cWNxpWr2SeHfEOn&#10;atoss6aZfNPDLaz6gib0l2I2xtkqMrov3XrD0X9rTR9c8TfYok0qaxuGuks1tNZWXUN8CO/+kW+3&#10;90r7PlO9j867lSgD6Hor561H9pu70bwr4X1HVtK0HQtQ8S2wv7G31nX/ALNbpamNX3SyiFvm+f7q&#10;K3/AavaT+0JrPjo2S+C/Cltrc82iprMn2vVPIiX99LEYVdYn3tuiba33W/2aAPd6K891f4mRJ8Nd&#10;L8T6ZYS302rLaDT7BpPLaSad1WJWb+Ffmyzf3VavOdB+Kvibw/4+8UxeI9LSOaXVNC0mLT7fU2uL&#10;WD7U8qvLE7ov/fOxfuUAfRFFeYeJPiIIPFw0iS0lC2Wq2FuJorxot3nxStuZf4lXZ9z+KuB1j4te&#10;JNR1/wABaxPpX9geDrzULuZLiPUWeae3jtLh8XEGxdv3N6qrP9z+GgD6Nor5cuP2p7fxx4W8TWVj&#10;Lpthd3Gg3uo6bNo2tfaruAxL924RETyJfm3fKzr8jfPXo+oeNkGr6haxQXscqa5Pp6SDUG2Bl09Z&#10;d+z+5833P73zUAeuUV8r6P8AGi/8Tfs56vPod1c6lcaNpOy+11LxvN+27v8AVI38Tf3n3/Lmu1uP&#10;jxf+CdC1efxpoNtpctjptrf2z2+pebDcrPL5CLI7onlMJdu776BW3b2oA9zorwPwp+0DZeOybZhY&#10;TX1jqdhDNN4b1trq0Kzu+w+bsTcf3TbomX/0Kq2tfEzxZ4h8U+AruDR/7J8LajrbxwXUWpk3F1Ei&#10;P/r4Niqqvt3L8z/w7tlAH0LRRRQAUUUUAfzuUUUV6Zzn2H+yd4b8Ev8ACW71rxRpWn3Lvq32VLi7&#10;g8372xET/wAfr2Dwl4J8C+OfCF7fN4J0azdJbq12JAn/ACyd03187/s/fEXwFYfCW48M+LNcbR7h&#10;dYTUF2RO+7bsdP8A0CvTdH+LXwi8JTvfWfjO5uXigvEW08p9jvO+/wD76rCRZ8OXiKl5cKv3FlZF&#10;qKpbl1muppV+48rutRVuQD/cavfdS+Dnhr7frGlRaRrNn9j0JNVi1ua6327S+Vu2OmxPv/c+/XgT&#10;/Oteu6l8eP7Yv9btr621Cbw1qmkxae2mfav9VLEibJU/hX50pSLMW/8Ag5eWfhK61yLVbS8+xQQX&#10;F1bwxS/ukldETZLs2t99PuVd8Q/Ae80T+1YIPEOm6rqGltF9usbRZd9ukrou/wCZPmX503Vu698d&#10;dI17w1rGmf2VqkMuqWdra+T9uX7Da+U6MjxRf7eytb4kfELw9pXj/wAUQaLbSTarrM9ra3WpvdLL&#10;aLb74nfytv8Af2VHvAcZr3wE1DTZb220zWtP8Q6hYX0Wn3lpYoyPbsz7Uf5vvLTLn4G3PmpFp/iH&#10;S9YeLU7fSr/7Ju/0OWV9ib/7y7/40rrvHnxd0jwZ458Vy+FbGV9VvNYS4utQlnWWKWKKXfsi2/wu&#10;1YKfGDw5ol1LP4e8PXdm9/q1rqWo/aLpX3JFL5vlRf3fn3/fo94Br/B/QdN8NeOJ7nxVbX+q6CsX&#10;lfYYpfJR2l2bH+T5t/3aydY+C19pvhybVYNVtL/7K1qk8VvFLsXz32JslZNsvzP/AAVFYfEixSDx&#10;3BeafPNb+I9ssXkyrvt5Vl81N/8AfX+/XW+JPj3pXiHQ9VsYtK1S2u9S+x7UmvEexsmgdGTyov4V&#10;+Sj3gMe8/Z+voU1OCz8Q6XquraXLb295plv5vmxSyvt2fc20Xn7OuuJdWUFnqFpf/aNRTSp38qWJ&#10;Le42bv4k+Zfkf50/uV6Xr3irSvBOl+JfF8EEFt4j1m8tZVSHU4rqKd1fzX2IvzKv+/Xm+t/Ffw9q&#10;Ws2l8umeILlPt3226tNR1h3iVNn3Iv7v39yvR7wHH+NvAy+D/sTRazaawk/mp/o8TxPEy/30b5q5&#10;evQPij8SLPx5ZaJbW1tfb7Dzd19qcqS3Eu502I7qn3U215/WhAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;H3X/AMEwf9d8QP8AesP/AG4r9HdK/wBVX5xf8Ewf9d8QP96w/wDbiv0d0r/VVxVPiNY/AbCfcryn&#10;9qf/AJIH4r/65wf+lEVerJ9yuT+Kngf/AIWT4B1fw19p+xnUI1Rbjbu2Mrq//stYlny54S8fXFn4&#10;W0iBfih4rsEitIk+y2/hTzYoBsT5VbZ8yp/erzDxt8bviDqK6roeoeJb+80efdFsu7OK3eeDd8js&#10;mzcm+vRviHpfxc+DkvhXw/p3jq71h9RVrWxtLGDb5SxBFRfm/wB//wAcra1n9kPxz4+nt9X8SeNr&#10;e61V4VjYXEDM8S8/JuX/AHqAPev2dv8AkiHg3/sHJXo9c38PfCa+BPBOi+H1m+0jTrZbfzSPvY71&#10;0lABXOQzMiPtZvvN/F/t10dcyn8f+83/AKFQBN50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigB/nS/89W/77o86X/nq3/fdMooAf50v/PVv++6POl/56t/33TKKAH+dL/z1b/vujzp&#10;f+erf990yigCWF2e/tNzs/zf+yPW9XP2/wDx/Wn+9/7K9dBQAV5D+0nBOPBuiXkdvPcx6dr9he3P&#10;2eJpXWFH+Z9q/WvXqKAPIf8AhqPwT/zz17/wSXX/AMRXKfFD4++F/GHw78SaJpttrc2oajYy2sCN&#10;pFwgd3T5fm2V9E0UAc/4ItpbHwZoFrPGYp4dPt4pFb+FliXIqj8QPBf/AAmWkW8Md/NpF/ZXK3ll&#10;f26b3t51DKrbc4Zdrsu3/arrqKAPJn+Emq6xp+pyeIPFtzqXiC4e2ltdQtbNbeKwe3fzYvKt9z/x&#10;7t25vmHy0y3+Cdzf3sWra74jbU9fOp2N7Ldw2C28XlWrs8UCRb22rl3+bcx+Y165RQB5p4m+FNzr&#10;F1f3mn682l6nPqFrqUMz2qzpG8CbdjLvXerbj/dqJvg5HJoOs2KaxcRX19rLa3b6hHGqvZ3O8Mu1&#10;f4lHI5/havUKKAPLbP4PXd3Hd3XiDxCdX1y9u9OmuL2KzW3i8uzuBcRQJFubam/f1Zv9a1LpHwr1&#10;nRILvSI/FkkvhNop4rXSmsV82Ay7/lafd8yJv+Vdq/dX5q9RooA8wn+E91p2ieE49A8R/wBj6x4c&#10;0+PTYtQms/PingWJUZZYt69SgYfN8prX8P8AgOXSfGEniO91eTVL+TRbfSJDJAi7/KllkMvy/wB7&#10;zfu/7NdxRQB51cfCtZfhjpPhG31Oa3m0qK1FnqiRLvjmgZWjl2dPvINy1z0nwIvr2HXb3U/Fcl54&#10;i1GewvY9QisFiitbizZ2iZIt33fm+4zn/er2aigDyfSPg1ex6rJqmseJZNa1G41S21KdzaLFF+4i&#10;aIRIm75UO89d1Z2n/AS7W50a21DxXNqvhvQ5pXsNKezVG8qWKWJoppd3735ZTtbauMV7TRQB5Tbf&#10;CXXH8Jar4Z1LxpNqWjXGmS6ZZxSaeiSwI6bA8r7/AN6yr/u1m654VuI/iNZ2FnZ6heR6jqs+s3l+&#10;bfba2atZLb7N38TfIvy/7de0UUAeKRfs52tv4el0ey1ueziutN/s3UGS3XZdbX3RS7d3ysn3f9pa&#10;6bxT8JbbxXJI8moz27f2fBZxPCgDRSxTieKX/gLqvy16LRQB53b/AA81m/0+1j8S+J/7ZurfUIL1&#10;Xt9PW2j2xfwbNz/e/ibdWBpvwO1Cy1vRTL4snuNA0PUX1DTdK+wIHj3bh5by7/nRdzbflXH+1Xsd&#10;FABRRRQAUUUUAfzuUUUV6ZzhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQB91/8Ewf9d8QP96w/wDbiv0d0r/VV+cX/BMH/XfED/esP/biv0d0r/VVxVPi&#10;NY/AbCfcp9MT7lPrEsheCOSRJGjVnX7rMv3amoooAKKKKACuZT+P/eb/ANCrpq5lP4/95v8A0KgB&#10;9FFH8dAHiXh6/wDiN8SNR8S3WleMbLw9p+m6xPpUVo+jrcfJFs+fez/7dbH/AAhPxW/6Kbp//hOx&#10;f/F0fs/f8enj3/sbdS/9kr1WgDy/4aeIfFCfEHxR4T8S6vba82l2trdRX0Vmlr/rd/ybVr1CvKvC&#10;X/Jx/wAQP+wPpv8A7NXqtABXP+KvHOi+CVtG1q8a2+2N5UCJBLK7v/uKj10FeWfGq01BtZ8E31jB&#10;qzw2d5K09xo1t9olgXyvvbNj1AHZ2fjaz1jTbfUNFgudbsp4mdbi02bPl/g+Z0bdR4e8bWPiTVNV&#10;06CC5trvS3iS6S4RfkZk3fwvXz0/hXXNK8OWU9zpF3Z2lvpmsu0s0Wx/m+48v91npNN8Pa5/Y96/&#10;/CO3Opaff3Olvue1llTyltfnfyldPNXf/BVxA+pt6f3qN6f3q+P9b8Pa1YeBYpfE2i6pc2Vrot7F&#10;Zp5T/wChXHm/I7pv+Vdn3Hrd0rwN4hv/ABRp99crqSbrWyl06+tLFrhFg+z/ADxPLv2xLv8A4NtA&#10;H1HvT+9RXg/wi8Dah4Y8UeFLz+yruw+0aLcJqbur7PN835N/+1tr3igAooooAKKKKAMLxb420XwN&#10;Zpea1cy2do//AC2SCWXb/v7UfbU/hvxVpni3Tf7Q0qdprR2+/LA8X/oSJWL8YNNudY+F/iizsbaW&#10;8u7ixlSKKJd7u3+xXlXxL8N6gl/4Hs7OJoX8R2MGi6jF9x1SLZL/AOyOlEQ+yfQu9P71FfLnhvw3&#10;eXnjC4/4RzSr621W112/SXWdrpbrb7HRE3/d+/s+Suv/AGfvCGq+H9Xu7nUotSsLhrPyr23uLF4o&#10;p593+t81pX81/vfMtEfeCXunulFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHGX/xg8K6b4g/s&#10;Oe+nTVd2z7N9hnfd/wCOfd/2627bxVaTXtpY3KyabqF15vkWlxt3yqv33+VnrlNV0e+m+OGiamtn&#10;K+nxaLcRNd7fkV2lT5N/96vJ9H+HutW2peHL5vD1yl6surxLcPa/PAzP/o7v/dX/AG6A+0fQHjDx&#10;jY+CdG/tK+WR7fz4rf8A0dd77pX2JW3XyfpXw68Qw+Erhf7P1b+0GnsPtVi+nMiNKtxveXfvfzW/&#10;26+sKsAoooqACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooA838Z/tFfD7wB4ol8PeIfEP9m6rbxRSzo9nO8UCy/ceWVU2qv++9ehpcxTRJLFKro6&#10;71dG++tfKPxatfEOk/GH4sfZfAviDxHb+KvClrpGnXGnWDS2j3Gx1+eX7qqm/wDjry+5+F3jqw+I&#10;Pg+zn8E6g93o2p6Rp8+s2ljdXX2qwW38q4f7V5vlLF87o8SRf79EfeLl7p91+GPFuj+M9L/tHRdQ&#10;iv7LzZbfzov76vsdP++krV3p/fX/AL6r4X8H/D3XPhpYeD7yD4d62n9g+J9ZTUbfTNMd5biKdJVt&#10;5U/56xbXRd9cPpv7P/izWPBeqzar4K13+2LPwjB/Zm+CVJorz+0pX2Jt/wCWux91RH3v68iJe7/X&#10;mfpHvV/utXBfGz42eGvgJ4Fu/EviW58mJPkgtE/1t1L/AM8okrgf2afAd98PfFXxIsf7KvtK8Pz3&#10;lrcWKXCt5Mrtbp5rpu/2/vf7VcP8YPgPqF54P+MHxG+Imp23iHW4NA1SLw7Y26t9k0m1+zvsdEb/&#10;AJbv/E9WB7b8Cvjr4Y/aB8DW/iPw1c/7F5Yyv++s5f7j/wDxf8VejV8j/DT9n7VbLwv8IviR8MtT&#10;tvDfiO40DS4tfsbhX+w6ta/Z4t7yov8Ay1T+/X1xQAUUUUAFFFFABRRRQAVyln8VPCt/q8umwavE&#10;90rOn+qdEd1++iPs2syf7DV1b/df+OvnnTfDmsf21FpFj4c1K20y4nuv7Q0zVoFuLKDcj7ZbWdk/&#10;jb+Ggs970rWLTW9Nt9Qsblbm0uF3xSp/FUVnrdjf6le6fBcxPd2Gz7VD/wA8t3zpXy/qvhLWv+EB&#10;0LSLbwTew3Flplwnm/YZXdLzf/CiOiq38fmvurY1jwNquzxxLB4au31C/tdLuoLiK1/1u3ynuE3/&#10;APPXcn3KuPKQfTG9P71FfM+veG9V8SXniDVZ9B1uG3uNWS6tbS405rhJf9H2/vbfejfe/jT7te9+&#10;A4bmHwVokd9Ztpt2tqiS2jytL5T/ANze3zVH2QN2iiigAooooAKKKKACiiigAooooAK5T4i/E7Qf&#10;hdpdvfa9O0MU8vlRJCu93/4DXV185ftpP4e/4RDT1vlkfxA8v/EudN+zZ/Hv/hoA4f4kftdaunjz&#10;/ikNTV/DUXlbvOs13y/3/vfNXvvgb4/eDviF4hTRdIvpJr1oPtC+bFsRv76f71eSfAe8+FcPwbdd&#10;c/sn+0Nsv9opfKn2h/8Ac/i/3dledfsqP4Y/4W+/25Z/tbbv7H+9sR/9v/gFAH3RRRRQA+3/AOP6&#10;0/3v/ZXroK5+3/4/rT/e/wDZXroKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooA/ncooor0znCiipZraW2fZJE0L/f2OtAEVFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfdf/AATB/wBd8QP96w/9uK/R3Sv9&#10;VX5xf8Ewf9d8QP8AesP/AG4r9HdK/wBVXFU+I1j8BsJ9yn0xPuVi+LfFOneCPDt7rmqStFp9mu+V&#10;1Xc392sSzdorwzSP2w/h5rGpW9iJ7+zM7bBPd2uyJP8AebdXp/8AwsXwn/0NGjf+DGL/AOKoA6Si&#10;oIZo7mJJYmWSJl3K6t8rVPQAVzKfx/7zf+hV01cyn8f+83/oVAD6KKKAPEtB0f4l/DrUvEttovhr&#10;Rte0/UdYuNViu7jVvs7/AL3+HZsrY/4Sn4wf9CBoX/g9/wDsa9VooA8v+GnhjxV/wn3ijxZ4o0+x&#10;0eXVLW1tIrGxuvtH+q3/AD769QoooAKKKKAM/XvD2n+J9Ll0/VbZbyyl+/C7Om7/AL5q7DCttEkU&#10;SqkSLsVE/hp9FAGF4k8DaD4wa3bWtPW/8j/Vb5WRP++Ff5q2kRYURVVURF2Kifw0+igAooooAKKK&#10;KACiiigArMm8N6Zc69b61LZq+p2sTxQXDs37pG/8drTooAz9K0Gx0FbhdPtltkup2uJdn8Urffet&#10;CiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACuf8AiF4P&#10;j+IXgDxH4XnuWs4tc06fT2uEXc8SSxOm/Z/wOugooAwvh/4Sj8B+BfDnhmO5a8i0bToNPS4Zdryp&#10;FEib9v8AwCt2iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACu&#10;X8f/AA30H4l6Xb2OvWzXNvby+bFsbY6t/v11FFAHyF8S/wBkLVbnx55vhCxtofDUvlbklvNjxf39&#10;m6vffBnwH8HeANeTV9F0xrbUFg+z73l3J/tv/vV6BRQAUUUUAPt/+P60/wB7/wBleugrn7f/AI/r&#10;T/e/9leugoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigD+dyiiivTOc9g/Z++EXhX4u6p/Z+p+JZNK1VH3rp/kf6+L/AGH3177+0/8AArwX5CeL&#10;9Q15vDaWtrFZLbxQLL9q2/cRE+T5tlfK/wAJfiL/AMKr8V/8JDBp8epXsUEsVqkrfIjt/G9dR45/&#10;aQ174neA7jw94ogtryX7Ul1a6jCvlPF/sbP7tZ+9zFnkT7d77fufw76KKK0IGP8AcavqXxD4M0+z&#10;XxG19ofhuHwpZeHYpYpbeKBL6K6aL91939787f36+Xf4K7h/i7rU3iHUNVlgsZnv9OTTbq0eJ/s8&#10;sSpsT5N/3vk3UpAd1rHwE0jTbeXTF1pYfEEVrbyq9xqdr5V1LLs3xJb7/NX7/wB9/wC5WVc/DHwh&#10;f+MP+EQ0rV9StvEFvqsWlSvfRI8V18+2V02p8ux/771zWsfF3U9bs9tzpmk/2m8EVu2spav9rdYv&#10;ufPv27vk+/s3Vbv/AI365eSpcwWel6bqb3UV7PqFpa7JbqWL7jvud/8AxzbUe8WdxD8DfCF5rllB&#10;FrU6Q+bdRXVomp2d1d7IondJU8r7u/Z9x6Ph74D8D3Ot+D9XSz1TUtK1lb+L7DqEsXyywRP87/J8&#10;y/3f7rVwn/C5tQh1RNQsdD0LTbjdO8v2S1dPNeVNru/z/wC39z7tZ/h74qav4Yg8OQW0Fo8Wgyzy&#10;2vnRO+7z02Oj/P8Ado94CXwB4S0rxb4j1tr6W7s9C0uzuNSlS3ZXuHiX7iI/3d3zp/BXd6b8FvDX&#10;iG10rV9PvtSh0e40m61WeG+nt4pf3UvlJEkrbFX5/wCN64f4b+MINE8b3GoXM9tpVleRXEU8L2bX&#10;FptZP9U8W/d5X+581dh4z+NNtYXmhW3hqPT7zT7DTJdPvIfsLxWN0kr73Tymfdt+58+/dTAsf8KH&#10;0PWNi6Hq7Xl3utZZbRLy3uPstuzuku94vlZk2VsaV8E9N8JePLJV1O5f7Vq0tvpM22KVJ7VbV5fN&#10;dGTbu+dErzKw+MGr6Jq13faVY6bpSXWnPpTWlpBsiSJv+B7t3+270Wfxj8Q2cvhJl+zP/wAI1A1v&#10;Yo8XyMjI6/P8/wAzbXpe8B1E3gyx1XVPAWkT2eoarLqmk74EsZYLXyn+0S797+U+5dibvnq7Z/Dr&#10;Q9et/EGkeGtVnm0p/EVhpsV3drFL5u5Jd8u/YjfwfwfeqpqvxjtvDEulQeHlste8rQE0i6uLuC4i&#10;+9LKzpF86Mv39lclpXxOn01/s1jZ2Ph7T5b61vZf7Pild4ni37HTzZX/AL9MDuNN+D/g7xh5q6Dq&#10;Gs2zwa6mlTvqHlOjpsd3dNqf7FHjy20GH9n3TP8AhHor5LRfEVwm/UWR5fuf31RPlq34w+M2maVo&#10;aL4XudPfWJdYTVWuNP0yW1Rdqf8ALVJfvM+/+D5a858W/FfUPFvhyLQ20rS9K0yK8e9WLToHT963&#10;3/vO9AHFUUUVZAUUUUAFFFFABRRRQB91/wDBMH/XfED/AHrD/wBuK/R3Sv8AVV+cX/BMH/XfED/e&#10;sP8A24r9HdK/1VcVT4jWPwGwn3K8p/an/wCSB+K/+ucH/pRFXqyfcrjvi54Hl+I3w61vw5DcrZzX&#10;8aBZnXKoyur/APstYln5h0zYn91a+lP+GF/GP/Qe0P8AOX/4ij/hhfxj/wBB7Q/zl/8AiKAPpr9n&#10;lmf4J+DWZmZzpyct1r0WuX+G/hJvAngTRPD7zrcvp1stu0qr97FdRQAVy6XMSb1aVU+Z/wCL/brq&#10;Kpaf/wAeg/32/wDQjQBifaYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL&#10;/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf9&#10;9V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99Uf&#10;aYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP&#10;+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1F&#10;FAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+&#10;eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FFAHL/aYP+eqf&#10;99UfaYP+eqf99V1FFAHL/aYP+eqf99UfaYP+eqf99V1FJQBzH2mD/nqn/fVH2mD/AJ6p/wB9V1FF&#10;AHL/AGmD/nqn/fVH2mD/AJ6p/wB9V1FFAHL/AGmD/nqn/fVH2mD/AJ6p/wB9V09LQBy/2mD/AJ6p&#10;/wB9UfaYP+eqf99V1FFAHL/aYP8Anqn/AH1R9pg/56p/31XUUUAcv9pg/wCeqf8AfVH2mD/nqn/f&#10;VdRSUAcx9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9&#10;pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/&#10;56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUU&#10;UAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/5&#10;6p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/&#10;31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv&#10;9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/3&#10;1XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9&#10;pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/&#10;56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUUUAcv9pg/56p/31R9pg/56p/31XUU&#10;UAc5aTRPqNrsdX+b+9/sPXR1UvP9faf9df8A2R6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB/O5RRRXpnOFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH3X/AMEwf9d8QP8AesP/AG4r9HdK/wBV&#10;X5xf8Ewf9d8QP96w/wDbiv0d0r/VVxVPiNY/AbCfcp9MT7lPrEsKKKKACiiigAqlp3/Hon+83/od&#10;Xapad/x6J/vN/wCh0AXaKKKAPIJvjte3Wr6pa6F4D1zxDbadeS2Et5aNEqean31+Zqf/AMLq8Uf9&#10;El8Uf9/IP/i6X9nn/j1+IH/Y4al/6Etet0Aee/Dr4qp451jVtIu9Cv8Aw5rGnJFLNZahs3lJM7G+&#10;X/dr0KvIPCH/ACct8Qf+wVp3/s9ev0AFFFFABXmXxp+N+lfBaz0yXUrK5v5b9nSKK2K5+Xbu+9/v&#10;rXptfI/7e/8AqfBX+9ef+0qAOv8ACv7Yuh+Jr6Uf8I3q1tZ26LLeXr7WS2i3hN77f4dzV9AWV5Bq&#10;FrHcW0qT28q7o5UbcrLXwlovin/hR3hTwv4h0rQbS+m1vTLi11P7bv2N+93Jv2/xbF/75r2r9jrx&#10;ZN4n0HxQvlJZafBfoLTT4WdorVGTcyJu/hzQB9GUUUUAFFFFABRRRQAmRRxXAfErxhL4Tu/Cio9w&#10;g1HWobJvI2fMr7+G3Kfl/wB35q4DRv2oGmtrLU9a8KTaH4e1C0v7q0vReJcSS/Y93mq0Sr8m5Vyv&#10;zc0rlcrPfcc0Ac188XH7VEnhZbo+LPCE2hwpoS69bOupxXHmxNMsUSP8q+UzO6/7K+tcvrP7XWmS&#10;axoF1eX9tottpOsMurxaVqkWowXUDafcSxKssX3/AJl+5/eSlJcv9fIk+saK8b1f4z65bSWOl2fg&#10;ia78RSaa+r3umtqaRfY7VX2/63Yd8rf3F/76rm779quR9N1XWdG8HXOr+H9Lt7O4vLwXqxTILj+F&#10;ItvzMjfeG5aoD6IorwXV/wBp+Pwtp+tL4m8Ppo+tWF1aWsFo+pR/Z5/tS7oXa4dUWJflffu+7s/i&#10;qro/7U7eKTpVh4b8NQa1rt7d3tlJb22tRPaRPbRJKzfalRlZGWVPm296APoSivm3xL+0nqnibwRq&#10;B8I+F7h9Sh0G41K+d79IJNM2s8W1fkbzH3xSf3fuVp2f7QF/o2gRNF4duvEFloek2F14h1l7xYni&#10;82JX3JHt/etty7fcoA9+6ijpXkWnfG3UNc1m6bRvCVxqfhS1v302TW4Lxd6yqvzv5G3/AFSt8u/d&#10;/wABrO1H9o+203wj4e146FPPHrHhy68RJbrcrviWCKJ/K+7yzebjd7UC+1ynt9FfPlx+0h4mtLi/&#10;tpvhyyT2WlJr0mdZj2/YG6t/qv8AWr/zy/8AHqZ4g/a/8O6N4lisVt7WSwj+xLdz3OqRW90n2nZt&#10;8q1b559u9d22l9rlH9nmPoaivBfD37Rmq+JJtKaLwS9tY63PeWek3U2qp/pF1Ajtsddn7pX8ptr/&#10;ADf7tdb+z1418Q/EL4S6Dr3ie0gttVvYd7fZpd6SLn7/ANxdv+7TA9NpD0paQ9KAPA5fHXiFdH+P&#10;8w1KcSeH5JU0ttqf6Lt02KX5f+Bvu+b1rHHx+8Xada6ndjRNOu9E8PvpkGoXk1463V19qihZ2iRU&#10;27l80cNivSPE/wACvDPi/W9R1K7GpW51NUj1K1sr+WC21FUG1fPjX5X+X5Of4avX/wAHvDGqWfiG&#10;2ltJVg16WGa8WKdl+eJESPb/AHflRaUElH3vL8BPWS+Z474q+KnijxRr3hnUoLe30vwbB4z/ALO8&#10;6K7k+2z+RvVty/c2MyMNntWLqH7Ul98QPBviu2gsFtLW/wDD2qXdjd6f9p+0WDRRPs+0MyIiM/8A&#10;DsavaX/Z+8Kv4si1wDUUeHUf7Wj09L6X7Et1/FL5Gdu5u9Fj8AfDFnaatYxSasdJ1C0nsv7MfUpf&#10;strFP/rVgjziP8KlrS39bFc2vNH+tTiPD/xlufD2r3CajG0uhrrFrpd3fXV7u+y+bpsMsTqm35Ue&#10;X5PvfefdWJrv7XeradBpgh8P2sd/caQuuS2l087tJBLK4gii8qJv3rRJu+fateu6t8DPCGueHPEm&#10;iX1lJc6b4geGW+jaZvmaKKKJGVv4fliTp6VY8T/B3QvE2qWupGbUtKvYLf7G0mkX0lr58H8MUm37&#10;yVX9fh/mRGPLE85tP2g/EmpaH4v8QDRtH07QtKvEsbN9TvZYpZXZInLyrs+Tb5v3F3NXHW3xu8Vf&#10;E3xX4FfQrewTVLXVNU066T7TcRWE+y3idZfmRZdvz/cZK9z1P4J+FtR0PVNKeC5hgv8AUl1hpYbl&#10;lliul2bJYmz8u3YuK5//AIZj8IKYZ0utcTUIr6XUl1RdWl+1+fKio7+Zn+6lVG32v6/rUDzST9oC&#10;6tPEc3i3V7We2Gj+F9UW/wBHtblnie8g1BLd9v8AwJPlf+69d98JvjNr/wASbvU7FdO037Xp8trK&#10;13bm6W0lglLeaqNLEreamz7v3fnSui0/4DeDNPs1tBpTTW50yfSZEuJ2fzYZZfNl38/M7P8ANv8A&#10;vVoaB8JtP8OWnkRavr12ftENx515qks0p8s/JFub/ln/ALNTH+9/WrHL3vh/rRHM+O7zWfFfxc03&#10;wTZa9e+GtNXR5dXubnTSi3c7ecsSIjsrbV53N8tch4Z+MXjtr+x8IWNtpev62uoavYPrGpStbxMt&#10;m0Wx3WJH+ZvN2Nt/ir13xv8AC7R/Ht3p99eS3+m6rYblttT0m7e1uolb7yb1/hbj5aj0D4SeGfC9&#10;zoVxptg1vLo8dxDbMJW+bzyrSu/PzuzIvzNUx5gkeIaD8b/iL4p8WxavpVhpb6VL4LbV00F55N7X&#10;SysjfPs+9vTb/u/7VdRqP7Ss97oupavodppZ0i3+wRQajqV06I888XmyJsRHZ9iPF8ifN89d54f+&#10;CPhrwtqmiXulpeWcmk2cmnxIl2+2SBm3lZVz+8+b5vmqn/wz54Oi8LW2g2NpcaVZ22pvrFtcWVy8&#10;VzBdO7OzpL95fvFP935a0/r8f8h/1+H+Z51oH7Sninx9Folt4b0HR5r+6g1J7qS9upYrdXtXRPl+&#10;Tftbf/EtSXf7SPiTVfDVxq/hfw5p0w0zwyniTUo9SvHTG7zf9Hi2L8zfuX+ZuK9I8J/Avwr4Ju7e&#10;4sI7t7iFbpfOu7t5mf7S6vNv3fe3MgrzD4tfs7XupaRb6B4N05IbKTRn0M3za3PaSxRMzf69VR/t&#10;MS792w7T1+b5qip8Pu/1v/wCly839eRrRftB+Irjxvoultomn6bY6ilmYX1C5kje6M8QZnt22eW6&#10;o7bdjMrPtO2uC0Lxv8UNW1nwc09zpd9qj+K9ZsoYRc3ENu0UUVx8svyfMq7V217Vb/s/eG0vtKup&#10;5NRm+wPaziy+2yfYpZ4FRYp3gzt3rsT/AL5FRXv7OnhW/uftAm1izmTU5dXge01KWM2t1KrrK8XP&#10;y7t7Z+taPl5v68jCPNb3v60Z5zrf7Wmo2FpptlHo2nW3iIpe/b47uW4e2R7aXytsTxRO7b3+7uWu&#10;jt/2kby9NtbL4c+zarqbaXLo9jcu6vcW91/rWddvytF5Vx/3yn96uqk/Z98KR6VpNrZHVNIk05ZV&#10;i1DTtQlt7uVZX3y+bKp3PvbDNu710E/wt8Oz+J9A1+Sy8zVtCtpbWxuWlZiqPw27+8fr/eapNZf3&#10;TxnwH+1ff+NtYVLLw4NTtL+zvLjTrSwFwbpXgUuqTs8SxJ5qL8uxm+asPxD8ffH/AIi+HN3eaMdB&#10;0zVrXUtPWcxzz74klm2tC0UkO5W3fIz/AHeG217do3wM8NaIb6O1bVP7OuopYV0p9QlaygWT73lQ&#10;7tq1nx/s5eEjo2sWNzLq+pvqaW8Ut/e6lLLdqkD74lSX7y7WqkEjkE+L/iW28Z6j4X0mwt77xFd6&#10;01lB/aF432KBIrVJZX+VN6L83yr81c9L+0rrY0ODxHc6NHDqFnp/iGSXT7e/f7JI9jLFEm75Pm37&#10;/vfw13fxC+CQexF34c01r/WG1Bb+WaXV5bG6V/K8rfFOqvsbb975fmqh8N/2ZdK074cWGjeKUe+v&#10;xBqUU4truXYq30qyzJvzub7ifN7Gsve/r0L90gv/AI9eK/D11qWkaz4d0xvEjLpbaXDZXbtbzfbr&#10;h7dFld1+XY6fNtzXY/CP4i694v1vxlo/iHTbCwv/AA5fRWbNpszyxT74hJuG9Qw+9Tfib8JbDxJp&#10;er3dnpsd/rV3aWtokdzdywKVtpnlh2On+qlVnYrL2bbWf+z/APCzVvh3B4pv9cZ/7S1/URevBJqD&#10;37xKsSIoadkUyN8vXbWseX3ub+tjL3j2SiiipKCiiigAooooAKKKKAE75oPNfPPxT+IvjO21/wAe&#10;zaBq9vpemeCdPt717GSzSX+0XZPNdWZvmRdvy/JVnxP8adcufiX4G0rw+lqmgS6nFZa9dyLuLSy2&#10;ks6W8X+5sDO3+0i/3qSCXux5j33NBGa8W+MvxO1AfC/WPE3w68U6DcxaSrveXEOy/G5dv7pdr7Vb&#10;/e9RV34veKPFvhe88IXemahY2+j3msWWn3lvJal7iXzX2th921V/4DTFL3T12ivPfF3iufW47zQv&#10;BfiTRIfEtvKi3yTXEcs1jb5+eXyf7/8Ad3jbXlej/EzxvrltpGgWfiCCR9Y8R3dhYeLf7Pj3XFjB&#10;bvK8qxf6rdvXykb7rL89Az6T2nOaAvOa+bf+E/8AHmoeAr3VLrxXp/hyy0C51Gyv9bWzWWW+nguP&#10;LgVYG+VFdPvbfm34C1X1j4mfEXVrW6e31C28Mah4d8Kw69qNq9is32m6dXcwtu+4m1G+783zU/s8&#10;wv6/Q+nBijNYvhTWW1/wzpWpvH5TXtpFcMg/h3oG/rWwTxSl7pMZcyuPopB0paCwooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAxNU8YaLousafpd9qdtaahf/APHtbyth5v8A&#10;drbrxH4qah4TtvjL4Dg1bw1e6prUkn+h6hEG8qD5/l3/AN7a3z/7Ne3UAFFFFAFS8/19p/11/wDZ&#10;Hq3VS8/19p/11/8AZHq3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFAH87lFFFemc4UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAfdf/AATB/wBd8QP96w/9uK/R3Sv9VX5xf8Ewf9d8QP8AesP/AG4r&#10;9HdK/wBVXFU+I1j8BsJ9yn0xPuU+sSworyXXPidr+v8Aia+8P+AdMtL6bT28q/1bUZGS1t5f7ny/&#10;eas2b4k+N/hz9nu/G+n6XqXh6VkWXW/D7vttt38Txv8Awf7VAHtlFQW08V1Ak0Tq8ci7lZf4lqeg&#10;Aqlp3/Hon+83/odXapad/wAeif7zf+h0AXaKKKAPm/4cfF3wt8ML/wAdaT4mv5tKv5vE1/dxRtZz&#10;vvhbZtb5Urtv+GqPhn/0MMn/AILrr/41XrGxfQUmxf7tAHh3wl8R2fjn42eOvEWitJc6LPp9hbxX&#10;bQPErSLv3L8y17pRRQAUUUUAFfNn7WunaPdah4KvPEC3n9iWrXjzm1iZ974i2Rf7O/a1fSdFAH5w&#10;3Px18Rw6tez6Zp9lYafdMn+g/YVl/dKmyJN7Ju+RK+iP2K5Ly/0XxhqVxaC1F5qEbptj2I3yfNtr&#10;6T2L/dp9ABRRRQAUUUUAFFFFAHKeMfAtj41m0SS7nnibSdQTUIfIZRvZc/K3+z81cfcfADQ18L6J&#10;patdajBoltfRW9tczKi3P2pH3rKyr8v3/vLivWs0ZqOUOY+VfBH7P+s+LPFGqyeMovEEGhr4ei0K&#10;1h1i+spbhWS481Xie1/hTYm1pfnb+KvUoPgNp87aVLrWsaj4jewvXul/tCK2RZA1u9v5TJFEibds&#10;rN93du5zXrNFVL3gPH7j9n2zitNNXT/FfiHSr6xs5NL/ALRtpYnlksXbd9mbzYnXan8D43rtHzVP&#10;D+zt4YtPDWv6DaS31nYaxBZwSxxyIfKS3+7s3Ifvbfm3bs16zRTA8r8T/AjQPFN9q99c3eoQ3189&#10;nLHcQupNpLaqyxSxbkPOHbcH3KauaP8ABy003VtC1S61nUtV1PSGunW4ufITzTOqK25YokRdqp8u&#10;xUr0iigDxCf9l7R10+Sz07xHruh+fZ3Gn30tm9uWvbeWV5djb4m2lWlbaybWq3qf7OGk3yywwa5r&#10;en6beWltZarp1rLF5WpxwKqJ5pZCyNsXaxiZNwr2SigDzCy+Clto/iCa80/xBrWm6PcXv9oTeHrW&#10;4RLWScrtZt2zzdrfeZN+w/3a5qD9lrSI7WOyuvE/iG+0y20q70axspXgC2drPs3Im2EM5XYu1n3Y&#10;r3SigDzvUPg1pOo3eoXL3l6j3mg/8I9JtZeLf+8Pl+/WRafAHTNK1q31HStb1jS18q1S8tLf7Oy3&#10;nkKiIzs8TOjbUUN5TJuxXrdFL7XML7PKebaR8EtG0S08LW0F5eunhzULjUrXe6nzHnWVXV/l+7++&#10;atj4beAYfhx4Vt9As7+81GwtWb7L9uKboImPEXyqu5V55b5q7GimMKKKKAPMPEHxlPhz4g6L4Vuv&#10;CWutNq9y1vZ38D2bxSKqb3lKfaPNWJP4m2VDpXxz0y98SHSbjQNd0eaW2ubqxlvbNQL9IGxKIokd&#10;pQ38QR0Rmquvwo8SwfFfVfGUXi+ymS+WK3SzutG8yW1s1/5d4phcLt3v8+7Z96uK8PfsgxaJriXz&#10;+JlEqWN/YreWOlJb6hMtz/y1uLrezyyr/f8Aloj8I/tFnxr+0fJ/Yk32K01Hwhqtlc6fPcJrkUHz&#10;WE8wRpfld1Xjrv2stepeHviAvjbwhfa5oek31zCqy/YFugkH9o7R8jRZf5Udh8rPt9eK8c0v9jOx&#10;tRfpf6vpLQ3kFlbzQaf4eitYZltpfM3Sr5r+a7n7zNXr3gzwJceA/Dup6NY60WszLK2lLLBu/s5H&#10;+7F9794iN90fLx8tXLl5SX8UTy7W/jj448DTeILTX9P0LVL+00i3vok0xZYksrqe4SCG1uGZ337i&#10;+/euz5Uf5K3rHx58SZNW8QeFPsegal4osHsJU1O3ilt7KK1ud++WWB5WZmi8p/kSX58r9yqWjfs8&#10;64ng7W/DOr+MrTVbbVt891qEGi/Z7+W9DK6XTy+e6syMqfLs24UL8tXL74G+JdT0bxTJJ4/MPifx&#10;AlrBd6vb6V5USWsG79wkXm/Lu3y7m37vn/hrOX9f1/WnmMydO+Nfi/WrXTdGtItDk1+/8Q3Wiwa0&#10;kEr6dLFBF5r3Cw+bv/2Nnm/eRvmro9B+M9yPhB4i8U63aWo1jw8L+K5tbRysU8ttv/1e/wCZVbYO&#10;tN/4UrrjaHoFuniXTLDVvDtz5mkXOnaF5NvbxbNjxPB9obcrL6OtP0n9m7wsvhG80rWrKz13W7yO&#10;7S58QzWMaXW653ea0Tnc8f3/ALu6nL4ZCj9nmOR1T45+NvAy3tl4gtND1PXLnSrO/wBN/s9JoIUl&#10;nultfKlDO7MqM6NvXbuG75Vq3qfxl8Y6Bd6r4UvYtDvfF6alpthY6hbwTRWTJeb/AJ5YWldsp5Uv&#10;y+b83yfdq6f2d7vX7HUz4k8Xy6pq02m2+m6ff2unLaGzSCXz4nK7m82XzUVm+6Ds+6tWp/gBf6tB&#10;qmo6p4s+0eML2+s7+31i205YobVrX/j3VbcyNuX5n3/P82/+Gn0/rv8A5Djv/Xb/ADKg+Oms6L4S&#10;8UjVbCz1Pxho+pPpFnbaarww6hP5QlRkR2dlXa3zfM33TUF/8Y/G6/CLwV4yg0zQx/aLWC6t5sku&#10;Y2nuI4mSCP8A4H95n/4DWnafsx6HqVre3Pia+u9Z8R3V1PeS6rY3Nxpu2WRFQhI4JfubUT5XZunv&#10;V3TPgDZ6V8HdI8A2+q3ZgsJrWf7dNumeRoLhJ+Fd22htm373y8YpPy8v+CL08/8AgEfxv+M1/wDD&#10;280LTPD+nw6nqVzf2f28zl/KsrOW4SDe23+N3fai/wCy7fw1QT9oOC4+MWoeHGuLfStE0u7i0ue4&#10;uNPupTd3sqq6Itwv7iD768PuZv8AYq98Tf2bfC3xGur3UJZNS0vWr26sri5vbLUrtVkEEqMqGJJV&#10;T7qbd235d26otS/Z9a61i+htvEk1v4U1HULfV77R5LXzZpZ4lUfLdM+5Ffyot3ys3yn5huoh/e/r&#10;b/gky/untVJS0UFhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFIelLRQB5V45+BWm+N&#10;9bv9QOs6tpMerQRWmsWOntEItRijfKq+9GdTj5dyMvy1D4g/Zh+G+u63pOqN4V0y2vrHUF1JpoLW&#10;JGunCOm2X5fnX592P7yLXrWKCcUCl7xy3jP4f6b418Har4bnVrCw1GLypWslVHx/3zTvF/giy8a2&#10;ulW93PPFHp2o2+pRiJlG5om3Krf7NdRRQM4j4jfDe3+Ifha/0Y6jeaEb8BZ77ShGk7JnlMsjfK38&#10;Vc9N8E5LnRdNsrnxnrb32kXSXWlapDb2UEtgVR4tiJFbpEyMjsu10brXrFFAHil7+zfZfYfDsNp4&#10;s13TW0a6n1DzkW1n+2XkrlnuJklt3RpNzNtKqu3f8uKueJ/gFD4pnFxe+LNdivriw/srVby2+yxt&#10;qdrv3bJV8ranHy74gjV6/RQBS03TbfStOtbG1iEVrbxrFGn91VGF/lVylooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDzfxwfH/8Awn3hn/hHY7J/DO4f2m8+zzV+&#10;b5sZ+b7v92vSKKKACiiigCpef6+0/wCuv/sj1bqpef6+0/66/wDsj1boAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigD+dyiiivTOcKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAPuv8A4Jg/674gf71h&#10;/wC3Ffo7pX+qr84v+CYP+u+IH+9Yf+3Ffo7pX+qriqfEax+A2E+5WF4wvdc0/wAPXc/h+xttR1aJ&#10;d0VpdSMiS/7O7+9W6n3KfWJZ4f8As16T4mg+HF3aa/pEGkvcyzyqzs32id5XYs8qfwf3f+A06zmf&#10;wf8ABnV/DXi7S2tLfR9Ja3a6+9a3abNq7G/vdPkrr/HHw91bxBqtprOheKb3w9qkEflbFUS2sq/7&#10;cTVz9r8GdZ8Saha3Pj3xZL4mt7WVZY9Mt7Vba0Z1+6zoPvUAdP8ABS2vrP4TeE4NSz9tTToRLu65&#10;213FMRVjXaq7VXpT6ACsuyu9kAXyZn+d/mVP9qtSqWnf8eif7zf+h0AL9vP/AD7XH/fFH28/8+1x&#10;/wB8VcooAp/bz/z7XH/fFH28/wDPtcf98VcooAp/bz/z7XH/AHxR9vP/AD7XH/fFXKKAKf28/wDP&#10;tcf98Ufbz/z7XH/fFXKKAKf28/8APtcf98Ufbz/z7XH/AHxVyigCn9vP/Ptcf98Ufbz/AM+1x/3x&#10;VyigCn9vP/Ptcf8AfFH28/8APtcf98VcooAp/bz/AM+1x/3xR9vP/Ptcf98VcooAp/bz/wA+1x/3&#10;xR9vP/Ptcf8AfFXKKAKf28/8+1x/3xR9vP8Az7XH/fFXKKAKf28/8+1x/wB8Ufbz/wA+1x/3xVyi&#10;gCn9vP8Az7XH/fFH28/8+1x/3xVyigCn9vP/AD7XH/fFH28/8+1x/wB8VcooAp/bz/z7XH/fFH28&#10;/wDPtcf98VcooAp/bz/z7XH/AHxR9vP/AD7XH/fFXKKAKf28/wDPtcf98Ufbz/z7XH/fFXKKAKf2&#10;8/8APtcf98Ufbz/z7XH/AHxVyigCn9vP/Ptcf98Ufbz/AM+1x/3xVyigCn9vP/Ptcf8AfFH28/8A&#10;Ptcf98VcooAp/bz/AM+1x/3xR9vP/Ptcf98VcooAp/bz/wA+1x/3xR9vP/Ptcf8AfFXKKAKf28/8&#10;+1x/3xR9vP8Az7XH/fFW6o/2raNqLaet1B9sWPzGtvNXzVTpu2/3fegB/wBvP/Ptcf8AfFH28/8A&#10;Ptcf98VcooAp/bz/AM+1x/3xR9vP/Ptcf98VcooAp/bz/wA+1x/3xR9vP/Ptcf8AfFTxusybkZWV&#10;v4loEiuzKrKWX7y0AQfbz/z7XH/fFH28/wDPtcf98VcooAp/bz/z7XH/AHxR9vP/AD7XH/fFXKKA&#10;Kf28/wDPtcf98Ufbz/z7XH/fFMg1Szub24tIbuGW6ttvnW6SKzxbvu7l/hq/QBT+3n/n2uP++KPt&#10;5/59rj/virlFAFP7ef8An2uP++KPt5/59rj/AL4q5RQBT+3n/n2uP++KPt5/59rj/virlFAFP7ef&#10;+fa4/wC+KPt5/wCfa4/74q5RQBT+3n/n2uP++KPt5/59rj/virlFAFP7ef8An2uP++KPt5/59rj/&#10;AL4q5RQBT+3n/n2uP++KPt5/59rj/virlFAFP7ef+fa4/wC+KPt5/wCfa4/74q5RQBT+3n/n2uP+&#10;+KPt5/59rj/virlFAFP7ef8An2uP++KPt5/59rj/AL4q5RQBT+3n/n2uP++KPt5/59rj/virlFAF&#10;P7ef+fa4/wC+KPt5/wCfa4/74q5RQBT+3n/n2uP++KPt5/59rj/virlFAFP7ef8An2uP++KPt5/5&#10;9rj/AL4q5RQBT+3n/n2uP++KPt5/59rj/virlN3r/eH50AVft5/59rj/AL4o+3n/AJ9rj/vire4e&#10;o/OjcPUfnSugKn28/wDPtcf98Ufbz/z7XH/fFW9w9R+dG4eo/Oi6C5U+3n/n2uP++KPt5/59rj/v&#10;ire4eo/Ok3r6j86LoLlX7ef+fa4/74o+3n/n2uP++Ktb19R+dKGB6EH8aLgVPt5/59rj/vij7ef+&#10;fa4/74q5RTAp/bz/AM+1x/3xR9vP/Ptcf98VcooAp/bz/wA+1x/3xR9vP/Ptcf8AfFXKKAKf28/8&#10;+1x/3xR9vP8Az7XH/fFXKKAKf28/8+1x/wB8Ufbz/wA+1x/3xVyigCn9vP8Az7XH/fFH28/8+1x/&#10;3xVyigDOmufNubRfJkT97/Gv+w9aNVLz/X2n/XX/ANkerdABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfzuUUUV6ZzhRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB91/wDBMH/XfED/AHrD/wBuK/R3&#10;Sv8AVV+cX/BMH/XfED/esP8A24r9HdK/1VcVT4jWPwGwn3KfTE+5T6xLCiiigAooooAKpad/x6J/&#10;vN/6HV2qWnf8eif7zf8AodAF2iiigDxHT/HPxN8cap4ifwxbeFrbStL1W40tP7V+0ec7Rfx/J8ta&#10;f/F8v+pC/wDJ2j9nn/j1+IH/AGOGpf8AoS163QB5b8MvHfifVfG3iLwp4rttKTUtJt7e6WfR/N8l&#10;ll3fL8/+5XqVeQeEP+TlviD/ANgrTv8A2evX6ACiiigAooooAKKKKACiiigAooooAKKKKACkyK8h&#10;/aC1a9isvCWjwajcaPp+u65b6bqF7aSGOZIGDHasn8G8rt3f7VeaeIvF2u/CPxV4k8OeD9SN7Zeb&#10;pP2VNfnlv0sJbqZopV3M/mfdG/a7Uo+8Vyn1QSMUAjNfKXi7xl8QtV1HTNFPiaysdQ0fxxa6XPfW&#10;OnuqXkUtv5qBovtH8O/Yybm3V1Fl8dtfXXL/AEK9k0q31Hw0NTn8Q3U8bRW8VvF/x5P99mTzUlif&#10;+L7j0La/9bJ/qR9rl/rr/kfQ2KMV8iwftH+O47fU9MRrSfVf+JXLZ32o6HcWEW25uPKf9077nX+J&#10;X+X/AHa6r/hbXjtPEbeBm1HSDr76/wD2aviD+z3W3W3+z+f/AMe/m/63+D79VyyGfR+e1MeRUTLM&#10;FX/ar5YT43/Ei78IRXsb6cHtdR1a11DU9P0mW8CLay7In+yrLv8AKf5t8qb9uBXN/EzX/EviPSPi&#10;pfv4osdR0S48G6ZqFvaWdu/2dHle4KvE7N/sff2/Ouz7u2o5vd5heX9b2PtCivl/xv8AHbxv8NL7&#10;UvDWoSaf4h1iZtO+w6hpmmS7IEupXR99usrNKy7fl2su7/Zp0f7Qvi/wrpK6j4q0z7PZF7ywgmvN&#10;MlsJry6RFa0bynZ/K83JXZ/eWqGfTopa+Wbj49/ERfF1zpkOjPfvosum2mo2NlodxKl086RPcOJ9&#10;+232LL8itu3bP9qrV58UfH13ruu6Nf6jYeHZL2HVF0xH0qVkZYEZopLe6WXZO2xcunyMv/AaiUuW&#10;PMEfePpvIzQSK+Q9L+K3ibwF4N8NalezweINVTwDFqC3Vx5sW+R57dE83966ts3/ADt99v8AZrS1&#10;74l+M7HxdqPhXxFfaVrJ07UtEMV5ZWstmW+1O+75VuP4Nn9+tIxcpWX9a2J5vd5j6o280bec18t2&#10;Hx58eaVouj+KdabSdS0bVLjVrVdJsrR4p4vssVxLE3m723bvs+1l2cb66z4a/EHxtqXxH0DQ/Eep&#10;aLqVhrXhZ9fT+z7N4mt382JRFu8196hZfv8Ay7qmK5v6+Y5e7/XyPe6KKKYz5g17SPCninxj8Xbr&#10;x9LCb/RPK/so3U2yTTrP7KjJNa5+4zS7/mX+NK50fEP4lv4Q1zVpfFdxpdx4X8JaPq0mnPY27fab&#10;qWKVplndkdtreV/Bsr6f1nwN4d8S3trfavoGmare2eTbXN7ZxTSwf7jMpK/hVq58PaZePem50yzm&#10;+3RLFeebCr/aFX7qvx8yjc33vWojHliU/iPl/TNX8ReCvEXxa8T2nim9vIdO1qxvb7T7uC3ZGsvK&#10;RpQm2Lcu1H+9/sUviX4y+LbrwvYahZ69qNtd6tbajrtpY6RYWG+KxRx9nMst46ReX03Kv71t1fTT&#10;eFNE/tG8vzpFh9svLf7Lczm1TzZov+ebtj5l/wBk8VX1fwB4Z8Qw2UGq+G9J1OGxP+ix3ljFKkHH&#10;VAynb/wGrf8AX9f11IX97+v6/wAj5j/4W/8AEDxB4X8VeLrXxSdLh0HQNJ1eLSbexgeGeWW382VZ&#10;XdXbY3+wy/71avjX4reLYL/WtXtvF40Uad4tsdBi8O/ZbV0ltpXtw0rMyebvYSu3yvt+SvokeDdA&#10;hsp7OHRNOW1uIlt57dLOPZLEowqMu35lXsvavOPGf7P0Hjb4h2evanqdjLYWt3b3qQHRYPtyNBhk&#10;iW8+8sW9d2zbn73zc0OX77m+z/wSZfw+X7X/AADzK88beLNWvfEmjar4unSPU7HVvsD6bBYT2TJA&#10;rFfs8q/vYnVfldLhGyd22uY8JvqmlXWnXNn8RptHvbX4b296t9NBZyvPtllZFbdFt8pP4tibv9uv&#10;ruy8DeGtN1i81i00DTLPVrzi5vrexiSef/fcLub8azpfhF4Gmigil8GeH3igOYkfSoCsXzbvl+Xj&#10;5vmqOXT+vP8AzK6/15f5Hzhc/HX4m+JNWnm0q1ubCXT7HSbhdORtOitLh7iJJZvtDXUqT7fmdV8r&#10;+5/HWtefGvx1py+LNPikN/q3ge01G71UNbIBeOxzYLx93Mb7zt258p6+itU8F+Htc1Wy1LUdA0y/&#10;1Kw/487u6s45JoP9x2Xcn/Aavw6PYQ3VxdR2dulxdhRPMsSh5tv3dzfxfjVP3vxBe7+B8sWXxI+K&#10;cmi3UR1h0W5Swltb3VbrRor6V5f9bFapE7wfOvzRfaP++qk0jWdU8b+OvhHqVx4z1d5oLzVrC4hl&#10;tLO3dpYtgaKXarozcbGaJtj/AMG2vou3+GPg+z0m80qDwlokOmXzb7uyh02FYZ2/vOm3ax/3qsDw&#10;J4ajs9Psx4e0oWWmv5ljbCxi8q1f+/Eu35G6/dpyJ5T5d0D4leJ7nwJo8Fp4ng8FRad4JbX1a0sL&#10;VEvLjzZV2lZU2LEmxdyxbG/e/fpNA+Jfi3V4YZbXWINL1jWbnwrb3Opx6dAZW+1W+6b+D5/9nf8A&#10;dr2f4r/AeH4jadp+m2d1pekaVbwyWwsrnQ4LxIkcfft923yJf9v5h/s12ui/D7w7oGmWFlbaVasl&#10;lFbxRTTQI8pMCbYmZtv3l/vUv6/Er+vwPA9M+IXjLUPFi+CbvxpJpkdvrWo2r+J2tLVLidIIopYo&#10;trReVv8AnO75PurXV/Dn4kXuvfsyxeLPFXiyTTZkgmlufENpBArosUzpvVHRotzbNu3b/FXYfEz4&#10;Tp440xbXTpNJ0stcm6mS+0SC/guZdu0SPG+394v8L7vzq/4R+EegeF/hnp/geazt9Z0W1h8p4dQt&#10;kkSf5t250xt+9z0pR+EH8UTxiHxn460X4f6EdY8W6vLr/iTVmewtLSx019Qgs/KZ0geVkitVl2pv&#10;Z3X/AGVrmLn9oPxhrPw10W+t9bv4tdi0zUtQuYtMtNO/erbXDxLLcS3EvlbPk+dLf5t/3W219Lp8&#10;IvAsOkSaZF4K8Prpkkq3DWK6VAIWlX7r7Nu3d/tVLd/C3wZf29nbXPhLQ7i2s2ZraCbTYHS33fe2&#10;KV+Xd3xTl/dGj5p8NfEzXbj4ttdGVNA0rxFHoM2p68EV0ile13Laoj/c81vk3t93/er7Frn/APhD&#10;tBa3e3/sPThbzLEssX2OPY6x/wCqDLt/g/h/u10FMiIUUUUFhRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFIelADSM4oB4NfLnxfurvUtf+KeoPruqabP4Q0e1udGhs7+W3ijlZDL5rIjBJNz/J84asHxl8fI&#10;dW+LngSNvFUuiaTpWtxWF5py+bE2oyvaStLLL/eiRvKRP9vf/s0R973RS92LkfYY9KMc14B8dtdu&#10;PF3wV8S69pl34q8JzaPE7iJ4m0152+XDNuXeyf7rLWp8dbW+tLnwNq9vrurWZ/4SDTrV7G2ufKtp&#10;Ud/m3qnzP9HfbS+1yhL3T2yivKviFrtl4jsNY0e8vvEHhLTdMZJ9Q1X7JLBFPbqfniiuP9rP3k+a&#10;vKtL0/WJU8H6Df32u6X4R8T+Jrqa0s7rUZ0vlsFtHlht3uN/mpvlTzdu/dt+SmM+qcijIr5Ki3X/&#10;AIBkOs+I/EOqpp2q6toeh6Np19LFd39wlwyW7NPE6tL5SJt+f5f4no8S2euzt4gsPE3iXVYdV8I+&#10;CoL+CWy1KW1R70K7PcNsdfN+ZFX59y0vs839bXF9rl/rex9ailrnfA+o3GreDtDvroh7q5sYJZnx&#10;1ZkUtXQZ4qmrOxMZcyuOooopFhSGlooAztXumtdKu50Hzxwuy/guRX5hX/x18f6ndy3T+L9WhMrb&#10;vLt7pokX/dRa/TjxEN2haifS2k/9ANfkxosK3OqafBKu+GWeJWT/AGN1fnHFlWvCpQp0p8vNf9D8&#10;54tr1qUqSpz5b3/Q6j/hdPj0f8zpr2R/1EJP/iqP+F0+Pcf8jpr3P/UQk/8Aiq+g3+E3grWPF2s6&#10;YvhhNOg0TUbCNJ4ppNt5FL8rxNub/wBBrJ0zwf4Cu/FfiqzfS/Dz2uj6bd3SNGt6i27K6Kvn7m+f&#10;/gFfMf2fj/d/2j4ub7Uvsq7PnPqOPbt9Y/8AJpea/Q8RHxp8e/8AQ6a9/wCDCT/4ql/4XT49B/5H&#10;TXgf+whJ/wDFV7l8P/h74G8YLpF1JoumXNtLrMtlLJprXKxSxLa7/wDlq2779Xbf4FeEbGygm+xx&#10;ara3jahcWl15rfNAsG6JPlb+Ft1Y/VMw5Pae293/ABS8v8yoZbmNTlnHEf8Ak0jwD/hdXj3Of+E1&#10;17Pr/aEn/wAVQPjT496Dxpr2P+whJ/8AFV6xomheEdV8KfD66m8G6XHP4g1Z7G6dZZ/lRXX7n737&#10;zVP4x8GeC/CXgnTrxNL0aG+up9RTGofbHkl8q4dUWLym2r8v96nPB4+NP2n1j/yaXl/mjOOExslz&#10;fWPs83xS6nj/APwunx6OnjXXf/BhJ/8AFV7x+x78WPFfiH4nTaJq+t3erWE9jLNtvZmkdXQp93d/&#10;vVxnx98O+EvBiNp2i2OjW948EDeQv2n7am5dzvvZvLp/7FA3/G+INwP7Nn/mla4CpiqGbUqE6vNy&#10;y5fiNMDLFYXMqVGdbn97+Y/Q6ikHSlr9uP2cKKKKACiiigAooooA4Pxd8XtC8HeNNA8Mah9o/tLW&#10;f+Pfyot6L8+1d3/Aq7yvLfHt94qh+JPhCLSfC1lq+kO3+mancR7pbL5vn2N/D8v/AH1XqVABRRRQ&#10;BUvP9faf9df/AGR6t1UvP9faf9df/ZHq3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH87lFFFemc4UUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfdf/BMH/XfED/esP/biv0d0r/VV+cX/AATB/wBd&#10;8QP96w/9uK/R3Sv9VXFU+I1j8BsJ9yn0xPuVh+NdYm8NeDtd1a3RXnsLGe7jR/usyIzf0rEs36K+&#10;Nfg18TviH8dvHGoW3/CVtoT2Vi11AlvbI9vu3ou11/j+/Vf47fHj4ofD7U/+EVudQ022ultll/tD&#10;TIvnlVt+37/3W+T+GgD7SorG8K3El14Z0iaZjLLLZxO7t/E2xea2aACqWnf8eif7zf8AodXapad/&#10;x6J/vN/6HQBdooooA+fvCmreMvhdqni2wT4fap4ht7/X7rUoL2yuYkRopdu377f7NdD/AMLk8af9&#10;Eh8Qf+Blv/8AFV7BRQB438KLHxBqvxO8X+LtZ8O3Hhm21Kzs7WC0upUeVmi37m+X/er2SiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigDI8SeF9K8X6PcaTrVjDqOnzjElvMuUNc5pfwg8G6Vow0y10G&#10;3Wy+1pfsrszs9wv3HZ2bczL/ALRruqKAOM1z4XeFdfhv0v8ARoJjf3kV/cvlkZ7iNAiS7lP3lVau&#10;v4B8OyX+tXb6PaNda3AlrqMrR83cSqyqj/3vldhXTUUvs8oHm2jfADwBoRZ7Pw1bI7eVvd5ZZWPl&#10;Pui+Znz8rc1V+J3wftvFmk3aaTYaMNQvL2K9ujqUUrpcOi7FbfE6tE23+Ja9TpCM078wo+6eJeCf&#10;2X/C2jeANN8P+ILC21m4t57q5aeIy26I87bpUTa+7y8n7rMeldnq3wb8F660v23w3aTpNpw0l0+Z&#10;Ua1X7sO1fl2V3dFAzz20+B/giw0bU9Hg8O239n6q6vdo7OzSMn3PmZty7f4dp+XtVyD4SeEYvDdp&#10;oR0G2l0q1u0v4rectLsuFfesu5vm3bq7aigDi9X+FXhXxB4ng8RahosU2sQbdtzvZd2z7m9Vba+3&#10;/aFQab8HPBujeJLjW7LQLeHU5xKHly5X97/rdq7tq7/4tqjNd3RQB5vP8FvDdl4auNN0LSLCxkOn&#10;SaZavdxNcRRQM2/ymRm5Td/DXHfCf9m3T/B91rWo67Z6XcXeo3FrLHaaf5/2e3+zf6llaV2dm/ir&#10;3milH3QOQX4b+HrWy0+2tNLtrZNNlluLFdm5YJZFdXYL/wBtX/76rzX4P/s9zfDzx7P4ovRpEFwu&#10;mf2VBBokU6RMjSq7u4ldtv3E2onyrl695pKPtcwS96PKApaKKYHgXxD/AOEp0/x/pKWHi69k8Qaj&#10;qlu2n+HrJVNpDpiOn2qW6U8/d835933mRVrnE8WeKWvbfxgvii+LXXjl/Da6G+z+z1tftD2q/Js3&#10;bvl83dur1TU/gZoOpeMtQ8UrqPiGw1e/8r7Q9hrVxAjrH9xNitt2+1Sp8DfCq+L38QiC7F215/aX&#10;2T7dL9kW627ftHkbtnmf7WKS93l/rsJ/1+J5FfeI/GHgfW/ENxZ+LL7xZLo+h3l14h+0on9n2t4E&#10;328UC7fkb+8m9vlrR8KeOLn4XeMLG08TeLNV13StU8OW+rSTXsDXTRXTPsYxLEm5Y2/uV3/hn9n/&#10;AMNeETPFY3uvzWNz57T6Zd6zcT2k3m/63fEz7W3bj1rV8B/CLw78N72e60lL2a8mhS0SXUb6W6eG&#10;BfuQx+Y52RL/AHVoXu/16/18gl739eh434p8d+Iru48X+M7LxJqFna6B4hsNLsdHQKlpcQN9n83z&#10;VZdzO/2hv7u35ar2fjjxRZw6B45bxDf3I1nxJf6XLoEoUWMUEb3EUSquzcrr9nV92/8Av17LrXwU&#10;8L614tbxDd29411LNBdT2qXkqWlzPB/qZZYA2x3XanzMP4Fpth8DvC2neLW1+K3u/tH2mW9js5Lu&#10;VrKK4lUrLKkG7YrsGf5sfxtTT92P9dgf9fieN+FviZqvw/TwT4u8T+MLy90jxLot5quq298y/Z7V&#10;kQSp5Hy/J97ZsrT+BnxC1/4pa/8AEOwm8bWMd7I9ldadFp0sF1/ZtvLCrNEuPvt/eb+9Xp3hT4D+&#10;EPCOqyXtnY3NxiOS3t7fULmS5gs4nfe6QROSsSs390V0GgfDrw74V17V9a0vTILPUdU8r7VJEm3f&#10;sXau0fw0e6OR494X+Ndz4Q/Z30XWte1mDUPEmo3c2nWNxq1wluk9x9olVPNb5VVVVN7f7KGuD8Pf&#10;F3xl4m8B+B/DGj65J4t8Rapqerxanqek3lvbytBbTS7dkvzLFvXytvy/dr6f8P8Aw80Hw54et9Ct&#10;tOim0y3d5IobseftZ2Zm+9nux/OubuPgN4OGg2umWdlPpMdrez39td6ZcPbXUEsrs0uyVDu+beyb&#10;f7ny0pfEH+E3Phf4ut/G/gfS9Xto7iFXVreSK8fdKksT+U6u38Tbkb5q689axPC/hXTfBWgWWj6P&#10;bpaWNqmyOIHJ/wBpv9pq2z1qmJCjpS0g6UtIYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAcR4q+EfhLxtrNvq2t6FBfalbKiJcO7KWVW3qrbWwy7ucNXQ6n4f03W59NlvbOK&#10;4fT7n7XaFx/qpdjJvX32u3/fVa1FAGZ4h8Paf4p0a70rVbOO+0+6Typ7eb7rrUWseG9M1+3s4dRs&#10;4rqGzuIruBH/AOWcsZ+R/wDgNbFFAHOeN/A+h/ETQZNG8Q2CarpsjrI1vIzKpZTuX7tc8PgV4IGg&#10;XOiyaF5unSzpdGKa7nlZZV+66Oz7kb/dYV6JRQB5tqfwB8AazZ6Ja3XhyHy9Hili07yppYnt1l/1&#10;m1kZW+b+KpdT+BXgbWodJivtAiu49Lj8q186aVmVN+/Y7b/3i7v4X3V6JRQBFGiwKqqqoi/KqrUt&#10;FFABRRRQAUUUUAZWvxPNol/FGu52gdVX1ytfko8Nzol95U6vZ31rL8yOu11Za/X3hhWbLoWnSyNJ&#10;LYW7O33maMHNfK51krzZ05RqcvKfMZ1kv9rcnv8ALyn5e6j8aPG2rvavd+JrqU2syzwNhECyL9xv&#10;ufM3+/TdS+MvjHWIrpbzxBJMl1A1vP8Auok82Jvvo21K/UH/AIRzTf8AoG2v/fpf8KP+Ec03/oG2&#10;v/fpP8K8L/VbF/8AQT+f+Z4X+q+L/wCgr+vvPyu0H4h+IvDNrBbaXrE1hbwTtdRrFs+WVk2s3/fN&#10;S2HxR8UabYxWttrtxDbR+b5cSMm1fM/1v/fVfqZ/wj2mH/mG2v8A36X/AAo/4R3TT/zDbX/v0v8A&#10;hWX+qNf/AKCf6+8iPCuJh8OK/r7z8qLbx1rVjbaXbQatNDBpUzXNkqBP3EjfeZa2Y/jP4wj082H/&#10;AAkEj2paVjE8UT/efe33k/iev0+/4R7TP+gba/8Afpf8KB4c03/oG2v/AH6X/Cq/1TxNuX6z/X3h&#10;HhXEx+HFf195+UHiDxLf+KdQ+3avfNfXu1YvNl+/tX7te4fsSafc3Hxga+ihd7S3sJkll2/KrMU2&#10;194/8I9pn/QOtSP+uC1PbWVrYhhbW8cJP3hEgXNbYLhaWExcMTOtzcuux04PheWHxUMVOvzcv90v&#10;DpS0g6Utfoh98FFFFABRRRQAUUUUAeceNvh9rPiX4g+F9esvE9zpWn6W3+k6dEfkuPm/9m+7Xo9F&#10;FABRRRQBUvP9faf9df8A2R6t1UvP9faf9df/AGR6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB/O5RRRXpnOFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH3X/wAEwf8AXfED/esP/biv0d0r/VV+&#10;cX/BMH/XfED/AHrD/wBuK/R3Sv8AVVxVPiNY/AbCfcrlfiv/AMkt8Yf9ge8/9EvXVJ9ys/XdHt/E&#10;Wi6hpd3uNrfQSWsuxtrbHUq2KxLPiP8AYp1uw0f4mal9vvYLP7RpjRQfaJUXzG82L5Vqn+2w6v8A&#10;GHcrb1/smD/0OWvrLTP2f/h7o2jSaZF4Xs5oJVPmPOm+Vv8Agf3h/wABrO0/9mX4f2Wrf2jJpEmo&#10;yr8kUWoTtNFAn9xFb+GgDv8AwV/yKGhf9eMH/opa26hhgWCNY4lWONF2qq/w1NQAVl2TXPkfu443&#10;Xc/3pf8Aa/3K1Kpad/x6J/vN/wCh0AL5l5/zwg/7+t/8RR5l5/zwg/7+t/8AEVcooAp+Zef88IP+&#10;/rf/ABFHmXn/ADwg/wC/rf8AxFXKKAKfmXn/ADwg/wC/rf8AxFHmXn/PCD/v63/xFXKKAKfmXn/P&#10;CD/v63/xFHmXn/PCD/v63/xFXKKAKfmXn/PCD/v63/xFHmXn/PCD/v63/wARVyigCn5l5/zwg/7+&#10;t/8AEUeZef8APCD/AL+t/wDEVcooAp+Zef8APCD/AL+t/wDEUeZef88IP+/rf/EVcooAp+Zef88I&#10;P+/rf/EUeZef88IP+/rf/EVcooAp+Zef88IP+/rf/EUeZef88IP+/rf/ABFXKKAKfmXn/PCD/v63&#10;/wARR5l5/wA8IP8Av63/AMRVyigCn5l5/wA8IP8Av63/AMRR5l5/zwg/7+t/8RVyigCn5l5/zwg/&#10;7+t/8RR5l5/zwg/7+t/8RVyigCn5l5/zwg/7+t/8RR5l5/zwg/7+t/8AEVcooAp+Zef88IP+/rf/&#10;ABFHmXn/ADwg/wC/rf8AxFXKKAKfmXn/ADwg/wC/rf8AxFHmXn/PCD/v63/xFXKKAKfmXn/PCD/v&#10;63/xFHmXn/PCD/v63/xFXKKAKfmXn/PCD/v63/xFHmXn/PCD/v63/wARVyigCn5l5/zwg/7+t/8A&#10;EUeZef8APCD/AL+t/wDEVcooAp+Zef8APCD/AL+t/wDEUeZef88IP+/rf/EVcooAp+Zef88IP+/r&#10;f/EUeZef88IP+/rf/EVcooAp+Zef88IP+/rf/EUeZef88IP+/rf/ABFXKKAKfmXn/PCD/v63/wAR&#10;R5l5/wA8IP8Av63/AMRVyigCn5l5/wA8IP8Av63/AMRR5l5/zwg/7+t/8RVyigCn5l5/zwg/7+t/&#10;8RR5l5/zwg/7+t/8RVyigCn5l5/zwg/7+t/8RR5l5/zwg/7+t/8AEVcooAp+Zef88IP+/rf/ABFH&#10;mXn/ADwg/wC/rf8AxFXKKAKfmXn/ADwg/wC/rf8AxFHmXn/PCD/v63/xFXKKAKfmXn/PCD/v63/x&#10;FHmXn/PCD/v63/xFXKKAKfmXn/PCD/v63/xFHmXn/PCD/v63/wARVyigCn5l5/zwg/7+t/8AEUeZ&#10;ef8APCD/AL+t/wDEVcooAp+Zef8APCD/AL+t/wDEUeZef88IP+/rf/EVcooAp+Zef88IP+/rf/EU&#10;eZef88IP+/rf/EVcooAp+Zef88IP+/rf/EUeZef88IP+/rf/ABFXKKAKfmXn/PCD/v63/wARR5l5&#10;/wA8IP8Av63/AMRVyigCn5l5/wA8IP8Av63/AMRR5l5/zwg/7+t/8RVyigCn5l5/zwg/7+t/8RR5&#10;l5/zwg/7+t/8RVyigCn5l5/zwg/7+t/8RR5l5/zwg/7+t/8AEVbpaAKfmXn/ADwg/wC/rf8AxFHm&#10;Xn/PCD/v63/xFXKKAKfmXn/PCD/v63/xFHmXn/PCD/v63/xFXKKAKfmXn/PCD/v63/xFHmXn/PCD&#10;/v63/wARVyigCn5l5/zwg/7+t/8AEUeZef8APCD/AL+t/wDEVcooAp+Zef8APCD/AL+t/wDEUeZe&#10;f88IP+/rf/EVcooAp+ZeY/1EH/f1v/iKb5l3/wA8If8Av63/AMTVzdgVj3HifSraZ4pdSs4pF+8r&#10;zorL+tZynCHxsiU4Q+Jl3fef88If+/rf/E0b7z/nhD/39b/4mqP/AAlui/8AQVsv/AlP8aP+Et0X&#10;/oK2X/gSn+NT7an/ADoj21P+f8i9vvP+eEP/AH9b/wCJo33n/PCH/v63/wATVH/hLdF/6Ctl/wCB&#10;Kf40f8Jbov8A0FbL/wACU/xo9rT/AJx+1p/z/kXt95/zwh/7+t/8TRvvP+eEP/f1v/iao/8ACW6L&#10;/wBBWy/8CU/xo/4S3Rf+grY/+BKf40e2p/zr8Be2p/zr8C95t5/zwg/7+t/8TQXuz/yxh/7+t/8A&#10;EVRHi3Rv+grYf+BKf41cs9Ws9R3fZLuG62n5vJlVtv5VSqQnsylUhLZj/MvP+eEH/f1v/iKPMvP+&#10;eEH/AH9b/wCIq5RWhoU/MvP+eEH/AH9b/wCIo8y8/wCeEH/f1v8A4irlFAFPzLz/AJ4Qf9/W/wDi&#10;KPMvP+eEH/f1v/iKuUUAU/MvP+eEH/f1v/iKPMvP+eEH/f1v/iKuUUAU/MvP+eEH/f1v/iKPMvP+&#10;eEH/AH9b/wCIq5RQBT8y8/54Qf8Af1v/AIijzLz/AJ4Qf9/W/wDiKuUUAZs7Tm4tfMijRfM/gct/&#10;A3+zWlVS8/19p/11/wDZHq3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFAH87lFFFemc4UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAfdf8AwTB/13xA/wB6w/8Abiv0d0r/AFVfnF/wTB/13xA/3rD/&#10;ANuK/R3Sv9VXFU+I1j8BsJ9yn0xPuU+sSwooooAKKKKACqWnf8eif7zf+h1dqlp3/Hon+83/AKHQ&#10;BdooooA+fPCmgeKfipqni/UG+IGt6DDYa/dabBZaesXlLFFs2/eT/arpf+FJeKP+iteKf++IP/iK&#10;f+zz/wAevxA/7HDUv/Qlr1ugDxn4U3Ov6L8UPGHhHVfEV54jtLGzs7uC41BU85Gl37l+X+H5K9mr&#10;yDwh/wAnLfEH/sFad/7PXr9ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAGddalZ2c1vBPcwwzXLbY&#10;I3kVWlbG7Cj+KiLVLSa/lsY7qJ76FVeW3WRTIit91mXtXnf7QmgXN34Ki8QaZD5uteGLuLWrQKPm&#10;fyv9an/A4t6/jXitpHqXizTPD/i2DVtX0J/iL4tiZ5tPna3uP7LSKVbeLd95flTf/wADpR/r+vv+&#10;4T/r+v63Pr7jFA6V8d6Z8U9Rg+POi2VjrWpywza/d6Ve6df655tx5EdvLt/4lvlbYl3xLtl373/4&#10;HXLaN8Z/Fkt1rMvhnWr/AFG5v/DGo6gLafWv7Tu4riJ4trva+Uq2cqq7/uE3df8AYqU+YJe7LlPu&#10;wdaCMV80fATxXY6n8afEekaD441Hxp4bg8P2d0j32pNerFctM+/5mztbGz5P4a+l81rKPKTGVx1F&#10;FFSWFFFFABRRRQAUUUUAFFFFABRRRQBnxala3NxcW8U8cs8Dqs0atuaIsu4bv7uVq9nPSvlTx3Nq&#10;S/Enxfa6dql/op1HxpoNlc3OmS+VM0D6em9N9Zc/iW+0fxE3hvxJ431jRvAuneItQtG1ubU5Yrhm&#10;S1t5be3lvPvbd0s33n+bYi0l8PN/XT/MW/8AXr/kfYNZHiTxHpvhbSZdR1a7SxsYmRHmk+6rM6ov&#10;/jzLXw3B8TvGep+CvCXneLpbbTbnSr+4stc1TxBLpf2u8W9lSLfKkUvnuiIv+j/Lure+KfiO81i0&#10;1+z8aeLLqw8R29zoiaVoltePFa38TTW7Sypb/J5+5t/zOvybP4KcfeHL3T7L07WLHVo5XsbuK7WG&#10;VreRoZAwWRfvL/vCtDPP0r408YePPFFnDawyaw1h4dn8V69BeX1zrL6MieVL/osTXiRN5S/f+X5d&#10;2371V4tR8aap4W8X6nqvjbVf7U8O+FbC/sH0bUZUtJZWa7KSv8qebuWKLduTa1Tze7zCj/X32Prz&#10;xB4l0zwtp/2/VbxLK081IfNk6b3baq/99GtfvXxN8U/FA17U9ZTxF4p1Cz1+LXtJ/srw6l40VvPZ&#10;s8LeasH3ZfmZ97/w7P4K9l+OniFbDxz4T0/XfEt74Q8HzW11LPqNpeNZ+beLs8qFpV/2d7bP4sUS&#10;XLHm/rYcfePX/DviLTvFuiWmr6TeJfabdJ5sNxH911rV7CviXwT4iisPAPgXT/EfjPVvBvhqLwb9&#10;r0y7tbxrL7Zf+a29GdP9ayL5WyL+Pe/ytVm++I3iuTTNSvfFPiTVvDfxAtdO0yXw94ft5Wt11GVo&#10;kaX/AET/AJeGeXejL82z/Zq92RE+0RjmlyMV4v8AA2PVdX8TfEDWtW1jVLq4j12Wwh0+e8drS1iW&#10;KFtsUX3fvO/zV5d4e8d6zP4n0eVfFOqXXxAn1+6tda8KPct5VrYKsvzfZfuxKmyLZL/Hu++26s5S&#10;5Y8xcfejzH1wTxWLe+K9E0nVbLSr3WbCz1S94trG4ukSaf8A3EY7m/CvmH9nrxvNq+vfDb+zPG2r&#10;eK7/AFPSribxRZXuoPdpZ7UXy3dG/wBQ3m/Kv3d6t/FVb4wzaVDrvxb0rVPJ/wCEx1abS/8AhG4p&#10;VzdXCbE2fZf4/kl83ds+7Wko8rD7J9Z3OrWdlcW0FzdwW0902yGKWVVaRv8AZH8VJqmr2OiWpudQ&#10;vrewgB2+bdTLEn/fTV8o+Ob3xTc/tC+Cte1vwVrvmWusy2Gj+XPZ/Z/sv2d90v8Ax8b9zt8zbk+V&#10;Uruv2g9Hu/E/wQ1/U/FvhrSrbVtOKfYfs1414EVpYvnDNFFtb/gNNfDzB9rlPcL3WLHTJbaO6vbe&#10;3e7k8qBZpVQyv/dXP3m9qfqGp2mi2Et9qF5DYWcK7pLm4kWNI19WZuBXj3x38MaVJd/DnWzp0Dau&#10;nifSYFvvK/erF5v3d1Wvi/4psNA8O6pqnxH0Owi8J6TcwXGnzRao8j3k6v8Aulli8pFT5/7zutZd&#10;Pn/l/mVy/wBfeejt488NLoP9vP4i0pNEb5f7TN7F9m/7+7tv603U/HfhnSdNttRv/EWlWenXnFtd&#10;XF9EkU/+47NtavlnR7nwtYXHg3xFquteHLzQLnxJealrS6beRXGmaTdS2+23idk+Rdm37z/x1m2v&#10;iDwZ4d8DWaXY0a31vxFPq1n4em8Qzpb6fbaXLcO/n7ZTt2bGTbtG58ov3aqS/r+v66kxPr3VfGGh&#10;aDdWNvqmuadp1zfti1gu7uOJp/ZFZvm/4DW4O9fFXjBPCPh3S/Gel3upWutG68EWFh4SvZnWd77y&#10;kmTZat/HL5uxvk+b50r7D8PR3EOg6dHeZ+1LbRLLu/v7Ru/XNXaxH8pqDpS0g6UtSWFFFFABRRRQ&#10;AUUUUAFFFFABRRRQBhat4t0TQ76zsdS1iw068vWK20F1dJFLMf8AYVjlvwq5d6nZ6fJax3N1DbzX&#10;T+VAksqq0r9dqg/ePsK+Vvjjd6HZ+K/izaeIBD/beraNZxeGUuF/fTts2hLbPLP5+PuVR8dz+K5v&#10;i38O9Z8QeCtfc6b4ggsNIKT2r27xfYrjzZf+Pjd5srfN86LsSL+994j73KKfuxcj611bV7HRLR7r&#10;Ub630+1UgNNdyrEg/wCBNxTb/WLHTJLRbu9trVrqTyoEnlVDK/8AdXJ+ZvavEf2gNIuvFXwJ8Vah&#10;4v8ADOlWuradayPY/Zrtr8Rfd+cO0UW1v+A1pfH3wxpUv/CD622nQtq8XiXS4EvfL/fLF53K7qL+&#10;9ykt8sb+p7FqWo2mjWMt5fXUNlaQLuluLiRURF/2mboKzf8AhN/Df9gf29/wkGl/2D/0E/tkX2b0&#10;/wBbu2/rXnfxg8S2Wh6HqV/8RdG0+PwZpc8V1Z3MWqu813cK37pXg8pET58cNKy/3q8c0248LWo8&#10;JeJdT1rw9e6Bd+LbjVNch028huNM0m4lsmW1WVk+RdvyfM/8b7qj+v6/r8yz6k1Dx14Z0vS7bUr7&#10;xDpdppt2MW13PfRJFP8A7js21ql1XxnoGgvaJqmt6dp7XjbbZbu7jiM/H8G5vm/CvkiLxJ4N8M+D&#10;beS5TSY9W8QajrNr4ZfXrpLfT4NOlu97T/N8qRfxrt+Z/wCD79L4mXwf4YttZsNR1Sy1mwn8Bxab&#10;4Xv5nSVb+Vd6OkDD78vm+V8ifNVW93m/rb+v6QX/AK+dj7UGKWub8BRXEPgrQIr5ZFvE0+BJ1l+8&#10;H8td273zXRZ4qmrOxEZcyuOooopFhRRRQBma9IYtFv5Fba628rK3p8pr8jLm5lv7h7m5laa4lbe0&#10;0vzu71+uXiL/AJAOpf8AXtL/AOgGvyY8Pf8AIb0rd/z9Rf8AoaV+ZcXpyqUIJ/zfofmfGN+bDpPv&#10;+hRwvUbMUn7v/Zr7p1a3ml8Z6gniG2tV02PWNOHh/wC0RortJj975f8AeXbWSNV1HTvFPjO+1K31&#10;+102y0i+lge98g42sh3Wv7r/AND3V87/AGJyq8q383TsubXU8CWSuLt7T8PN/wB7yPiz5P8AZo2J&#10;/dFfY/wm8Q2vi+10TUpTPfL/AMJBOivqXlNMyLan5W2qq1o6Pp/hv+xrO+0MW/2HUG1e7NvsXdA3&#10;kfNF/wABcVzRyhype1jW/rTz8wpZGq0IzjW+L+u58Tjy8fwUAKT/AAV9V+G/HGsX3gb4UG4vPNOo&#10;67Na3ZaJf3sSyrsV62fFbalafDfTho9nrMvmXWqeYdHWLyl/0h9vn71dtv8AuVTylRpyqRrfh5J9&#10;/MwWUKUeaNT7Klt3/wC3j47OzP8ADX0J+xFf3Nv8ZGtIpmW1n0+Z5Ilb5G2lNlT/ALTnjS3ivJPD&#10;drPqUTi2tma3VovsW3av8Ozfu/4HVH9iUf8AF8Iv+wZOf1SjL4/Vs3pUYz5rSsPBUFhc0oUoz5ve&#10;ifoZS0lLX7sfuIUUUUAFFFFABRRRQB5v418e674d8f8AhjQ7DwxcarpuqOPtOop923+b/wBl+981&#10;ekV5b49sPEtx8S/CMum+LbLRtKRv9J0mWXbNejd8+xf4/l/75r1KgAooooAqXn+vtP8Arr/7I9W6&#10;qXn+vtP+uv8A7I9W6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooA/ncooor0znCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigD7r/AOCYP+u+IH+9Yf8AtxX6O6V/qq/OL/gmD/rviB/vWH/txX6O6V/q&#10;q4qnxGsfgNhPuU+mJ9ysbxfqd9o/hjVL7TbJtR1CCB3gtE/5av8AwisSyXxB4m0rwrYG91nULfS7&#10;MNt8+7kVF3fU1JoWv6Z4n05NQ0m9g1Gyl+5Pbyb0avg228QfE39pN18ISTRXaWUjXU7yxLFtA+X5&#10;m/Gnjxn8UP2f7qHwNC8UQadbqCGGNZWl3fwK391sUAfoFRWboV5dalo1ldXlq1hdSwo0tu/3o2/i&#10;WtKgAqlp3/Hon+83/odXapad/wAeif7zf+h0AXaKKKAPEbDwB8TfBeqeIk8Lah4Xn0rVNVn1Vf7V&#10;juPORpfvL8ny1pfZ/jl/z9+A/wDv3eV65RQB5b8NfAPifSPGfiLxR4rvtLn1PVre3tfK0dZVhRIt&#10;/wDf/i+avUqKKACiiigAooooAKKKKACiiigAooooAKKKKACo9i/3V+X7tSUUAReTHv3eWu/+9tqj&#10;qWkRatpt1ZtJLapcRtE0trJ5Uq7hyyuv3W9606KAOB8A/Ci08DatqeqPq2p6/q+oxRQTajqzxGXy&#10;os7IwI0RdvzN/DXfUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAM2L/AHVrlPG3gj/hNLW3SLXN&#10;W8PTQMzLcaTJErPuXayssqOj/wDAlrrqKAOa8F+DNN8C+FtN8O6bG39n2CbYjM29253MzN/eZmZv&#10;xroHhjdtzRqzeu2paKAImhR12uqsvptp2xf7q0+igCLyY2O5o1Leu2lkjV12sqv/AL1SUUAQvBGy&#10;qGjVtv3QV6UrQq7qzKpdfutjpUtFACAVXmtY5lkVl/1i7WYfeqzSZqZR5gOd8DeDLDwB4T0nQNO8&#10;17XTbZLWKW4IaVkX+83et7ykZtzKpdf4ttS0VQBSY3DkUtFACYpjxq6bWVWX/aqSigCD7PFsK+Wu&#10;xv4dtOe3ifG+NWx/s1LRQBF5Mfyfu1+X7vy/dqWiigAooooAKKKKACiiigAooooAKKKKACiiigCJ&#10;4VdgzIrMv3TjpUlLRQAmNw5FFLRQBHJGrptZVZf9qmfZ4thXy12N/DtqeigCJreJ1w8asB/s0eRH&#10;8n7tfl+78v3alooAKKKKACiiigAoopDQBnavbte6XewJ96SFkU/UV+Y998AviFpV5LZt4T1O6MDb&#10;fNtoGdH/ANxq/UcEEe1RMm05O0fhXz2bZNSzfl9pJx5T5/NsnpZtye1ly8p+XP8AwpX4iv8Ae8G6&#10;7/4CyUf8KU+Iz/e8H67/AOAslfqXgelGB6V8/wD6nYb/AJ+yPC/1Qw3/AD9l95+Wn/CkfiGn3fBu&#10;u/8AgG1H/CkviJ/0Juu/+AbV+peB6UYHpS/1Ow3/AD9kH+qGG/5+y+8/LL/hSPxE/wChM17/AMA2&#10;p3/ClPiN/wBCfrv/AICy1+peB6UYHpR/qdhv+fsg/wBT8N/z9l95+WX/AApH4iP97wVreP8Aryav&#10;dP2Q/hB4w8N/EmbXdX0W50ixgs5LcfbYvLZmYp93/vmvtYqPQYoIXbwMj2rswvC2GwleOIVSV4nT&#10;hOGMPhK8MQpyvElHQUtIOlLX2x9oFFFFABRRRQAUUUUAcL4r+EmgeMfGeheJ9QW4/tPR8fZxFLsR&#10;vn3LuXv81d1RRQAUUUUAVLz/AF9p/wBdf/ZHq3VS8/19p/11/wDZHq3QAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH87lFFFemc4UUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfdf8AwTB/13xA/wB6&#10;w/8Abiv0d0r/AFVfnF/wTB/13xA/3rD/ANuK/R3Sv9VXFU+I1j8BsJ9ysbxiuryeF9UXQpIodaMD&#10;/ZHmXcgkx8ua2U+5T6xLPz18CeJ/H37PurzeK9T8O3P2PVmaCf7auxZW37v+ANS+JtX+Ivxt8UWn&#10;jnTPD1zHFayx2tnLaR70idX/APH6+4vHXgHRPiRon9k69ateWfmLN5ayPF8y/wC0tS+DPBWkfD7Q&#10;YtG0S1+xWETM6w+Yz/M3+01AF/QF1CPRbJdUaJ9R8lDctCu1DJj5sVp0UUAFUtO/49E/3m/9Dq7V&#10;LTv+PRP95v8A0OgC7RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABSUtFABRRRQAUUUUAFJS0UAJijFLRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBU&#10;vP8AX2n/AF1/9kerdVLz/X2n/XX/ANkerdABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfzuUUUV6ZzhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB91/wDBMH/XfED/AHrD/wBuK/R3Sv8AVV+cX/BM&#10;H/XfED/esP8A24r9HdK/1VcVT4jWPwGwn3KfTE+5T6xLCiiigAooooAKpad/x6J/vN/6HV2qWnf8&#10;eif7zf8AodAF2iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKp373C2cxtFja4C/u/NbC7v9qgC5RXNeOb670rwF4gvYJhBe2umzzRyqPuSLEzbvzr5h8DfFDxJ&#10;DaXTSap4qu7VbfQftSeIzFb3Yury/ii3wbU/1DK5/wDQaAPsOivl2T9pDxJYzWuleH/CN74n1NXv&#10;727RpHlcQJfzW6qjfLsP7s/e+Vfkrr/Cfxq8Ra/8QrLS73RLC20C+1a/0i1mjnc3Sy20Ty73Xbt2&#10;sqMvWgD3OivCNV+OfiHR/HN/ZyaRph8LWOswaLLMt05vmeWLcrrHt2/8BrmNI/af8Y694bv9ZtPA&#10;n2TT7p7NNHvL5miglae/itdsr/8AbXf8tAH09RXk/wARfiD4u8M3/hTRtJ0/RbjWtWiupbl766lj&#10;t4vIi3ts2qWauBuv2qtQfUfCs1j4fjudLv4tObVdrM72TXTsq/N93+Btv96gD6Wor5g8QftFeJJL&#10;Jrl9IsLbQtStdUl0+W0vnS/j+xypF8/ybF3bmro7H46+IIvGMVtfaRpsXhU6xLoYvTdt9qEqWUt1&#10;5rLs27NsTLQB75RXgvwh+OXiT4navqGmz6BaabLBDYalBLL5qJPYTu6s67vvNtTKn7rV71QAUUUU&#10;AFFFeNa3Nd+HdN+Iy22p3r/Z1tXSWe43tFvHz7P7tAHstFee+AoF0fxL4n0m1uZpdOtXt3jWWZpf&#10;KZovnG5v++qyfjpq/wAQ/DWg/wBseCTaXi2qn7Zp81r5srL/AM9E+bt/doA9Yorh/hafGcvheK78&#10;bSWn9rT/AD/ZbSDYIF/uN8x3NXcUAFFFFABRVK8a5VYPsywsfNUSeaf4P4tv+1WL8QYr+fwbq50v&#10;VH0e+jtnlS8iiWVk2ru+61AHT0V5x8PvF96PgroPiHUIr7XL59PjmmWxg824nf8A2U71mfGOTXtU&#10;8L6fJoGpalpupsj3S6TY3EFnfXm1Pub5Qyrs3bmX2oA9aorxq3+MM3hv4P8AgDxbq0kOo2Oo29mu&#10;qajjysNLD8sqp/tSlRj/AGq5W9/aS13TvEXhqyuPDcMlpefYF1bymkZ7B7zf5Ss33c7dvytQB9H0&#10;V4d8KfjN4j8Y+JtMtNY0bTrHTdXtby7sJLG5aWVRbzJGwlDKB827d8tZ8es+JNI+PeiwyeIL6/8A&#10;DWs3l/ZZMkDWSSxRO6WqRKPNjlTyn3SM3zbG/vUAfQNFFFABRRRQBFHMsudrK21tvy09WDdDmvBr&#10;HxRe+FvCviD7Aoh+1eJryCTUHX91ZKzr871634O8P23hvQorW2uZbzf+9a7lbc0rN/FQB0FFFFAB&#10;TWYL1OKdXlJu5fHvxHudL1GaTS7PRmWWDT92yW8b/nr/ALlAHq1FFFABRRRQA0NuHFOryjS7ubwT&#10;8Ro/D1hPLq+m6june1zufTm/vbv7ler0AFFFFADS20c0ySZY9u5lXc21d3eue8d+HrbxH4emhuby&#10;TTjB+/ju0k2GJl/irytPFuoeLNL8FyX8AeSDxNBAt6q/JeKqP+9WgD3qiiigCpef6+0/66/+yPVu&#10;ql5/r7T/AK6/+yPVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKAP53KKKK9M5wooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooA+6/+CYP+u+IH+9Yf+3Ffo7pX+qr84v+CYP+u+IH+9Yf+3Ffo7pX+qri&#10;qfEax+A2E+5T6Yn3KfWJZyvxH8R6p4T8F6lqmjaS+t6lbruisUODJ81WfAutaj4j8J6XqWq6a+ka&#10;hcwB57J/+WTelZ3xWtdTvPAGsRaRrsPhu/MfyancNsSH5u7fw/71W/h/BfW3gnR4tS1aLXr1bdfM&#10;1CJty3H+3n+KgDp6KKKACqWnf8eif7zf+h1dqlp3/Hon+83/AKHQBdooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACq15ZQ39tLbXMazQSrtZG/iqzRQBRvdNtr/T&#10;5rCeJZbKWIwSQt91kZdpWufvfhv4bvvI83RrTzILeK2gcx/6pIpUlhUf7kqIy/7tddRQB5hpHwF8&#10;K2+gaNp+sWMXiS60yae5i1C/jUTebLM8srfL/tufl+7XWW/gnQbO+t7u30m2iube6lvY5VT5knlX&#10;bK/+8ytiujooA850r4GeFbDx7qXjKXT4r3X7u6+1RXdwmXtW2bfkq7afB7wXpk9/NbeHNPhkv54r&#10;q5CRfLJLFKsqPt/2ZUV/rXc0UAcD8RPg74d+KGr6Fd+IrYX8Gk+fssZP9TL5q7Dup+pfBbwNq+p6&#10;ff3nhfTp7uwihhtpXiH7pIv9Uo/3P4a7uigDxXTP2Y/Dln8RNV8WX8g1V79biP7C9tFHEonZfN37&#10;V/efcX71eijwD4eSWOUaNab0vPt6nyuk/lNF5v8AveUzr/wKulooA4Pw98EvA3haR5dI8MafYSvJ&#10;FKzwpzviffF/3y1d5RRQAUUUUAFZsmhadIbxns4m+2rtudy/61cfxVpUUAZOg+GdL8K2rW2lWUVj&#10;A7b2SFcbmrWoooAKKKKACiiigCnd2EF8sSzxLL5UizJu/hdfutUtzbRXkEkE6LJFIu1kb+JanooA&#10;oaVpFnoenW+n2FtHaWUC+XFBEuERfSsrxl8P/DvxAs4LTxHpFtq8EEnmxJcpnY/qtdJRQBhaj4O0&#10;TVvDR0C90u0udFMSwfYHj/dbF+6u2srW/hJ4P8SeIrfXtS8O2N7rFvsMV3LFl12/c/75rsqKAOd0&#10;zwPoWiTWNxZaVbW0thHLFbNEn+qWV98qr/vNVOy+GXhbTvF8/ie10Kyg1+fd5uoJH+8fd97J/vV1&#10;1FABRRRQAUUUUAc3oXgqy0Sw1WzZmvLfUbua6mSdVI/e/eT/AHaseFvDNr4T0z7BZyTPaIzNEkz7&#10;vKX+4v8As1uUUAFFFFABXO+IfBlh4jvdPvJzLFeWEnmwXED7HH+z/u10VFABRRRQAUUUUAc74X8G&#10;6f4U+1tbeZNdXkrSz3Vw2+WU+7V0VFFABRRRQBg+LPCtn4v0xbC+kmS181ZXSF9nmBf4W/2ag1jw&#10;ZZavHocalrOLSruK6git1UL8nRP92ulooAKKKKAKl5/r7T/rr/7I9W6qXn+vtP8Arr/7I9W6ACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA/nco&#10;oor0znCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigD&#10;7r/4Jg/674gf71h/7cV+julf6qvzi/4Jg/674gf71h/7cV+julf6quKp8RrH4DYT7lPpifcp9Yln&#10;O+OvBem/EHw1e6Fq6yNp92q+YIm2v8rbv6CrPhPwxY+C/DthommqyWFlF5USu25sfWtmigAooooA&#10;Kpad/wAeif7zf+h1dqlp3/Hon+83/odAF2iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAqXn+vtP+uv8A7I9W6qXn+vtP+uv/ALI9W6ACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA/ncooor0znCiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigD7r/wCCYP8ArviB/vWH/txX6O6V&#10;/qq/OL/gmD/rviB/vWH/ALcV+julf6quKp8RrH4DYT7lPpifcp9YlhRRRQAUUUUAFUtO/wCPRP8A&#10;eb/0OrtUtO/49E/3m/8AQ6ALtFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQBUvP8AX2n/AF1/9kerdVLz/X2n/XX/ANkerdABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfzuUUUV6ZzhRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB91/wDBMH/XfED/AHrD/wBuK/R3Sv8AVV+c&#10;X/BMH/XfED/esP8A24r9HdK/1VcVT4jWPwGwn3KfTE+5T6xLCiiigAooooAKpad/x6J/vN/6HV2q&#10;Wnf8eif7zf8AodAF2iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAqXn+v&#10;tP8Arr/7I9W6qXn+vtP+uv8A7I9W6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooA/ncooor0znCiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigD7r/AOCYP+u+IH+9Yf8AtxX6O6V/qq/OL/gmD/rviB/v&#10;WH/txX6O6V/qq4qnxGsfgNhPuU+mJ9yn1iWFFFFABRRRQAVS07/j0T/eb/0OrtUtO/49E/3m/wDQ&#10;6ALtFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBUvP9faf9df/ZHq3VS8&#10;/wBfaf8AXX/2R6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQB/O5RRRXpnOFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFAH3X/wTB/13xA/3rD/ANuK/R3Sv9VX5xf8Ewf9d8QP96w/9uK/R3Sv9VXF&#10;U+I1j8BsJ9yn0xPuU+sSwooooAKKKKACqWnf8eif7zf+h1dqlp3/AB6J/vN/6HQBdooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKl5/r7T/rr/7I9W6qXn+vtP8Arr/7I9W6&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;/ncooor0znCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigD7r/4Jg/674gf71h/7cV+julf6qvzi/4Jg/674gf71h/7cV+julf6quKp8RrH4DYT7lPpifcp&#10;9YlhRRRQAUUUUAFUtO/49E/3m/8AQ6u1S07/AI9E/wB5v/Q6ALtFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQBUvP9faf9df/AGR6t1UvP9faf9df/ZHq3QAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH87lFFFemc4UUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAfdf/BMH/XfE&#10;D/esP/biv0d0r/VV+cX/AATB/wBd8QP96w/9uK/R3Sv9VXFU+I1j8BsJ9yn0xPuU+sSwooooAKKK&#10;KACqWnf8eif7zf8AodXapad/x6J/vN/6HQBdooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKAKl5/r7T/rr/wCyPVuql5/r7T/rr/7I9W6ACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA/ncooor0znCiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigD7r/4Jg/674gf71h/7cV+julf6&#10;qvzi/wCCYP8ArviB/vWH/txX6O6V/qq4qnxGsfgNhPuU+mJ9yn1iWFFFFABRRRQAVS07/j0T/eb/&#10;ANDq7VLTv+PRP95v/Q6ALtFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB&#10;UvP9faf9df8A2R6t1UvP9faf9df/AGR6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB/O5RRRXpnOFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAH3X/wAEwf8AXfED/esP/biv0d0r/VV+cX/BMH/X&#10;fED/AHrD/wBuK/R3Sv8AVVxVPiNY/AbCfcp9MT7lPrEsKKKKACiiigAqlp3/AB6J/vN/6HV2qWnf&#10;8eif7zf+h0AXaKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCpef6+0/66&#10;/wDsj1bqpef6+0/66/8Asj1boAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigD+dyiiivTOcKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKAPuv/AIJg/wCu+IH+9Yf+3Ffo7pX+qr84v+CYP+u+IH+9Yf8A&#10;txX6O6V/qq4qnxGsfgNhPuU+mJ9yn1iWFFFFABRRRQAVS07/AI9E/wB5v/Q6u1S07/j0T/eb/wBD&#10;oAu0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFS8/wBfaf8AXX/2R6t1&#10;UvP9faf9df8A2R6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQB//ZUEsDBBQABgAIAAAAIQDrMxTX4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCRuLE2h2yhNp2kCTtMkNiS0m9d4bbUmqZqs7d6e9AQ3W/70+/uz1agb&#10;1lPnamskiFkEjExhVW1KCd+Hj6clMOfRKGysIQk3crDK7+8yTJUdzBf1e1+yEGJcihIq79uUc1dU&#10;pNHNbEsm3M620+jD2pVcdTiEcN3wOIrmXGNtwocKW9pUVFz2Vy3hc8Bh/Sze++3lvLkdD8nuZytI&#10;yseHcf0GzNPo/2CY9IM65MHpZK9GOdZIiEWcBHQaQoUJEOJ1Aewk4WUxT4DnGf/fIf8FAAD//wMA&#10;UEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SP&#10;ywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGR&#10;k14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5Yya&#10;B5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD&#10;71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE6Wa78lBAAAOAwAAA4AAAAAAAAA&#10;AAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAHriJtdMSQEATEkBABUAAAAA&#10;AAAAAAAAAAAAjQYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQDrMxTX4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAAAxQAQBkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCz&#10;G7oAAAAiAQAAGQAAAAAAAAAAAAAAAAAaUQEAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAABgAGAH0BAAALUgEAAAA=&#10;">
                 <v:shape id="Image 13" style="position:absolute;width:57607;height:27152;visibility:visible;mso-wrap-style:square" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSbaMkvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4LvkOYhb3ZtCuodI2yFBcVvFh9gKEZm7LNpDRRu29vBMHbfHy/s1wPthU36n3jWEGWpCCIK6cb&#10;rhWcT7+TBQgfkDW2jknBP3lYr8ajJeba3flItzLUIoawz1GBCaHLpfSVIYs+cR1x5C6utxgi7Gup&#10;e7zHcNvKrzSdSYsNxwaDHRWGqr/yahVsbLcNxTA/ZOhtVu6Jiou5KvX5Mfx8gwg0hLf45d7pOH8K&#10;z1/iAXL1AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANJtoyS+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
                   <v:imagedata o:title="Afbeelding met tekst  Automatisch gegenereerde beschrijving" r:id="rId22"/>
                 </v:shape>
                 <v:shape id="Graphic 14" style="position:absolute;left:8578;top:4866;width:43441;height:24003;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="4344035,2400300" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m4273446,29772l,2386330r7619,13843l4281119,43712r-7673,-13940xem4327730,23622r-43131,l4292219,37591r-11100,6121l4295647,70103r32083,-46481xem4284599,23622r-11153,6150l4281119,43712r11100,-6121l4284599,23622xem4344035,r-85090,3428l4273446,29772r11153,-6150l4327730,23622,4344035,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDGW0xgwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EE3ybqTqGVKOIoDi2IXbr+9ncmrLmUpq01v9+GQz2dh/fz1tvB1uLnlpfOVYwmyYgiAun&#10;Ky4VfH4cHpcgfEDWWDsmBXfysN2MHtaYanfjC/VZKEUMYZ+iAhNCk0rpC0MW/dQ1xJH7cq3FEGFb&#10;St3iLYbbWs6T5FlarDg2GGxob6j4zjqroKvf8v61e8mux/fh3uxdbs6LXKnJeNitQAQawr/4z33S&#10;cf4T/P4SD5CbHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGW0xgwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5457C980" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="114"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46DA1A4D" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
@@ -4699,51 +4700,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="38100">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="042B5998">
               <v:group id="Group 18" style="position:absolute;margin-left:70pt;margin-top:11pt;width:489.85pt;height:136.45pt;z-index:-15725056;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="62210,17329" o:spid="_x0000_s1026" w14:anchorId="467A9EA0" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMkv1o/UAwAAzwkAAA4AAABkcnMvZTJvRG9jLnhtbJxW227bOBB9X6D/&#10;QOi9seS7hThF0WyCAEU32GaxzxRFSdxQJJekL/n7zpCi7cQpmiZApKE4Mzxz5mJeftr3kmy5dUKr&#10;dVZc5BnhiulaqHad/fNw83GZEeepqqnUiq+zJ+6yT1cf/rjcmZKPdadlzS0BJ8qVO7POOu9NORo5&#10;1vGeugttuILNRtueeljadlRbugPvvRyN83w+2mlbG6sZdw6+XsfN7Cr4bxrO/F9N47gncp0BNh+e&#10;NjwrfI6uLmnZWmo6wQYY9B0oeioUHHpwdU09JRsrzlz1glntdOMvmO5HumkE4yEGiKbIX0Rza/XG&#10;hFjacteaA01A7Que3u2WfdveWvPd3NuIHsSvmj064GW0M215uo/r9qi8b2yPRhAE2QdGnw6M8r0n&#10;DD7Ox+MiX80ywmCvWEzGq2IaOWcdJObMjnV//sJyRMt4cIB3gGMEK+F/oAikM4p+XUpg5TeWZ4OT&#10;/k0+emofN+YjZNNQLyohhX8KlQl5Q1Bqey8YsosLYPPeElEDF6uMKNpDR9z1tOUE1zV3DErzc1Nx&#10;LrGDSA+F6/mj84R83ngNPSCgM0jLW6645dzWnFRg1Vnx3xYMkNp0Dp6KWTwDUUlhboSUmDuUh3Dh&#10;5BdF9QpjsWCvNdv0XPnYgZZLwKWV64RxGbEl7ysOIdq7uoDEQ/d7CNNYoXxMvfOWe9bh+Q3g+Bua&#10;FIHS8rARQB9xYghuKNEXVTed55MF1Nd56c0W83wxhp5/UXqHAqKlsc7fct0TFAAwAIGs0ZJuv7oB&#10;UlIZiIwoAjwAhVMGxpZLFMLqjMTf6szvHTUcIKDbY61gELFWbodBBV+AsUELm3dY/YSkYpXPwAdw&#10;tByvppN5TEPq0dlsuZxPhh5dzCfjRfB+whPbRJ5OuYFRV0eWgK8uSWyvkohs4tSVYep6KAxgOCMw&#10;dat4PvQL2qFTFMlunR2gdOtsQILbvd7yBx0UPY6MYrGc5MsY0XQ6neUJ8FFRqlOD6HcaKHhmkNTS&#10;2wT/p+rJddJI76h5iuTtmq9CYFI7HvsA6XgHLZGQZxn8GSHFIp/Ni1cMUnjpncI8qk+Xy0kxwxRC&#10;hSS19I7qQ2beqvgMcfJ0RgecdqgYkE9rUiosnsmygEJA3pyWok4jztm2+iIt2VIoxpubHP4G8M/U&#10;sNGvqeuiXtg6xAihYq/F7kKp0vUTDPIdtOM6c/9vKP5qyDsF7Q+x+yTYJFRJsF5+0eEqEvILZz7s&#10;/6XWDBPIQ09+02kKnA2iqIuWSuPvQSPClDoiGoDCRApSuDWEPA03HLyWnK6D1vEedvUDAAD//wMA&#10;UEsDBAoAAAAAAAAAIQBRQod5OwwBADsMAQAVAAAAZHJzL21lZGlhL2ltYWdlMS5qcGVn/9j/4AAQ&#10;SkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQ&#10;DQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAGhBWsDASIAAhEBAxEB&#10;/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQID&#10;AAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RF&#10;RkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEB&#10;AQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdh&#10;cRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldY&#10;WVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPE&#10;xcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwDydKlqJKlr+n4n&#10;8r1PiCiiitjIKKKKACiirdnpV9qSStZ2c9ykX+t8mJ32UN23KUHPYqUUfcba1W7DSr7VXdbOznvH&#10;T732eJ32Uc6WrHZ7IqUVp6R4c1TxBLdRafYzXb2sDXE6Iv3VX7zU6w8K6vqunahqFnp881lYf8fU&#10;yL8kVZyrQh9suNKrL4YGVRRRWhiFFFFABRRRQAUUUUAFKTwKSt/xR4G13wXFp0mt2DWK6hD9ptNz&#10;o/mR/wB75aznUhCahN7lxpTnHnh9kwKKKK0ICiiigAooooAKKKKYBRRRSAKKKKACiiigAorobzwF&#10;r1j4Rg8Tz6dImhTzCGO83ptaT723Zv3dq56s4VoVL8hU4Sh8YUUUVoSFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAC0le&#10;n6Z+zZ8S9c0e11Wy8K3E1hcwJPHL9oiXcrfNu2768zdGRtrLsda5KWLw9dtUZ8zgdNXC18PyurHl&#10;5hlFFFdZzBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRTAKKKKQBRRRQAUUUUARJVuweKG9t5Z4vtNusqPLFu2bl/uVUSpaxia1PjPb&#10;k+J3wWUfN8GZm/7mS6FOb4n/AAVPT4MTD6+JLquS+Hnx78b/AAr0e403wxqkNhY3Fw1y8b2cUp8x&#10;lVd29l/uqteyeOvit+0d8LtJt9V8T3MelWVxP5Ecpg0+Us+xm24j3f3Gr46thZ0a/sv5vh5q1SPN&#10;8j7CjiYVKXtP5fi5aMJcvzPHfiL4v8Aa/o9vb+EvAEnhTUEuEklvG1ae83x7X/d7W/2tjbv9ivOq&#10;1vFHiW/8YeIL/WtVm+0ajfSeZPKFRNzf7i1lV9ZhKPsKXJ/7dKX/AJNI+UxVf21Xn/8AbVH/AMlQ&#10;lfXH7CGoW+maV8Q57qPzoGOnRSJ/syNKv/s1fI9fRH7OMjx/Bz4ysjbHWzsWV1/3pa8niBe0y6pH&#10;zj/6Uj2eHpcmZU5P+9/6ScP+0f8AD5fhx8W9Y0yDd/Z8+29tXb+JZf8A7PfX1b+xr4X0/wADeAtG&#10;1C6jK6z4qlleLf8AeESh9n/jkW7/AIFXlmq+E7v9pX4XeANZ02L7XrmmXLaLqWwfMi/ejZv9lF5/&#10;7aV6F4V8U2+qftaWHhvTGzovheybSraKNvkVo4GD/wDj25P+AV8hj8TVxWAWDlL3oRlz/wDbu3/g&#10;Wh9Ng6NLD495go+5KUeX/FN/+26ngnwW0vxFqfinx2PDniIeHZbfSrq4uZDaJcefGjLui+f7v+/T&#10;/hVpHiq/+EnxIu9K8U/2VplrJH/aGn/YUl+2M27+Jv8AVdvuVu/syDPi/wCJ/wD2L1//AOhLVn4G&#10;j/iwnxk/34f/AGavQxGInGVZe7p7H7K7kUaMJVad+b3p1vtPscv8N/2XL/4j/DmLxZba9bWEH2lo&#10;54bmL5IIlf55Wff/AHfnp3jr9mSLw94Cv/Ffhzxpp3jCxsWU3H2CL/Vo3VvvvXX2rMn7B10VZkLa&#10;oE+T/r4Wsb9nTD/BX4yKfu/2PKwT/gD1pLGY+1TE+19yNTl5eX/CcMcHgf3OHlS96pHm5ub/ABf5&#10;HzuBuP1rv/iF8JZfAfhPwjrq6kuo2niG0+0rtg2eU+Pmi+/822vPwSORX1f8L/C7fHD9m3S/DiRC&#10;4vtE1vyM/wAawSOru/8A4+3/AHxXvZpi54NUa1/d5ve9LHhZbhoYupVw7+Ll93/FF/5HlfxF/Z61&#10;L4d/DDw34zm1FbqLV1iZ7T7Lsa182Ld8z76yfEXwdn8OfC3w34wl1JZZdauRBBpqW/zbSu7dv3+2&#10;37tfSniDxafjefi78PrQ+a9ou7Sbcetsyr8n++VrH+L2oafZ/HH4XeDW8pNN0KL96v8ACssv/wC6&#10;WvncPmuNnKNGp8Wsv+3OVyX6I+gxOV4SnGpVp/DGPL/3E5uX/gnnmh/ssWo0TTbvxh4/0nwVf6hH&#10;58Gmagi+a8X8Lf61K4fxF8EtW8J/FjTfBWo3CRnUbyC1g1BF3o6yOqLLs/4FX0V+0T4m+EGk/FTU&#10;YPGvgjXNW1ryoP8ATba7ZIpYvKTbtTzV+X+H7v3leuK8R/GDw38S/iN8JLHQdG1HS4dK1OxgjbUd&#10;jO0Sypt+fezNU4XM8yqL6w1LllF/Zjyx0duXW/3m2KyzAUb0OaPNG3WXNLbm5un3GX8Q/wBkZfhp&#10;o2oX+qeNdPWSFN9pZtBslu/9397Wp+1Bol74i/4VJptjayXt7PoMaxQwrudm+WuP/a7cv8dNWyzO&#10;FCY/76avr/S/FPhTQrfwJYaheR6f4o1XQY7ewvJYt/lqoT+LG1dzP/47XJWxeKoUsLjKr9pJ80v/&#10;ACX9Nztp4LB1a2LwVJezj7sebm80fImqfs6WOk/Efw/4JuvGVuuuajtW5SOy3raSMm5Vb978/wDD&#10;/d+/Xn9z8Nb62+KP/CEM2b3+0fsHm+V/tbd+2pPGen+JPhv8ULwaw058Q6fqH2truZt3mtu3pLu/&#10;i3/er7IvPDOm6h8W9G+MUMSyaEnh+51OWUfc81YkVP8AgTCV/wDvivYq5jiMFCFWpPnjOEv/AAPf&#10;8b/geNTy2hjJ1aFOPs5QlH/wHaX3bny34w+AGpaF8V4vAmj3qeINRaBZpXih8pImb+F/nb/Y/wC+&#10;q7x/2PrFr2XR7b4l6JceKYky+iIi+aJdn3P9b/7LXUfsl+Iv+Ey+KvxD1q4l87WLy08y1f8Ai27v&#10;/wB1XzT4f/tf/hYum7fO/t/+1ovv/wCt8/zf/Qt9ONfHV5zpe25JUoxctPik9f8AwEmrQwFCmq8a&#10;XNGUnGOr+GP6sdpXw613UvHcXhCGykGttcvam3dfuMn3/wDgNe3L+xvZm8/sr/hZOiDxTs3/ANiG&#10;JfN3f3f9b/7JXs7jTv8AhsTXRbNGdR/4Rybytn3/AD9qfd/2tu6vij/iYf8ACxvl8/8AtP8AtH/a&#10;83fvqaWPxmYySpz9laMZfDe/N/7boaYnL8JlqcqkPaXk4/F2t266m34e+Deqap8Vx4C1KT+ytT+0&#10;eTJKYhLt4+8P7y13XxD/AGXI/h1otzNe+NdPn1OO4iji0hYsSyK8qxbvv5+6++vXPGQA/bI8Fb9v&#10;2z+yLX7X/wBdd7/+y7a+bPH8hl+PniN3ZnP/AAk0+N3b/Smow2MxuNq0lCfLHk5pf+BP8P0OXFYb&#10;C4KjWvHmk5csf7ui/I9W8UfsXr4PtJLvV/HmnWNqbbzbZp7ba00v3niVfN/3f++65LwL+zWPEHhK&#10;LxL4k8W6b4K0i6ldLSS/X/X7W27vvpXT/t2tI3xK8PozNtTRYtqf8Depm8PeCPh18MvCOofEuPWP&#10;F9/qsLz2OnxXkvlWcH91PnX/AGK5qWMxzwVKrOr71V9Ixv12/W56NbB4JYypRjS92nH7Un5b/wDA&#10;POvjL8BL34T2dhq0Gq23iDw/f7Ps2q2ibIm/8fet7wl+zH/aHhe21zxf4v03wNZ3pxZDU1+eb67n&#10;SvVvi1daDqH7HGl3XhvSbnSdIe+H2azu5WldP9Ib+JmasTxn4S8E/CPwt4a/4WeNa8d6zfxM8Ful&#10;/L5Vmvyb9v71f9ilDNsXVwypc/v80o/CuaXL/wCS/wCIVTK8NSxHtYw/d+zjL4ny+9pvueOfGf4K&#10;3Xwgu9M/4mcOu6RqcHm2mp2i7Ipdv3v43/2a7Dwh+ysdT8GWHibxR4003wXZ6gu63XUF/wBYrcpn&#10;c6V1nx6n0PUf2bvAF14f0y50jSXurn7NZ3bM0sP735vmZm/irF/bU84eLvDflljpP9lRfZNv+q24&#10;P3a1oZhjcRGjQ5+SUpSi5cq+z+BNfLsJh5Va/JzR5Yy5b/zee/Kdd8dfBE/w/wD2UND0ie5gvymu&#10;I8dzbt8kq+VLtavDPgd8OLHx94gv5dZlkttB0m1+23zRNtZl/ubv4a9S8bMT+xV4ZDbv+Q2hXd6e&#10;W9cx+ziDrHhL4m+HbV/+JrqOlRNbIn332s+/b/32lPCVauHwOIkpXlzyXN84rmM69OjicXhI8vu+&#10;zXu/+BaF34Z/APS/iBoWq+Mr611q10CW7li0/SNAi+0XDLv/ALzK3yr/ALv8Ncz8KPgivxD8Z67a&#10;Xa6pZ6LoySy3UVvBuvW2vsSJV2/63/gNegeAfElv4o+A2heGdL8dWXg3XdH1CWWcXuofYPNVpS+7&#10;d/F9/wD8drqtZ+LHh7xj4w+J+kaH4ns/D8+s2lulnrE119lt5JIG+b97/DuXd/vVzTxmPhUrQi/z&#10;92N4+9t9pa6XN4YTA1KdCUv+3v70pc3u+XLZfeeU6f8ADvwlY/F8eFNV0fXrLStRtdtnNrDfZ7qC&#10;X/nr91VZflZfnWvLPGnhmfwX4u1fQrj95Pp1zLatJt+/tb79fQfjm5TxV4i+EHhax1228V+ItJW4&#10;+3ahZXPnr80qMi+b/FsVHryj9orWLfWvjd4wurWRJYftrRBk/iKIif8Aste1lletOtBT+1F9/syt&#10;GWv8x5OYUKUKdXkj8Mo/+TK7j/26ecUUUV9SfLhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVp+GX0yHxFp7azFJNpSzr9pSJtrsv8dZlTW1&#10;rPeTxQQRNNLK21URdztWVT36bNKcuSoj9i9KNi2l2psjEbFol8nyj8nl7Rtx7Yr4I1/4Af8AC9Pi&#10;34vl8DiHTtHsZtks0n+qmuGZt/lY/h+WvZvC37J/iaDwhpcFx8UvF2l3KWirJp9pqDGCBtv+rX5v&#10;ur938K0P2WvFVh4M8O6j4D177LoGv6JNieOaVYxMrfKJVb+LO3r9K/EcHVllqr18DV9pLbrtf4vP&#10;+mftmMpLNHQoY6n7OP8AwPh8j42+M/wQ1v4JarYWervFdRX0TSwXES/J8rfMn/oH/fdef2llLfXt&#10;vbQKz3FxKsUSJ/E7V9l/t4/ErQ9T0DQ/DdhNa6hfvI141xA6S+Qi/Lt3dt+X/wC+K+dvgO+kaV41&#10;Ov63c2UVpoUEuoxW91OqPcyxozRKi/xNuVfu1+l5ZmGIq5W8ViIe/wD+lH5nmeAw+HzL6thpe4bP&#10;x5+CulfDOHSbjQdRudWtJpZbK8eZlbyrqL7yfKn+/wD98Vlf8M8eLzpX20W9osvkfam097pftaQb&#10;tvm+V97b/tV22hfFPw14v8L+IdJn0Wy8OTQTxa9BNcanLL9pnilTeq+e33niaX5V+9T/AB9YaX4l&#10;8eal4zsfiBp2m6RdWETq9vfql7uVUT7P5C/vP4d/3dtcdLHY2lH2NXSX80o39Ph/rQ7KuEwdWXta&#10;fw/yxly/n8vvM+7+AFro3ifwJaW9xbeIV1rT4Lm5so9WjRpZWZtxiZV+WL+6/wA38dcX4V+CHiXx&#10;pafbrGO0s7WWf7LbPqFysXny/wByLd95vl/hr1zwtq+jyeM/hF4hbxBo8Vhp2iW1hd/aNQgWWCWK&#10;SXdvidty/fX5qki8aQeI/h14Nt/D+t+FLDVdGuPKuYvEENoHjO7/AI+I3uV/2N37v5q5lmGOox5d&#10;3/M7+770vI1jhMHVfNLT3f8AwL3UeOeGvgt4o8RSaoI47bTV0uVbe5l1OfyE81vuJub+Kus8c/AC&#10;/wD+Exg0bQ7S2tFs9Es73U7i4uG+zxStFulZpW+7uZGrS1a9HxM8B6xo114t0N/EMHiP+0Zbi6uI&#10;7G3vImt1i3ReZtX5dv3a7OS+8Jrf6lCuseF9X12y8OafZac2p3cT2DSJA6y/NJ+63btn3q0q5hi4&#10;z5+qv7vK/wC77wqWBwfJyfzfa+b90868Dfs53mp+NzoniK+tLC3+xSXkE1tfRr9qTyGZXiZk+Zfu&#10;7v8AZ3159qnw51XTtPt9S820ubCfUG0uK4t51lRpVVW/75+b71fSOp+MNDh8f/DhJvEOgStB4cvd&#10;PvLiwuII7OCdoGXb8u1Yk3f8BrzzRdJs9V+HOmeHT4i0Gz1LR/EzXtyl1qkEavA0S/PEzNtl+7/D&#10;uq6GZYpS9tV/u9POS/yJrZfheX2VJ+9735RfL+ZzkP7N/jCR9S83+zbaLTmiS5luL5Uii8yJJV+b&#10;/deppf2YvG0EzW8g01braZILf7cu68Xbu3QL/wAtPl/u16L8e/FWg6l4S8ZWmn69pupTS6npnlfZ&#10;LtZfNRbNFZl2/eXdVKx8V6Inxa+Dl6dasBbWOj2UV3cPcrst3WAqyyt/C3+9SWZZhOHtF5/Z7R5v&#10;xHUwGX0ny/8At3nY+bKKsak6vf3DK29Gaq9fbQ1gfI1Y8k5RPS/hlpvwrvdIuW8eax4g0/UVn/cr&#10;pKRmJotife3RN827fXaf8I9+zif+Zn8a/wDfmH/4xWR8EvEGo6NoF8lj8IrL4iRNdl2v7jR2u2hb&#10;Yn7rcqPt/vbf9uui1349WHh29+x6x8B/Cuk3YTebe80kW8uz2Voq+Gxf1meLnCjz/wDbtSP/AKTb&#10;Q+uwv1aGFhKry/8Ab1OX/pRSbw7+znj5fE/jTPvDD/8AGK8R15NNi1/UV0iSaXSVuZVspbrmVoN3&#10;7pm/2tu2rnjPxBD4r8TXuqW2l2miwXBRlsbGPbBD8irlVrEr6LA4SdBe0qTnJ9pO9jwMZiY1vchC&#10;Mf8ACet/CP4K2/xD8L+IdTvLi4tJYIXi0uKLb/pV55Tyqvzff+WJvu1yPgv4aaz46utTi0/7NbRa&#10;cu68u72fyLeL5tqbmavY9Q+LPhv4X6T4G0Ky0qx8SS6MsGp3F1a6nJsivNqs3+qba7LuZfnq141g&#10;8Na5p3jPRtC8S6LZnV7mx1y0SXUIo4n2rLFLbtIzbVZWZX2NXivH4unOc+X3Z/D5a8r/APktT3I4&#10;DBzpQjze9H4vuv8AnZfM5vwH+zTLquq6zY+ItTtLFrXTWvLN7bUIl8/91uWX5k+aD/b/ANh65y8+&#10;Ed5eeHfCUel6MJtU1a8ltEvYdQ+0RXW1n+dV2/Kvyfe3fdWuw+F02meEfFF5o174vsb+S78MzWyX&#10;El+rWdrPKsv7hZ93l/xJ91tvzNXX+CPHHh7wz4Y+HumX2u6St1bnUbCeUXEdzFatKs8aPKvzL5W5&#10;l+f7u1v7lctXG42lNzi+bZ9f5Zf1/SNMPhcHVjGM48vxf+2/5s8K8R/BXxJ4cj02V/sWqxX9z9ii&#10;l0m5W6T7R/dZ1+61egaZ+z43hv4e+OtS8T21lc3+n2qva/ZL52azl2O7rKqt977nytWtofjW+8D6&#10;9ocmva94QOi/2rvay8OR2Jdv9HlRZ2+zL91fN/i/vVIINJ8N+HPjDcyeLdAvjrr+Zp8Nrqkcks6/&#10;vX+6rblb9791vmp1cdjZxUXLt8P2veRdHBYOFRyS/wC3ZfZ0f9f0jzO4+APimDRZdQk/s1Jbez+3&#10;z6f9sX7XFBt3bni+8vy/NXVeLv2a/wCztE8C/wBg6paalq+vLL58P9oRMjMqb98W1Pu/f+b5v4K9&#10;Gt9X8P6frWtT6Xq/gm08Lt4fmgs3jltBqU8rWbJtdv8AXK27+9/u1j6L4z0BbX4LarJrmnJDocd1&#10;Z6jE92vnwNLEqIzR/e28fe27aj+0sfOcZLp/d8pe7L5ouOAwMKcub/0rzj70fvf3HhenfCzXdV0/&#10;XLuCKDyNEuVtbzfL91m3/c/vfdauzm/ZZ8bQzXUCrpc11Zv/AKTaxXytNAu/7zL/AAr/ABbv7td/&#10;ZJpPhLwZ8RlufFPh+5m1jVI7izt7LVIJ3aL97821W/26y4/FOjD4k/G+5/tiwNvqWnagljL9pXbd&#10;MyNtSJv4t3+zXVLMsbUlJ0fhj/d/w/8AyTOVZdhaUIut/N/N5z/RI8i8c/C7XPh3Bp9xqX2S5tNR&#10;V2trvT51nil27P4l/wB6uQ7V654w1rTbn9nnwbpcGoWk2oW+pztLaJOryxLt++y/eWvI6+iwNWrW&#10;py9tvGUj5/G0qcJxlS+1FSEq7oukX3iDVrXTdPha4vbmVYoIol3MzNVKtfwv4q1bwbqD3+j3slje&#10;NBLB9oi+8qsu1tn93/frtrc/s37P4zlpcvP+9+E+jJv2VPD1t4BSGXxIieOnu/I2+cvked5W/wCy&#10;/wC9s+avmrWdGvfDurXWnX8LWl5bSNFPFKu1lZa9Ce6lf9nLz2lZ5f8AhMN/m7vn3/Y64TxD4n1T&#10;xdeW93q1219dQW0Vqssv32iX7u5v4v8AeavCyxYtTqe1q8yu/wBNvI9nMZYWcYeyp8vumVRRRX0R&#10;8+FFFFMBTgHjpX178LP2J9N8YeANH1rVtSu7a+vY2maKMJtVS7bAPl/uba+QjjPHSv0V+EP7THgV&#10;fhl4ci1TxDZ6bfwWaW8trK2GQp8gyMdwoP418bxHiMdRoweDvZyeyv0PruH6OCq1JrGb2W/qfnIl&#10;S1ElS19XE+XqfEFPeaV/vSs/++1MorZpPczTa2CiiigQtd98Pfix/wAIH4P8Y6D/AGX9u/4SOGCP&#10;7R9p8ryPLZ2+7tbd9/8A2a4ClrDEYeliaXsqvw6P7tTooV6uFqe0pfEey/AL9o26+BdprdvFo/8A&#10;bEOobWRXufI8pl3fN9x933v/ABysX4SfGmf4ZfEWXxdc6b/bV5K8ryxG58jc8u7c+7a396vNAcHN&#10;FcEssws5VZSj/F+I645hiowp0ub3acuaP+I9I+GXxhHw71XxTff2V/aP9tadPY+X9p8ryPM/i+4+&#10;6vWvgzpd7pf7OnxZvtRs57CO7MJt/tC7N4O4/Lu/3q+XR19a7nxD8bfG/ivw5HoGp67Lc6PHjZap&#10;DHH0/vMqqzf8CrizDK5V0lhvtOPN/wBuHp4DNHQqOpiPe5eaUdvikrGpH8bGX4FP8N/7H+Vrr7T/&#10;AGj9p/29+3ytv/s1Vvh58Wz4B8G+MNCGlfbh4gs2tDcfafK8jdGRu27W3df9mvO84GPWjb8ua9H6&#10;hhfZypuPxS5v+3tP8jyVjq6lGfN8Pux/r5iV618Afj/c/Aq61iSLSP7Yh1GNF8n7T5HlMm75vuN/&#10;eryWlroxOGpYqlKhXjzRkYYfE1cLVjXpfFE7v4SfFe5+FnxEtfFn2T+1Hi80z27z+V55ZWX721v7&#10;392snx545vPHPjnUPFDr9juLqf7QqI+/yv8AgVczRSWEw6r+35Pe5eX/ALdNHjMQ6Pseb3ebm/7e&#10;PoGD9qbTNa0PTbXxz8PNP8Z6hp8fkQ38935DFf8Ac8pq5HxT8eb3xZ8R/D3iabS4bWw0K5gms9Kt&#10;5dqrHG6usW7b/s/e215aTmgHFcFPJ8FSk5RjvfrLrvbt8jsqZti6sPZyl/6T/wClHafF74jH4reO&#10;rzxEbD+yzcj/AI9/P83b/wAC2LWj8WvjE/xRh8KKul/2Q2h2C2O/7T5vmcfe+4u2vOaXNdiwGHj7&#10;Llj/AAvhOWePxNSVSUpfxPiPVPin8boPit4Z0O11Lw/5PiDToVgbWku93nqvXdF5X/s1WLT9ofUL&#10;T4E3nw4XTvkuZV2an9p+5FvVtvlbP9n+9XkVFY/2ZhfZRpcvuxlzf9vGv9o4v2ntOb3uXl/7dOk8&#10;DeO9T+HPiW31vRZfIvYBgh/uOv8Adevbx+1voVtqs+v2vws02DxXMm5tX+27j5uz723yv/Zq+bSx&#10;PU0DFTisqwuMn7SrHX1f49xYfMsTg48lOX/t35nWaX8T/EGmfENfGkdxv1xbl7p3f7jM/wB9P935&#10;q9oH7Xuh/wBq/wBu/wDCrdNPijZj+1/tvO7+9t8r/wBmr5s3HGM0lOvlWCxPL7WHw6fy6dvd6FUc&#10;0xeH5uWXxf8Ab35no+h/GjU7P4t/8J/qtquqagZzNJBHJ5SnjG1G+favy1zGt+Kf7Z8fal4l+zeT&#10;9s1KXUvsvm79u6Xzdu6ufxzigjBxXVTwuHpS5ox+zy/9unLPFVq0ZRqS+L3j0r47fGL/AIXX4lsN&#10;XOkf2R9ls1svJFz5+/a7/Nu2L/errvCf7TlhZ+BtO8M+LfAlj4zg03clrLcXflCNf7v+qavCC3PA&#10;xSA+ozXJPK8LUw8cO4+7H4dZX+86oZni1Xlieb3pen/pOx758U/2q2+J3w1m8IT+FYNNTz1e2uLe&#10;8+SBVf5F8ryvm+X5fvVb0r9rKzu/DGm6V4y8A2HjC5005tLy4u/K2/8AAfKavnjg8AUY5wa5nkeA&#10;jS9lGH2ub4pG8s6x0qntZS97l5fhXw/4T2v4w/tJt8X/AAZpug3Ph2PSpbGdpYri3ut6eV/Cvlbf&#10;7uz5t1aHhv8AaitIPAmneFvF/gex8ZW2nqsdtNcXflsFX7n8DV4J+FH4Vo8mwTpfV+T3fi+0L+2M&#10;d7b2/N73Ly9PhPb/AIt/tNTfFX4fWvhV/DkOkQ2t6lzBLBc71WNEdVi27P8Aa+9uryLw54j1Dwnr&#10;VpqulTtbXsDbo3Ss0nNJXZhcvw+EpOlSh7r/AFOPEY6vipRq1pe9Eu67q8viDWtQ1WeKOG4vJ2uJ&#10;UiXaisz7vlqlRRXdGEIR5YnHKc5y5pHReC/HuqeAri/n0hoobi8tvsrSuvzou5W+X/vmsB3Z23N9&#10;56ZRWcKMIT50i/az5eX7IUUUVqYhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAVoeHteufDGt2Wq2LbLqzlWWJv8AaWs+ilOEKkOSZcJShPng&#10;fpJo/wC2b8LrzSba5vddaxvpIFlls2tJ3MTbcspZY9rEV8H/ABd+JNz8VPHmpeIZI3t0nbZBEX5W&#10;L+Ba4uivmctyDCZTVnWou/N3Po8zz/F5nSjSrK3KG/f96iiivp7LY+a13CiiigWoUUUUWQ7sKKKK&#10;LILsKKKKVkF2FFFFMWoUUUUAdX4T+Kfi3wLYyWnh/XbvSrWSTzZIrZwqs33d1ZnibxXrHjLVW1HX&#10;L+bU75kVGnnbc2xax6K544ajCftoQ986ZV6s6fspS90KKKK6TmsFFFFKw9QoooosguwooopWQXYU&#10;UUU7INQoooosGoUUUUCCiiigA3tt2/wUUUUBqFFFFABRRRQAUUUUBqRJUtbyfDTxj/0Kut/+C6X/&#10;AOIqdPhl4z/6FPXf/BZL/wDEV50cXhv5z0KmExHN8BzVFdL/AMK08Yf9Cnrv/gsl/wDiaP8AhWnj&#10;D/oU9d/8Fkv/AMTW31zDf8/F+Bj9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4&#10;LJf/AImj65hv+fi/APqmI/kkc1RXS/8ACtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATS+t4&#10;b/n4vwH9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImn9cw3/PxfgL6p&#10;iP5JHNUV0v8AwrTxh/0Keu/+CyX/AOJo/wCFaeMP+hT13/wWS/8AxNH1zDf8/F96D6piP5JHNUV0&#10;v/CtPGH/AEKeu/8Agsl/+Jo/4Vp4w/6FPXf/AAWS/wDxNL63hv8An4vwD6piP5JHNUV0v/CtPGH/&#10;AEKeu/8Agsl/+Jo/4Vp4w/6FPXf/AAWS/wDxNP65hv8An4vvQfVMR/JI5qiul/4Vp4w/6FPXf/BZ&#10;L/8AE0f8K08Yf9Cnrv8A4LJf/iaPrmG/5+L8A+qYj+SRzVFdL/wrTxh/0Keu/wDgsl/+Jo/4Vp4w&#10;/wChT13/AMFkv/xNH1zDf8/F96D6piP5JHNUV0v/AArTxh/0Keu/+CyX/wCJo/4Vp4w/6FPXf/BZ&#10;L/8AE0fXMN/z8X3oPqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXM&#10;N/z8X4B9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi+9B9U&#10;xH8kjmqK6X/hWnjD/oU9d/8ABZL/APE0f8K08Yf9Cnrv/gsl/wDiaX1zDf8APxfgH1TEfySOaorp&#10;f+FaeMP+hT13/wAFkv8A8TR/wrTxh/0Keu/+CyX/AOJp/XMN/wA/F+AfVMR/JI5qiul/4Vp4w/6F&#10;PXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mj65hv+fi+9B9UxH8kjmqK6X/hWnjD/AKFPXf8AwWS/&#10;/E0f8K08Yf8AQp67/wCCyX/4ml9bw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh&#10;/wBCnrv/AILJf/iaf1zDf8/F96D6piP5JHNUV0v/AArTxh/0Keu/+CyX/wCJo/4Vp4w/6FPXf/BZ&#10;L/8AE0fXMN/z8X3oPqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXM&#10;N/z8X4B9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqm&#10;I/kkc1RXS/8ACtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+&#10;FaeMP+hT13/wWS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A&#10;4LJf/iaP+FaeMP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/w&#10;rTxh/wBCnrv/AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9&#10;d/8ABZL/APE0fXMN/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A&#10;4mj65hv+fi/APqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXMN/z8&#10;X4B9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqmI/kk&#10;c1RXS/8ACtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+FaeM&#10;P+hT13/wWS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A4LJf&#10;/iaP+FaeMP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh&#10;/wBCnrv/AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8A&#10;BZL/APE0fXMN/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mj6&#10;5hv+fi/APqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXMN/z8X4B9&#10;UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqmI/kkc1RX&#10;S/8ACtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+FaeMP+hT&#10;13/wWS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A4LJf/iaP&#10;+FaeMP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh/wBC&#10;nrv/AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8ABZL/&#10;APE0fXMN/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mj65hv+&#10;fi/APqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXMN/z8X4B9UxH8&#10;kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqmI/kkc1RXS/8A&#10;CtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+FaeMP+hT13/w&#10;WS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A4LJf/iaP+Fae&#10;MP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh/wBCnrv/&#10;AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8ABZL/APE0&#10;fXMN/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mj65hv+fi/A&#10;PqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXMN/z8X4B9UxH8kjmq&#10;K6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqmI/kkc1RXS/8ACtPG&#10;H/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+FaeMP+hT13/wWS//&#10;ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A4LJf/iaP+FaeMP8A&#10;oU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh/wBCnrv/AILJ&#10;f/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8ABZL/APE0fXMN&#10;/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mj65hv+fi/APqmI&#10;/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXMN/z8X4B9UxH8kjmqK6X/&#10;AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqmI/kkc1RXS/8ACtPGH/Qp&#10;67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+FaeMP+hT13/wWS//ABNH&#10;/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A4LJf/iaP+FaeMP8AoU9d&#10;/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/wrTxh/wBCnrv/AILJf/ia&#10;PrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8ABZL/APE0vrmG/wCf&#10;i/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9d/8ABZL/APE0fW8N/wA/F+AfVMR/&#10;JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4LJf8A4mn9cw3/AD8X4B9UxH8kjmqK6X/h&#10;WnjD/oU9d/8ABZL/APE0f8K08Yf9Cnrv/gsl/wDiaPrmG/5+L8A+qYj+SRzVFdL/AMK08Yf9Cnrv&#10;/gsl/wDiaP8AhWnjD/oU9d/8Fkv/AMTR9cw3/PxfgH1TEfySOaorpf8AhWnjD/oU9d/8Fkv/AMTR&#10;/wAK08Yf9Cnrv/gsl/8AiaPrmG/5+L8A+qYj+SRzVFdL/wAK08Yf9Cnrv/gsl/8AiaP+FaeMP+hT&#10;13/wWS//ABNH1zDf8/F+AfVMR/JI5qiul/4Vp4w/6FPXf/BZL/8AE0f8K08Yf9Cnrv8A4LJf/iaP&#10;rmG/5+L8A+qYj+SRzVFdL/wrTxh/0Keu/wDgsl/+Jo/4Vp4w/wChT13/AMFkv/xNH1zDf8/F+AfV&#10;MR/JI5qiul/4Vp4w/wChT13/AMFkv/xNH/CtPGH/AEKeu/8Agsl/+Jo+uYb/AJ+L70H1TEfySOao&#10;rpf+FaeMP+hT13/wWS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cn&#10;rv8A4LJf/iaP+FaeMP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8&#10;TR/wrTxh/wBCnrv/AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD&#10;/oU9d/8ABZL/APE0fXMN/wA/F+AfVMR/JI5qiul/4Vp4w/6FPXf/AAWS/wDxNH/CtPGH/Qp67/4L&#10;Jf8A4mj65hv+fi/APqmI/kkc1RXS/wDCtPGH/Qp67/4LJf8A4mj/AIVp4w/6FPXf/BZL/wDE0fXM&#10;N/z8X4B9UxH8kjmqK6X/AIVp4w/6FPXf/BZL/wDE0f8ACtPGH/Qp67/4LJf/AImj65hv+fi/APqm&#10;I/kkc1RXS/8ACtPGH/Qp67/4LJf/AImj/hWnjD/oU9d/8Fkv/wATR9cw3/PxfgH1TEfySOaorpf+&#10;FaeMP+hT13/wWS//ABNH/CtPGH/Qp67/AOCyX/4mj65hv+fi/APqmI/kkc1RXS/8K08Yf9Cnrv8A&#10;4LJf/iaP+FaeMP8AoU9d/wDBZL/8TR9cw3/PxfgH1TEfySOaorpf+FaeMP8AoU9d/wDBZL/8TR/w&#10;rTxh/wBCnrv/AILJf/iaPrmG/wCfi/APqmI/kkc1RXS/8K08Yf8AQp67/wCCyX/4mj/hWnjD/oU9&#10;d/8ABZL/APE0fW8N/wA/F96H9UxH8kj9S7P7laUI+WqFl91K0E+5X8z8z7n9Qcsew7FGKWild9w5&#10;V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWii77hyrsJijFLRRd&#10;9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWii77hyrsJijFL&#10;RRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWii77hyrsJi&#10;jFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWii77hyr&#10;sJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWii77&#10;hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFGKWi&#10;i77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXYTFG&#10;KWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33DlXY&#10;TFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF33D&#10;lXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMUtFF&#10;33DlXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwmKMU&#10;tFF33DlXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHKuwm&#10;KMUtFF33DlXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLvuHK&#10;uwmKMUtFF33DlXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7CYoxS0UXfcOVdhMUYpaKLv&#10;uHKuwmKMUtFF33DlXYTFGKWii77hyrsJijFLRRd9w5V2ExRiloou+4cq7GZZfdStBPuVn2X3Uqp4&#10;hTxC9rF/wj1zpdtLu/evqdrLKm3/AGNrpSNTeoryfwH8QvFWseKvEEGqz6FN4c0T91PqFjayxbpd&#10;m90TdK/3P46v+F/jxoPifW7HTI7HVNPN/u+x3d7Aqw3X+5tZqCD0mivNJvj94ah1z+z/ACNQe0Sf&#10;7K2ppAn2RZf7m/fu/wDHKx7b4xxeFdX8ay65c3N/b2upxW+nWNuqPK+63ifYn3P43o/r+vvCXuHs&#10;dFec+J/jlovhXUXsZ9P1S8u7eBbi8htIEf7Gmzd+9+f/ANA3U3xD8eNB0G/tLOKz1TWJbqz+2wf2&#10;fAjo8X/AnSgD0iiuf8E+NtP8f+HIta0zz0t5WZNlwux0ZX2uj1wNt8bNP8MaXdz6rLqmq79dn02L&#10;ZZxK6ssrrs/1vzKn3N//AI5R9rlA9eorjPAHxR0z4hXGp21nZ3the2DKk9pqMSo6f98u/wDcqvrH&#10;xj0PRIvErXkF8n/CPtEl0nlL+981NyeV8/zf+O0S90Du6K4mH4u6JNqUNn/pKI2krq73bovlRQMr&#10;N83z7t3yVlaJ8ftB1u4eB9M1bTX+xy3tv9ugiX7UkSb38razfw/39tAR989Lor5/8Z/tAr4n8F/b&#10;vCq6ppT2+o28UtxdwRIjI2/eifO/9yu6v/jfpGm22vTrp+qX9pomxLm7tIoniZ9m91Xc6fc/ioA9&#10;GoridY+Lug6Jr8umXP2nfb2D6lPcIq+VFEv975/vfOtVPCHxt0bxhq39npY6lo9w8DXEH9pwIiTo&#10;v39m12oA9BorzFP2gfDT69/Z/kaklo919lXVngX7I0q/fTfv3f8AjlNuf2hNBtvEusaH/ZmszXGl&#10;tL9qlhgi8pPKR2f59/8AsUAeoUV5TpX7Rug6xokuq22ka75KSxRRJ9lXfcPLv+RPn/2P49tbuifF&#10;rSNY0TWNQa1v9N/shtl5aXca/aIvl3L8is/3qJe6B3NFcD4Y+NOh+JLy4s5bPUNEuILX7bs1OJE3&#10;RbN29Nrt/BXFXPx1/wCEt8TeD7bQ7bV9NtbzUdks13BEsN1F5Uv3Pnf+PZ/do+1ykc3u8x7nRRRQ&#10;WFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVz3iTx5ofhLUdNsdTvlhvdSl8q1t0V3d&#10;v+AL/D/t1vXPm/Z5vI2/aNv7rzvubv8Abr5C8Pf8LE/4Xhqv27/hG/8AhJfI/wBF/t77R5Xlb/8A&#10;l38r/wBnoA+wKK8U17x58Wfh7ZPqfiHQfDet6VEu+f8AsGWdJYk/jf8Ae16x4e16z8VaDp+r6e2+&#10;0vYEuIt/9xqANOiiigAooooAKKKKACiiigAooooAK5/x5450r4deGbjXNXaVLK3+T90u92b+BEro&#10;K8U/bA/5Ipff9flv/wCh0AaH/DQq/wDROfiD/wCCL/7Oj/hoVf8AonPxB/8ABF/9nXrdFAHnngz4&#10;2aV4z8S/2C2ka74e1jyPtUVprlj9neWL++nzvXodeKat/wAneaJ/2Kz/APpRLXtdABRRRQAUVk+L&#10;deXwr4X1XV2i85LC1luvK3ff2pu2Vylh4k8V6Vrfh2DXv7KubXWWeLZp9tLE9rKsTy/faV/NT5H/&#10;ALtAHoNFc54z8eWPga3tGuYLm8uLyXyoLSxVHllf/gTotZOlfF3SNSstbnntdQ0r+xvkvIb6NVdW&#10;2o2z5Xb+/QB3NFcDbfGPStupf2lp+paDLYWb3rW+oxRb5Yl/jTa7/wB9P++6veG/iXZ+IbqWCfTN&#10;S0SVbX7av9pxRJ5sX3N6bXegDsKK4bR/i7pWsataWf2HUrOK/ZksdRuIkS3uv9za+7/vtFrI8E/E&#10;iWz+HOn6lq7XOsahdXktrBb26p9ouH3vsRPuL9xP/HaAPUKK4H/hc2i/2NcX0tnqFtdxXS2TaY8S&#10;/a/NZN6Js37f7/8AH/BWV4q+NMum+Ddb1DT/AA9qUOq6av72x1GKL/R/k3o8u2X7v+49EvcCPvnq&#10;dFcTc/FGCwsNK83RdUm1W/i81NJt4ovtCp/G/wDrdu3/AIHR/wALa0ibQdP1Oztb3Upr+XyoNOt4&#10;k+0O6pvdNrMi/Iv+1QB21FeeXnxs0bTfDy6rc2OpQ/6d/Z8ti8SfaIJfv/Ou/b93Y3yN/HVi++LV&#10;nYT2lmuh6zc6hPa/apbG3ii821i/6a/vdv8A3wzUcwHd0VxPwc1688T/AA+0zUL65a8uJV3vM6/f&#10;rtqJR5QCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAorB8c63P4Y8G63q9ssT3FhZy3ESTL8jsqb/AJ64xPH+tabq1jZ3eo6NrEV5&#10;Zy3G/TLOWJ7VlieXe6tcPuX5dv30+9Ucwcp6jRXn+m/E62R/Nvrr/R10z+0G/wBD8r/lrt/56v8A&#10;98f+P0x/jZpFtpd3eXmm6pYPa+U7W9xFF5rRS/clTa/3fkerkB6HRXM+EvHNt4tuNQtlsb3Sr2wZ&#10;UntNQVUdNyb0+67/AN+sW8+NOlWGr3tnLpmqfZ7C6W1utRSKL7PA7PtTf8+752/2KAPQKK4nWPi1&#10;pGj6q9s9nqE1pEyJPqcMSfZ7dmTeiv8ANv8Au/N8i1oeHvHkHifWdQsbbTNQRLCeW3lvplX7O7q+&#10;x0T593/jlAHTUV59c/GnSrbV7uzbStW+zWV59iudR8qL7PE7PsTf+93bXb/ZqxrHxa0zR9X+xy6f&#10;qU1osqRS6nFEn2eJ2TciN8+77v8AcWgDuaK8+174zaboN5exPo+rXlpZTraT6hbxRfZ0l+T5Pnl3&#10;fx/3KfN8UYNH+2/aYLvUn/tP+zYLextVR/N/e7E+aX5v9V9/5aAO+orhIfjBp82kS3K6Rq/2uK++&#10;wNpnlRfaPN2b/wC/t+5/t1q6J45i16wtLm20rUv3t09lPC6xb7V1fY/m/P8A+gbqAOmooooAKKKK&#10;ACiqmsXj6bpN7dqu94IHlVP91K8v8MfF2e/0TUNXvtX0u8+xWr3Euk2mmT29xF/21aV1b/vijmDl&#10;PW6K8/8AD3jDxCniDR9P1xNPuU1az+1RPp8DxeQ2zdsfc77/ALn3/l/3K725m8mCWVYmm2rv8pPv&#10;tRL3Aj74+ivCdV/bA8J6Jqlxp95ofiKG7t22NE9rb/8Ax2vY/DGvL4n0Gy1VbO5sIrqLzUt75VSV&#10;U/29rvR9nmD7XKadFFFABRRRQAUVxPxK8W614PtbK80+DT3tZbqK3le4d3f5v7ir/wChbv8AgNdt&#10;R9nmAKKwfHOvT+GPBmt6rbKr3FnayyxJKu9N2z5N+2uBh+LV0nhrUNQi1rSdeuomgt4re30yey8p&#10;pX2b33SvvX/c2/coA9corkfCuva1J4g1DQ9cayuLq3toL2K70+BoldZfNTbtZ3+ZWif5t9Sv8QtM&#10;S31CXyrnfZ36abLb7F3tK0qRLs+f7vzq3+7QB1NFcTZ/FfT7zW4dP/szVIbeWd7eDUZolS3llVHf&#10;Ynz7vuo/8FVdH+M2la3qlpbLpmqW0V7PLaQX1xFF5TSq+x0+/u/8doCXunoFFcD8S/iWvgy80/T4&#10;pLa2u7z5/td9FLLFAv8Af8qL5m+59zetV/GHxUg0HS9E+zahY+bqnzrqE0Er26Iqb3fylfc38Hyb&#10;/wCP79AHo1FZ/h7VYtb0a0u4ryC/SVf+Pi3iZEf/AIA33K0KACiiigAoorifiRrd9o9x4UWxna2+&#10;2a1Baz7P4om++lAHbUVwPjDxzePq8Xhzw0sVzrEvzy3D/wCqtU/vv/tV21gk8NhbxXkqzXaxIksq&#10;Ls3tQBYooooAKKKhubmKzt5Z52WGKJd7O/8ABQBNRXnnhLxtqvjzxN9p0+BbPw1a7kaa4X57p/4N&#10;v92vQ6ACiiigAooqjrcN9c6TdxafPHZ6g8TJBNMu9Ef+B9lAF6ivJ/hd8YJ9Y1mXwh4qs/7K8W2S&#10;7G2N+6vNv8af+hV6xQAUUUUAFFFFAGZZfdSuH+OXiHxHong1IPDWmX1/qF/P9naWxtWuHgi/jf5a&#10;7iy+6laCfcolHmiXzHh/hhF1L4fXfgXTPDXiDR3urG4RtQ1CxliSWdk+d3dk+871n6b/AMJD42uP&#10;h/oMvhXUNETw/Pb3F5qFxA6RfuE27InZPm319B0UfaI+yfLPhXwHdeG/tHhfXPB2v6839orLFcW9&#10;9dRae6/32VX8rcmyrGt/DHXrPxp4l8Z6Vp93NqGkX1u9jp1xBviuolt4t+z5Pmb5Nm9P7lfT1FEe&#10;aPvBL3z5n1fQr7TfH3iDWr7wr4m1jSfEEC3ESaXdXVu67ok/dSpF/wB8fPXX+FfCV1o/xO09oNDu&#10;dK0qDwzLaKnzSxRNvi/deb/E3yV7TRR9nlA8w+Amj32ieEdVg1CxnsJX1i6lWK4iZGZWf5G/3a84&#10;/wCEP1z7bpTf2LqGxfHUt63+it8lv9o3eb/u/wC3X0tRVRfvc39dP8g2/r1/zPLvBmiX1n8a/GV9&#10;LYzw2Vxa26xXDxMkUrb3+69c78S/hxfeJPi7psUVpJN4a1S2RtWdIv3TPA0qpvf/ALeP/HK9zoqV&#10;Hl5f7oS+1/ePnTwl8JdavPCvxDs7yKe2vXSXRdMeZdnm2sSbbf8A4C/9+ofD2lf2xaxRS+B/E0Oq&#10;2WlXSfa9Tvr14oJfs7psiSV9rb9+zYlfSNFTYqMuWR82a94J1m//AGb/AA/oq6VqH9ofbl822hgb&#10;zok3y/Psrq/AHgy50G18R/DnUNPu7nQrhHls9WeD/WrOnzpLLs2+ajb/APxyvaKKqXvc394nfl/u&#10;nzJ4Y+F3ijxJ8NPGE+tWcsPiW6tYrK1S4idHaKB0+T5v7/lJ/wB910aJrnxX8UeHPN8Nal4bt9Ds&#10;7rz7i+ieLe8sXlIibkTd/fr3iiiXvAfL82g+KLzwHafDL/hF71Li3vm3ay8TfZ/K812SXfs27vn/&#10;AL/8FdlonhvVbay+Mqtpl2j38t19j3wN/pW6L5Nn9+vbqKC+Y8G1Ww8S6P8ABfwPBZ6fq6fZ5Yk1&#10;Ox0xXivfK2P8i7fmX5tm7ZWPoNh4th034l32g6LrOj3t79jex/tPzZbh1WJkfY8vzM3/AKDX0jRQ&#10;/e5v7xEfd5T5W03wlrXirxo/l6D4isLe80C4svtetyzyv57RSr87S/d+b+Ct3SrzxBrdx8N9Kl8H&#10;appv9iXifbLh7WVIk228qfJ8n3a+jKKrm/r53I5fdCiiipLCiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAK57xJ4D0PxbqOm32p2KzXumy+ba3CM6Ov/AANf4f8AYroa4y/+D/hfUl8ULPYy&#10;v/wkrRPqf79/3vlfc/3f+AUAWPiR4z0XwZ4X1C51e5tki8htlvM3+v8A9jZ/FXP/ALOWj3mg/Bvw&#10;5bX277Q0D3Gx/vojPuT/AMdemeHv2bPh94Yv0vLPQY5pVfev2uVrhF/76r06gAooooAKKKKACiii&#10;gAooooAKKKKACvFP2wP+SKX3/X5b/wDode11w/xm+HUvxR8B3egwXK2dxKySxSv9zcv9+gDuKK8J&#10;/wCEV/aB/wCh08N/+A3/ANz0f8Ir+0D/ANDp4b/8Bv8A7noAt6t/yd5on/YrP/6US17XXjnw9+Ff&#10;jO2+I3/CY+ONc0/VdQgsf7Pg/s5dn7re7/P8if369joAKKKKAMHx/ok/iTwR4g0q2/4+LyxuLeL/&#10;AHmR9lcPpus6l458TeEUfQdS0pdJeW9vpb6zliRX+zvFsR3T5/ml/wDHK9WooA85+KNtfWHiPwp4&#10;jttPudVt9OeeKe3tInllRJdnzoi/9cv/AB+vPbzTdQ+JH/CyGsdPu7a4a8tbiK0uN9vK/lW9u2z+&#10;BlZ9n/j9e4eJ/CWn+LbWKDUFk/0dvNimt5Wilif/AGHX5lp3hvwrp/hPT2ttPicLLK0sss0rSzSs&#10;38Tu3zO3+/REDydNL0zWYNWubPwV4ivLhNMlhf8A4SG8v97KzJvii89/9n76f3aNB0rVdeuNQ03T&#10;IvEFno7aUysniGJ98U+5NiQSyru27Vfd87fwV7dRRKPMEfdPCfh94ctYG8NabqPhbxC2saTsSW5u&#10;7+8+wwPF/wAtYt7+U6/Lu2JWfb+C9Tt/BnhLULvTdXaLS9TuGvLKxae3u/KfzU3p5W2X+NPu/wAN&#10;fQ1FXKXMEfdPCX0HyfsniXQ/Cusp9i1ZLieLU5bq4u7qLypU3oku9vk82uj8TvqHxF8C+MFtPD9z&#10;YPPZvb2z3dq8V3dNs/uN823c/wAtep0VEvejyhH3Zcx4Vr2mz3niPw/4qudF8RTaVLp32Ke305rq&#10;3vrV/wDcidG2/J/4/Ud/4QisIfDOs23hrXbPTYJ7o3lhaX9419+/RNsu5X83/ll92veaKA5TxGbw&#10;8t5Z6Jc6R4e1mzil8RW9xP8A2m09xcSqqIvmy+bvZV/h/wCAVsak994G+KGsav8A2LqGsWWr2qpE&#10;9javL5UqoibH2/dX5P8Ax+vVqKAOE+Cdheab8OdMg1CznsLtF+a3uF2Otd3RRVykAUUUVABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHP&#10;+P8AR7nxD4I8QaZZqr3d5Y3FvEjts+ZkdUrjJPhX/wAI9rKXPhrSrGzt7/TJbLUYbdFiTf5XyOn/&#10;AANUX/gdep0VHKXzHgP/AAhkviq/1Dw1FdRfbbPQoop/s8v+qlW681Ed1+79ytC2+GmtXllLLLor&#10;WGoI1qm+41q4vXlRd+//AFsr7V+f5Er26ituYx5fsnH6D4bvrD4ieJdXnVfsN+sXkPv/ALsSL/7J&#10;XmMOm+IfEms+O9D03T4H0+91aLz76WVP9HRX3P8AJ/F9yvfqKgs8Rv8A4RX1tqWoWK6bPrGk37RP&#10;9ofXbq3hi/dJE6PbxSosv3K9L8E6Jc6JZahFcqqebqN1cLsbf8jXDun/AI69dHRQEjwGw03XvEmp&#10;eONDsdPgfTb3Wv3+ovOv+jqsu9/k/i+5Vvxt8N/Fmqz3dnBFPf26yxPa3D6s8USRKiL5X2dX2s27&#10;e2969zooX2QPnfxzrFzpsuseCbP+z7yW/wBYS4i2Xi/a082VJXR7f733nf5/7tegW3gnVYdeS5eK&#10;Pyv7fbUP9b/yy8q4T/2qlekUUR/r+vkEve/r+u54/rfgbxUl/rdzYpK9ve60t61paaj9lluIPs6J&#10;/rV+ZPnSt34b6Jr3hLS5oJ9M/wCPzVZbhvN1H7Q8ETbPvO25pW+//wB816HRRH3QkFFFFABRRRQB&#10;X1JJ5rC4itmjS4eJ0i81d6b/APbryq58AeIfHN/F/b1jaaJFa6dcaf51pKj/AGrzdnz7P4VTZ9z/&#10;AG3r12io5Q5jzTwl4e8TXniPR9Q16xg02LSLP7KqRTpL9obZs3/7K/N9yvS6KK1lLnIjHkOG174L&#10;+EfE/jK08UahpSzanbrt/wCmUv8AcaVP4mX/AD/DXc0UVP2eUsKKKKACiiigDj/ij4bvvFWg2lnp&#10;6q8qXkVw29tnyrXRarpUGt2T21y1ykT/AMdpdS27/wDfcTo1XqKPs8oGNrFhdQeF7iz0jbNdRQbI&#10;E1BmuEfb/C7s+5v952rzXWPA3iXxtPqup32mW2iXqwW8VrbpOsvntFL5vzsv+5sX/fevY6KPtcwf&#10;3TifBmm65c+INT17XrGLSrie2gsorSKdJfki819+/wD22lf/AL4rPv8A4fX03xTtNXidU0J2W9vI&#10;d/37pE2Rf+go1ejUUfa5gPEbPwH4vfxHps+oQT3j2V89xLqM2sO8UqtFKvyWu/ZF87/3K2bb4e61&#10;Do3g+2aKPzdN1i4vZ/3v3ImllZP/AENK9Vooj7ofa5jhPG3h7U/+Eo0rxLpGnward2SPE1pcMkW5&#10;G3/cdvut89c5pvw71zwlpvhzULSxttV1Ww8/zdPeVYkRZ0+fyn/h2uif8B3169RQByPwx8MXnhXw&#10;15F9tS7uJ5bhoofuRbv4ErrqKKACiiigArzz4u/8fHgf/sYrX/2evQ6KAPKfEmg3nw01x/E/h61a&#10;5tLptmp2Ozf/ALjp/FXp2m366rptveKrIlxEsqo67HqxRQAUUUUAFUdb0e28Q6Rd6feKz2l0u1tj&#10;bKvUUAeWeA31zwN4ji8J6hE15pUqv9hvki+7t/gf/gNep0UUAFFFFABWfr2sLoOh3upywS3KWsDy&#10;tDEu922pWhRQB4N8NPA2tfEXxbafEjxnE1tNF+90fTETyvIRvuO/8TfLXvNFFABRRRQAUUUUAZll&#10;91K0E+5WfZfdStBPuVYD6KKKgAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAzLL7qVoJ9ys+y+6laCfcqwH0UUVABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBmWX3UrQT7lZ9l91K0E+5VgPoooq&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK80+K/irXrb&#10;XvDXhfwvcxWGq6s0sst9NEr+RFFs/gb/AG3Sq+mzeOvDb67Y+JrxtY0pLFriDW7eKKKVX2PvT5UR&#10;d3yf3f4qAPU6K8f034022m+GfCltY6fqniTVtS05bqK33K920Spvd3b7u6snxl8a9a/tTwPJ4f0u&#10;+TT9UndLqJ4kR5fk/wBV+9+ZWT79AHu1FeaeJ/jYug399bW3hzUtYTTolfU5bT7lkzJu2P8A3m2/&#10;3Kr/APC+7O58ZReHtK0HUNYeWCC6W7tF3p5UqI+9/wC6u16APU6K8ph/aB0ybUIpF0jUH8Oy3S2S&#10;a9t/0fzW+5/+3VXVf2iorBtblg8L6pf6fo0/lXl9b7fKi+RH30AewUVj3/iqzs/Bt34jVvO0+Kxb&#10;UFf+/F5W/wD9BrzTTU8f3PgjQZbHUZX1vXJ1uL69mVHTTomRm2IjfL/sfcoA9jorxfwxf+LfEKeO&#10;PDlz4ja81DQ2t3s9ZtFWLc7I7PE+1EVtm3+5/HXoHwx8VS+NvAej61OqpdzwbJ0T+CVX2y/+Po9A&#10;HUUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAGZZfdStBPuVn2X3UrQT7&#10;lWA+iiioAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDzb4o&#10;eFteuvEvhfxV4ctoL+90hp4p7GafyvPil2fdb7vyMtcLpvwr16/8ea34o/4RiDwxFdaZPbtYvdRP&#10;NcXUvm/vf3Xy/wAaffavoOigD55m+GOvHwf4R0/U/CEesfYNOS3b7JeQRX1rOqfwyu+3bu/uNVh/&#10;h749tvDngK6vIP7e1jRtRllnt/tib/KaLZ99n2tsr36igD521X4QXdt418Qahc+Arbxbaau8V1BM&#10;91Aj2rbEV4pfNf8Avf3N1dL4K+Heq6N8V9a1O50qOw0K40K10+L7POjorqkSvEn8W1dj/wAP8Ney&#10;UUAfM3gP4G6h4SeLTNR8BabrdxBeI8WvfaokTyv9z/W7v+AV03/CtPEKeAfinpi6Z/pes3LPp0Xn&#10;xfvU8pE/v/L9z+Ovc6KAOEv/AAlfX/wPl8ONBs1NvDv2Lyt33Lj7Pt2b/wDfrlLrXte8S/BTSovB&#10;VjJeahPFFa3TxTxRS2S7P3v+tdPn/h/4HXs1Z+m6DY6PLdtY2y232qXzZdn8bUAec+Bpl+HXgu9t&#10;tQ8OXfhvT7WJ7iW+vp7eX7VK333/AHUrturb+Bum3OlfC3RIryJobi4+0XrRP99fPuHlRP8Avl66&#10;3WNEsdetUttQgW5t1bfsf+/V5E2JtX7lABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAZll91Kvfvfs7+Vt83+HfVGy+6laCfcqwKmzU/wDnraf9+m/+Lo2an/z1tP8Av03/&#10;AMXV6ioAo7NT/wCetp/36b/4ujZqf/PW0/79N/8AF1eooAo7NT/562n/AH6b/wCLo2an/wA9bT/v&#10;03/xdXqKAKOzU/8Anraf9+m/+Lo2an/z1tP+/Tf/ABdXqKAKOzU/+etp/wB+m/8Ai6Nmp/8APW0/&#10;79N/8XV6igCjs1P/AJ62n/fpv/i6Nmp/89bT/v03/wAXV6igCjs1P/nraf8Afpv/AIujZqf/AD1t&#10;P+/Tf/F1eooAo7NT/wCetp/36b/4ujZqf/PW0/79N/8AF1eooAo7NT/562n/AH6b/wCLo2an/wA9&#10;bT/v03/xdXqKAKOzU/8Anraf9+m/+Lo2an/z1tP+/Tf/ABdXqKAKOzU/+etp/wB+m/8Ai6Nmp/8A&#10;PW0/79N/8XV6igCjs1P/AJ62n/fpv/i6Nmp/89bT/v03/wAXV6igCjs1P/nraf8Afpv/AIujZqf/&#10;AD1tP+/Tf/F1eooAo7NT/wCetp/36b/4ujZqf/PW0/79N/8AF1eooAo7NT/562n/AH6b/wCLo2an&#10;/wA9bT/v03/xdXqKAKOzU/8Anraf9+m/+Lo2an/z1tP+/Tf/ABdXqKAKOzU/+etp/wB+m/8Ai6Nm&#10;p/8APW0/79N/8XV6igCjs1P/AJ62n/fpv/i6Nmp/89bT/v03/wAXV6igCjs1P/nraf8Afpv/AIuj&#10;Zqf/AD1tP+/Tf/F1eooAo7NT/wCetp/36b/4ujZqf/PW0/79N/8AF1eooAo7NT/562n/AH6b/wCL&#10;o2an/wA9bT/v03/xdXqKAKOzU/8Anraf9+m/+Lo2an/z1tP+/Tf/ABdXqKAKOzU/+etp/wB+m/8A&#10;i6mh+1+b+/aB0/2EarFFABRRRQAUUUUAFFFMmmWFNzUAPoqp9pk/54S/98UfaZP+eEv/AHxQBboq&#10;p9pk/wCeEv8A3xR9pk/54S/98UAW6KqfaZP+eEv/AHxR9pk/54S/98UAW6KqfaZP+eEv/fFH2mT/&#10;AJ4S/wDfFAFuiqn2mT/nhL/3xR9pk/54S/8AfFAFuiqn2mT/AJ4S/wDfFH2mT/nhL/3xQBboqp9p&#10;k/54S/8AfFH2mT/nhL/3xQBboqp9pk/54S/98UfaZP8AnhL/AN8UAW6KqfaZP+eEv/fFH2mT/nhL&#10;/wB8UAW6KqfaZP8AnhL/AN8UfaZP+eEv/fFAFuiqn2mT/nhL/wB8UfaZP+eEv/fFAFuiqn2mT/nh&#10;L/3xR9pk/wCeEv8A3xQBboqp9pk/54S/98UfaZP+eEv/AHxQBboqp9pk/wCeEv8A3xR9pk/54S/9&#10;8UAW6KqfaZP+eEv/AHxR9pk/54S/98UAW6KqfaZP+eEv/fFH2mT/AJ4S/wDfFAFuiqn2mT/nhL/3&#10;xR9pk/54S/8AfFAFuiqn2mT/AJ4S/wDfFH2mT/nhL/3xQBboqp9pk/54S/8AfFH2mT/nhL/3xQBb&#10;oqp9pk/54S/98UfaZP8AnhL/AN8UAW6KqfaZP+eEv/fFH2mT/nhL/wB8UAW6KqfaZP8AnhL/AN8U&#10;faZP+eEv/fFAFuiqn2mT/nhL/wB8UfaZP+eEv/fFAFuiqn2mT/nhL/3xR9pk/wCeEv8A3xQBboqp&#10;9pk/54S/98UfaZP+eEv/AHxQBboqp9pk/wCeEv8A3xR9pk/54S/98UAW6KqfaZP+eEv/AHxR9pk/&#10;54S/98UAW6KqfaZP+eEv/fFH2mT/AJ4S/wDfFAFuiqn2mT/nhL/3xR9pk/54S/8AfFAFuiqn2mT/&#10;AJ4S/wDfFH2mT/nhL/3xQBboqp9pk/54S/8AfFH2mT/nhL/3xQBboqp9pk/54S/98UfaZP8AnhL/&#10;AN8UAW6KqfaZP+eEv/fFH2mT/nhL/wB8UAW6KqfaZP8AnhL/AN8UfaZP+eEv/fFAFuiqn2mT/nhL&#10;/wB8UfaZP+eEv/fFAFuiqn2mT/nhL/3xR9pk/wCeEv8A3xQBboqp9pk/54S/98UfaZP+eEv/AHxQ&#10;Bboqp9pk/wCeEv8A3xR9pk/54S/98UAW6KqfaZP+eEv/AHxR9pk/54S/98UAW6KqfaZP+eEv/fFH&#10;2mT/AJ4S/wDfFAFuiqn2mT/nhL/3xR9pk/54S/8AfFAFuiqn2mT/AJ4S/wDfFH2mT/nhL/3xQBbo&#10;qp9pk/54S/8AfFH2mT/nhL/3xQBboqp9pk/54S/98UfaZP8AnhL/AN8UAW6KqfaZP+eEv/fFH2mT&#10;/nhL/wB8UAW6KqfaZP8AnhL/AN8UfaZP+eEv/fFAFuiqn2mT/nhL/wB8UfaZP+eEv/fFAFuiqn2m&#10;T/nhL/3xR9pk/wCeEv8A3xQBboqp9pk/54S/98UfaZP+eEv/AHxQBboqp9pk/wCeEv8A3xR9pk/5&#10;4S/98UAW6KqfaZP+eEv/AHxR9pk/54S/98UAW6KqfaZP+eEv/fFH2mT/AJ4S/wDfFAFuiqn2mT/n&#10;hL/3xR9pk/54S/8AfFAFuiqn2mT/AJ4S/wDfFH2mT/nhL/3xQBboqp9pk/54S/8AfFH2mT/nhL/3&#10;xQBboqp9pk/54S/98UfaZP8AnhL/AN8UAW6KqfaZP+eEv/fFH2mT/nhL/wB8UAW6KqfaZP8AnhL/&#10;AN8UfaZf4oJP++aALdFMR1mTctPoAKKKKAMyy+6laCfcrPsvupWgn3KsB9FFFQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVma9/x5Vp1ma9/wAeVAG3RRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUVz/AMesv+69S1Fc&#10;/wDHrL/uvQBnaR/x4Q/7lXqo6R/x4Q/7lXqACiiigDMsvupVTxD4w0zwfaxT6m1ykUrbF+z2dxcf&#10;+ikerdl91KyvH/jmx+HvheXVb75/m8qCJPvyyt9xKJS5Yllbw98WvC/irW/7F0y+uX1NF81reXTr&#10;i3dF/wC2qJXY14p4es77w38PvFfi+d4JvGerQS6g0MUu/wAhFT91F/wBK5LR9E0zwZdfDTXPD2oS&#10;Xmt6zPbxXyebv+1LLE7yu9H90j+8fTFYPh7xhbeJNX13T4IJ0l0mdbeV5fuOzRI/yf8AfdfMvg/S&#10;tc8crceJftmm2HiCLVlX+0b7VXiliX/nl5H2f+Pe/wDHUPiq8vn8feI9P1VpLPwfPq1r/a2oWnzf&#10;P9ni+T/d+/8APRH4uX+ugS93+vU+vqK+b9N8H2N/8cfGuor57voMUF1p1pFL+63rbxbK574XaDqu&#10;tweH/FVtfaXbaxLeI95qF3rD+dOrJ88X2f7P97/gVXGPMRKR9Y0V8reLYbSw1vWPEer/AGnUrdNT&#10;VIte0m8VLiz2on+jvby7P9tvkatv+1YIfCXxwWW8VJWur14klfY/zW6bKy5vd5jXl97lPZr/AOIW&#10;nab4v/4R6eKdJUsZdQe42/ukii2b/wDa/jrV8PeJNP8AFukQ6rpVz9psp93lTbWTdtfZ/FXz1f6V&#10;ba34j0+0volubd/BVw7I/wDfX7Oyf+PpWZoMOg6V8DPDVh9mnmuNZ1OVWitLlbdJXV3/ANa7I+1d&#10;v+zT+H3f63aF9nm/ra59O63rdj4b0m71PU5/s1laxNLPLtZ9ir/u1YtbmK7t4p4n3xSrvV/9mvlK&#10;50eB/CHxV0W5s7RLTRle4s7e0unuIrWVrdH+R9ifx/7FafiTTV1LxH4S8HW1naP4f/sx7qK0uL57&#10;WK4l2J8+9YpfmTe/8FFtfu/JiPqCivlebwffTXvw68Pa9qttf27ajfpE+mXnmokXlRfI77E/j3/w&#10;V6h8E7BfDes+OPD1m7f2Zp2rf6LC7fd3RRNs/wDH605SJS5D1iivmf4i/afDHi/xX4VgZk/4Tdov&#10;sb/3XlliSX/x1pXrP1jw9eeLfHPiXRZYrJE0G1ii077dqb2XkJ8/71P3T7/mT/ZrLm93mK+0fVFe&#10;fS/GCBvF13oem6DrOtvZ3CW95e2MCfZ7dm2/e3N/Du/gryez8B/8Jn8VdB0zxPqH2+W18O27yy6f&#10;P+5uG8242Pv2fNWLN4P0jTfD3xrubazWG4sLmWK1dP8AlknyfJTWnvev4Ow173/kv4n07DrzTeI7&#10;jSv7Pvk8qBbj7c8H+jv8/wBxX/vVrV8w/EV2/tLxr8zf8ita/wDpUlS6DoMXgDxl8NbzSp7l5db0&#10;x/tnnNv83b5Wz/0On/X5/wCRHN7vN/XT/M+maK+UfAnh/VfE0Wi+L4p9LsNel1Pzbm9u9YZJn/0j&#10;a8TW/wBn/ufJs31m3nhiCbwl8QPFHn3KarpetI9m/m/JE32jbRH4v68v8y/6/P8AyPsCiszw3cy3&#10;nh7TJ5W3yy2sTs//AACtOiQRCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigArM17/jyrTrM17/AI8qANuiiigAoorO1zX9N8NWEt9ql7BY2sS73llfZVxj&#10;OfuwM5zhThzzNClr5m8Tft5+DdKeWLRtK1PW5U+67KtvE/8AwJ/m/wDHa5e2/wCChULzot14Fkhh&#10;/ieHVd7/APfPlLXvUuH80rQ54Un+B85U4jyulPklX/M+waK8R+H37XfgLx9dpZ/aLnRb9/uxalHs&#10;Vv8AgS7l/wC+tte2xyLIm9W3o/3XrycRha+Fly14cp7eGxlDGx5sPPmFooorkOwzPE76mnh/UH0W&#10;KKbVfIb7KkrbE83+CvJLzxr4n8B3viW0vvEC+J/sGjve+b9mii+xz70WJH8pP49z/wDfqvYNe/tP&#10;+xr3+yPs39q+Q/2X7WzrF5v8G/b/AA15Zonw18Rv4N1fw5qen6NavqsDNc6xb6tLdTS3H8LPE1rF&#10;8u7/AG6j+YoNL1/xvo1/b6fcajF4ku9X0dtSs0eKK38iVXTenyqm5dsqff8A7lVIPG/irwRqPiC2&#10;1fV4/E/9m6G+qT7beKH7LLtdvK+VPufIv3/m+etvSvB/jNL+31W8/saHUNL0p9N06K3upXiuHZ03&#10;yyv5SeV/qk+REb/fqroHgTxQ/hTWPD+t6fo0La3BcLqGr2mpy3E00sqMu7yntU+X/Z3/AHVq3/d/&#10;rcmP97+tiXwhqvi3R/F+i6Z4g1xdet9Z06W63/ZoovIlXZ8ibEXcvzv9+rPjTVPEuo+MrjRdC1r+&#10;xItO0lNSnb7NFL57NK6onzr8q/un/wC+qq2/wx1rxVq2ny+N7bRptNsNPay+yWM8twl0zbP3rb4k&#10;2fc+7833/vVYv/hvqnhvWWufBlnpENjPpX9lS2N3PLbpBtld0lTbFLu/1svy/L/D81D/AK/EhfD/&#10;AF5HNaV428Y/Ee6srTSNaXw9NBoVvqF06W0Uvm3DvKmz50+7+6/8fp6/ELxR4+uNJttB1JfD0r+H&#10;k1qd/ISXdKyRbIvnVvl/e1d0j4X+KvA09pdeHptL1K4fRYtNvP7Qnlt/3sXmt5q7Ypd/zS/c+X7n&#10;3qmh+FGveEptMn8NT6beXEGhLos/9oSvb/dRESVNiP8A88vuf+P1L/u/1v8A8AuP9fh/wSp4n+Lu&#10;rv8ACbTNT0WJU8UalA8sSbVdLeKL/Wyv/s/dT/elSm+OfG3jOw+E+heJdM1C0tt2nQXFzM8W+WWV&#10;k3P8mzbtp15+zkr+GUtrPxHqltqqad/Z++3n8q3lXe7fOmx2/jrU1D4ValcfBKy8GQ6kl1qUFssL&#10;XF7KzpvC8/Ps+7/d+X7taLeX+IcfhiaHxn8eXngvwhqS6Oyt4jmt5Xsk27/K2ozNK3+yio7fN/u1&#10;geLPiZqFpYeFNPi1OfTL3UbaW9vNQtNMe9liii2/diWJ/v7/AL+zaqq9a/xK+C0XjmXVdStdb1TT&#10;NXutOlsokhuVS3bcv3H+Rm2bvvVWs/hp4j8LQ6DdaLeW2sahZ2M+n3UOs3LojJL5T70lWJvuNF9z&#10;Z82/7y0o/D/Xn/wCZ/FH+u3/AATp77xcsXw3ude02+i1Uw2bSxXezZ5rr9/cv8Pzfw1h2fifxL9v&#10;+7Pf2kF00Ur29n8j7X2vs+T/AGXq1onw4udN+E9x4WlvI3vbpbh5bhE/dK88ryv/AMBXfVvwx4q0&#10;rR7O7s7u58m4TU792R4m/iu5XSm/iHE6bRNbg17TUvLbd5T/AMDrsda0K5T4af8AIro21vnld13r&#10;XV1IBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRWJ4t8YaZ4J0uK+1OVoYpZ0t4tis7tK33EoA26K82uZvFUN7dxav4g0vSpdRZrfR7e&#10;0tZZdn9x3f5NzfOn92jwl8Q9XsvFsXhHxfYwWusSxPLZ6jZNut7zZ9/av3kb/Y/2KAPSaKK4zVfF&#10;t9YfFDR9BRYv7PurGW4l+X596vQB2dFed6R8a9N1caLOukazbafq8qW9tqFxFEkPmv8AdRv3u/73&#10;y/d21heHvGWpar8TfEc+qpq2laJokC/ud1v9nX7/AM8qK7s7fJ8uz+5QB7DRXCaV8YNK1K/0+CXT&#10;9S0231JmSxvruJPKutv93a7sv/A0Wq7/ABp0xLDWL7+yNZ/s/SZ5bee78qLZuWXyn2fvdzfPQB6H&#10;RXnknxjgTVl0iTwvr6atLF5tvYvFBvuFX77K/m7fk/22Wrtr8V9LvPDKazBY6lNuuWsvsSQbrhZV&#10;/gb59v8AwPfsoA7aivLvFnxjlsPBviO803Rr2HWtJibz7G7SD/R22bkd9su11+dfuM1av/Ccv/wl&#10;2lWt59p0qOXS572e1uIInKqvlfM8qSts2bv7rf71HMB3lFcNp3xd02/vbGP+z9StrS/d4rG+uI4v&#10;JupV/gT59y/xffRPu1zXhjxdqE/iTxdrurx6/bWGm3MsEVonlPboixL8mxXdml/i/u/MtAHr1FcT&#10;Z/FfTftWoW2p6fqWg3FlZvqDRagsTbrdfvunlO9O8PfE601q6hik0jVNKS4gae2uL6KLyp1X7/8A&#10;qnfb9/8Aj20AdpRXB23xc0qW8tFax1KHT726+yWurPGv2eeXfs2fe3fe/iZK7ygAooooAKKKKACi&#10;iigAooooAKKKKACiiq95f22m2/n3lzHbRf35m2pQBYoqGa5gtkRp544d7bV3ts3P/cqagAooooAK&#10;KypvFWi2119mn1fT4bhW2eS90iPv/wBynX/iTSNKlSK81Wxs5WXcqXFyqPtoA06KZDNFcwJPBKs0&#10;Uq71dG3o60+gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqK5/wCPWX/depai&#10;uf8Aj1l/3XoAztI/48If9yr1UdI/48If9yr1ABRRRQBmWX3UrM8YfD3QfiFZWlt4hsWv4rWXzYkS&#10;eWLY39/5XStOy+6laCfcoLOP0H4ReFfDF/8AbNPsblLja6f6RqN1cJtb/YlldaPD3wf8IeFdZTVd&#10;M0hYb1N3lO88sqRbv7iM+1f+AV2dFBBxlz8HPB1zr39ry6Kv21281tk8qRM/994t+3/x2rtz8N/D&#10;l5a6xBPpizRay2++R5W/ets2f3/l+VP4K6aigP7xz/h7wBofhi/uL7TLFobu6iWKWZ55Zd6KiIn3&#10;n/uIlZlh8HPB2m69/bFtoqw3qS+an7+Xykb+/wCVv2/+OV2dFAHGal8H/CGq6y+p3OkK927rKyef&#10;KkTuv8bxK+12/wCAVFr3wT8GeJ9Uu9T1PRvOu71dk7pdTxJL8m350R9tdxRQBz8PgDQbbUbe+i0/&#10;/S7ezbT4naVn/wBHbZ8m3f8A7CVjH4J+DP7Fm0r+xc6fLc/a2h+1T/LL/eR9+5P+AV3NFAHHaP8A&#10;CXwnolrqttZ6Vsi1SL7PeI88svmps2fxN/4/Tbz4P+EL/Q7LSp9KZ7Kzbfa/6ZcebF/2137v/H67&#10;OigDlrP4Y+F9OfR2tdKWF9IeWWz2Sy/unb5Xf73zfd/jrW03w3pmj6jqd9Z23k3eoy+bdPud/NbY&#10;if8AoCJWnRQBiar4P0XW9c0zV76xW51DTm32czs37pqz/E/wr8L+M7+K+1fSvtN3EuzzYp5Ytyf3&#10;H2um7/gddXRQBg2HgbQ9K1mLVbPT1hvYrVLKJ0Z/liXfsTZ93+N6rzfDfw5Na67atp++LXm83UU8&#10;+X/SG/77+X/gFdNRQB5No/wuvtb8W+Jb7xVY2iaVe2MWmwWNpO77olfdvZ/kZf4K7l/AegvdaJct&#10;Y/6Ro0XlWL+a37pPk/2/m+4n366CigDik+DPg6HxD/bS6Kqah5/2r/Xy+V5v9/yt+3/xyrT/AAu8&#10;NPo2q6U2mf8AEv1Sf7ReRefL+9ffv+/v+X5/7ldXRQBDZ20Vhaw20C7Iol2Kn9xKmoooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACszXv+PKtOszXv&#10;+PKgDbooooAxvGPiqx8E+GtQ1vUZdlpZxb3r80vjL8cNe+L/AIjuLm8na20pW2W2nxP+6iX/AG/7&#10;zf7VfQ37fvjGaG28M+GYZisczS31yq9W2/LF/wChSV8k+DfD0vjDxfouhxyrDLqd5FZq7fwbm21+&#10;ucLZdRw+F/tCsved/wDt2J+PcVZpXxGK/s6j8Mf/ACaRj0tfeS/8E9vCRjz/AMJLrTt9Iv8A4ivE&#10;vGf7EXxE0XxBcQ6BpS69pP8AywuvtkET/wDAlZlr6PDcS5ZXlyRq8v8Ai90+axPDeZUI88qXN/h9&#10;4+ea+sP2V/2mtUt9f0rwZ4luv7Q066fyLO7l/wBbE38Cu38S/wAP/Aq8f8V/s1/EfwZoVxrGseF5&#10;bXT4F3SypcQzFF/vMI2avM4JmhlWWNmSVW3I6fwVviaGDz3CzhGcZ/8Atphg8RjMkxMKjjKH93+Y&#10;/YqiuD+CXjlviD8NNF1meTfdSxIk/wD11/jrvK/n+vTlh6s6Uvsn9DYerHEUoVY/aCiuP+L2n6nq&#10;/wALPFtpotzc2OsS6VcpZ3FpO0U0U/lP5Tq6/MrbttfNHxF+MXiXxV+xd4RufCuq3qeN/FDWGmwX&#10;djO6XaXG3zZfmT5lbZE9cyl8X/bv4nTf3o/9vfgfY9FfGPjz40eJdY/ZJ8GyaZq99beMtZ1ZdDlu&#10;LSd0u1lieXf8y/Nu/dL/AN917N4x+PVt8PtdtPBeheH9c+IXiezs42vLPSk82W1Xb8jzyv8ALub/&#10;AGm3f991pJcnN/i5TOMueMT2iivkX9ob42eH/iJ8A9B8S2BuVWw8W6T/AGjp0tu32uzliuv3sTRb&#10;d+5Njr935tvy16J4S/aitrnxPo+g+JfBmv8AgZNWi26VqGuQbLe/lX/lkn91tvzfPtpRjzf15XFK&#10;XL/XnY92orgPBnxj0rxbpXi6+lt5dH/4RfU7rTdQiu2TcvkbW83/AHWRlda8v1j9s3TtH0vwLc/8&#10;IP4ivL3xlZve6ZplpGstw3y70Tav95f/ALKl/X3l/wBfcfR9FeKa9+0s+lRaFY2fgPxJrHjDUbP+&#10;0JfDFpEn2uwt92zzbh2+Vfn+X71a/g39ofw14m8A614n1NLnwqvh+WW31rT9UidLiwaJN2x1/i+R&#10;kf5d336cvcA9UorwPw9+1bFf+JfD+n+IfAfiTwfpniGdbXTNZ1aBVt55X/1SfL8ys/8At7fvVtfE&#10;b9oq28HeM08J6D4Y1jx3r8UH2q+sdBi3/YIv4HlZ/l+f5vl+98tAHsVVH0qxmZ2ks4Hd/vO8SVwP&#10;wW+Nun/Gi18QS2OlahpD6NfLYTw6nF5Uvm+Ukr/L975d+3/gNWPj948l+Gnwe8Va9ats1CCxdLHZ&#10;99rqX91bov8A21dKiUuWPMVGPNLlO+RFhTbEqoifwJT6+aP2QPEXi7Q7jxV8NPiBq93rHijQnS9i&#10;u9RuXuLi6tZXdd+9vvKuxP8AvuvP5nufiz+1xrtt4u+F2oeILTQdOtYrC0u761eLTld5We62ebtb&#10;zdqf3m+StbxVSMf5jPm/dyl/Kfa9FeYeHfjvo2s/C/xN4zntp9Lh8OPfxanp9y6+dby2buro+3+J&#10;tu7/AIElY+vftJW2k6F4Vls/Cus6x4o8R2qXtt4WsVV7tItiMzyt9xNm9fvN/HU/195W/wDXY9no&#10;rwWP422Pxc+FvxAtv7I1Dw34g0ODytR0TVotlxBuTcjf3drbX+7/AHa1/wBjz/k1/wCGn/YHipR+&#10;KUf5eX/ya/8AkEvd5P8At78Lf5nsdFfLHwo+KOqeBNb+POm+KtZu7/8A4Re5utasE1C5aV0sv3sq&#10;Im7+HayLXNfsh/FDxnbeEPiPB8QdVvrjU7e2TxFpz6nO8rray+aibd33U3Qfc/2/9qlzRtf+7zf1&#10;+P3FW1t/e5f6/D7z7Mor5b+EXx1fwB+z34a8QeLJ9Z8SeJfFt9e3emaYnm3V3db7h/Jii+/tXZ5W&#10;3+H569A8A/tIWXjDXdX8Pax4c1fwf4n061a9bRtYVfNnt1T78Tr8r/e/vU5e78X2ST2SivlvTf28&#10;dM1jwoninT/h54rvPDUUixahqqW37qw+fZ839/7/APBurs/iF+1h4c8Caj4KtYtL1XxD/wAJbZvd&#10;aY+kwNK8u3ZsTYvzbn31py/ZDmPcaK8e+Ff7Run/ABC8Ua34Y1Xw/qngnxLpcX2ifS9bRUdoNqN5&#10;qOny7Pn/AL1cy/7Zejb31WDwj4iufASzpFL40S2/4l67vlRv+euzds+fZt+eo+0B9D0V5R8RP2ht&#10;K8GXOjado2lah421/WLb7ZZ6PokW6Z7X/n4ZvuKn+9trMsv2ntFm+G3jHxLc6TqWm6r4VimfV/DN&#10;4nlX1q8Sb9nzfI25drIyfL81EpcsZS/lD4j2qivLPgx8cpfjG13PB4M8QeH9KSJJbPVNWtfKiv1b&#10;/nlu+aty1+KVjL8U9W8Dz2k9nqFjpMWrrPKybJ4Gd4vk/wB14v8Ax6qkuWXLIiMuePMdvRXkng/9&#10;pbwx428E+O/FFj5qaf4QvL+0ut7Lvl+ypueVP9l1+7VbxH+0np+g+H/CUlt4f1TWPFXiWyivbHwn&#10;YpvvvKZFZ3f+FVTd87O1Tzf16l/19x7JRXkvw9/aG0/xtbeJYb7RNV8M+I/D8H2q88PatFsuvs/z&#10;bJU/hdHZHXcv92ud+Ev7W2n/ABXs31eLwjrug+FIrWW7uPEmpxeVYxeVu3pv/i2bPvp8tID3yivh&#10;79pP9oy6+J3wB1iOD4eeKdK8P6lPZPY+IL61/wBEnX7bAyP/AH4ldV+VnVfvJ/fr0PxF8cfiDpH7&#10;RXg/wnZ+DtVfw/daddPLaJcWH+n7Ps/+kIzPuRYt7/LuXdv+61OPvcsf62uH2ZSPp6ivM/2kP+SC&#10;+O/l2f8AEnn/APQK8U+E/wC1JF4O+E/w7h1PwN4ktvCS6Zpumy+LprbZZRM0UUW9t3z7fN+Xft2t&#10;Si+aXL6fiEvdjzH1vRRRTAKKKKACiiigArzb403+naNF4UvtX0z+0tPi1hdz+eyfZ2aKXZL/ALX9&#10;z/gdek1DNbRXMTxSoro39+gDjPiR4Y1PW5dE1fSPImvtGna4S0uPkSf7nyb/AOH7n+1XJeKteXxP&#10;4++GVstjJputreNezwy/62CBbeXej/8AfddVD4E1ywfW0s/F+pfZb9W8hLjZK9m7bvuO6M3/AH1V&#10;zwN8MdK8E3FxfK0+pa3dL/pOrXzebcS/8D/hX/YSgDsK8+17R765+Mnh/UorOV9Pi0yeKW4RfkV2&#10;f7leg0VHKH2TxtPDGqx/DP4dWP8AZ8/2uzvNNa5h2/PEqSxb93+5V5/Bmoaxf/Ei2aCS2TVIoEtZ&#10;nX5JWXzf/sP++69Woq5e9zf3v+B/kXzfCeKJZ654wi8H6DL4eu9H/sSdJby+uF2RP5XyJ5T/AMW/&#10;71aF54b1N/hLrenrp8/22XVrqVbfb87I2oO6P/3z89et0UGPKcNqWlXk3xf0LUFtpXsotMvYpbjb&#10;8iOz2+xP/HHrzz/hH/E+neEtQii0/Ukgk8Ry3F5bWny3E9r5S/6r/gf9yvfKKiMf6+dy/wCvwsfO&#10;mm+BtTv9L+JcVjoOqabb6pY7LGHU5ZZZZf3W378u9t27+Cum1jRNT8eeJreddMvtNt7rw3f6ez3c&#10;Wz7PLL5Wzf8A+Pf98V7LRVyjzAeB/D7wTb215otjf+DNY/tawnZ5b651O6+wxfe2yxIzsrP8/wB3&#10;b/erqL3SfEVr4V8e/wBlwyQahdatPcW3y/PLF5UX3P8AvivVKKJe8EfdPnbRPCt5N45u77T/AAjq&#10;0OmS6FdWuzXry4fz5W2fI+538rf833K2fB+j6rNqn9n6Zpmt6PpUtjOl5b63+9iilbYifZ5W+b+/&#10;/H/wCvcKKAPnvwV4AttNfSNI1LwdrF5qdhefNfPqd0un7Vf5JV+fbu/2NlfQlFFAfaCiiigAoooo&#10;AKKKKACiiigAoorm/F/xG8O+BvKGt6rBYPL91X3Mzf8AAVqJSjCPNMiVWFKPNM6SvLP2k7Nb/wCG&#10;j20u7ZLeQI2z/fr0jStVs9bsIr7T7mK8tZfuyxNvRqyvG3g+28c6N/ZlzPLbReesu+H7/wAtX7s0&#10;XCd/fgeP6l4nvHi0fwnrUu/W9D8RWEX2j7n2q3+0Jsl/742b/wDarok8Q+J/E9r4r1ex13+x7fRJ&#10;3t7WxitopYrjyl3v5rMm75v9hlrrvGfwx0jxnrmhavc7odQ0i8iuoriH777X3bH/ANmqGr/CW31C&#10;/v5bTWdQ0ew1Ft+oafasnlXTf8C+ZP8AgG2o97+vkX7v9fMwPDPi3Xvijq6R2eryeG7W10y1up/s&#10;UEUrzzy+b/z1R9qp5X/j1dV8Itc1LxB4HtLvV7n7ZqBnuopbhIli3bLiVE+Rf9ha5fxloMHhvXrJ&#10;tLbxFoKxaclr9q0HTmvUnRXfZE67JdrJu++6fx/erpvg5oN54b+HmlWd9FJDd/vbiWGZt7r5sry7&#10;H/2vnrX/AAmR51r3hLVfAE+u+LL7StA1iyl1NLhorizZ7hYmfbuSXf8ALs3fc2VteJvBOr63rN74&#10;m0+y8O6hBPp1qltaazYtcfd3ttVt6bP9b/tVu3HwdtJ55II9Xv4fD88/2u40NNv2eV92/wC999V3&#10;bflVtvyVb1v4Y/bL+4n0jXtQ8ORXkSxXlvYpE6T7flV/nR9jbfl+TbWf2R/aNjwBrcHiTwRompW1&#10;othBdWcTraJ92L5fur/u10NUdE0ez8PaRZaZYxeTZWcSxRRf3EWr1aS+ImPwhRRRUlhRRRQAUUUU&#10;AFFFYfirxPbeFdMa7m+d/uxp/easK9elh6UqtWXLGJtTpTrSjSpfEbZYL1IFLXzPqPjXUtS8QrrD&#10;ybJo2Vo0X7q/7Ne1/D/x1D4vtZNyrDewD94iV8nlXFOEzXEywsfdl9n+8e/j8hxOAoRry97+b+6d&#10;bRRRX2Z80FFFFABRRRQAUUUUAFRXP/HrL/uvUtRXP/HrL/uvQBnaR/x4Q/7lXqo6R/x4Q/7lXqAC&#10;iiigDMsvupWgn3Kz7L7qVoJ9yrAfRRRUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFZmvf8AHlWnWZr3/HlQBt0UUUAfBP7fCS/8LY0Zv+WP9ixbf+/steQfAs/8Xm8Ce2uW&#10;f/o1a+nv2+fA8l5ovh/xTArObOR7K5/3G+ZX/wDHW/77r5O+GevW/hb4h+GtXvSy2en6lBczlRlw&#10;qyqzV+4ZNU+sZCoU9+WUfzPwfOaf1fPXOf8ANGR+vgP4fhRk+teWx/tM/C5owf8AhNdO/wC+2/wp&#10;f+GmvhaP+Z20z/vtv8K/HfqGLv8Awpf+Av8AyP2ZZjhLfxY/+BIuftDZ/wCFHeNuP+YTcZ/74Nfl&#10;FX6H/Hj9pH4f6p8JfEunaZ4httS1DUbKW1ihtGy5ZkIr89ra2lvLqKCBGeWVkRET+Jq/VOEKNXD4&#10;WrKrHl97r6H5NxhWpYnFUlRlze6foT+xIkifBKLzf4tQndf93ate/wBcX8IfAyfDj4faPoW/fLBF&#10;+/f++38ddpX5dmVaNfF1asPtSP1jK6MqGBpU5/ZiFfA37Mfh7U4/2k3+H08EqaJ8PLrVtSilf7kr&#10;T7Le32f8AeWvvmqlto+n2d/cX0FjbQ3tx/rbiKJEeX/fb+KvNSvK56b+HlPh/wAK+A762/bDi8Be&#10;Rs0Tw9fXXjGCZ/uMs8VrFs/77iuKreNtJg8HftSfEFvF3xA8R/DTTtda3vdM1PTpZUtLxPs8SOjS&#10;p91keJvv/wCxX3R/ZViupPqK2cH29ovKa78pPN2f3d392otW8N6R4hjRdV0qy1JV+6l3Asu3/vqi&#10;L5VH+7p/X3IJe9KUv6/rc+EPFul+D/BPwLk8UeGtX13xPaXvjnSb+81DULSdbi6ZbsM7xb/ml3/P&#10;/vV2nxx+JHh/9oyX4YeEfh9qLa3rUWtxaxdeVBKn2C3iilR3l3J8vzyqtfXb+HdKewisX020eyiZ&#10;Wit/IXykZfubEqLSvCuh6JdS3On6Rp9hcSrtlltLVInf/ga1Sdn/ANvKX3W/yIceZ3/u8v5/5nxp&#10;+1CuveEPi94g8L6LbSvb/FyzstNiuE/1VvcfPa3Dv/2y8qvQPiFpUGiftcfATTLNdlpZ6df28Sf3&#10;FWylVK+lrnSrG/uLee5tLa5uLVt8Es0Su8Tf7P8AdpJ9JsLq+gvZbOCe8g/1Fw8SPLF/ut/DSWnL&#10;f+u33Gu0j5g+P3xHaw+OOn+GvFXjbVPhv4KXSWvbXUdM82J9Sut+x4vNT7uxPm2f7deefB/x5qHh&#10;bwV+0B4h8BS6p4tvbfUUuLG41ZZXu7hfsUWyV0ZNz/7H95a+29Y8N6R4h8r+1dKsdS8r54vtdssu&#10;3/c3U+y0DTdMM32TT7Wz8/asvlQqu/b8q7v+A1HLpKP939bjcvejL+tj89PFXi3wlr118In0z4re&#10;JvH+tv4p0i4v4rtp/sMG64i3u6sm2L5/4N+6vZPC3jDSP2fP2lvilP48vv7EsvFsdre6Pqc0TNbz&#10;rE9xvi3L/Gvmp8lfTFv4B8NWn+o8PaTD8yy/ubGJPmX7r/drzn4s+FPiLfeI4rzw5pngzxZpT2+x&#10;dK8UwPE9hL/z1ilRH3b/AOJNq/cX5qrms7R/vfp/kRf3eWX938zm/wBkvxVY+Ntb+L+taa076fde&#10;Jomge4geJ2VdPtV37X+b+CuZ/aTude+LXxt8G/DXwffW1ne6PLF4h1G7u4/Nt4PK/exLLF/F86Rf&#10;9916x+zx8JtS+Fnh7W5dfvrS88QeINTfUr7+z4vKt4P3SRJFF/sosS/NXpcei2MGpS6gljbJfyps&#10;kukiTzWT/aaoVO0acf5bfgv8wUre0/vX/F/5HyZrej/EH4PfHLwJ8RPHviPRtb0zUp28LXT6Ppz2&#10;rxeeu+Jn+dty+bbxf9913/w9ff8AtgfFBl+4+haR/wCh3Ve63+l2mqokV9aQ3cKMsqpcRq6K6/db&#10;/epsOmWdtey3kdpCl3KqrJcJGu91X7u56tLWP93m/wDJv+CJ+9zL+bl/8lf+SPiH42aVq+mfHXxF&#10;8KLG1lfSfihfWGqpNF9yBP3SXu//AIBbyv8A8Dr0n9o/4i3nh/4n+FfDGs+JL/4deAJ4JribXtPW&#10;VXnuFVdlv5yf6r+Nvn+9tr6Wm0mxur+K+ls4Jr2BdkVw8SebF/utUWsaDpniGBYNV0y01KJG3LFd&#10;wLKiv/wKp5fdjF/Z/wCGX3F/alL+vP7z4g+C2paRqXiP9oifRdc1bxDpkuk6a8Goa55v2i4X/Svn&#10;/eojMtfRv7Hn/Jr/AMNP+wPFXqFt4Y0iz837NpVjbebF5Uvk2yJuT+43+zV2ysLbTbSG1s4I7S1i&#10;TZFFEuxFX/ZSrjHl5v8At3/yW/8AmTL35c39dP8AI+G/2uPCWoWv7QelWWmxM9v8TbODw3eSp/yy&#10;/wBKtWd2/wC2VvLV79t3TrvwDqPhe60e2Z/+Eo0n/hDp3T/lk/2i3nib/vlLivtC60mxvbq3nubS&#10;C5ntW3QSzRK7xN/s/wB2k1DR7DV/J+3WFteeQ/mxfaIlfY/95d38VZRi7RjL+b/yX+X8ypS97mj/&#10;AF/VkfLf7QPibXPgn4D+FXhKz1e58K+Gmgi03WPE1jayyvZJEkS/w/d3/N89eXeAtW8P6n+1bK/h&#10;/wAV694v08+Fr+JdS1yWWXzXWL5/KeVV3r977lfe+paVY63avbahZ21/bt96G4iWVP8Avhqp2fhH&#10;Q7BoWttGsLd4kaKJ4bZE2q330WrceZy5v734qxK92MY+n4O58lfBP/kwDVv+vCf/ANBWsrwz/wAl&#10;E/Za/wCxbuP/AEO3r7Th0HTLbTm06DT7SHT2+VrRIFSL/vimJ4e0pJrWVdNtElsl2WzeQm+Bf7qf&#10;3apaV/ben4Ra/Uy5P3Ps/wDF/wCTNf5Hy58SdFu/E37Uni3SNP2pqGpeAbq1g3tt/eurIleFfDu2&#10;8GXPwhtPDPjD4teNvD2oQQRWF/4LeK6Zt33PKit1+8u7+5X6Pf2TZ/b/ALd9jg+27dv2jyk83b/c&#10;31Rm8GeHptU/tGXQ9NfUN277W9nF5u7/AHtm6pprkjyy/rVv9TeT97m/rZL9D4l+JHhOx+H3xr8N&#10;Xmp+MPE3gPwbf+FLXT9O17Tkli/exSyu9vPt+aJtkqP83+3VrVPDPhCH4JfHXxL4d8Xa1421C90W&#10;4tbzWdWjl2T7Lf8A5ZSv/rdvyL8n9yvtvVdE0zXrfyNT0+01K3Vt3lXcCSp/49TIfDWkW2kvpsel&#10;WUOmuuxrFIESJv8AgH3aU+Z05R/mv+OpEPdlGXp+BmfDoY8BeH/exi/9Ar5r/bb1vVfhd4o8G+Pd&#10;Fs5Lm4vLW68Kz+T9/wDfvFLF/wCipa+tYYVhiSKJVRE+VURfu1W1LSbHWI4o76ztrxYm81UuI1fa&#10;39/5q0qKM6il/X9WFSj7Onyn58fE74e618Ir/wAP/DfT4JXt/iJoujaFdXEX3Irpf9Hu3f8A7ZbK&#10;9p8bXFt8Ff2tdN8b+JN9j4K1LQH0WDUzG7xWU++32pLt+7u8p/mr6evNJsb+e3nubOC5uLVt8Es0&#10;Su8T/wCz/dpdV0ex1u1+zalY21/aN8/k3cSyp/3y1Q5Sm+b7XMy4/Dy/10/yR8s2XifT/jF8cPGv&#10;jXwmzX3hXSfA0uiT6t5brDdXUtx5uxN33tiJ97/brP8Ahf4T1Lxx/wAE5LfQ9GXzdSvdF1GGCLf/&#10;AK1/NuPkr6x03QdM0eyezsdOtLO0f71vbwKiN/wBan0/T7XSrOK0sbaCztIvuw28Soif8AWhwjKn&#10;Kn/XX/McXy1PaHxB8bf2h/AfjL9kiPw9pGrO/iB4NLtZdG+zyrcWssVxB5qS/J8m3ynXe3y16f8A&#10;E7xJpngn9p34Ravrl2um6ZcaLqVlFdzf6p53+y7E3f3vkr3v/hAPC/mzS/8ACOaT5s/+tf7DFvl/&#10;i+f5Ku6l4e0rWvs/9oaZaX/kPvg+1wLL5T/7G77tW3dp/wB5y++PKZqPLT9n/Xc4X9ox1m+Afjtl&#10;bej6POyv/wAArxn4m/8AKPHR/wDsXtB/9Dta+q7qzgvLR7aeCOa3ddjQuu5HX/dqtJo2nS6amny2&#10;Fs9giqq2jxqYtq/d+X7tTFckvu/Arm92P9djE1T4neGtC8Uf8I7famsOr/2dPqv2byJW/wBFi2+a&#10;+/Zt+XenyferC0v9ob4fa3/wi/2HxCsx8US3Fvo+LOdftTQP5Uv8Hy7Wb+PbXdzaPp91dfap7G2m&#10;uvKaLzXiVn2N99d392qsHhTRbX7J5ekWEX2Jma222yJ5G77+z+5Tj/eCX901qKKKACiiigAoopju&#10;sK7m+5QA+isl9eXf8sW//gVW7O/ivF+X7/8AcoAt0UVznif4heHPBk9vBrWrwabLcLviSb+NaAOj&#10;orM0HxJpniewW+0q8jv7Rvuyw0/xDr1t4b0a71O7WR7eBd7eUvz0fCEffNCiq1hexalYWl5Fu8qe&#10;JJV3/wB1qs0AFFFMmdYYnlb7irvoAfRWZ4b1628VaDZarZrKlpdRebF5y/PTNY8SW2iX+lWdysjy&#10;6pdfZYNi/wAXlPL8/wDwGJ6ANaiiigAoopk0y20TyytsiRd7PQA+iqOia3Y+IdOi1DTLmK8spd22&#10;WH7j7X2PWP4W8e2fi+8vY7Gzvfs9rK8RvpYlW3lZW2vsbdQB01FFZnifxDbeEvD+oaveLK9pZxNL&#10;KkKb32UAadFQ2dyl/Z29zFu8qWJJV3/7VTUAFFFFABRRRQAV8s/tLfDfxHqnjL+2bGxn1KxnVIlS&#10;3Xe8TbP7tfU1FcmJw8cVT9nI4cbhI42n7KR5n+z94N1TwT4BW11dPJu5rlp/K3b/ACkZVXZ/47Xp&#10;lFcT8VfE2oeH9I0+DS5Ft73VLyKwW7dN/wBn819u/Z/wKtadONKMaUTooUY4elGlH7J0v/CQ6c+v&#10;f2N5/wDxMkg+0fZ9jf6r7u/d93+KtGvEUS88JfFDXZ77xG159n8NyyrqGoQJvi+eL53SLYrf+O1D&#10;4e+Imtad4l0+KefX9R0+8sbq4Z9bs7e3R2iVHRrfyv8Agf3/APZraP8AX4msviPdKK+ftV8V+L0+&#10;H+n+MYvEs8L6jfbP7PS1i+zxRb3VUT5N275f4nqXUvH/AIu1fVPEU+kW2vu+nXktrYWmn2NvLY3D&#10;xPt/0h2/e/Oyfwbdu6jl/r+vUZ75RXkOp6t4l1rxX4ttoPEFzotrpOmW91Fb20ETP5reb993Vvl+&#10;T/7Ja7X4Y+IbrxV4G0rU77b9rlVkldF+9td03/8AjlEfhA6miiigAooooAKKKKACiiigAryf48SH&#10;y9GU9WaXP/jtesV5t8RfBOu+MNSjMItFs7dcx75W3tu+9/DXy3E9KriMrq0KEeaUuX8z3slqU6WP&#10;hVqy5YxPE9w3YzzXoXwRYL4ruV/6dH/9CWsS4+HN3baulhLqGnpesyqsXmtu+b/gNdl4N+HniTwv&#10;riXsZsWRl8uRfNf7v/fNfjuRZVjsNmVKvKlLljL3j9FzbH4Stgp0o1NZRPXKKKK/os/HAooooAKK&#10;KKACiiigAqK8/wCPWb/dapaivP8Aj1m/3WoAztI/48If9yr1UdE/5BsX+7V6gAooooAzLL7qVFr1&#10;zPDb2kUEvkvcT+VvT+BdlS2X3Up+pab/AGlZIqt5MsTebE/+3QWVESKz1SKKDVfn+5LaXF15rv8A&#10;99VSTxazypKk9l9n83yvs+7/AEj7+zf9+rv9m6heXlpLefZkS1+f90zvv/8AHKLCw1Ow/wBGiaD7&#10;Iku9Xd33qv8Ac2bKCCJ9evJr+4itlgfyGVPJf/XP/tpTrObUH8TXatLF9nWKJ/J+b5fv0aro99fu&#10;8TNbTW7tvWab78X+58lTf2VcpqjzxNE8UsCxS72+f5d//wAXQBUh8ST/ANo28E8tk/my7PKibfLF&#10;/v8Az1F/auq3+jXtyvkWyKrbX+ff/wCh06HRNT/4lkTNbJb2bJ9xm3t/45V6z0eWHQ5bGVl3yq3z&#10;pQBLoL3L6Nbtcurysv30qvDrc7xaeu2P7XcS+VKn9za/z/8AoFXdHtp7OwigufL3xfJ+5b+GqVno&#10;LW3iG7vmlXyZf9Un91/46PtB9krzeJJ7a9RZ5bFEefyvs6S75f8A0Oi51vU9moSwRW3lWsuz5929&#10;vkSov+Ee1NLWKzVrb7Ok6S79zb22v/uVof2PP9i1OLdFvupd6/8AfCf/ABFAfaNO2m+02sU6/wDL&#10;VUepar2ELW1hbwN9+KJUfZVigAooooAKKKKACiiigDyH4tftAt8ItSig1PwrqFzZT/6i+hlTypa1&#10;vg/8YG+Ltrd31t4cu9K0+Jtq3dxKjpK39xK7DxV4V0rxno0ulavZxXllK6u0Lr/EtXdK0q20TTbe&#10;xsYFtrS3XZFCi7ESgC3RRRQAUUUUAFUdVtlubd2Zp0ZFfb5U7xf+g1epkyedbuq/xrRIDnNNuV03&#10;w9b6gzT3NxKv/LWd33v/AMCerD6lqcMr2c62ySyxO8UyK2ynpoLP4eisWlVJYl+V0+5vp8Om3lzf&#10;pc3zQJ5UToqRNv8AvUSAZ4SmuZtGiluZFmd/uv8ANv8A+B1t1meHrC502w+zT+X8n3HiatOrkAUU&#10;UVABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHhPj/APalX4b68+lav4O1KF/vxTeeuyVP76V6H8K/&#10;iFP8S/Dn9tNod3olo7bIPtbJvlT+/wD7tavirwTovjaK0i1qxjvEtZ/tEHnL91q24UWGJIolVERd&#10;iIn8FAD6KKKACiiigArM17/jyrTrM17/AI8qANuiiigDL8S+G9P8W6JdaRqtst5YXS7JYnr83fjv&#10;8CdX+Efim7SO0uZvDkjb7PUNu9Nn9x2/vLX6bVDc20V5bywzxLNFKuxkdNyNX0GT51XymrePvQl9&#10;k+bzrJKGcU/e92cftH48HFJX6IeM/wBi3wH4na4l0+OTQbuVt++3/wBUv/bL7tcTY/8ABP7SYLlH&#10;uvFlzcw/xRfY1Xd/wLdX6hS4sy2ceacuX/t0/LKvCOaQnywjzf8Abx8S/ffYvNfYn7KX7MdxBqNl&#10;4z8V2Ulv9n/f6fY3CbW3fwyuv/j3/fNe/fDf9njwT8MStxpmlRTagv8Ay93aebKv+47fdr0sV8ln&#10;PFX1ynLD4OPLD+Y+vyfhP6rUjiMZLmlH7ItFFFfnh+kFTWNVttE0i91O8fZa2cD3E77d+1FTe9Gl&#10;alBrGnW99bNvt54klifbs+Rqwfiof+LZeLv+wPdf+imryrS/Cum+MPF3w/sdXto76yXwtcStaSrv&#10;il+e1+8n8X3qX9fn/kEv6/D/ADPWPiF45g8AaCmoS20l/NLKlvBaQ/fllb+D/wAcrb0e5ub7S7ee&#10;+sX027lXfLaPKsvlN/c3r8tfKb6BpmpfD2ytL6xtry307xlLZWyXEav5Vu0W94k/2d/8NekL4S8P&#10;eJPitruja9Z2j6VpOnW8Wk6TcxL9nig8r/WxJ937+9P+AU/s839bXCXuy5f63se30V8veD9NXx/f&#10;/Dez8Qq2q6fE9+kX2v5/tVvEn7p33feX7j1Y1XwHoesWvxdvrzTopruw1FUs5tvz2u23i/1X93/g&#10;FRKXKXGPNLlPpmivmnw9o9t4b1b4NavYxeTqet2e/U7v/lreO0UTO8r/AMTfO/36x38rzfDnirSt&#10;F0mwivPE1usWs3Go79YuFlutjo67PuurP8nm/drXl/8AkTLm90+i08c6Zcz67bWfn3l3o2z7VbW8&#10;Ds/zb9mz+99x/uVs6Ze/2lYwXPlSw+fGkvlXCsjru/hZG+61fNb+FNF0S9+ND2elWVhLFBapE8MC&#10;I6qztv2f7L7E/wC+aitrC+8W+I/Cmiy6VoWt2kHhSwltdO8Q3TxRMzK/muqLFLub5U/8cqY/1+Jr&#10;KPL/AF6f5n1HRXzZtu/hHpPhjxjfX1pqUVlBdabeXGmTtdReV+9+zru2pu2P9niqvP4M1XSpPAXh&#10;O50/SdV+1W15e3Vjr1y0VpdXX7r+7E+5lV3ZU2f36CD6bor5cvPA0qQeEvD2rz6bNZS+JJdtjo18&#10;1xFaxMkW+33sifx7n2bP466f4p+BfCHibWbXwPofhfSX126iiW81FbGLfptmuxd+/Z8jeUuxP+AU&#10;Ae+UV4P/AMIloPiH4keJdG8SwQf2Vo2kxf2ZaXe3yoIm3+bLFu+6ybIvn/hrgbS/1fxJZeAtGuUs&#10;NY0qWXUvIh8Q3ksVve+VcIsW51Vt2xXfYm2iPvfCEvd+I+k/FXjOLwrf6FbS2zTPq14lqro33d38&#10;ddFXy7reieIfCtholnZ/2JNep4mf+ztM0y+eW0sN2z907sibdj732bP469Y+A9tpEPhB5bOWWbWJ&#10;Zd2sS3a7Lj7V/wAtUl/4Hvql8P8AXkEvd5f67ne63qq6JpF3qDRNMlvFv2J/FVfwpry+KvC2la1H&#10;E0MWo2cV0sT/AH13Jv2V4PquiaL4qX4oal4o8h9V065W1tZrtl32Vv5SMnlO33Vd3l+5UPw70TSv&#10;Get+HNK8Txw32n2vg/TZbHT7354nZom3y7G+Xd/8RWS978P1CXu/16H0pRXzN4cuJPEOl+EPD2qz&#10;y3fg+XxDdWSzXcu+K8t4vtH2SJv7yvti/wB75KpePNJ07SrH4i+HdG+TQEbS5fs9u37q1ne4ZXRF&#10;X7vyolHMB9TVh+LfFMXhW2sZ5IGuftV/b2SojfdaWVYt3/j9RaB4es/BnhZbDRrRYUii3oir9+X+&#10;+3+09eBWfhbw0nw/+HXiNfsz+Jb/AFjS7i6vty/aLq4e4iaVGf7z7G3/ACf7H+zVX97l9PxYR9+P&#10;N/iPp6ivlS50fWvH+s+OJ54vDf8AaFhfJFFqGt6nLb3Glov3PK/dPtV33/xruruPB/hKC/8AiD4l&#10;1fU4rbW9b06z0vyLj/Wp5v2f55Yt39/+/UuX7v2hfL73Keq+LfFUXhKCxlkga5+1X0FkuxvutLKs&#10;W7/x+t6vmG28MeGk8A/DXxAv2b/hJb/VtNuLq+3r9ourhrqLzUdvvNsbd/u7KzLbR9c8cS+K9SlT&#10;w3baxZatsTVtY1OW3u9L2S/Iifun2q/zp9/5qqL97l/rp/mRL4eb+up9Y1n20zPrN2u9tiKu1N1S&#10;6P5v9kWXnyrczeQvmzI25GbZ9+q9t/yH73/dSmBp1z/iHxtY+HrqGzlW5vL2VfN+z2MDyvs/v7Vr&#10;oK808RQvo+s+IlvYruG01mKJ4NQtLV7jymX+BlT5v/2qAO48PeIbHxJZfabGVn2N5UqOux4m/uOn&#10;8NadcJ4Atr681bVdcuYJYYrxYok86Lynl2om+XZ/Dvqf4teIb7w74Jum0q2vZdQumW1gextZbh4N&#10;3y+ayRK7bUXc/wDwGiQRNTQfHmh+JPEOsaNpl4tzqGkeV9sRF/1W/fs+b/gD1D40+Ivh/wAAWiz6&#10;5qcVnuR3SH70rqv39qfeavFPhLcx6F448Vab4TsZZb19LsNqazY3llEzrLdb2ldrfcv3/l3L83/A&#10;K9Q8ePrE3wc8TtrkFjbah/Zl1vi0+d5YvuPs+dkRv/HamUuWPMUveqcp0l/4z0bSvDcOt3l9Ha6b&#10;PEkscsvy7933Nq/3v9mneD/GGleOdEi1fRZ2ubKX7rvEyf8AoVQ+Bf8AkQPD/wD2DIP/AEUteafA&#10;F9Yh+Cto2h2tjc6h57bItQne3i2/76o7f+O1o1ZyX8pmpc0YyPQfFXxL0XwfqVvp9213c6hPF5q2&#10;mmWct1Kqf33SJGZV/wDiKW5+Jvhy38KWniAXxm0282pa/Z0eSW4dm27EiX5nbd/D96uf1rxhceFR&#10;b+foen3nxE1SLYun6TL5vmqjtsZpWRGWJd/33X+Jq5a88Mf8IHqnwksb6dZvK1O4e6uP4Gupbe4b&#10;/wAfll+WpKPQbL4t+GLzQtQ1c6g1tBpzLFeQ3cb29xEzfcV4n+fc/wDD/eqfwr8S9D8YXdxbWbXd&#10;tdW8SStb6hZy2szRN910WVUZl+X71efaddeHP+Fm/EjUtX+xTaRZwaa0s1wqvFFOr3H/AI9u2/7V&#10;aOm2F942v9Y8az2c9hbvYfYNHt5vlla3+dnldf4d7/c/2U/26lvTm/ul8vvcp0ml/GLwxrGs2mm2&#10;t1c77qV4ra7ms5YrS6Zf+eVwy7Jfu/wNXb18/wD2yzufhL8HILaWN7hrrSUiRG+f908Xm/8AfGx9&#10;/wDuV9AVa+1/iI/lCiiikAVg+Lb+CwsEa5uYrOL5t00rbEWt6uU+IvgO2+IWhxWNzK0PlT+arp/u&#10;Ov8A7PQB414YsInl8R20XjaCa41LckGy8+fe2/5/v/e+euw+DnlaPappja5BqV6k/wA0KT73i+f7&#10;lYj/ALN9ikqf6Zd/L9391/8AZ12Hh74P2Nh46/4Shp5PtfmvKsX8G9kdP/Z6APS68e8fprL/ABr8&#10;L/2HLZQ3v9mXHz6hE7xbN/8AsOlew1ynir4b6Z4t1e11O5utSs9QtYmiiuNOvHt32t/u0P4oyL+z&#10;I8f/ALb1Pwrpfji2iTZ4rn1i1iunsWWKJvPliT91u/1XyS/ff+L5qta3pvim00HxR9s0/VNK8Py6&#10;Z/qtT1r+0nS481NjI7O7L8m//wAcr1Ww+F3h+z8Oahov2Zrm11Hc95Ndv5stw/8Afdm+83+1VWz+&#10;Euh21rqEEsupX/2yJbeWa+vHuJUTdv2IzfdWptpy/wBbCjL3uY4fSvtngzxH8P4oNX1Ka31fTJft&#10;kV3eNLF8qW+x0RvlX77/AHNtY9t4k1e217wfqdimv/2bqmprE2p6nq3mxX8Ur7d/2Xfti+98uxFr&#10;2WbwNpVze6LcyRSvNo0bW9t8/wB1W2fe/vfcSuft/gh4bs9RsrxVvX+wXC3FnC127xWrK2/90v8A&#10;Av8AspV82vN/W5n9k88vH1UeEPGXiL/hINZ+26drTrZol9KkMSrcIuzZv2su3+B9/wDs102mx3Px&#10;C1zxAdQ1LUraLS7O1SCKxvJbVd0sXmvKyq6bv7vz/wByu4f4c6LNoOq6Q8Un2LVJ3urpfN+dmZ99&#10;VNb+Feh69dW88jX1tLFbLav9huni8+JfuJLt+/8A8DrP7PKUeNaJr2uTWvgXw1Y217f2X9irdS2+&#10;naj9glnffKv+t3o38P8AA9dRZw+JbaXwJB4lWRLhfEUvkfaJ0uJfs/2W62b3X7zbf467u5+Evh6b&#10;RtK09YrmzTSF2WdxaTtFcRL/ALEq/NV2y+Hei2MGlRRRyf8AEtumvYHeX52lZHV2dv4vvtVdP67k&#10;y+E8U8Z+LdXtre917Q5fEF5Fb6isX9rTaj5Vov8AfiS1+RXX/b2f8Drb+JOq6lc3Hiq70mPxDfza&#10;ZbfNd2msNZWlhKlur7PK3osv3ldt+7722uz1X4F+FdYuLl54LtIZ5/tH2SG5dbdJf76RfdVv9qrW&#10;v/Bzw/4jvru5uftqreIq3Nvb3TpDcfJt3Ov3WbbS+yaS+LmOX0SXUPFnxP0xrvVdQhtE0WLUGsbS&#10;8eKJ5f3X30X+H5/u1vfG/wAQy6P4Qis7Zbl7vVLlLKJLSB5Zdv332IvzN8iPXS6V4I03RNUh1C2W&#10;T7XFZrYK7y7/AN0uz/4lKt3nh6xv9c0/VZ1Z7qwWVIPm+Rd2zf8AL/wCtJcsv68yY80TzH4RXmn2&#10;eqa74QsbXUtN0pViurGK+triyl2Mm2XZu2N99Gbcn9+sXwxpzeFfhrpniCxvtShWw1h5bxH1GeWF&#10;7f7U8Uu9Gfb9x93/AADdXsV/4VsdS17T9XkWX+0LBWWJ0fZ8rff3f3qitvBmlW3he78PrEz6bdLK&#10;kqu33kl37/8A0Jqn+8EV9k8q/wCElu9S8O67rcuq6z9n1TVYrXTLfTp9jSxJ82yL+5v+bcy7fufe&#10;rG1jUNWTwz8UNJ1C11CwtYNHguoLLU9T+3yxeasqv+9Z3ba3lL8m6vY7z4b6He+ErTw40DJptrta&#10;Dyn2yxOv3HR/4WrNs/gz4fs7XW4P9Nuf7ZgW3vpri8aWWVF37Pnb/fqJR93liVGXvc39bnA6x4q1&#10;XwY2q2K31y/9s6PA+jo8rt5V0yJEiRf3fm+bZTdYufEupeMtW8OWMGs6rb6TYxLA9prf2KVZW3fv&#10;ZW3o0v3P4tyV63qvgbSNYl0KW8tvOfRpVls/m+66/cqp4n+G+keKr+K+n+12d6kTRPcafO9vLLE3&#10;8Dsn3l/2KqXvS/r5Gcfdief6Tp3iXXPFfhfSvEuq6lYXCaVcXF1b2N88XmutxtTc8TfP8le11g6b&#10;4J0rR7+yvLSBoZbO2e1i2N8m1n3v/wCPUx/BNi9087XWob2vFv8A/j8fZu+X5P8Ad+T7taf1+JX9&#10;fgdDRWZoOgweG7D7HbS3M0W7fvu53lf/AL7atOoAKKKKACsTxb4SsfGekvp195ifN5sVxbtsmilX&#10;7jo395K26KAPPk+DljNe6rc6rrWqa3cajpzabO92yJ+6bZ9zykTa3yfwU/T/AIVJbazYarqHiDVt&#10;emsIpYoIr1otm2VNjpsRErvqKAPnPWvB99rc1r4c0228TWdqmp/aHsbuD/QrVN/zOtx5Xzb9+7bv&#10;bbXq03wuiTV9Qu9N17VtEt9Sl828tLGVNkr/AMb73R2i3f7DLXbUUfZCRzieBrNNX13UPPn83WbW&#10;K1nTcmxUXf8Ac/7+vVvwl4YtvB/h+00izlkmt7ffteX7/wAzu/8A7PWxRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFAFZ9Ns5rpLpraB7hfuyvEu9f+BVZooqIwjD4S+aUwoooqyAooooAKKKKACiiigAqK8/4&#10;9Zv91qlqK8/49Zv91qAM7RP+QbF/u1eqjon/ACDYv92r1ABRRRQBmWX3UrQT7lZ9l91KtvbLcom7&#10;zPl/uSsn/oNWBYoqp/ZsX96f/v8Ay/8AxdH9mxf3p/8Av/L/APF1AFuiqn9mxf3p/wDv/L/8XR/Z&#10;sX96f/v/AC//ABdAFuiqn9mxf3p/+/8AL/8AF0f2bF/en/7/AMv/AMXQBboqp/ZsX96f/v8Ay/8A&#10;xdH9mxf3p/8Av/L/APF0AW6Kqf2bF/en/wC/8v8A8XR/ZsX96f8A7/y//F0AW6Kqf2bF/en/AO/8&#10;v/xdH9mxf3p/+/8AL/8AF0AW6Kqf2bF/en/7/wAv/wAXR/ZsX96f/v8Ay/8AxdAFuiqn9mxf3p/+&#10;/wDL/wDF0f2bF/en/wC/8v8A8XQBboqp/ZsX96f/AL/y/wDxdH9mxf3p/wDv/L/8XQBboqp/ZsX9&#10;6f8A7/y//F0f2bF/en/7/wAv/wAXQBbopiJsVF/u0+gAooooAKKKhmtludm7zPl/uSun/oNAE1FV&#10;P7Ni/vT/APf+X/4uj+zYv70//f8Al/8Ai6ALdFVP7Ni/vT/9/wCX/wCLo/s2L+9P/wB/5f8A4ugC&#10;3RVT+zYv70//AH/l/wDi6P7Ni/vT/wDf+X/4ugC3RVT+zYv70/8A3/l/+Lo/s2L+9P8A9/5f/i6A&#10;LdFVP7Ni/vT/APf+X/4uj+zYv70//f8Al/8Ai6ALdFVP7Ni/vT/9/wCX/wCLo/s2L+9P/wB/5f8A&#10;4ugC3RVT+zYv70//AH/l/wDi6P7Ni/vT/wDf+X/4ugC3RVT+zYv70/8A3/l/+Lo/s2L+9P8A9/5f&#10;/i6ALdFVP7Ni/vT/APf+X/4uj+zYv70//f8Al/8Ai6ALdFVP7Ni/vT/9/wCX/wCLo/s2L+9P/wB/&#10;5f8A4ugC3RRRQAUUUUAFZmvf8eVadZmvf8eVAG3RRRQAUUUUAFFFFABRRRQAUUUUAV9S0221jTbq&#10;xvIvOtLqJ4pYn/jRvkdKo2nhTSrC8sby2s1huLK2aygfc3yRNs3p/wCOJ/3xWtRQBzifDrw4lr9l&#10;XSovs/2z+0Nm5/8AX7Nm/wD75pnir4deHPG0sUutaYt5LEuxX81kf/xx66aigDJXwrpEV5plzFYx&#10;R3GnRNFZun/LJGXbUX/CGaL5WqxfYV26tL5t8m5v377ET/2Va26KPiAwf+EG0Mf2J/xL4/8AiSLs&#10;075m/wBHXYq/+yJWP/wpnwYmqvqf9hx/amuVut/my/61X379m/b96u2ooA5nUvhz4c1jVLrULzTY&#10;5r66tfss83mt88W7ds+9UWt/C7wv4hsNPs9Q0iOa306LyrXZK6vEv9zer7q6uigDEufBmh3nhyLQ&#10;ZdPifR4vK22n8Hyujp/4+i0nirwXovjOxitNZsVvLeJvNi+d1dG/3l+atyigDm7D4deHNNtdNgtt&#10;NjSHTpWuLX5m/dSt/H975qzdd+DPg7xJrtxrOo6Ms+p3G1ZblbmVHbau1PuN/s121FAHI6r8KPCu&#10;vWun219pCzRWC+VB+9lV0X+7v3/N/wADq7rHgDw94g0a30q+0qObT7X/AFEO9k8r/cdfmroaKAOc&#10;tPh14c02y021g0yNItOn+0Wqb3bbL97f9/5v+BVd03wxpWj6lqGoWNottd37b7p0Zv3r1rUUAcp4&#10;h+FfhXxdqn9o6rpEd5d+V5TP5rpuT/b2v81Gq/CvwtrenafY3mkRTWmnRJb2qpKyeVEv3E3K26ur&#10;ooAwb/wToeq+HE0G50yN9KRFRbZN6bdv3PmX5qqWfwx8MWGhS6LBo8aaZLIsssW933uv3H3b938F&#10;dTRQAbNiba4xPg54Mh1f+0l0ONL37T9r3+bL8su/dv2b9v367OigDk9c+FvhjxDrKarqGkxzagu3&#10;995rJu2/3kVvmrbsNB0/Tb+7vLa2WG7vfKSd0/i2ptT/AMcrRooA4tPg54Oh1f8AtJdDj+2/avtS&#10;v5svyy7t25U37fv1Y1X4XeFtZ11NavNIjl1NWV/O81k3bf7yK2xq6yigARNibV+4lZlt/wAhy9/3&#10;UrTooAK888P6N4vthqaRXGm2tvLePLEuoWssr7dif3ZV+WvQ6KAODttH8YHxta3d1qOn/wBmLbqk&#10;6W1s6K/zv8u1nb5q7yiigDOttA0601m71WC2VNQvIkinl3feVN+z/wBDb/vqptV0221vTbuxvolu&#10;bS6ieKWJ/wCNWq3RQBDZWcGn2dvaQReTbwRLFGn91Vql4e8N6Z4S0tNP0izWzskbesSM1adFAHH+&#10;KvhL4T8Z6zFqus6Qt5qEUX2dbjz5UdV/ufK/+3U6fDHw0nhptB/s1X0ln3/Z3nlf5t277+/dXU0U&#10;Acc/wl8Jv4XuPDjaLF/Y88qyy2/mv8zr/fbfupfDfwl8J+Er9LzStK+x3CrsV/tUr/L/ALrPXYUU&#10;AcppXwr8K6Jrz61Y6RFDqDO8vm+a77Wb7+xd+1a6uiigAooooAKKKKAGU+iigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqK8/49Zv8AdapaivP+PWb/&#10;AHWoAztE/wCQbF/u1eqjon/INi/3avUAFFFFAGZZfdStBPuVn2X3UrQT7lWA+iiioAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKzNe/48q06zNe/49f+B0AaH9pQf3lo/tWD&#10;+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0&#10;Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v&#10;10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAH&#10;P/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79d&#10;BsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A&#10;9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQb&#10;F/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDa&#10;sH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/u&#10;rRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB&#10;/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0&#10;bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo&#10;/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGx&#10;f7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7&#10;Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+&#10;6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1Y&#10;P79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tA&#10;HP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+&#10;/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz&#10;/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQ&#10;bF/urRsX+6tAHP8A9qwf36P7Vg/v10Gxf7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//&#10;AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2rB/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36P7Vg/v10Gx&#10;f7q0bF/urQBz/wDasH9+j+1YP79dBsX+6tGxf7q0Ac//AGrB/fo/tWD+/XQbF/urRsX+6tAHP/2r&#10;B/fo/tWD+/XQbF/urRsX+6tAHP8A9qwf36iudSge3lXcv3Wrpdi/3VqC9Rfsk/yr/q2/lQBzej/8&#10;g2L/AHKvVR0j/jwh/wByr1ABRRRQBmWX3UrQT7lZ9l91KsX9y9hpd3cqu94omfZR9kst0V454G+N&#10;N94k1TTIryXQrmK9V3lh0y6d7iy2/wDPwn8NdLrfxg0a20ia5spZJpYvIfybizuIvNiaVImli3qv&#10;mr8/8G6gg76iuXs/iRod5Z3dzFLev9lZIp7f+zLr7Qrt9z915Xm/wN/D/BVT/hbvhffbqt5dzXEq&#10;vtt4dMumuPl+/viWLcv/AANKAOzorifEPxa0HStGa5trxry4awa/gS3tZZf3Wzejy7U/dL/tvtqa&#10;w+J2hzfZILm5ZLuXYjOlrK9vFK33EeXZtVv9h3oA7CivP/CvxFVPD/2nXJbu5uGvLqJfsOnS3HyR&#10;S7fnSBH2/wDA62rn4kaDZpaStdTvbzxJKt3DYzy26o33GeVU2r/wNqAOmorG0XxfpXiG8vbbT5Z5&#10;pbNminf7LKkSOvyum9k2s1Z5+JvhyS8eziv3aXc6I/2WXypXX+FJdmx2/wBhW3UAdTRXA/D3xm+p&#10;eEtS8S6pfXb2iz3Euy5054vsturP8qfIjP8AKv3/AJvm31u6l480PSriWCe8Z7iLbuht7WW4dt33&#10;ERFR9zf7CUAdDRXLQ/E7w5cy28UF5czSz79kSWNw8q7dm/emzdF99Pv7fv0r/Evw9C17595PbfY4&#10;nuJftFjcRbol++6bk/er8v8ABuoA6iiuD1L40+HbG1edf7TuWSSFfs66ZdebtldURtrRfd+b7/8A&#10;8UtbCfELw+7wJ/aHktPeNYIssTI32hU3bPmX5floA6SiuSufil4bs5Cn2qeZ90u5bSxnuGXa7o7M&#10;iI+1dyOu7/ZanXvxS8NWcqRPqfnI8SStLbwSyxRI33GllVHWJfmX53daAOrork7n4neGrOXUVlvp&#10;cWDeVO6Wdw6I+/YibtnzN833VrNsPi7pVzqGqxz/AGmGG3niigh/s66+1y7okd/9H2eb/F/d/uUA&#10;d9RXmOqfEphr3n6dqEH9j/2O93/pEDbFlV3X5/k81du37tF/8SJbPxXp8VzqVpDpS3l5b3jorJsS&#10;KJ2Te7J97ev8FAHp1FcnefE7w/YRQyyXNzseJZS66dO6RIzbUeXYn7pX2Nt37d1dSjrNEkqsroy7&#10;1dKAH0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFZ&#10;mvf8ev8AwOtOszXv+PX/AIHQB2dFFFABRRSZoAWiiigAooooAKKKKAExRisnxHqV1o+hX99Z2Ump&#10;XcELPFaQr88rfwqK84/4Wj4i8L3Gs2viuw0yO4ttLl1KB9KkdkbY6Jsbf/FulWgOU9eorybR/iZ4&#10;mtZzba9otvLc3emHU9Nh0ffK0qKyK6Nv/i/exf8AfVMsfinr2gX2p23jDTrO1a10h9aP9luzeVEq&#10;v8j7v4v3T/7NAHrlFeYeDfHfiebxNp2k+KtNsLJ9TsXvbR9Odm2bNm+KXf8AxfP/AA/3am8aeNPE&#10;Vr4lbR/DNlYXUtpp/wDaV62oO64RnZURNn8R2S/980S90UfePRyOaAOa8cj+LfiPxTJYweEtMsZ7&#10;g6RFqt2ups67N5dREuz+LdE1S3vxd1XWzpMfhDTbS7nn0gazOuou67YtqN5Sbf4/nT/ZqZLlf9f1&#10;0HH3j18jIoHSvKvFHxni0n4YWXifTbF7u/1Ff9E05vvOy53/APAVVXNVvGPxc8Q+H/h/o/iSy8Px&#10;3MV1YxXVxNNOqRRM6btu3dup8vvcofZ5j17qKOgrh/i14+X4c+CtQ1SKIXeorG/2Oyzgzyqhc/8A&#10;AVVWdv8AZRq5zxp8W77QrHwo0Vz4e0qbWI5ZZJ/EF09vbx7Anyq3975/0pi+1ynrlFcfD4pu9N8A&#10;za9qTaffTxQNcMdKkZreVf4SjN/s1kwfEm4j1D7NcWtvGqT+VO6Pv2bX2v8Ad/u0DPRqKp6bqVtr&#10;FmlzaTrcW7/ddKuUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAVXvf+PSf/rm38qsVXvf+PSf/AK5t/KgDmdI/48If9yr1UdI/48If&#10;9yr1ABRRRQBmWX3UqW/tmvNLu7aLbvliZF3/AO5UVl91K0E+5Tl8JZ45bfCXxDqujeH9F1f+ybC0&#10;0mKWL7XY3UtxLPu/2GiTZ/321GifBaWw06KBPD3hvSr2L7L/AMTGxnld7jyriJnZ08pNm9Ub5N7V&#10;7NR9ykRL3jyzxh8LtS17UdQuYl0+8tLqe1ZtOu52iS4SJLjejuqPt+eVH+433Kr/AA6+EWp+D/E0&#10;WoSxaXZ2SrcbbSxld/K83ZsRNyJ/cr1N9SgT+Lf/ALlMTUoH/vUR90Je8eT2fwu8UaDpMttpkukX&#10;L3uj/wBm3X2ieWLypfK270/dPuX5fufLUOg/A3+x/ED3N1o+gawss63X9oXDMlxat/dRPK+b/vta&#10;9mR1dNytT6IhL3jxa++C2p3UNpHdWej67bxNeP8AZL66liiieWXckq/un3Pt/wB2s2/+AmtXOk29&#10;nPbaFqtxFp1rawXd3cyo9g8USI/lL5T7l3q7fw/fr3uiiPugcv4J8MXPh6w1WC8ljf7Zfz3S+U38&#10;Mr/+hVyln8NNeSLTNInn0/8AsTS76XUIrtJW+0S7t/yPFs2r/rX+fe3+5XqdFAHP+EvDcuj+EotH&#10;vvLmf96kvk/cdWd3/wDZ685/4UhfTeFbe11P+zde1C3vorhobtnS3uookeJEZ9jsvyS/3G+ZK9mo&#10;oA838MfDSXQb+G6ttP0nQYfsd1btb6ZK7oksr2+x/uJu/wBU/wD45XH/APCh9a/05lg0S2u59Mur&#10;KW+SeV5b2WVHVJZf3Xy/f+583/A694ooA8z8UfDzV9U1Jruzksi62MEUayyMu6WK4gl+f5W2r+6f&#10;5qp+IfhFqOvavrF4l5bWyXVmv2ZNzv5V15qM7/d+7tiRa9YooCPunmOm+BvEvhWW3udI/su/uJ9O&#10;itLxLueW3RZVeV/NR1ifd80r/J8tZlp8JfEGg6Nquh6bc6bc6fq1jFZXN3cM0U0G23SJ2RFRt33d&#10;2zelew0UAeYzfDHVYdO1NbO5svtbawmpWfmu2x0X+B/k+X5Gb+9WFr3wd1rxV4jfXtX0/wAP38vn&#10;/LpNxdSvbsvlRJ/rfK+9+6/ufxV7XRQHKeSX/wAIr6ayaKxttL0eJ9HlsltLeVvKilZ3b5Pk+78/&#10;3/8Axyuft/hvP8Tp5dRVpbCyi1q6vYJbiJopd+x/KdEdP72x/n2173RQB45qHwg1DVNZ/tPV9D8N&#10;+Ibu4git5XvZ5V+zvE7/ADp+6fdvV0+X5fmT+KvXba2WztYoIlVIolRFRPuLU1FABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVma9/x6/8AA606zNe/&#10;49f+B0AdnRRSHpQBGQ3BHWopporSN5ZXWKNV3MzNwKratqlpoelXF9eTCK1gUySO3YV+c/x9/ap8&#10;RfEvWb+w0W8fSPC0b+XDHb/LNcL/AHmb/a/uV7eU5PXzapyUl7sd5HzubZxQyinzVPil9k+uvGH7&#10;YXw08IPPAdal1W8iba1vp1u0h/77ban/AI9XH2X7fvw8urhIptO8Q2yN/wAtZrSMqv8A3xKzfpX5&#10;9Utfp1Pg3ARj77lI/MKnGWYzlzQUYn6v+Avjt4I+Jo8vw/r0N1cdBbzI0Euf91wpb/gNehfw9q/G&#10;fT9SutLulubK6lsrhPuzQttda+4P2W/2sb3xrqdt4S8XGNtSdCtpqKLs89l6q6/3/wDdr5LOeFZ4&#10;CH1jDS5of+TH1uT8Vwx1T2GKjyz/APJT68opAc0tfBn6IZeuXd7p2kXlzp9g2qX0UTPDYrKsXnt/&#10;Cu9vlX6mvGtN8Ga7r3hPxPZan4a1Sy8R65a7p9Svp7P7P5q/MkS+VPK4Td/s17zRQB5BpFp4oOsa&#10;drVx4WurR9C0WWxjsZbu1Z7+d2i/1TpLtRP3P8e3733azdJ8N+IPEHh/xVZ6t4U1TS/EHiWzuYrn&#10;U7qeza1ty8TLFEvlTvLsUbF+723fLXuFGRSl7wHjkfhvxH4317SJdS0vUvB9rp2mSwS3EV/B9oad&#10;9n+qaJn+X5W+Z9v+7Ut94d17wd4hnvNN0/UfFlte6MummWS7g+0QyJLK6vKZXTcref8AwfN8n3a9&#10;e4xR0py94UfdjynhHhXwh4r+GuoQXsehP4ie50O3s510+5gTyLlHld8+aybk/er8y+n3KXSvAniT&#10;4e3uk3llpDeI3j8OJos6WVzFF5U6pF8/71k/dfuv975vu17t1NGBSl739ev+Y4+6fPt38EfGUHha&#10;BNO8R2KXtvpD6eNPfT/Ozul3vslaVdm7an8H8FbOt+AvE9z+z/YeGpY49S1+OzhiaKILAiFV+59/&#10;b8vC7t3zV7SOlFF/eA8b+LXwr8TeK7vVNV0fxDbI76VPZwaTcaf5hYvHtfbL5q7Gf7u7b8u6r+n2&#10;finwr4Y0W3vdDHi65W2lgnWwaC2lg3bNo2yy7GX7+9t+fu/K1eqE80A0X05f6/rULe9zHlnh/wAB&#10;atYfBe88OyxRQ6lc/bGW283ckXm3Dyom/wD2Veuo8GahaRaTcrLcwIy6nqPyvIo/5fZq62ueufBW&#10;izzSzy2amaVmdysjLvZuv8VMCp8NXV/DCMv/AD1eusqrYWFtpVqltaRLDCv3UWrVABRRRQAUUUUA&#10;FFFIDmgBaKKTNAC0UUmaAFooooAKKKTIoAWio3kVE3Myqv8AtUI6uu5W3LQBJRRRQAUUUlAC0UUl&#10;AC0UmR60tABRRRQAUUUUAFFFFABWbq+t2OhWf2q/uoraHdtDytt3N2WtKvNPjNHoUw8Jx+IWu1sW&#10;1hAq2+3Y0vlS7PN/2PvUAXYPEPim5l1MNodjpChWTTEvtTVpbxlz87BEYIv3f4mpvgz4prr/AIgu&#10;PDmr6VceH/EcEQlazmkWWKVP70Uq/eqH4q6dqR1Dw3rOn2ct9FpNy09zb25/eunyfdX+L7tc74x1&#10;nTdf8c/C7VtHbfqF1fuu8f8APr9nl81WoA9l7iuTv/GjWPjzTfDRtN/220luhdeZ9zZ/Dt211h6i&#10;vL/EP/JevDf/AGCLr/0Ks7/18g6M1dG+MXhPXb3T7Sy1OWWW/wCLZmtJ1ilbbu2iVk2bsfw7s1g+&#10;HfinJ4n+JuqaVb3S2elaXBuljuNOnDz/AH9zGVtqxBdq/e+9mudtrOK1+EvwsMUKo/2/Sm+Vf4ml&#10;i3VpPp15quqfFe0stxupbeBItv8AEf8ASPlofuuX92/6f5lctuX+9/wTu9E+J3hnX9V/s2x1Ivd5&#10;bYHtpY1l2/e8t2UK/wDwEmq7fGDwnG2obtUYLYM6XT/Y59kTK+xsvs2/erzK21fTvFkPgHQ9Cg26&#10;1pN0r3qovz2CL8su/wD3m+atK/sYP+FJ+Jj5C7p9avPN+X7/APxMn+9WvUy5jsm+N/g1jKv9p3Ql&#10;i4aFtNullb/dTytz/wDAa1B8SvDf/CMp4gOpD+ynfyll8qXezf3fK2793+ztzWDq1lB/wvLw3KYI&#10;966Pf/Pt/wBu3x/7NXmtprFxoPg/UnjEVnaN4qlSa+e2SX7JF5S/vVVvl3f41nGXNH+u9i+v9drn&#10;pniP416DpPgnUPENoLjUfsYdDaNa3ET+aqbtjhot0f8AD8zLWnZePbfUPEGk2dq6CC9spLzFys0M&#10;4Rdvz7Gi+7838TL1714rBN/wkGmfF9rDU73XY7jTt0V3dLErT/6Oi7v3SIv8H9yuq8TX6eNfF9pL&#10;oFyLkXvhLU4rWaL++3lbKUlKP9eTF/X4o9E074m+HdV1g6da6g8l38+0NbSpHJt+8ElZAjsP7qsa&#10;5fwp8VDrvifxHNPqMdhoOkSNEYJ9MnR2VU+eVp32r9/d8m3d8n+1XGfD2HRtUfwrpt14h1ybWtLu&#10;Wl/sMxWqfZX2upd9lurbfn/vfx10l7fXmleDviRdWNpHdyprNw3lyweagXyotzbf4u9X8P3f5Dj7&#10;39ep3mh/Ezw54ja6+x37q1rF9omW7tpbVki/vnzVX5fem+G/iX4c8W35tNOvpJLhYvNVLizmt96/&#10;3kMiLu/4DmvErfVNP8QfETUPJ1jU/F2ny+GryGWYxQRNKmU3JF5USf8Aj9bfhHW49W1e00jQtVXx&#10;Lbppt0m+4tkiu9K+5sRni2q27+5s/g+9Rb+vvI/r8j1G0+J/hu81saRHqLG+aTyl3W0qxO/91Ztv&#10;lu3+61dh6V80eB7LSby18O6DrPiPXW13TtQ3NokUdqfKlSU/vd3keb5Tff8Av19L+lH2Sn8QDpS0&#10;g6UtMYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAVXvf8Aj0n/AOubfyqxVe9/49J/+ubfyoA5nSP+PCH/AHKvVR0j&#10;/jwh/wByr1ABRRRQBmWX3UrQT7lZ9l91K0E+5VgMmmWGLc1Y9zcyzfeaptSm33G3+5VT+Jf96oA5&#10;zxV480Xwe+3ULxUlf7tunzv/AN8VV8PfFHw94nuvs1tfLDcO3ypcL5W//vqvnHxbeT3/AIl1CW53&#10;eb5v8f8ABWO7tD8ytslT7rpQB9rQzNC25WrYs7n7Sn+2lcvo80tzpFlPL/rZYInb/f2VpWc3kzo9&#10;AG9Xndz8S7y2+OkXglobZNMfRf7Va7fd5qN5sqf7u35K9Er48/ac8J+JfGvx1l03w5Kr7/CSPfWK&#10;S+VNfwLcSs9qjfwtKu5P+B1HN70f66MT+H/wH8z6Nv8A43/DnSrWyub7x/4Xs7S9Xfay3Gt2qJcJ&#10;/fR2f5vv1bf4teB4fDUXiGXxn4dTw/LL5UWrPq0H2R2/uebv27q8M+K3x48I698NvC/hPwn4j03w&#10;8njBfsqXd7OtlDpdgqo9xv37dsuz90sX3t8v+y1Z/jnXvCvg+D4X6V4O17wppWlQLeJB43u4or23&#10;s5V8rfEm35fNl37vvr/qqsXNrE918YfGPw54Z8AL4str6DXtPumSLTv7JlWf7fcM+yKKJ03KzO3y&#10;Vy+ifHjVdYutd0NvAGpWfjXS4FuovDc1/BvuoGdFd0uN/lfJvX+OvnLw3eT3Pwv1XX21D/hIdN0b&#10;4opqV5qdpZtEjW63VrLLcLF8+1fvy/8Aj1e1eFfFOleNv2n7/wAR6DfQ6p4f0nwzPa3Wq2ku+0SV&#10;5bV0RZfut8sT/wDfFKPxf12v+ehrKP8AXzt/wTo9K+OPiN/H+ieFdc+GWqaDcapBPcLK+p2d15UU&#10;Wze7pE7tt3SxJ/wOrmg/Hqz174vzeA18P6zYzpatdRXuoWr26yqruvypKqtt3RN833WrG+A95P8A&#10;Ebxf4u+JU6t/Z955WkaF5q/P9igd3d/+Byy/+QqzNY5/bd0j/sUk/wDRt1V0480oxl/e/JtGM/hl&#10;y/3fzSPeNQ1C10mwuL6+uoLOygjaWe4uJVWKJV++7M33VrH8J/EPwv47iuJfDHiXSfEkVqypO2k3&#10;8V0se7+95Tttrxz40WnjHwj8PvE2p+I/EGk+MNEZ4Eg0678PrDb2G67i2XUrK0u9Lf8A1rfJ/B/D&#10;XJfAvXpdY/an1Vm8cab453+D9j32k6ctrbrtul2J8jssuze//fdRB80uX+trly9yJ9EfE74hWPwu&#10;8Ean4l1GKSaKyiZ1t4f9bO/8CJ/tPU3gzxzpvjbwHpXi2Bvs2n39gt6wuG2eQrJvdH/u7P4v92vG&#10;fj1J4h8e/Frwh4O8K2Om6pLoar4i1O31a8ltbf8A1v8Ao6s6RStu/dS/w15lq9zr2ieBPih8OfFG&#10;mwRXEWoxa+un6PPLdRPpcuoRXF6sW6JGZVSWVdmz+B6cfh/r+u/3Cl8X9df6X3n0frXxr8NXvgXx&#10;Rrfg7xJoXim70Sxa7aLTtRiukVtrbN/lN8v3Kk8AfGzwv4w8PafLP4l0BNdfTotQvtMi1GLzbXci&#10;N86b9yr8/wDHXmnxI8VfDbxtoniu88L31prfiCz8KXkTXek/vYYrVvK/dSyr8u7cibE3bvkeuKud&#10;HsdBl/ZaXT7OCz+//qV2f61Ldn/77f5qS96XL6fqP+X/ALe/Q96+F3x78I/FbRtY1LStX09IdLur&#10;qK6/0+J9kUUrp9oba3yxOqblb+461u6V8WPBOu6TdarpnjHQNS0qz2/ab601OCWGDd8qb3V9qV8m&#10;+IbmW5+A/jjQ7G+iS90vxrdXWtWiRfapbWz/ALaeV5XtfvSxeV82z+JarfELRdN8QaP498QN8TdL&#10;+IWoS6LBZXUWiaOtvb+U1/a7HllWV1dvk+59753pr3l/27+lxR3/AO3v1sfW3/C5vAP2P7X/AMJx&#10;4b+y7pV+0/2xBs/dbN/zb/4PNi3f76f361bTx14c1Hwz/wAJJaeIdLufD6q0ratDdxPabV++/m7t&#10;vybWrw3WPCukf8LX+A9n/Z9t9nstF1K4gi8pNkTf8S/50/77euD1LXIvDnhr4vn+yrG8t3+IG1Zt&#10;Rg820052+y/6VKmxvlid/N/4BSl7q/rul+olLmV/62b/AEPqnw98QPC/i3TLjUtD8TaRren2v+vu&#10;9Pv4riKL/edX2rUXhv4neDvGH23+wfFuia39gXfef2dqMVx5H+/tf5P+B18WWPjB4fH/AMatQl1X&#10;TfijF/wiyvK9vpn2exutssS73RfN81U3u7Om75a2/D3iRtY+LWiN/wAJ1o3i3/iitUiaHQdOW3is&#10;E821b7O7o77m/wBj5WX+589N+6ub+7/n/kVL3V/Xl/mfVVp8afh9qV49taeOvDNzdrB9oaGHWIHd&#10;Itu7fs3/AHNvz762/DHjfw945s3u/Dmvab4htVba1xpl5FdIjf76PXxrf+FdIm+B/wCzEsumWzo2&#10;p6W7I8Sf8tbiJ3/77317F8MUS2/ax+K8ECeTE9nZSsifcZ/Ki+eqhH95KPr+Fv8AMifuxjL/AA/n&#10;Y+gaKKKksKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACszXv+PX/gdadZ&#10;mvf8ev8AwOgDs6KKKAPkX9v7x/caP4X0LwvZzND/AGpLLcXao33oowNqN/suzf8AjlfEfh/Q7vxL&#10;rthpNku68vp1tYFP8TM21a+kf+Cgby/8Lc0Zf+WS6LE6f73ny/8A2NeL/AwZ+MvgX31uz/8ARq1+&#10;4ZFGODyRVIb8spfn/kfg2fVJYvOnRntzRie8D/gnr4nVOPE2lj6RSV4z4v8A2cviF4R1y404+FNX&#10;1SOPhLvTbGWeKVf95Vav1WUf3gM04gHsDXwlDi/MaUv3nLL5H3lfg/L6sV7PmifkBrHw58XeG7M3&#10;eq+F9Z0y1TrcXunyxIP+BMtYenajc6RqNrqFjO1ve2sq3EEqffVl+ZHr9U/2h442+CPjfcoz/ZNx&#10;0/65mvyl7V+i5Fm086oTdaCjyn51nmVRyWvBUpc3Mfrn8K/GkXxC8BaPr6bQ13bq8iL/AAt/drrs&#10;ZH4V88fsNzSS/A6Pzei6hMi/7u1a+iBxivxTMaMcPi6tGO0ZM/b8trSxWDpVpfaijL1+5kstE1K4&#10;hbbLFbSSK391lWvAvg1+0laaT+zh4N8dfFHxGsEurvDaPqUtsqRtPKpZd3lLsVflb5/u+9e8+LGP&#10;/CM6v/16Sf8AoLV8G6PDFc/sh/s9RyorxP4z0bcr/wC69cNG05Tj/g/Fs7pv4V6/gj608F/tKfD3&#10;4h+Jm8P6Nrkkmq+R9qjt7qxntDPFu274vNRPNXP9zdXg3hn4iSfFv9rbxRY32v8Ajuy0XQLqyg0r&#10;R9OtNRsrTfsidnvViRflZ3f/AI+PlZNv8Nd58f4Y0/aL/Z8ZVVSl5qKr/u7LeovgwZD+1J8fVi4k&#10;8+y2/wC99it6qKV/af3ZfhJFS+G381jsvEX7XHwq8MeIb3R73xQpurGXyL2a1sri4tbJt2zbcTxo&#10;0UJ3f32Wt7x/8f8AwF8MdL0bU/EniO2sNN1qRorG7UNLFKyruOHQMvQV8/fsweM/Bfhf9k/V9N8T&#10;6pY2N1p0d9D4h069lVbhJfnWZXRjuZnYP/vV5V4Z0a7XwB+zraavaE2Uni++lsbe4TlLb7O+wbf9&#10;7d+dRy+97NeXverG5cqv6/grn1nd/td/Cux0PQtYvfEps7DWzMdOlubK4i8/yn2t8rJ/e+7/AHv4&#10;c1FZ/tlfCO/t75l8UNDfWcixPpVxYzxag7t0WK1ZBLL/AMAVq4b9oeJJv2qfgf5iqxSW4Zd3ruSk&#10;FpBP/wAFCIpWiDyxeF7h1fb91826/wDoL1jCfNGMu7kvuCT5XJ/y8v4ux7R8OPjl4K+K2larqfhr&#10;W47q00xgt8tzG9rLa/Ju/exSqrp3+8P4W9K5nTf2uPhTq/iO20e28UZmu7hrW2vXs50sbiXfsKRX&#10;TJ5T/N/devKm13T/AAd8Vv2jtXvdITWbKHStIln08R7vtH7y9X5q8N/aA8Yaz4h/Zf0PULvx34Pt&#10;tK1GeC40/wAE6JaxPLaxfwIku9H3Rfdb9196rg4ylH5fibVafJ7v9bJ/qfTut/tWf2V+0vo3w4j0&#10;fUG0u5jmjnuJNDv/ADxOpZV8o7NrxcZ8xVZNvzb8V23gLxBoEvxV+Iy2/jTVtTv7BLZ9R0fUXcWW&#10;kr++2mLcgVd219xVv+WS5rzDxxeQWH7enw7luZo4Fl0C6RWlbbvba9eV+MrTVr/WP2u4NEWR9Rkt&#10;tL2JF9/yvPuPN/8AHN9RzctKL/xfhJjpx9pKX/bv42Ppuy/ax+FV/wCI4dGi8VR+bJO9vFeyW0qW&#10;Usq/eRLpl8p2/wB1q7bwx8RdA8X654g0nSr9ptS8P3X2HUbeWB4mil2I/wDEo3LtdfnXK89a+HIf&#10;DOt/E39mvQtI1X40+BNO8FvaxQrA+nJFLbyIm14vv7vNT567f9ojVrz9nf4qah4ss1muofG3hxtF&#10;WWFd7y6qluy2/wD315US7v8AbrWSs+X1/L+vvRlHXX+v6/yPoe2/aP8Ah3ceArjxmviJU8NW9x9j&#10;+2y28qeZP/ciVk3St7Ju6Va+Hfx58FfFF9Rh0LVZJLvTkSW5tL2zms7hI2Hyv5Uqq5T/AG9u2vmP&#10;4yfD7Vvg5pv7O2i6XrWm+HLTR7y4tJ9Z1KDzbGK9aydImlX/AG/3qK39567Twv4K13UvjTD4l8U/&#10;E/wx4m16z8OXVrDp+i26xTPavKj722v9zcv/AI9ROyvydL/gv6+RF/djL+tz0Xwt+198LPG8s0eg&#10;69daxJb20t5ItnpV1IVSNWZv+WX39qn5Pve1Mt/2w/hpNrGk6XLfa3a3mrXkWn2iXvhvUrZZZ5W2&#10;ogeW3Vaw/wBie+0/w1+x94Q1K8lhsdPtra8ubm4b5FRVup2d2/U1ynwYvx8fPi+vxf1+7t7Hw7YL&#10;JaeD9Kup087978n2p1P3WdPur/01okkqnJ/KaPbmPZviJ+0N4D+F2sQaPrurTDVZYftJsdPsbi9u&#10;Iofu+bIkCO0af7TV0Phv4m+F/FvgePxjpet2U3htrd7htTebZHEi/f8AMLfc24bduxtxXhPwD12w&#10;8I/HL45Wvia+t9L1271GyvYjqEyxNNYfZ9qMrN95Fbza8K+KMV/r/wACfjvq/hb994TuvG7XaXEU&#10;fmRSxKlv9ruE2fei3pL838XzVmnp/wBuqX5f5/gDXvfO35/5H194J/ag+HPxE8TWWg6Jrcw1K8ja&#10;W0S+sJ7NLxV5/cPKiLL8uH+Td8vNed/s/fFE6Tf/ABu1bxl4luF0TRdfVI5dTu3eKzi8pfkXd9z5&#10;s/Ktc7deHfFXj/X/AIaz+KfjP4I1XS7XXrPVdMtNMs0jmvZYvnVIm3/xJvrwuHwxrT/Enx74zvrF&#10;fEnw/wDCvjJbvU/D0Pzyyu1rs+1bPut5Xy/J/tP/AHKr/l5/26/ziS/h/wC3l+Uj9F/CHi7TvHvh&#10;mx17SHnk029iEtu9xbSwM6nlWKSqrD8RXl3hr4h+D/C918V9em8c6zrFrod5JLrFrqAlli0bYmWi&#10;t12fc7/Lur1Twh4p0vxt4X0vXtEuUvNI1CBbi2nTo6N0NfElx/yIH7Z3/X3ff+iXonLk532T/QcY&#10;80V6o+jNK/a9+E2t6zpumWnipZH1KX7PbXj2c6WUkuN3lfaGTyt/+zurnda/aoi0f9o+z+HZ0jU5&#10;NIl0prqS5TQb97gXAlZPkVU+eDaM+aqlc/x1yPx60+2t/wBj/wAJQxQRpDb6ho7xoi8J/pcf3fzr&#10;Q1S/ttN/bf8AA8t5cx2sUvgQorStt3v9oauiMIqpJfytr/yW5zRqc9Pm7pP8T1j4h/tF/D74Yav/&#10;AGTrutuNV8vzZbHT7K4vbiJAu7fKkCOyLt5ywo8SftFfDvwj4J0nxjqfim0Xw1qdytnbapbhp4nl&#10;dGdV+QNt+VW+9Xyz4Cl8c2X7Q/xostL8feG/BurXOvyXH2TxBYedLPa7E8l0dnX5PK2fLVDUfh3Y&#10;+Dvhd8ObSHxXpXjS1vPinZ3TXelKPsiS+Vcb0T+GojHm5fO34tG85crl/dv+R9Lt+2H8JodM0i/u&#10;fFP2LT9Vubi1srq7sriBJWgMXmfM6fd/exfN0bfxXS/Db9oDwP8AFjVdR03w7rEkuqWIL3Gn3tpN&#10;Z3KJ/f8AKmRW2/7WK8n/AGmLSC5/aY/Z0SWNHVbzUiqsue1pVzxNCqft9eEnVVVm8KNub+9891Vw&#10;V+V/zc3/AJLf/ImT5Y/d+Zf/AG6bKDUPgQLO5iSa1uNd0mKaJ/uujX0QZa6i++IHw5/Zw8EeGtJv&#10;p4PDljcx+Xp2lafaPPNMfvP5UESM7ffy2F/irnv23P8Akitt/wBjHo3/AKXw1gnVNO8Mftg6NfeI&#10;ru20201DwFHa6RcXkixxPMl3umiR2/j2tE22sKXwyX80v/bLhP4+b+7+p7D4N+Nng74heG9S1rQ9&#10;XF1Zad5ovopIXiuLQx/fWWB1EqMMdGWuHsv2zfhBf/2c0Hi0Naag0UUd8LK4+yxvL9xJZ9myJv8A&#10;Zdl215fqNzD4i/ag+K2q+GJUu9Ig8Gpa61d2r5ie8SK42Ju+6zojRf7tVb6wtov+CYjxRwRxxt4R&#10;t5iqLwX2Rtu/76pxV483p+b/AMilrUjT/m/yX+Z9I/Er41eDvhJp+mXnifWVtI9Tk8mwit4HuZ7p&#10;tu7EUUSs79vuqfvLXjXwd+MMPxR/ao8bDRde1C/8MW+i2Jh0+4NxElvcfvvNzby7fKf5Vz8v92q/&#10;9pWHhz9p34cal4mubaw0u68By2uk3F86pF9t+0W7SqjN/F5Wyue1DUj4p/aS+On/AAiV5DqOp/8A&#10;CG2tvA9lKrf6V5VxsTcv8X3Kb933vX8Lk/HFr/B+LR7Sv7W3wtbxIujp4mLyNefYPt4s7j+z/P37&#10;Nn2zZ5H3vl+/1qz8Qf2nPhz8KfFSeHvEviB7LWJbZLuKzjsp53liZiqlAiNu5Vvu+lfJfg3RPE3j&#10;/wDZU0zQbn4xeBtI8FT6Pb2VzZXGnok9ltRP3TNv/wBajL/31Xt/gjS1sf237qGSRbuW2+HdvGtx&#10;/e/02ntPk/ra42/dv/W6Pa/CHxR8M+Nhq7aNqEkh0pokvluLeW3aAyRJKmVlVeqSK341nQ/HbwRc&#10;/Cg/EyLW9/gzyvNGorBLnHmeV/qtu/dv+Xbt618vftSa7qHw2+Mni3w/pEFw998WNFs7GxeNflW8&#10;i82Bv/HHt6wxpjeEPiXb/s5WsD/2Ze+L7XVbNNn7r+y4tl/Kn/faOlTBc3z/AM9f8yn7vy/K2n+R&#10;+gaMHUN604kVjXHijR7PUpNPn1Wzgv47drt7WW5VZVgU/NLsznZ/tdKqWnjzwzqDactt4i0q5Opl&#10;vsIivY3+1bG2v5XzfPtb+7TD/EdNRRRQMKKKKACsrXdC0/xJYfZdSs4L2DdvVJ03qGH3WrVooA88&#10;tbLx9p412B9RsNRjZHfS55odskbNv2pIF2qdvy1H4G+F02ka5L4k8S6m+u+J5FaNbhuIrVG/giT+&#10;EV6PRQAUUUUAJRilooAKKKKAExRS0UAFFFFABSUtFABRRRQAUUUUAFFJS0AFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFV73/AI9J/wDrm38qsVXvf+PSf/rm38qAOZ0j/jwh/wByr1UdI/48If8Acq9QAUUUUAZll91K&#10;0E+5WfZfdStBPuVYGFcv/pD/AO9TKlv0ZLjbXj/jz42f2Je3GnaLAs13E2x7ib50R6gA8efBNvEO&#10;oy6no9zHbXEv+tiuPuf7+6srw9+z9c/bUn1q+j+zo3+qtPn3/wDA2rirn4qeLLx9za5PD/sRbUqG&#10;H4l+LLaXcuvXb/8AXVt//oVAH1Qm1F2r8ifw0+vD/B/x1vHuorbXooHidtn2uFdmz/bevcLb986b&#10;fn/3KAOghf8AdJ/u1F9jtvtv2zyIvte3Z52359v9zfUqfcp9AGJN4J8PXKIs+g6XMi/dR7OJ9n/j&#10;lPfwfoL2CWLaLpr2SN5q2/2NPKR/7+zZWxRQBRh0TTLazls4NPtIbSX/AFtukCIjf76UWGg6ZpUE&#10;sFjp9pZ28v3oreBURv8Avmr1FAENnZwWECQW0EVtEn3YoV2IlN+wWz3n2xraL7Wi7FuPK+fZ/c31&#10;YooAhubaC/t5oLmCO5t5V2NDMu9GSqum+G9K0d92n6ZY2D7dm+3gSL5f+A1oUUAQpZwJdPcrBGl2&#10;6qjTbfndF/26a+m2c1w88tnA9w0XlNM8Sb3T+5/u1YooAzNP8MaNpsVxFZ6RZWcVwuyVLe1REl/3&#10;/wC9Vh9KsX+ybrO2/wBF/wBR+6T91/uf3at0UAUU0HTElu5V0+0SW6+Sd0gTfL/v/wB+orPwroth&#10;aywW2kafbW8v+tihtVVG/wB+tOigCv8AYLZ5YpWto/NgXZE+350X/Y/74SoX0fT5oruJrG2eK6bf&#10;OjxJslb/AG/71XqKAMyz8MaRYI622lWNsksXlN5Nqqb1/uf7tMs/Cuh6a26z0XT7Z/m+eG1VPvff&#10;rWooAo/2Pp/kWkH2G28q12vAnlLsi2/3P7tTJYW0N1LcxWsSXcv+tlSL52/33qxRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFfPPx0+AOteIdT/trwjq93a3d1OiXVi906w/M+3zU/u/3mX/f&#10;r6Goo5S+Y4n4V/DSD4aaD9j/ALQu9VvZ9j3V3dys+9/9hf4VrtqKKuUuYxjHlCiiioLCiiigArM1&#10;7/j1/wCB1p1ma9/x6/8AA6AOzooooA+KP+Chfg2XPhXxTEn7lPM064b+7/FF/wC1a+XvhJf2+i/F&#10;bwhfXkqW9tbatbSvM/RVWVd1fqZ8RvAOlfErwreaFq0IltJ14P8AFG38LLX5c/Fr4Xap8JvGd7om&#10;owyGFH3W12y/JPH/AAstfrfDOPpYvAPLKjtJX/8AAX/w5+OcUYCrhMcsxgvdf/pR+r8evac6KRf2&#10;xyP+ey0/+3NP/wCf+2/7/LX400Vz/wCo8X/y/wD/ACX/AIJ0LjmS3of+Tf8AAP1G/aO8VaRY/BTx&#10;bHLf23m3GnzQQqsm7e7IQq/jX5dffbatHGa+lv2Sf2dLvxt4jsPFeu2UsHh6xl8+3SVdq3ci/dP+&#10;0m7/ANAr3cLhqHC+DrSq1eZs8LFYqvxRjaUadLlPsT4AeA5Phz8KtG0i4TZdiIS3K/8ATVuWr0jH&#10;J96FA2jsKcPSvxOtWliKsqs/tH7hQoxw9KNKP2SvdW8d5aywXCB4pFZWT+8tcNB8EPA9v4U0Lw3F&#10;oUaaJoN3Df6da+fLi3ni/wBU4bfuyv8AtZrtbu+t9NtJrm5mjt7aFGkkllbaqKv3mZqfa3cN9bxz&#10;wSJNBIu5JI23Ky1lHQ6DB1zwHoPibXdD1nVNPW81TQmd9PuWZgYGfbuPDc52L96k0TwH4e0PxNrf&#10;iPT9OFtrOtsjX92sjkz7UVEPLbR8qKPl9Ks+LvGOleCNGk1TVrgW9sh24Ubndv7qr/E1X9H1NNZ0&#10;u3vY4bm3SdNwiu4XglX/AHkb5lNPmA858S/sy/DPxh4nPiDVPCdtcas0iStMs0sayurbsuiuEfn+&#10;8prqtf8Ahn4Z8TzeH59S0iG5k0Gf7Rph3Mv2V9uzcm0/3a6zNITxSj7vui+I5XXfh14c8R+J9G8S&#10;anpq3OtaPuNjdNIy+Ru64AbaaePh14d/4Tr/AITMaYg8TfZWszfCV93lHb8m3dt/hXtXUZpaYzlb&#10;b4e+HrLXdd1eLTIvt+uRRQajI7M4uUj37FZW+XjzX/76rzyT9jv4PMmoo/gm0Zb9t0ytcz8n5m+T&#10;958nLt93b1r1SbxRpFuL8vqVqP7P2m7UzL+43fd3/wB2rdhqNvqdlBd20qzW08ayxSq25WVvumlH&#10;3fhK5pHJ+M/g74O+IWpaPqmv6Il/f6NIs1jcedLE8DryMbGXP/AqvaN8NvDfhvX9f1zTtKit9V13&#10;YupzB2b7Vs37Nys23/lq/wD31XWUUyTya0/ZZ+Fln4nHiGPwfarqnn/ad3nSmLzf7/k7/L/8drr/&#10;ABl8PfDvxAj0tde0uPUjpd5Ff2nmMwMU8bh0f5fRlFdVRQBzXjfwPoPxC8PXGieIdNj1bS7jb5lt&#10;LuAOOR8y/MKwfAHwH8CfCz7d/wAIt4eTTpL5PLnla4lnd1x9zdKzMq+y16HSGgDjNO+FHhXSvh0/&#10;gOz0lYPCb2stm2mJLJtMMu7zU37t+G3t/F3rhdL/AGOPhFoV1aT6d4Ua1ls2SWDZqt5tjZfunb5u&#10;K9S1rxTp/h65023vZWSXUZ1tbYKu7e9bQ70re9zBL+U85+IHwB8A/FG4s7nxR4cj1O5s4/LgmS4m&#10;gdV/u7o3XcP96ul0HwNofhjwpb+HNN0q3ttDgg8hLHbvTZ6Hdnd/wKr9hrtjqd3f21pcxTz2Moiu&#10;Y0bmJiu7DfnVm6u4rK3knnlWGGJd0kkjbVVf72aPsi+0eaeCf2Zfhp8O9fh1rw/4WhsdShDeVcNd&#10;Ty+Vu67FkdlX8BXS6H8MfC3hg6+dL0eK3/4SGXz9UO9n+1Ps27m3N/d4+WuktL2DUrSG4t5Y7i3l&#10;VZI5Y23K6t91lartEhnMeBvAOg/Dnw+mi+HbBdN0qOR5Ut0kZ1Vmbc33mb+LNZLfBLwVJaeL7VtC&#10;jNt4sdn1pPPlxeMwO7d8/wAv/Adtd7RTA4/XPhv4a8T+E4fDep6Wt3oVvJFLFbNK4VXifenzBt3y&#10;sorK8c/AzwP8SbzSLvxDoQ1K70lfLsZvPliaJf7o8t14+X+Ku3uppEvbWNT8j7t1XRileXNzEcse&#10;XlPOPiB+z/8AD/4qajDf+KPDkOp38SbEuUnlt5dv+9E67qty/BfwZPouhaMdAt10zQryO/062jZk&#10;WC4jVlSX5W+Zhub73rXYalqdno9m9zfXMVpbp96WVtqiq2jeJtK8RozaZqNvf7PvfZpVfbTj7vwl&#10;S974jK8QfD3w94q8R6Br2q6YLvV9BeV9MuGkdTbs+3fwrbWzsX72fu064+Hvh+78a2vjGbTVfxLb&#10;W32OC98xtyRfN8m3dt/jf866msy61/TbDUbXT7nULS3vrrPk2s1wqSy/7q9WoGeZ/tL/AAz1/wCL&#10;PwubRPDbafHrCalYX8X9qTPFbv5Fwku1mRHb+D+7Vy++Edh8VvAmjad8UPDml3epWnzNFp15cNFC&#10;/wB3MUv7qT7telzTpBE8kjKkaruZ2b5RWfo/iDTdejll0vUrTUoopDHJJaTpKqv/AHW2nhvapTtF&#10;x+YNa8xheEvhL4T8A+Frrw7oGix2Ok3Xm+dbLI7tKZPv7nZixz/vUr/CjwpN8Oh4CfSUPhMWi2A0&#10;zzZNvkL91N+7fj5f71b2m+INL1S5urWy1G0vLi1OyeK3nV3ib0dV+7+NS6vq9lodjLe6jeQWFjCu&#10;6W4upVjiUf7TN0qhL+6cn47+DXg/4k+HbHRPEuiR6np1gyvaxPLKjRNt2ja6MrdP9qoPh/8AAzwP&#10;8L9Sm1DwxoEWlX00CW0sqzyuzRKzMobczd3b866jQPFuh+J7KW70fWLDVraJtklxZXSSop/2mUkU&#10;zRvGnh/xDc3FrpGu6bqt1b/LPDZXkczxf7yq3y0vtC93lOBb9ln4WP4rbxF/wiNsdWe5+2M/nz+S&#10;Zd27f5W/yuv+zXaw+AdAg8cTeLYtORPEMtgumPehmybZX3iPbnbjd7U+z+IHhm+1ttGtfEWk3Oso&#10;zK2nxXsTXCsv3v3W7dxUmp+NfD2g6lBpup69pdhqFx/qbW7vI4pZf91Gbc1JdLFSKPiX4beGPGfi&#10;PQNc1nSEvtW0CR5NMunZg1u7bdxG1ufuL96lvfhv4YvfH1j4yn0iN/FFnA1vb6hubekTDayddv8A&#10;FXW5zS1QHG6p8L/DGteJLrxBeaWs2sXOmy6TLc+YwL2su3fFjdt52LWTpHwD8CeHm8NNp/h+O3fw&#10;15/9lYmlb7L5z+ZLj5/m3Nz8+a9HopR934RS974haKKKYwooooAKazhFyadWB4ruWhtYolbZ5rfN&#10;QBYn8TWkMvl/M5/2avW1/BeLuibeK+Wvi1pvjG58VJLpH9pPp/lL5H2Rm2K/8f3a9w8K3NzZy2UU&#10;7fvWRUn/ANp6AO9NZza3YLqyaWblP7QaLzlt/wCLZn71aJrwz4teNz4C+JdrqCQ/abv+xmWJG+4G&#10;3y/M5/hWl9oX2T3SivL/ABb/AGx4a8BLqN34x1Rb+0tQGFjbWf8Aptw3CIqvA/3nZVXbVDUtT8S+&#10;GvCfh6DX/FNzHq9zI32l9P06Ke+l+T7tvEkTr8n3m+RvlBpjPWnkVFyzBV/2qhW/tpImlWeNol+8&#10;+75a+fpfFOo+NPDUGmaheX0kP/CUJpU81zbfY7ieBoll2ypsXZ9/+6v3VrrNL8K6TpvxT1Xw7b6b&#10;aR+H7zSVup9HFuv2VpN+3d5WNv8ABSX9fdcPP+t7HqaajaSsFjuoXY/wrIpNTedH5hi8xfMx93d8&#10;1eQ+HvCfhu6+LrNovh/SdNtvDsDbpbCyiiLXMvy/eVf4EWX5f9urEHh+x0L48WLWizhrnQrqSV7i&#10;5mnZm+0Rd3Zv++aF73KL+Y9b6ClBwK4HWPH0Umm66lsbzRZ7CGT/AImOsabLFaqy/wASs+1XH+6a&#10;5bwF481O9+IsegzX2s6jYz6dLdJLrelfYpVdXi+7thi3L87f+O0faCXuxPY5JFRdzMqr/ealRlkX&#10;crblavLfjzrOnx6bo/h6+1S20i31u6aK4ubm4SDZAiFnwzf7XlViaD8Ql0P4S3o0O7tNVm0m+fRr&#10;GdZVuImXd/o7bl+98jRf980xnsmo6jbaTYXN9eSrDa20bSySv/CqjLNU1rcx3luk8Lb4pF3K9eVe&#10;NtH8UaP4R8Wpfa3JrukSaBeb3u4IFlil8n+ExImVxu/hqnpN94k8O3fge1utdlubfXUltZbdLaBE&#10;tnWLcjRfLu/h/jZ6APYo3Rx8rK235flqTPGK+dND8Sal8OfAfi3UIdQu9UupfEE9nAlxDE2JWf8A&#10;1uyJEZ2bj5f++a0X+IHirTbHxSYZddubK10W4vLXU9b0P7E8F0i/In+qRXX/AIBS/r8Lh9o96xR1&#10;ryG7PjG11Twjpj+K5PO1Vp3vLhbSD5FSJWVYv3XHzH+LdULeMtb0nw/4ptb7xJDBd6TqSWsWrXls&#10;hmlia3il2LEiqrS/P/d/4DQ9JcoovmjzHs1FeJ+DfiTqd5qPi7TZtSufK0y0+12uoeI9P+xSx/Iv&#10;+tXZF8u/n7ifLVDSviTq0Wv29iura3qVveaVe3Hm6vo62SJLEqOjwN5Sb1+//f8A4aYz3nBowa+e&#10;5/E/juDw14V1geJ1mm1i+ayltprGDyY/mcKy7F3bvl/vV3/gjXNZi8deIvDGpalJrENjHFcQXdzF&#10;Eku11X5W8pEXru/hquUV0ej0UUVIwooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAqrf/wDHnP8A9c3q1VW//wCPOf8A65vQBzeif8g2L/dq&#10;9VHRP+QbF/u1eoAKKKKAMyy+6laCfcrPsvupV3fsgdtrP/sJVgRXln52z/Yr5n1j4G+KLzVr2dfs&#10;OyWeV13z/Ps319K/b5P+fG5/8c/+Lqvcv9p+9p9zv/v/ACf/ABdQB8z/APCh/FX97T//AAKo/wCF&#10;D+Kv+of/AOBNfRzwz/w2c/8A3yv/AMXTEhn/AIrOf/x3/wCLoA+cf+FCeLHX/mH/APgVX0zoOlS2&#10;dnbpP/rkXZRbfuW3fYbl3/4D/wDF1a+3yf8APjc/+Of/ABdAFtPkp9Uft8n/AD43P/jn/wAXR9vk&#10;/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAX&#10;R9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn&#10;/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43&#10;P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/&#10;AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUf&#10;t8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL&#10;1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8A&#10;i6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8&#10;c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCf&#10;G5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXR9vk/wCfG5/8c/8Ai6AL1FUft8n/AD43P/jn/wAXU0N4&#10;8z7Wtp4f9t9n/wAXQBYooooAKKKKACszXv8Aj1/4HWnWZr3/AB6/8DoA7OiiigBvasHxX4Q0bxpp&#10;UunazpttqVtKuDDcRK4H03Ct/tScVUZShLmiZThCpHkmj438af8ABP21uDcXHhfXPszucx2t8GMa&#10;f8D+Zq4Sx/YA8dPdL9t1nQlg/ia3mnLn84hX6BLnNIw5+9ivpqXEuaUo8iqfgfK1eFsrqy5+Sx84&#10;fC/9inwj4JuVvdYI8S3qfMgvIh5S/wDAPut+NfRcMCQQiOJVRVG0BR0qbn60cfSvDxWNxONnz4if&#10;Me/hMDhsFHloQ5R1FFFcZ6ByXxU/5Jj4w/7BF5/6JevLrHS73xLr3gPRV1rU9L02Xw1Pczxaddy2&#10;7yurWgT50f5fvf8AoX96vZtf0eDxHoWpaXcs6w31tJaytFwwV12tt/OsjS/AGn6Tquk6hby3DT6Z&#10;pz6ZCjsu1omaJvm+X72Ykpf1+D/zE/6/A+eNXt7rxX4B0uHVNY1a5k0nxZJpsc6X0qPJF5Rf5n3f&#10;Oy/wv7V6T/Yt14w+IWseG38Q6zp2laBaQRQpZ6nLFcTu8St5ssqvvf738X92unT4M6NHpj2Yub7y&#10;W1f+2i3mLv8AP27dudv3ParPiv4W2PirXP7Vj1TVNC1JoPs8txpUkaNLFz8rb0b+9Qtrf1sv1CXx&#10;S5f61PJtF17XfiPdeAtOu9c1GxUy3lvfT6dcvbveeQn3tyMv3mWjWdL1bU0+JV+nirX7STQ75YdO&#10;ittTnRIR5MTtuXf8/wB7+L/2avZNO+GejaReeH5rJJbcaJC9vbRI/wAjKy7W3Cmf8K20w2/iiHzL&#10;vZ4hn+0XfzJ8rbFX5Pl9FHXdUy5ve5S1y3jzHk3hy91jRNb+Gerya/qeoP4stfN1C3uruV7feyI/&#10;7qJn2xf63+H+5VI69qNvf6L4l0268Xajb3WvwQNql3dpFpM9vLceVtW1+0btu1/lfyv7levf8Ks0&#10;uNfCA+0Xf/FMRiKyw6/OoRE/e/L833B93bXPr+z1oyXNnjWtcOn2WopqVrpvnRfZoJVl81dn7veF&#10;/h+90q3b8fwuZ9Pl/meb2eiN4Y1z4yXthq+sJc29vbJHJPqUr/fZvmzu+98nyt/Dvf8AvVeTXNd8&#10;Wal4d0R18UX1pbeGrC9n/sLU4rW4nmlVgzyyy3ETN/qv9r+OvVdY+Eemavq+s373moWy6xaLa3lv&#10;byIIpAjFlf7u7d8zc571BqXwY0y9/sWWz1TVdE1DSbNNPg1DT5olmaBfuo29GU/98/xVHX+vM0lL&#10;+X+tjhIPEXif4cv4X13xjcX1pYtb3Vhf29zcrJtKrK8ErbWZPNdYol+/956zYp/FS2vhDw7qX/CS&#10;393qVtdarfppOpJb3e9fKRYllluItqr5u/arf8Br1vWfhVouueBYvCV4LibTVaJzJ5n752SVZdzP&#10;t6uy/N/vGrPjH4e2fjFtNla+vtI1HT3ZrW/0xkSaLcu11+dGXaw6/L2qv6/r5/kT/X9fI8Z1G38a&#10;Cy8L6FqWpa54fNxrssEM8t8j3clm3lMnmvFK+47ndPv/AMNbXxW8MxQz2OgaF4k8Ur4u1NY7ezSL&#10;XrpUgRU2vcSrv/hRGf8A23/3q720+EWl2w0Uvf6jdz6ZePfLcXEqO88rbeZTs/2F+7t6VS1f4LW+&#10;q+Nb/wAU23ifxBo+pXkaxOunTQBFVVVflDxP/dFH9fgVf+vmc7/ZGoeNPG+t+G28Saxptl4d0+3+&#10;zva38sUs8su797Kyvul2+V/F/frj7f4geIvFll4R0KVtZvXma/N5Lol1Fa3V0tvKkSbJWli/vfP8&#10;1euax8G7LW5Le4bXdbtNSW1+x3WoWk8SS3kX9yX91t/75VaNW+DGhX2iaNp9rNe6Q+jsz2F9YSIt&#10;xCzff+ZlZfm7/LRH+8T/AITybxHdeKPD2n+GP7U0jVrqWz8Q50q1vbqK4vbiL5GRZXSV037ty72e&#10;vU/gt59/4VTWLvXJdcvNTb7ROXndo7ZznMKK33Nu7bt2r9KtW3wn02GPSRLf6leXFhff2ibq4lR5&#10;bibdn958u3/vgLWr4a8D2fhXUtYurGSfy9TnFxJauV8qN/mLFPl43FqpS93+vIJfZ5f63PC/GviL&#10;xAbjxnaWeu39o0XiiztYJIrlv3EbWu91X5vlX/Zq94k0m607WPHPhCXXdb1DSx4cTVY2uNTneZJf&#10;3odd+/dtYRfc+7Xpt98GtF1O71O5lub5ZNR1KLVJSkqjbLHEIl2fLwu0dK1Lj4e6bd+K73Xpnme7&#10;vNPXTZYiy+V5Sl+237371u9Rb3OX+tv8x82sZf1v/keNR3l/pHhX4Y+E9OHiC/g1WwW8ujp+p7L1&#10;0S33eVFLLLFtXcV+633VpNWtfHFvoOj6Pe32u+H0ufE6QWd3cagst61p9lldlkeKV93zp/E3pXpf&#10;/Cl9OHhbSdHOs6v5ukSo+n6p5kX2u22jaqI3lbQu35fu9KtWfwk022trCOS/1O8ltdT/ALV+1XMq&#10;vLLP5TRfP8m0Lsc/cC1fNGU+b+tyH8PLE44+DLzVfihfeHD4p8QwaPY6FZylItTnWaWR5ZxvMu/d&#10;u+QV2HwN1y98QfDHRrzUJ2u7pVe3e4lb55fLdk3N/tfLXRQeGLS38X3viFZJvtt1Zw2UiB/3WyJ5&#10;WXj+9+9eo/A/hGz8DeHrfSLCSeW1hZ2RrhlZvmdn/h/3qf2R/aNO6/5Cen/V/wD0GtGs66/5Cen/&#10;AFf/ANBrRqRnnXjvy7Lxl4d1LU1zoUBffK674opdr7Xb+7/D81ZHhS8/tfxforQzW2o3djBNFf6h&#10;p0vmxSx7U2b5cfMzPg7f9mtnUdU11vHGo2Nrp8Wqaf8AZlPk3Vx5SKfl/wCmTVXvr3xZpY02Kw8M&#10;6baebeIsvk3zS7k2vu3fuloA77UtRttKsZ7u8mW3toF3STOflUV8l2/jbw74k+Mfg3xpc+JdLee+&#10;1CeOO3fUY91hZ+Sy26Sru/ds/wB7b/flr652+dDtmRTuX5l+8tcprHwy0PWtf0XV5LcQXOkyvNAs&#10;CKqMzLtO75azXxxkD96Eoiw3B8awXmm674MvbOxZQWTWfsc8M21xt+SKaXv83zKPu1xf7Pmm2n9l&#10;eOLEWsP2MeIZVFv5ahNv2e3/AIa9iH3m+grmfB3gyz8Hrqi2M1xL/aV41/L57q212VFIX5fu4Raf&#10;2vl/kNS9y3n/AJnBfDfSbLQPi/8AESy0ywhsrWFbLy7SziWJF/0eL7q/drpdUvLDxDpw1LxboF94&#10;cstCnTU1fVp7UxBo1b95+4ml4Xdn5sdFrb0vwTZ6R4p1nX4ZpmvtW8rz1dl2LsRUXb8v+zVf4geA&#10;7f4jaEulXeoX2nxLPHcedp0iI7Mh3Lyyt8u7t7VpKWsRRPIvE32rVvDHxC8Yrp8ui2Op21lZWkUq&#10;+VLNHFO++V1/h3+bt+b+7Wnq2nWNn4h+Dq2KCLdZvAj2/wAr+R5UXG5f4fmrvdI+GgsLa9t9Q8Sa&#10;54hsrq3+zta6tJA0aj+8ojiTDVW8LfBnSvCmq298mpanqUtlB9lsV1CSNls4v7kQRF/8f3Uo8sf6&#10;9RScpR/ryOWu9L0nVNU8MeCPCljvsfDGo291e3yLmKz8j5vL83+Od2+Vv9591Y1hp9nf+E/jDPfI&#10;ktw2ozLK0n3ikSK0Wf8Age6uv8N/A2PwhFFFpnjXxVFarN9oa3ee1KSsX3Nu/wBH3H86ueIPgjo3&#10;iDV7u9bUdTsIb943v7G0nVYL1kbcvm7kZuv9xlrNxv8A9vf8D/IpSvL/AA/8E3/hW7S/Djwu8jM7&#10;tpdsSzf9clrq8cVWsrKDT7OC1toxFbwoscaL0VV6VbrVvmdzOMeWPKFFFFIsKKKKACiiigArC8X6&#10;bdajo0y2G37aq/u99btFAHyDqXwf+IN5e+feX0X2hv7989eu/Bjwb4s0MOviOVJrRfng/f8AmtXr&#10;2xf7q0+gArmL/wAF22o+LRrc8nmp9i+xNavHuR13Mf8A2eunooA8luPgxqTnw59l8W3MH9hFvsi3&#10;Fmlwn8ew7Wb76o+3d/s1raj8O9a1aHSbmXxVImuadLK8Wpx2KLmORdrRtFu2n7q/lXolFAHl1t8E&#10;oU8Patpl5rF3fXF/qH9pJqDr+9gn8tE3r83+xW54S8BSaFqmoaxqGpy61rV4gje6eJYtqL91FUfd&#10;rtaKAOZ8D+EIvBehfYkuXvZWlaae7lXa8srfedqdceE47jxzZeJPtLrJa2Mtl5G35W3urbv/AB2u&#10;kooAwfGHhm38Y+Hb3SLmRoY7hNvmxH50b+FhXL+H/hjfab4yt/EuqeI7jW72K0ktSjwLEm19h4Xd&#10;8v3K9GooA56Pwyh8avr8tw7y/YRYxQFfkiXfvdv+BYT/AL5rE134X2PiDWdau7i4k+zatZxW09qi&#10;8Bk37ZVb+98y/wDfNd5RQB5x/wAKw1DULHWI9a8VXeqTX+nS6bE/l+UkCSrtLeUrbWf/AGq2bvwH&#10;Fd3fhWcXTqNCleVV2/63dEyf+zV11FAHm8/wjs7y08RWFzfSz6Vq10byO12bGtZ2++6P97r81Sf8&#10;K21LUtE1vT9Z8VXeqtqNjLp6v5XlJEjJt3+Vu2s/+1XolFAHO3vhdLvW9B1E3DK2kiVVTbxJ5ibK&#10;53WvhNDrH9tyjUp7a6vtRi1KC5hX5raWKJIl/wB77leh54zRnil/eF/dPLrD4LoLnxJc6trtzrE+&#10;vWX2O6ZovK2DYF3Jhvl+7RD8ItQudYtdT1bxXdaxNa209rEr2yoirKm1vl3fer1KimM4GX4WwzaD&#10;4d0s38uzRrwXiy+X/rPv/L/4/WxpngyPTfGur+IluXeXUYIoWgI+VdneulzRmjmFYWiiigYUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAV&#10;Vv8A/jzn/wCub1aqrf8A/HnP/wBc3oA5vRP+QbF/u1eqjon/ACDYv92r1ABRRRQBmWX3UrQT7lZ9&#10;l91K0E+5VgPoooqACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACszXv+PX&#10;/gdadZmt/wDHr/wOgDs6KKKACiiigAooooAKKKKACiiigBMUtFFABRRRQAUUUUAJiloooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooASloooAKKKKAIjGrsrMq7l+7UtFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAJiilooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKq3/APx5z/8AXN6tVWvv+PSf/rm1AHNaJ/yDYv8A&#10;dq9VHSP+PCH/AHKvUAFFFFAGZZfdStBPuVn2X3UrQT7lWA+iiioAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKhubZLmLa1TUUAcjN8OtMmldmi+/TP8AhWmlf88v/Hq7GigD&#10;jv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWml&#10;f88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP&#10;+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy&#10;/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7Gi&#10;gDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+Faa&#10;V/zy/wDHqP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDH&#10;qP8AhWmlf88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWml&#10;f88v/Hq7GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7&#10;GigDjv8AhWmlf88v/HqP+FaaV/zy/wDHq7GigDjv+FaaV/zy/wDHqP8AhWmlf88v/Hq7GigDjv8A&#10;hWmlf88v/HqP+FaaV/zy/wDHq7GigDjP+FaaV/zy/wDHqP8AhWmlf88v/Hq7OigDjP8AhWmlf88v&#10;/HqP+FaaV/zy/wDHq7OigDjP+FaaV/zy/wDHqP8AhWmlf88v/Hq7OigDjP8AhWmlf88v/HqP+Faa&#10;V/zy/wDHq7OigDjP+FaaV/zy/wDHqP8AhWmlf88v/Hq7OigDjP8AhWmlf88v/HqP+FaaV/zy/wDH&#10;q7OigDjP+FaaV/zy/wDHqP8AhWOlf88v/Hq7OigDjf8AhV2kf88m/wC+qP8AhV2kf88m/wC+q7Ki&#10;gDjf+FXaR/zyb/vqj/hV2kf88m/76rsqKAON/wCFXaR/zyb/AL6o/wCFXaR/zyb/AL6rsqKAON/4&#10;VdpH/PJv++qP+FXaR/zyb/vquyooA43/AIVdpH/PJv8Avqj/AIVdpH/PJv8AvquyooA43/hV2kf8&#10;8m/76o/4VdpH/PJv++q7KigDjf8AhV2kf88m/wC+qP8AhV2kf88m/wC+q7KigDjf+FXaR/zyb/vq&#10;j/hV2kf88m/76rsqKAON/wCFXaR/zyb/AL6o/wCFXaR/zyb/AL6rsqKAON/4VdpH/PJv++qP+FXa&#10;R/zyb/vquyooA43/AIVdpH/PJv8Avqj/AIVdpH/PJv8AvquyooA43/hV2kf88m/76o/4VdpH/PJv&#10;++q7KigDjf8AhV2kf88m/wC+qP8AhV2kf88m/wC+q7KigDjf+FXaR/zyb/vqj/hV2kf88m/76rsq&#10;KAON/wCFXaR/zyb/AL6o/wCFXaR/zyb/AL6rsqKAON/4VdpH/PJv++qP+FXaR/zyb/vquyooA43/&#10;AIVdpH/PJv8Avqj/AIVdpH/PJv8AvquyooA43/hV2kf88m/76o/4VdpH/PJv++q7KigDjf8AhV2k&#10;f88m/wC+qP8AhV2kf88m/wC+q7KigDjf+FXaR/zyb/vqj/hV2kf88m/76rsqKAON/wCFXaR/zyb/&#10;AL6o/wCFXaR/zyb/AL6rsqKAON/4VdpH/PJv++qP+FXaR/zyb/vquyooA43/AIVdpH/PJv8Avqj/&#10;AIVdpH/PJv8AvquyooA43/hV2kf88m/76o/4VdpH/PJv++q7KigDjf8AhV2kf88m/wC+qP8AhV2k&#10;f88m/wC+q7KigDjf+FXaR/zyb/vqj/hV2kf88m/76rsqKAON/wCFXaR/zyb/AL6o/wCFXaR/zyb/&#10;AL6rsqKAON/4VdpH/PJv++qP+FXaR/zyb/vquyooA43/AIVdpH/PJv8AvqpLP4daZZzpLFF86111&#10;FADIYfJiRV/gp9FFABRRRQBmWX3UrQT7lFFWA+iiioAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAP//ZUEsDBBQABgAIAAAAIQDRKFQw4QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3Wys2sRsSinqqQi2gvQ2TaZJaHY3&#10;ZLdJ+u+dnvQ0vJnHm+9ly8m0YqDeN85qULMIBNnClY2tNHzv3h8WIHxAW2LrLGm4kIdlfnuTYVq6&#10;0X7RsA2V4BDrU9RQh9ClUvqiJoN+5jqyfDu63mBg2Vey7HHkcNPKOIqepcHG8ocaO1rXVJy2Z6Ph&#10;Y8Rx9ajehs3puL7sd0+fPxtFWt/fTatXEIGm8GeGKz6jQ85MB3e2pRct63nEXYKGOOZ5NSiVvIA4&#10;8CaZJyDzTP7vkP8CAAD//wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7n&#10;Xu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz&#10;2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8F&#10;N7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUC&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMkv&#10;1o/UAwAAzwkAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAh&#10;AFFCh3k7DAEAOwwBABUAAAAAAAAAAAAAAAAAPAYAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQIt&#10;ABQABgAIAAAAIQDRKFQw4QAAAAsBAAAPAAAAAAAAAAAAAAAAAKoSAQBkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAAC4EwEAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAACpFAEAAAA=&#10;">
                 <v:shape id="Image 19" style="position:absolute;left:4603;width:57607;height:17329;visibility:visible;mso-wrap-style:square" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHnDZKwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NagIx&#10;EL4X+g5hCr3VpB6KXY2iBaEFS6n1AYbNuIluJnGTuts+fSMIvc3H9zuzxeBbcaYuucAaHkcKBHEd&#10;jONGw+5r/TABkTKywTYwafihBIv57c0MKxN6/qTzNjeihHCqUIPNOVZSptqSxzQKkbhw+9B5zAV2&#10;jTQd9iXct3Ks1JP06Lg0WIz0Yqk+br+9hrVaHhq32Zwmqzi8O/vx9qv6qPX93bCcgsg05H/x1f1q&#10;yvxnuPxSDpDzPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCHnDZKwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata o:title="Afbeelding met tekst  Automatisch gegenereerde beschrijving" r:id="rId27"/>
                 </v:shape>
                 <v:shape id="Graphic 20" style="position:absolute;left:190;top:8294;width:55886;height:7633;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5588635,763270" o:spid="_x0000_s1028" filled="f" strokecolor="red" strokeweight="3pt" path="m1783080,444500r3805554,l5588634,,1783080,r,444500xem,763270r1705610,l1705610,488315,,488315,,763270xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQASS6u1wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7G1KIiHaOID9CdozLS3Z3mTltsbkoTtfr1k4Xg8nDe03lrKnGjxpWWFQz6EQjizOqS&#10;cwWn4+ZzAsJ5ZI2VZVLwIAfzWedjiom2d/6m28HnIoSwS1BB4X2dSOmyggy6vq2JA/dnG4M+wCaX&#10;usF7CDeVjKNoLA2WHBoKrGlZUHY5XI2CdLROnRz+XB6/13S438XnfPU8K9XrtosvEJ5a/xa/3Fut&#10;IA7rw5fwA+TsHwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABJLq7XBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A620C7C" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="3"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E85D9F2" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
@@ -5237,51 +5238,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="2923B711">
               <v:group id="Group 21" style="width:453.6pt;height:216.85pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" coordsize="57607,27539" o:spid="_x0000_s1026" w14:anchorId="1237D204" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAH93OjyWBAAAsw8AAA4AAABkcnMvZTJvRG9jLnhtbMxX227bOBB9X2D/&#10;gdB7Y0nWxRLiFEWzCQIU3WCbxT7TFHXZSKKWpC/5+86Qou3GdWKnRbEBIg2t4ejMmRt1+X7TtWTF&#10;pWpEP/eCC98jvGeiaPpq7v39cPNu5hGlaV/QVvR87j1x5b2/+v23y/WQ81DUoi24JGCkV/l6mHu1&#10;1kM+mShW846qCzHwHh6WQnZUw1JWk0LSNVjv2kno+8lkLWQxSMG4UvDrtX3oXRn7ZcmZ/rMsFdek&#10;nXuATZurNNcFXidXlzSvJB3qho0w6BtQdLTp4aVbU9dUU7KUzYGprmFSKFHqCya6iSjLhnHjA3gT&#10;+M+8uZViORhfqnxdDVuagNpnPL3ZLPu8upXDl+FeWvQgfhLsUQEvk/VQ5fvPcV3tlDel7HATOEE2&#10;htGnLaN8owmDH+M08dMQiGfwLEzjaZbFlnNWQ2AO9rH6j1d2TmhuX2zgbeEMDcvhf6QIpAOKXk8l&#10;2KWXknujke4kGx2Vj8vhHURzoLpZNG2jn0xmQtwQVL+6bxiyiwtg816SpgAuQo/0tIOKuOtoxQmu&#10;C64YpOaHcsF5ixVEOkhczR+VJuTDUguogQYqg1S84j2XnMuCkwXsqmXz7wo2ILXuPfhWjOIBiEXb&#10;DDdN22LsUB7dhTc/S6rvMGYT9lqwZcd7bStQ8hZwiV7VzaA8InPeLTi4KO+KAAIP1a/BzUE2vbah&#10;V1pyzWp8fwk4/oIiRaA03z4woHc40QU1puiPZN02d2g+SKVvuegICoAVMEDAaE5Xn9SIxqmMHFoA&#10;BhngwQYDHUs59mB1wN9ZRfmlpgMHCGh2L02mLk1uxx4VTpHEUQvrdlwd4SeYBkEWQAFi/YVROrMh&#10;cPXpStLUZ5BGaQzFaoPhiGZLy9Q+O9DnCssTMFY7iW16JyKf2HJb03I1ZAVw7BFouQsLAIoF96FR&#10;FMl61x5IDYNkhILPO7HiD8JoamwYUeQnMFXAoSBJoynIFvBOr+339a3zaDFMklHXabj7YCzPotQf&#10;LafTWRq/rJ2Gsyi2ONIgyxJHnLPp7tZ2nGYB1DiiPkE7yiLfaftJEr6MJPGDaTYykmWzMHvRy2P8&#10;ObysFYpbSjE0bwnRMUDHQnSeu+dRmczimaMymIb+j1H5M8g5AugYOee5e15WvkbOT3A3TKN4Gtv0&#10;dCVyzNVjeeNS091tSb0G/lttbHVpBBMJS3AaJcGLRfI91M7eASkwV7b9DOT9jqlE2xRu2ipZLT62&#10;kqwotMabGx/+RhB7anCuUeO0Q2khiic4M6yh/c899d+S4gGlveth3OB51gnSCQsnSN1+FObUayoY&#10;xtzD5h8qh3HiaRgBn4WbOgeDz+rizl7g0aNszFTcITLnQzMBf9UojA5GYYTsnT4K/SBBxm0PTqDB&#10;mj5J8+0wzGIzKvGsGmR+vI3Orx+FIxKchBYIRmJXNTb/R1f2ke5UXLJa1XA0+Nwzp+XuB9ouQZ2C&#10;u+8jOEXnGz6dkXMKqe3xjBCEKUQFydirGFicUlj20HdNVW0L0FjYNoExn+0xapfm/+/CM99A8GVo&#10;Ts/jVyx+eu6vjWO7b+2rrwAAAP//AwBQSwMECgAAAAAAAAAhAI36eG+ALgEAgC4BABUAAABkcnMv&#10;bWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQF&#10;CAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQE&#10;BQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFP/AABEIAloE6wMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/&#10;xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKC&#10;CQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaH&#10;iImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp&#10;6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAME&#10;BwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYn&#10;KCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeY&#10;mZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/&#10;2gAMAwEAAhEDEQA/AP1EsifKX6VeA4qjZf6pfpV4dKADFGKWigBMUYpaKAExRilooATFGKo67rEP&#10;h/Rr3UrhZHhtYmlZYlLOwA6KB1J6AVxi/GGC0tdTbVtE1DR7uygS5FpOY3edHOFKFGIyTxgkEd6V&#10;x2PQcUYrz9Pi4pguIJPD+pRa9FcQ2w0UmNpnMgZkYOG8sLtSQklsDYc0n/C4IHsLbydD1CfWZruW&#10;y/sdTGJlkjP7zLltmBxzuwcjFMR6DijFc7pXjzTdS8HT+JHL2ljbRSyXKzD54PLz5gYDuNp6VzcH&#10;xqtI7G8m1TRdQ0aeK1ivIbW58tpLiORtqFdjEAluNpwR3Ao62DzPRsUYrz7/AIXBbw6fem70TULT&#10;WLaeC2GjuY2nkeY4i2sGKYY553cYOcVo2XxO0+XwzrGr31vPpb6PI8F7ZXBUyRSKAQmVJVtwZSCC&#10;QdwpN2Tb6AtbJHYYoxXnV38bNPtfAumeKRpGqTWd8gkEccGTCu7b+8bO1foTmt34h/ETTfhvo8N/&#10;qCSz+fcJbRQQAGR2YgZAPYZyTVNW0fe3zA6jFGK5iXx3E/iWDRbLT7nULjYkt1LEUWO0R/ulyxGT&#10;/srk+1XfEXiu38OzW0MsM08s6SSqsK5wiFAxJ7cyL+dIDaxRisPw/wCMLHxAXSMmCUHAilYBm9wA&#10;a3aAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExR&#10;ilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATF&#10;GKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBM&#10;UYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAE&#10;xRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooA&#10;TFGKWigBMUYpaKAExRilpjzRxuiO6qznCqTy30oAdijFLRQAmKMUtFACYoxS0UAJijFLRQAmKMUt&#10;FACYoxS0UAJijFLRQAmKMUtFACYoxS0UAJijFLRQAmKMUtFACYoxS0UAJijFLRQAmKMUtFACYoxS&#10;0UAJijFLRQBQsv8AVL9KvDpVGy/1S/Sszx944034c+Er/X9Vk2Wtom7aPvSN0VR7k4H41cISqSUI&#10;K7eiInONOLnJ2SNXV9asNAsJL3UruGxtIxl5p3CqPxNeO+Iv2xvhr4fn8pNQu9VOcFtPt9wH4sVr&#10;4n+LHxq8R/FvWZrrU7t4rHefs+nxsRFEvYY7n3NcBX6Ng+FaagpYuTb7LRL5nwmK4jqOTWGiku7/&#10;AMj9GvDf7YPw18RTeU2pXOksTgf2hb7AfxUt+texaZqlnrNlHd2F1FeWsgyk0LhlYfUV+QdekfCD&#10;45+IfhJrEMtndSXGllx9osJGJjde+PQ0sbwrDkcsJJ37Pr8x4TiOfMo4qKt3X+R+n1FYngvxfp3j&#10;zwxp+u6VL51leR70PdT0Kn3BBB+lbdfnMoyhJxkrNH3cZKcVKLumUtavZ9N0i8urWyk1G5hiZ4rS&#10;JgrTMBwgJ4GTxk14o2g654s8L6zJe+HtWg8UXbR3csl6sKQnYwK28JWRiFA6ZHJ5Jya94oqVo7/1&#10;/Wxdzxy51LxfZv4n8S6b4VvkvtTFnY2tlJ5TTwKnmF7h137SF8zhd3zFecZqva6LfaTH4Y1XTfDO&#10;ty/2TcXH2yC+MIvbp5gpafiQqxLAk5I68V7XRQtNv63/AM3/AEhPXf8Ar+rHj1n8MfEGq/DrWbKb&#10;V7rTJtVtb5DoxSAwBplcJ5j+WZMjcpO1wMjv3xtc8LeJfHcEl6dAuNJlsNNtoEtbuRN1xNHL5jhC&#10;pI244BOMnsK93WVGdkDqXXqoPI+tPo63Xl+Gwf1954dqvh3xD4i1C88VjQLq1kgv9OuIdJmdBczJ&#10;bsxk6MVBIc7eecc4qWX4f+K/Fjanq0b2uiR3eqyaguk6tam4aQLBHDF5gjlUA/IzYyR8w9K9sopN&#10;K1hp2PFE8E+J2/Z7/sG8tY59bxhba3TyyF83ODudgTjnOfwqx8Z/hz4r8TTX+paRe6fdJ9mgtrbT&#10;7izd5IgJkeRkcTKoLFVJyp4jAHrXsdFU3d387/hYS0Vv63ufPnin4Z6tLrOpzN4cTU9e1GO1Nh4g&#10;tlVBp0qDDH5mLxgHn5c5xzXofxP0ySZtNvZFR7SBRDMz4xl7uzIyPQiNq9AqG7tIb+3eC4iWaF/v&#10;I4yDzmi+lhW1ucjrVvpMWs6AbGOySX7XybdUDYx7V2lZlp4a0uxuFngsYopl+64HIrRd1jUszBVH&#10;JJOAKQx1FMimjnQPG6yIejIcin0AFFIzBFLMQoHJJ7UiOsihlYMp5BByDQA6iiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAopkkqQoXkdUUfxMcCn0AFFMeVIiod1Tcdq7jjJ9BT6ACiiigAooooAK&#10;KjS5iklaNZUaRfvIGBI+oqSgAoopiSpIWCOrFThgDnB96AH0U0SIZCgZS4GSueR+FOoAKKKKACik&#10;JCgknAHUmmLcRPs2yI2/7uGHzfSgCSiiigAooooAKKKKAOf8VeKn0K3eLT7E61rJTzYtLhmWOR03&#10;Kpck9FBYZOD9K5rWPiRrvhm1tb/UfDiXOmrGDqEmm3fnSWT/AMQKbRuA9sH2qxp76dH8adVSW3nX&#10;WZNHhaG4kOY2t1lYOqehDMpP1WqmmrdeCtX8Rw6vYvNo2pXM16l/F80UasMlJB1X6nigDvtL1O21&#10;nTra+spluLS4jEkUqHhlIyDWT408Wr4P0+0umtjdC4u4rXaH2bd5PzdD0x0rmvgEkq/Da0cgpayX&#10;NxJaKf4YDKxQflVz4uaXeatoelx2VtLdSR6pbyusSFiqAnLHHYU46ySfdfmHR/P8jQuPid4YtNTb&#10;T5dWjS6ScWrr5b7UlOMKzbdq53DGSM5rG074mNqvxH1nRI5ba20zSIx57z203mSPtBYiQ4RVXOOQ&#10;c9RxXMeJ/CmpXHgTx/DBpc8l7easJoESEl5UHk4Ze5Aw3Psa19b8K6pq118RYbe3kjN+tv8AZpHG&#10;1ZtsMe4A9+VK1K25n2/RP8Lsdtbef6nXaX8RPDusm5FpqSSG3jM0gaN0OwdWXco3D3XNVU+LPhST&#10;T4L1NWD2tw5jhkWCU+awAYhBty3DDpn9DXDX1lqHiy90yWz0K/01NK0u5hn+02rQmR2hKLEmQN4y&#10;c5GRxWtY+G7uGD4Wx/2dIi6fagXK+VgQN5CD5v7pyCPrmrtr/Xnr+Aul/wCumn4nRW3xa8JXktvH&#10;DrMbtO4jQ+VIAHJwFYlcIc9mxV26+IPh6y1r+yZtSRL7esRTy3KK5GQpcDaGII4JzyK8x1jwhqTe&#10;CfGkEGkz/abnW/PgjSE7pE3qQyjHI681nePNM8QapqGsW8mn67Lc/wBsW8ttFYQEWLWyvEfMZgMM&#10;3BzzkY6YFQndJ97fil+V/wAAezfr+v8AkdxD8atPv18SLbRLDJo8yx77zzY45ATjcT5fy89uTXUa&#10;r4/0DQ9TTT77UUgu22ZTY7Km44XewBVMnpuIryrxPoGrNZePtOj0m+nmv7iC6tnit2aOReAQGAxu&#10;Hp1pda8GyjxT4rttWtPEt1a6xcQz240gk28yeWiFJCFIQqyE5YjgjFNatL+v6/yG7bo7KL4nG8+J&#10;N9oUU9rbabp0IkuJZ7aYvI2MnbJwigDuc57V0Oi/EHw/4gNyLHUkk+zRefL5kbxYj/vjeBlePvDI&#10;rlZ9H1e01jxlNp1g7SS6fBHZ+emUkdYwNuTwxFcX4e0LUr/xU08uleIb61fwxdWc41eMwq8zPDmG&#10;PIG0EBsdvQ8Gk9Fp2/z/AMkHn/XT/N/cevaL8QfD/iEzix1JJDAnmuJI3iwn94bwMr7jIqXw/wCO&#10;NE8UXM1vpl8LieJd7IY3Qlc43LuA3LnuMjp615DB4e17W9M1jSdPtdTFi2lmGKXWLUwTwSZ4iSQg&#10;b1x3HFdN8MdCgGuWd7JZeJI7+0042zSazlYYslMxplRu5XIIyML71dlf+vP+v6RF9P68j1WiiipK&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAoopNwLYyM+maAFooooAKKKKACiiigAooooAKydW/5Cuk/9dH/lWtWTq3/IV0n/AK6P&#10;/KgDWooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKoS69p0GswaTJfQJ&#10;qk8TTRWbSASug6sF6kD1oAv0VR1vXNP8N6ZNqOq3sGnWEO3zLm5cJGmWCjJPAySB9TV1WDKGByCM&#10;gigBaKKKACiiigAooooAKKKKAKFl/ql+lfHv7eXjeeXVND8KwyFbaJDeToP4mPCfhjdX2FZf6pfp&#10;Xwh+3HaSxfGCC4YHyptOiCHsdpbP8xX1HDdOM8wjzdE2vX+mfOZ/OUMC+Xq0n6HCfs9fCmz+MfxC&#10;XQtQvJ7KzS1kupHttvmMFKjaCwIH3uuD0r6W1z9gjwo2lXI0fXdZj1LYfIa9kheHd23BYlOPoa8j&#10;/YY/5LTcf9gmf/0OKvv+vYz/ADPGYTHclCo4xSTtpbr5HmZLl+FxOD560E221f7vM+BP+GFPiJ/z&#10;+6B/4Fy//Gq8Y+IPgDVvhn4nudB1pI0voAGJhfcjKeQwOBwfpX6xV+eP7av/ACXW9/68rb/0GuzI&#10;86xWPxTo17Ws3orbW8zlzfKcNgsOqtG97pau/c9P/YH8bTSxeI/Ck8heGLZf2yn+HPySfh/q/wBf&#10;Wvr+vhH9guzlk+KOtXSg+TFpLRue25pYyv8A6A1fd1fMcR0408xny9Um/Vo+gyGcp4CPN0bXyuc1&#10;8TNHvvEHw78Tabpl3PYaldabcRWt1aytFLFMY22MrKQQQ2DkGvkbx/8AGHxf41/Zr+GNj4T1e7g8&#10;Y6uomvLyG4dJgtou643MpBwxBB9a+3q+R/2evgb4g8O/Hbxy+u6ZNb+EtKa6t/D7yoRHLHcytJIV&#10;7HhscelfMJNycV2v843/ADuvue59HdKKl2dv/AtPwszoJviVf/E/4l/Ae00rVbm10+60658S6yln&#10;O0QkSO3EaRyBSNyedKMqcjKVeuf2tb37BP4qsvh/e33wzgu/sz+JxqCJKyB9jTpalMmMN3Lgkc4r&#10;lv2YPgv4l8N/Ez4jyeJbG5sdMsLY6D4fndCqS2c00tw7IT1wWRcj0rzXwF8B7TwXokfgzxR8HNf8&#10;S6/a3JgXVLKRzpl5EXyspkztT5cZB71pdSats/et/ilt8o26rv0ZnblT8tPuW/zb317Hd6J8QvEe&#10;jftO/FCXwZ4MfxtLfafp1zk6gtlBHEEkIJkZHJZtwwu31yRivS/Dv7Vdl4gtfBN1/wAI7c2MGu6l&#10;PouoC5uAH0i+iyDDIApDgsrANlegOOcVwmmaj4o+DPx88d6tD8NvEGteGdQ06wtrabSLczFZIkfC&#10;KB95exYcA4z1pNG+B/ifUf2efGF5f6Y9h4z1rXbjxfaaXnL2s5l8yKI4/i2DBA7sRURajBN/Cl8/&#10;jlp/4C7/ACWutipJym+7f/tkdfvVvvR2fxP/AGsE+HkHxFurfwtJrNj4MW0jnnS+8o3FxO4XylHl&#10;tjap3Zyc8DA61pt8ePGkPhuxuJ/hLqkXiDVL17fTtHGoI6tCqq3n3E6oVg+9jbhjkcE1494n+Enj&#10;C+/Yw8QxXOiXl34+8TX0Wq6hp8UJacSG4jOzb1+VE/nXpX7U+jeJdRn8ES2ui6x4l8G29zIdd0fQ&#10;2P2mfKr5RKjlkBDZAqnHlXLJ63S/C7f36f8AD3RdPVLTV/ikv1f/AAxv+Dv2iX1fT/GcfiHwlf6F&#10;4j8KoJb3RbKUX7zRspKGBlVd+7BGCo5qj4Z/aK19vG/hnQPGvw8n8GxeJ0k/si7/ALUS7LyIu8xT&#10;II18pthzwWHbNeJeCPAHjq0f4zXngrwTqngG41fSYRokV7lHZgCDhySFkPoTkcVT8L+BLq/+Kvwe&#10;1PRPhL4o8Nw6NeSnWtW1mNzI7vbMuWySSN2cvjGWFENXG/VK/wA+a/5LrpfbUmWkZW6Xt8uW35vp&#10;r30PadY/aj1uS98TXPhT4b3firwt4dleC91mPU47dpJE/wBYIYSh3hfUsteufDHxqPiR8PPDvilb&#10;M6eNYsYr0Wpk8zyt6htu7AzjPXAr5fs9V8UfAPwT8RPBUvgbWNctJrm9vbDW7JA1m0c2WPnSdIyv&#10;fNe4fs4XTWH7M/gG5EElw0Ph22kEMS5eTEIO1R3J6Coi/dbfRRfzd76fL/hypr30l1cl8la35/8A&#10;DHjv7RvxC8ZN8VTe+EdTubfQvh3DDqet2lvKyx35dhuhcKfmxGSdpzzW5+2r4t1fUfgjoI8N2sWo&#10;aD4l1LT7e7uBqL2jyQTSxlIhtjYlZQSrMGBUdmyQMr4Yfsza/wCMfC2t+IPFHinxN4X1rxZczXmo&#10;aRaT+SiqxIRHQjqFwCKx7zwL44n/AGcdF8E3Ogapd6j4W8a2VrbyNAxa606G6V47keqCNgCe2w01&#10;H3VCW94v75LmXy008n0uNv3nOPaS+6MuV/en968j174ZeLrL4eeJ9H+F7+DbLwbDJo51S0XT743F&#10;uzA/voxmJDleu49fQVFZ/tJ32teCptb0bwJqOs3Vxr02h6TZWs4K3gjJDXMspTEEWUkGSG5UAZJr&#10;N/az8F+KNR8OeHfE3gjT5dQ8VaLceUlvApLyW8y+XKDjnAHNc98V/hj4j8HfB34Z+HdH0vVNe8N6&#10;TdRf8JNpOhuVu72MxsW245ZfPYOyjkgU3Lmu5d0vvd7+nLp6/hKXKkl2v9y29W9Tb1L413vjrwd8&#10;T/CfiLwu/hLxVo2kvPNZC9W8ikgkQ7JElCJnPoVGK7n9nCEXP7PPgeEsyCTR4kLIxVhlcZBHIPvX&#10;zn8P/h7q7eMfi3qOlfDbWfB+iaz4YittNtbyJt88qhwwIycMTztPPNfTnwA0e+8PfBXwZpupWstj&#10;f2umxRT2067XjcDkEHoaaScZp9VH85p/p94pNqUbdHL8oP8AO/3HzKnxL8YRfsnXXhS21u+uPiQu&#10;uz+EU1BrlzdCZJ3Ak8wncT5ag5znmt65+Jev+Ofhh8FvDttrN5beItX8RQabq9xZ3Lx3BitHZ7nL&#10;qd3zLFzzyH561Z0b4K+I4f2ztV1CTTpk8AJK3iKC6KERPqEsMcbAHoSCjH/gVP8Ahp8GvEeifte6&#10;3fXmnTw+CNLiutU0e6KEQtc3YjjkQHoSFVzj3p0224uW7s3/ANudPK7V/u3HUslJR6XS/wC3/wDK&#10;681Y7nxx+0b4l8M3fiO70v4Yajq3hbw9MYdQ1i5vls3fYf3j28LRkyoo53blDY4pvir9p+7tfGXh&#10;fw54S8FXPi678RaS2q2ci362qIo28Sko20Yblhk5GADmvCfiT4I8U6vffFHT/E3w08SeNvE+o3d1&#10;/YWrwMW0+GyOTAqMCFUquAV6k8V6V8JPAniPTfiv8MdRvNDvrSysfBklldTzwMqwTlkxGxPRuDxU&#10;U/e5b+X4xm7fJpej0u+pUfLe3n/6VFfk3+ehuz/tctpnwp8V+KNT8FXdlr/hfVl0fUvDovVkYSMy&#10;bWjmCYcFJFYfKM5xx1rX8KftFa5efEDQvDfi34fXHhCDX7eSfS79tSS6EhRd5SVFRfLbaCeC1eW/&#10;Eb4aeKtS0T42RWvh+/uJNV8YadeWKxwEm5hSK0DyJ6qCjgn/AGTXqnxL8IavrPxN+EVzbafczWVg&#10;9yL24jjJS2DWroC57ckClCTcVJrdxVvWDb/FL0vYU9HJLopfhJJfg2Y+q/tYX8NrqviXSvh/eat8&#10;N9KvHtLrxMuoJHI3luY5ZYrbYTJGjgjO9ScEgcV0Piv9oO9HiaLw74C8IyeOdXWyTUbwG/WygtYX&#10;GY8yFH3O2eFC/Uivmjwl8BrLwHpuoeDPE3wf8ReLtWiv51tNV0+Rzp99byzM8byPnZGVVgGB9K6v&#10;4h/AyHwx8Zb3xHq3w91jxb4X1bTbeCCPw+zyT6fNEoBR0Q5KEdGpraN/v8+W9vvv0W1r9S5aSlb+&#10;le1/u/O9tLHo3iD9sSKw8B+FNd0jwXf61qut63L4dm0EXSRXFnfRq5eMttKsAyAZyBtbd7V6/pfi&#10;rXZfh42var4Z/snW0tXuJNEN6JdrKCdnnBMHp12187SfCy5tdL+DbeHPAF/4Zs7fxjLqt9p7HzpL&#10;aNraVBPMRnaW+QHPQmvrSSNZY2RwGVgVIPcGqkrwlbe7XppH9W979ujIT99drJ+usv0S/pnz9rX7&#10;YmiaL4L+F3iCTR5ZB42vo7RrdbjnTkLeXLK7bPmWOQoh4XO8cjoei8Q/tJaV4X8ReObS/wBNlGle&#10;FbS3mm1GGYM1xPMAVgSPaPmwRzu79K8L8G/s1eJda8QfF3QtesZLfQbGxu7DwnNIhVGa8lF00kZ/&#10;6ZyxRDI9Kv8Ahj4G+NPHH7NXieXXNPk0/wAf67qv9ryWV0PLJaF8RRnPQFFFJtOLltpf0UrJL1ja&#10;T+aLSSko762+67v8/dXbc9Q8PftIa5D4n8M6d45+Hlz4K03xNL9m0nUjqSXatcMpaOGdAimJnVTj&#10;BYZwD61X8J/tPav4s8e+K9Ig+H1xD4a8L6ndadqniWTU0EUYhyd6xbNzEgZ2g8Z6muY1++8X/tDa&#10;98OdEl8Ba34Rs9A1u117WNR1iDyogbbJWKA/8tC77eV/hya2vhH8M9Zm0L45aTqdjc6UPEHiTUpL&#10;KW4jKCaKQYSRfVT605XSk0tlK3nqkvzfa9r2RMdWlLra/lvf8l6Hkf7TPx08SfFX9njVb2D4d3Wn&#10;eCL+/sxZeIJdSjaSRFvYtsj22wFEcqQMMx5GRg5Hr+jfFT4k3P7WGoeDbnS9Pj8Kw6VHciBdRDFE&#10;MkgFyD9mDF2CgGIttXHDGvHPHx+IOr/szxfCVfhh4ik13TJbS2lv4bbNnLFBdRv5sb/x7lUfKOep&#10;7V7Zqem654a/a6h1/wD4R7UtR0HWNAh04ajZQGSK2lSSRj5pH3Rgjk1cVFSSWseaXz/dqzfz06a+&#10;ZMm3B3VnZfL39fwMj9tbVpNCX4SahDYXGqTW3jWxkSytNvmzsN2EXcQMnpyQK6/wR+0FqF9431jw&#10;p448IN4H1Sx0v+2YnGorfQz2gJDvvEabSpUgrg+xqv8AtL+FNY8T6t8J5NJ0251BNO8Y2V7eNbxl&#10;xBApO6R8dFHc1m/Ej4b6x4x/aDvJYrK4j0i98B3Ok/2nsPkpO8z4Qt64IOPSsldQdtfj/wDSU1+K&#10;/Q1aTav2X/pX+T/UrJ+1pfxWVl4nvfh9e2Pw2vbpbaHxK+oIZQrvsSZ7UJlYy2Od5IBzinfDL4qf&#10;EjxB+058QPCmsaZp8fhvS7Wwkjt4tQVzZCRJCJEItlaUybQSrMAmOC1eK/Dr4J6bpOlaP4R8Q/BT&#10;xDqfiGznW2n1DzWGmSqrZ88Sk7MY5x1zXuXh3S9b8HfteeNb+fw9qVzoXirTNNS11e1gL20D26Sq&#10;6yuOEOSMZ9R61qlFSVtd/n7qt8737dtzNt8suj0/9K1/D/PY9N+KXxBuvh9odvcad4cv/FOq3k62&#10;tpp1iNu+RuhkkIIjQd2PT3riPCfx58QeI9S8W+FtQ8Ep4e8e6LYxajBpU+rCW1vLeQsqyLcLFlcM&#10;jggx8EDrnit+1hpPijVfC/h/+w9P1PWdFh1NH13S9Gcrd3dp3RMcnnqB2rzb4DeCL2y/aG8T6/p/&#10;w61fwR4XvfCsdrajUY2BlmS4k3bsk7HIIOw84AOOa59ZRmvKX4Ruvvfrfy0Ldlyv0/8ASrP8PQ5T&#10;9m3xnP8ADD4XN8Tdb8EWt3ea1q32XU/Ei6u8146POVLujQ8Kh7BuR6V9MeIPjjBofxM1HwpFol1q&#10;cGl+HX8QX97ZsZHjHmbIoEhCku8mHI+Yfc968/8Agp8JdQ1H9k+68F+ItNuNMvbtLxDbXMZSRCzs&#10;UbB/Aiuc+Dfw8+JsHwU+I+v3tvJpPxT122WwsxP8jxx2sAhhILdC7ea4Pq4NbVXZyS2irr/wFJL5&#10;Su/T8Zgr2b3k7fi3f/wHQ7nRP2ktfi8VeGNO8YfDi68I6X4mmNvpl++ppcyGXGVSaERr5ZI9GbFQ&#10;fsx/8j/8bv8AsZ1/9Jo68H0nwFqGpeL/AIT3Wl/CTxVo97o+sQz65rWro7O5xhm5PzDOSWAxX0Z+&#10;z54W1fw741+Ltzqem3Njb6l4hW4s5J4yq3EX2dF3oT1GQRn2ppJTf+GS/GFv17X7ESbcV6xf4T/4&#10;Hf1Keo/ELQfDPxs+JE0Phd31/RfDtte3Op/2g+LyLDFIREQVjxg/MASc81heH/2vNcv9P8GeINX+&#10;GF7ongzxLeW9hFrD6okssEszbI2aARj92XIXduBwc7exi8X+BPEN58ZfjHqMGjXkthqfhO2tLK4S&#10;IlLiYKwMaHuwyOKi8QeAvEdx+y98MNEi0W9k1ew1TQpbqyWEmWBIryF5WZeoCqpJ9AKzg+/9z8ZS&#10;T/Cz8t+ppV0bt2k/uhFr8dPwPa/jJ8SF+Efwy17xe2ntqy6VAJvsaS+UZcsFwGwcdfQ143qH7XPi&#10;fw7c+G/7c+EOp2lr4nCw6I1pq0NxLcXLrujhlQooiDc/PuYADJHavQf2pPD2p+KvgB4v0nR7GfUt&#10;SubVUhtbZC8kh8xDgAdeAa4/4neC9d1S8/Z/a00m7uV0bWbSbUTHET9lRbZlZpP7oBIHNVBXlr1k&#10;l8mnd/ekKTtG67N/daxqaD8dr7xHc+OPCvjTwNJ4a1rSNIbUWsU1MXUN9aOj8pMqIVOUZT8vHUZr&#10;jvhr408GXmsfAhdO8DyadLqthfNpMh1iaUaWixuXQg8T7gCMvyM8V0vjTwdrl78dPGeqW+lXU2nX&#10;Xgb7BBcpGTHJcb7g+UD3b5l49xXlXw70DUvC3jb9mLS9XsZ9O1K103VEntbhCkkbeTIcEHpTg7qL&#10;e7t+dRfkk/n5jfwz8r/+kwf5t/l0PtSivOrb4rarOtqW8BeIYjNrU2ksHhH7uJC2Lxv+mL4GD7iu&#10;i8EeK7vxdp93c3egah4eeC6ktlg1FAryqpwJV/2W6ipWqv8A10/zX9J2T0/r1/yf9NX6OiiigAoo&#10;ooAx/FPhqLxRpclo15eabKcFLzT5vKnjIYMMNzkZAypBB7g1zOrfCceJ4tPt9f8AEWq6rYW0apLZ&#10;F0hiu2B+9NsUFs+gIHtXfUUARW1tFZ28UEEawwxKESNBhVUDAAHpUtFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBT1jV7TQdMudQv51trO2QySyt0&#10;UCuJ8E/HTwr491dtM06eeK8wSiXMYTzMf3SCa3PiT4RPjvwRquhrN9nkuowEkPQMrBlz7ZUZ9q8Q&#10;+Dv7OviDwr43tdY1l4IILIl41ikDmRug6dBXnV6mIjWhGnG8Xu/62POr1MRGtCNON4vd/wBbH0oe&#10;BXjPgz46X/iL4e61qN7Y21l4g0+FrlINreTPESdkigtnHBB+bqDXsx6GvCNS+C2uXHwj0uysxFae&#10;K7GCSDHmApLE7ktGzdMdCPQ16HR/L8/6+R6atpfv+n9fM7+4+KlrYQWyNp1/qd79ijvbtNMhV1tk&#10;ZQctuce+AMnjpU2pfFXSbSSxSytr7XGu7MagP7NiV/Ltz92RtzLgHnAGTweKwLfw74m8I311c6Xp&#10;cOq/2jp9vBIrXCx/Z5o0K5OT8ynJ6c8Vgw6JefCW4tktWtNUf/hHobO6jlulhaMwmT96AxGUJduB&#10;z8tEna7Xn+un4LUlK9l/XT/g6Hq3h3xTa+KfDFvrdikqW1xEZY1nXa4Az1AJx09a4D4Y/FDUvGV3&#10;a/b9X0eJp4XuP7Mj0q5gn2A4G2WSUq+OM7VPXtW98Ibe6T4T6MhAgu2tmK7hkKSSQcdxzWTB4c8U&#10;eINe8Nz6np1rpLaIkxe9ikRluZGTYNiLyqdWIb2qmrSa/rr/AMAS1iV/hz8T9U8X6tbxXur6PbmY&#10;uRpq6VcxTsqkj5Znl2MeOcKa7XxL45tfDmpWunCyvtU1C4jecW2nxqzpEpAaRtzKAMkDrk9ga5SP&#10;w94m8Qa34c/tbTLawTRrg3El/BKhFwcYARF5UHvmtTxJo2tab47t/Emj6emrCXT20+e2adYjHh96&#10;OC3BGSwI69KT2Xz/AC0+9j6v+v60KHg/4lXMvgnSL++stS1rUb3eRHZWyB8KTy2SiLge9asvxY0k&#10;2OkzWdpf6nc6mZBBYWkSmdfLOJS4ZgqhTgH5upGM5rh0+HfiOHw94bt7zSotVhtUlF3pS3YjTzGJ&#10;2vuyAwHpmqnhvwxrHw2k8MXj2lk2oxJqNq+l/bEjzDLMsoeN2ODt2KCDzhqL6g/LzO/s/i9pOoaN&#10;b31rZalPNc3MtrDp6wqLmR4yQ/ylgABjqWFNb4w6SyackGn6ndXt9LNAljDCnnJLEMuj5cKDg5zn&#10;HvXmPhrwTe+LvDOla42lW+rGDVb6aTTnm2LNHLIfmRyQOOoJ613nh7wJdafr/hq+g0O00O0tXvJL&#10;i1t5g+wyRhVJOfmY45xx0pxV/i0/4YHpe3n+Z2nhTxTZ+MNIXULNJok3vE8NwoWSJ1YqysASAQQR&#10;1NbNcn8OvD174csNVivkVHuNUurqMKwbMbysynj2I4rrKS1Sfp+SEgooooGFFFFAHL/EHxongnRR&#10;ciMTXUrbIY26E9yfYf1rwWy+Ier2XieTXBKsl1ITvjfPlkH+HGeleg/tDt+50IZ/imOP++K8Yr8d&#10;4mzHErMfZQm0qdmrd7Xv66n6XkWCoPBe0lG7ndO/a9rH1d4P8TQ+LtBt9RiXyy+VkjznY46j+v41&#10;tV5p8Amz4OuxnJF8/Hp+7jr0uv07K8RPF4GjXqfFKKb9dV+h8Hj6McPiqlKGyen9fMKKKK9Q4Aoo&#10;ooAKKKKACsnVv+QrpP8A10f+Va1ZOrf8hXSf+uj/AMqANaiiigBskixRs7HCqCSfQV5L4Q+PNh4/&#10;+L48OeHbqz1Pw+uitfSXaRSLMtyJghTLYG3Yyn7vU9e1esytsidtpfAJ2jqfavKfh38V7TxF47fw&#10;3L4Iv/Ceq/2e1+DfQxxl4hIqcAc4LE+3ymgCPwn8fdPvfiN4k8Ja7d2dhf22qCx0uCKKXfcLjqx+&#10;Zc54/hFeu15Jp/xZtNY+JN9oNj4Gv7x7HUBZ3WtRQRtDC/8AfZuoHf1r1ugAooooAK4DTPjZ4cvf&#10;iDq3g25uBp+s2MqxotwwCXAKK3yN6/NjB/DNd/Xwt8SPhN4l+J/7SHimDQ7d0jjuYmlvmyscA8pO&#10;S3r6Ac0AfXPjP4hL4Q8T+EdHNgbo+ILt7UTCXZ5G1Q27G07s56ZFdhXz/wCL/Dt34U8TfBLS77VJ&#10;tYurfU5le7n+8/7ofoOlfQFABRRRQAV81+Pv2r9S8H/F1vC8WgQz6bBOkEzvv8+QnGWTBxjnjINe&#10;0/Ez4jaZ8LfCk+u6rvaFGEUcUY+aSQ5wo/I/lXyZq37XGl6l4qg1lvh/ptxcwkeXd3DkzqB05HFA&#10;Hp/xi/an1L4bfFJfDNpoUF1ZQeT9olmL+ZLvUN+6wQBgMByDyDX0TZ3H2u0gnClBKivtPUZGcV80&#10;al8cPDnjzwVc+O7LwlY6hq/h2SIXsGo/62CNzhHjYcEbs9a9K+CPx80n4zQXUNtayafqVogea2kI&#10;I2k43KR2zQB2viLxzonhSeKHU70wSyoZAiQySkIDgu2xTtX/AGmwK2oJ47mFJonEkTqGV1OQQe9e&#10;b/FbxXpGkXsejSXNrp2p6vbGKe/ueBDaAkNz3YlmCj1JPau88PmzOiWP9nzLPYiJRDKhyGXHBBoW&#10;quD0ZoV+e1t4Y+MXxJ1OTxbpDaxfEyzQQX8GoCJkUOQyJ86lVz2GBX6E189fBbxM3g39mPUtbRN7&#10;2Mt9Mq+pEzYoA+c/E/gf4wtatpviK+1I21xjNpqmvx7JcEEfI82DggEcdRX0z+yNrniHU/CWv2Pi&#10;S+uL690vUmtAbmbznQBFJXfk7uSecmuOg8B+HtO8I+E/E/jOBPEOoeJtQjjvr6/mYR2cckcjgp2G&#10;Cqj8a6n4VaXB8JvjRqngvS5jcaFrFp/a1tvbc0TAAMC3fPGPpQB9AUUUUAFFFFAHmHwwn+JUvi/x&#10;IvjGO1TQwx/s4whAfvcY28kbeu7nNen1478HPCT6D488X3beNY/EfnyYaxSXc1sS2fnHYjpxXsVA&#10;BRRRQBQsv9Uv0r59/bS+FU/jDwXb+I9OgM1/o24yogyzwH72PpgH6A19BWX+qX6VceNZY2R1Doww&#10;VYZBFduDxU8FiIV4br8V1RyYvDRxdGVGez/pM/Ln4KfFi4+DPjZfEEGnx6mDbvbSW0khj3IxUnDA&#10;HByo7Gvof/h4QP8AoQj/AODj/wC0VJ8cP2LWvLu61rwMUQyMZJNJkOACeT5Z7D2/Kvl7xF8MvFfh&#10;SfydV0C/s3zgb4Gwfpiv1CMcpztqvJJytazbT+66+8/O5SzPKU6MbqN+ya++zPp3/h4QP+hCP/g4&#10;/wDtFfOPxf8AibcfF7xzdeIriyTT2mRIkto3L7FUYALYGT74FU/Dfws8W+LpvL0nw/f3hzglYWAH&#10;1Jr6p+Bv7GK6Nd2ut+NmjuLiMiSPS4zuRT23nv8ASlJZTkjdaCSna1k22/ld29RxeZZvalJtxve7&#10;Vl+SOy/Y1+Fc3gL4fT6xqERh1PXXWby2GDHAoPlg+53M30YelfQNIqhFCqAqgYAHQClr8uxeJnjK&#10;86895P8A4ZfJH6JhcPHC0Y0YbIKKxfGuqT6J4O13UbVgt1aWE9xEzDIDrGzLkd+QK4Wx+MF+tppd&#10;omg3OtapLo8eqTvBIkUYU5DdeAeDgd65O/8AXf8AyOr+vy/zPVKK8U1nx5qvjXxf8P4dGgvoNB1O&#10;GW+na2vFt5HKFVKt32oWJK/xdK6OL4z27yxXX9j3Q8OS3Zso9aLr5bSbiudn3tpII3dKdnt/Xb8x&#10;f1/X3HpFFeWyfHIpperamPDN8+n2F8mniUSJmeZpkiARep/1gOfbFNm+NeoW99q2nyeDL9dR0qIX&#10;V3CLmMqkBXIkD9G6N8o5+U1N+v8AXf8ALUq1nb+u35nqlFefa58WvsGnWV9p2iXGqWtxZ/bjMZkg&#10;RUwDtBf7z/7I54rA/wCFt6tqnxC0u102xMvhe/0A6rHc+ZGHZSAwkweRjO3b6803pe/S/wCF3+jB&#10;a7f1t/mewUV5TpfxjSPw7oCw20+s6tqFvJciKaaK3YRqxBZmPyjnAAHWtDR/jdpGr28s/wBmmt4E&#10;0ptUV5CPnEbvHNEP9pHjwfXcKHpfyEc94w/Za0Hxjq2q3EvinxdpumatL5uo6HYaqFsrtj97croz&#10;qG7hHUGvW9H0iz0DSbLTNOt0tLCyhS3t4I/uxxooVVHsAAK86v8A45wW0eYNFnuZIbVLy9jNxHG1&#10;sjDKj5vvtjnC1o6d8Vz4g8SzaVomh3OpxRWUF816JUji2TRs8Q57nbj2zntTV0uVf1b+v8ger5n/&#10;AF/Wh6BRXmCfGqSy1fVrLWfDs+lx6Xa/arq4S7juFjz91Ds/iPpV2y+L0VvcTw+ItHufDbLp8mqQ&#10;m4dZBNBHjzMFejLuTKnn5hS6X/r+tGHl/X9ao9CorxvXvjS2oeH9Utksp9EvptOe7sJxcJIXVev3&#10;eUYDnBrrvh549TxePstrBLdW9laQi41QsPLe4KAtGvdiAck9BnFOzA7aivMPiJ8Truwh8R6domk3&#10;d/Nplruur63kVBbOy5UAHliAQeKbp3xVurfR7C2s9GvPEl9aaTb32pSQyKpjDJkfe++7bWO0c8VN&#10;1a/9df8AIdv6+7/M9Rorz65+L0F4bNfDulXHiKSewTUnWB1iEUDfdJLfxHBwvXio7f4xw6tqmg2W&#10;j6Ld6m+rWz3W4OsYt1SRUffnoQWP5Y71Vtbf1/Wj+4m+lz0WiuW8Y+OD4ZvdM06002bWNW1Ev5Fn&#10;C6p8iAb3Zm4AGR+dcF4R+LdxYaBeT6nb3Nzqt5rk9nZ6dPMqsu0A7C7cKqgMc9Kla/152KsezUV5&#10;YPjrFcJp0FnoN3eatdX02nyWEUyHyZo1Vjl/ulSrKQw45rI+J3xa1M+FvEY0PSb2NLAi3l1eCZQI&#10;JuNwA6sFzyw4p22X9dP80Fv6+/8AyZ7VRXmuv/Gyx0LVL+3SwkvLHS5YoNQvVnRPIkcKcBD8z4Dq&#10;Tjpn2r0eGVbiFJUOUdQyn1B6Ubq5IkM6ThjG27axU+xFSVn6P9y6/wCvh/6Ua9qn9i6NeX2zzPs8&#10;Rfb64oGaFFeWz+Jtf0aNdRutUiuHWCG8m0/yVVDDI+0iNuu5ePrketeoRv5iKw6MAaAHUV5LrXxT&#10;1N/jH4b0DSxGPD7XM1pqNy6gmSYW0soRD22+WCT/ALQFdl4y1TUpPDV7c+Gb7TxdQI0jyzfvVUKp&#10;PAXvx3qeZcvMO3vcp1FFcF4V1rxJ4s+Fuj6naXNlFrV3CHlnuIj5Y5IJCr3wOO1SfCbxnP4l+GPh&#10;7XNcuoEvb23WSWQ7YlZvYdK0cWnKPb9Sb3Sfc7mivI/HniHxt4btdQ19NQs7e0hu4odP0dYklN8h&#10;ZRgv94M2cADpSeJ/F/iq5v8Axpd6PqEFhp/hcxp9le3WQ3biFJpNzHlRtkCjHpUXVr/10/zRVtbH&#10;rtFeSeK/EvjFdAv/ABLBqVnoGk21hHc2sLQpMbuQruKsTyozwMcnNOvfFfizxPrM9hpV1F4ek0/Q&#10;7fU7hJLdZmkuJg5ER3fdVfLIJHPNDdr36f5N/kgWtrdf+Av1PWaKwPAXiKTxZ4O0nV5kWOa6gDuq&#10;9A3Q4/Kt+qas7MlO6uFFFFIYUUUUAFFFFABRRRQAVwB+DGkz/FqD4hXmp6tqGq2lu9vZWVzOhs7M&#10;OMO0aKgO4jIJZm6139FGzuHSwUUUUAFFFFABRRRQByXj/wCIFl4F01rq6YqgZVJVdxyegA7nr+Vc&#10;knxx0y3u9LjkvGm/tFVkhHk8bT0yR0/Wub+PniC/stXOlJ4fGqWdxGkxllQshIOMDHcY/WuIt/EF&#10;xfaQl63hKBL/AEjYIVaFtpQnoo9RQB9X2d0l5bpKnRu3oa574g+MJ/BeiwXltYJqVxPdR2scEtwY&#10;Fy+cEuEfA49DR8OL+51XwjZ3t1aPYzXGXMEnVecf0zWH8cNGm1zwjawRadPqiJqEEs1tbxmRmjBO&#10;75R1o6r1X5jRo6B49ubjXNU0jXtOttHu7C2W8eW3vvtNv5RJBJdo4ypGOhHTvxVXV/izpUnhnV7/&#10;AEW6We7sYFn8q8t5YQUJAD4cKWXr8y8e9cBd+ArzxBB4wtfDGi3Ph3Sr7SGt1gvIzb+fc5yuFPIG&#10;3cCf9qpn8KnWNF1Se30XxL/af9nLb51iZ3AJcExRq33gMdRxRuvl/n/wAVk1/XY9K8PfEvQdetpC&#10;moLHPb2wurgTQyQqqY5cFwAyg9wSPelsvih4Zv7W9uI9RZIrOEXExntpYSIj0cB0BZeDyoIrkPEm&#10;ga9HrcF1o9gTcReGZ7aJnQeWJz5exGzxng8H0ri5PC+s6pqmoTwaX4ilhk8PtamTWCzM0/mKSiqf&#10;ujrgDjrim9W7ef6/5Ex6X8v0PadE+Ivh3xDPPFY6jveGH7QwlhkhHl/31LqAy+4yKw7P4s6frvjH&#10;RtM0e4S4sbq2ubieWa3liOIzFsZC4UMp3t8wBBwMGsDxf4J1XWtRs4LO1eFX8NT2Rm24VJWC7VJ7&#10;HrVRrPVvF2oaHbQ+Hr/RhaaFe2Es9zD5ccczpCqqp7j5SQelJ6arz/8Abv8AJfeG6/ry/wA2drff&#10;FPRZrHUhpV6lxqFvbyTxJNBIkcu0c7GIAkA77SabafFPSLHw7od3rd2Le+v9PivpIbW3llEasgLO&#10;QgYomSeW44PPBrzjR/BUsmhw2k+j+JH1ewspo1N5cO1rG5Qr+7B4bd2x61Jrei+IU0PTNPnsNba2&#10;HhqC2gh0jKH7XsIkSdhyFA2YB4+9Sbtfr/T/ADLWtv67fkeq6x8RvDuhGAXeoczRiZfs8Ek+Iz/G&#10;3lq21fc4FPu/iBoFnqthpr3++9v41mtoYYZJTJGxwHyqkBc9zwO9ePzaL4kh0DTrC707XfIGipDD&#10;DpZKN5+MMs7DkD68V1nw08N6jp2vaDcXthNAsHhiG0eSVMbJRICUz64FXb3muz/z/wAl95F9F6f5&#10;f5v7juPHHitPBfhq71U2zXskQAitUba0znogODyfpXNeKvismkfC+PxRa2x+1XPlww28kckqxzM4&#10;Qh/LXOFO7PTO3AwSKk8e6FrHizxTodhZTS6bYWeb6W+ECyoZRwiYbgkdfxrlbrwlr+leG/E3h0x3&#10;GrI2oWWoWt2sAQSBrmNpVAXgbdhYgdmzUrXR9f8ANJ/r9w3p/Xk/+B953+h+OLCXRp5b/U4ZLmxg&#10;Sa9dLOW1CBlDA+VISwBBHGSe3Wib4oeGYL6G0fUsSymMbhbymNDJjYHkC7UJyOGIPNcl8SfBuq6n&#10;4r0t9Nt2ew1VEs9VdR/q4423qx+ucfhXJ/FDQfEOqr4jsU03XLiV54Tp8en5WyMClSS+OGcENwee&#10;BTWrV+r/AFS/X8GLZf1/XT8j03SviGj+Mdb0bUZIbdYL2OzsSkb7pS0CSEMeRn5jjpwK1b34gaBp&#10;8N3JNf8AFrcC0kWOGR2MxGdiqqkucHooNef634P1a7n8d3dvZSi8W+tr7TWK48544Iwdvr0ZazNQ&#10;8A6tbaF4S1Oe31F5obyW91ODS5GS6RplZdy45JXKggdgaiLvFX8vx/4bX5D6v5/h/X5npM/xS8L2&#10;2m2V9JqgFveSNFABBK0jSKcMmwLuDDupANWE+Ifh57S3uf7SVIbi7FjGZI3QmckAJtKgg8jqK4LR&#10;fCBi1bwzd2WkapDbf2jdXVw2qOZJssqqJHzyu7HQ1m+J/hpq+t+MvEFtHbumkiF9TsLjHy/bmQpx&#10;7jIP4Vb01f8AVrf8Gw99v6vf/gX+Z6TeePbFdctNNs7m2lma9axuElMissgiEm1MIQxwyk5IHPXP&#10;FVbT4n6RDoNnqGp3kMb3UjxxR2Mc1wXKk52qIw5xjk7cCuJ0PwtrRi8C6je6bLFqE2q3eqamm3/j&#10;3MquVDemAUX8KyfAMF5pNv4Z8Qppl1qtjFHd2skdnH5kkTNISHC+nGM+9JLdP+v62E+jX9bnofhn&#10;4pWN74UOtarcRwxS6hc2lsLaGR2mWOV1TbGAzs21cnA9eBWlcfFHwxa2NhdyaoPJv3aO32QSs7uO&#10;q7ApYMPQgGvKR4Q1iTTvDmq3GmavaQWuqarLcWenO0d3Ek8xaN1C8nAHQdmrpfD/AIQ+za34WubT&#10;SdSgtFu7y4nbU3Mkqs8Zw7k8qSexoWtvl+SE3b8fzZ1EPxQ0i2hu5tTvbe3iXUW0+DyVmkZ3EQk2&#10;Mvlgh8Z4GR0AJJxW94d8T6Z4rsmu9LuftEKuY33RtG6MOqsjgMp9iK8u0vwnqi+I7eWbTZvIXxhP&#10;fFmTgQmwZFk+m/Az610XhCO98N654qluNLvHiv8AV8wNFESChX7/APu+9KOqu/62/wA39xUlZu39&#10;b/5HolFY+l+IH1K7jhbTL60DxPJ5lxEVVdr7dpPqfvAelbFMQUUUUAFFFFABWdq/hzSdf8r+1NLs&#10;tS8k7o/tdukuw+o3A4/CtGigBqIsaKqqFVRgKBgAU6iigAooooAKo6voWm+ILYW+qafa6lbht4iu&#10;4VlQN64YEZ5q9RQBFbW0NnBHBBEkEMahUjjUKqgdAAOgqWiigAooooAKKKKACiiigDjfFXwu03xh&#10;qRvb++1AMFCpFFKgjQAfwgoevU81yNv8E7KTW5bWW11CLT1BK3wvom3+g2eVkH8a9gorw8RkmAxN&#10;T2s6a5r3b7+t3+Vj1qOaYuhD2cJu1rLy9NPzucp4Q+HVh4KupprC8vpFlXa8M8ilDzwcBRz/AImu&#10;roor1MPh6WFpqlQjyxXRf8Ozz61apiJ+0qyu+4UUUV0GIUUUUAFFFFABWTq3/IV0n/ro/wDKtasn&#10;Vv8AkK6T/wBdH/lQBrUUUUAFY7eEtJbxYviY2gOuLZ/2eLve2RBv37Nudv3jnOM+9bFFAGPonhLS&#10;fDl9qt5p1oLa51Wf7TeSB2bzZMY3YJIHHYYFbFFFABRRRQAVHFbxQNI0cSRtI29yqgFmwBk+pwB+&#10;VSUUAVLvSrK/uLW4urO3uZ7Vi9vLNErNCxGCUJGVPuKt0UUAFFFFAGD408C6H8Q9HXS/ENgNRsFl&#10;WYQmR4/nAIByhB7nv3rhf+GVvhb/ANCpH/4G3P8A8cr1iigDz7SvgH4C0TRdX0my0BINP1dY0vYR&#10;czHzhGxZBkuSMEk8EVe8DfB7wh8Nr25u/DejLptxcRiKV1nlk3KDnGHYjr6V2dFABRRRQAV4Gv7O&#10;HinTtDvvD+kfEuSx8NXLyt/Z02iQzkK7FmBkLgnk9eK98ooA+d9O0b4pfDfw/wD8Ii3hjS/iNoCL&#10;5VvcSTrAwjP8MqSEggHoBnHqe3W/CP4X6zpOvXvizxW1mut3MK21vYaeCLewgUYEa59sZ+nfrXrd&#10;FABRRRQAUUUUAcJ4E+DHhz4deItY1rSFuheaoT5wnm3qgLbiFGBgZ55Jru6KKACiiigChZf6pfpV&#10;4dKo2X+qX6VeHSgBaKKKACiiigAooooAyPF+kTeIPCetaXbsiXF7ZTW0bSkhAzoVBJAJxk+hrjfD&#10;Pw31PRb6Kaee0ZF8Px6URG7E+apYk8qPl569favSaKO/9d1+of1+X+R5f4K+F+q+HLjwU91PZyLo&#10;lne29z5Tud7TOrKUyoyABznH41mx/CjxINHtvCL3Gm/8IpbXouUvRLJ9saIOXWIxbNgI6b95zj7t&#10;exUU7u9/63v+aD+vzX5M8tb4W6qfA91owns/tMuvQ6orb32CJLqKUgnbndtQjGMZxz3rSvvh/qN1&#10;4s8Yams1sLfWNJjsLdS7blkVXBLjbgL8w6En2r0Cipaurf1sl+SHfW/9b3/M8Lvvgp4g8jTo1t/D&#10;2ueXo400x6w8jR2Uo/5bQp5bB8+h2HgfNWnovwn8QaAPBzwyabcS6d4cGg36vcSIAQi4kiIjO75g&#10;eG28flXsNFU3zXv1/wCD/mxLS1un/A/yR4dD8DtT0y28M3QsPD3iG+06zksrqw1fd9mdWfcHjk8p&#10;yrA4/g5GeRWv4s+D2oeJNB8LQW8mlaPeWExS+i06Ew2zWruHlhjUDuyJycZ+Y8ZxXrVFF/zuB5F4&#10;i+Ed4vjG/wBY0vRfDGu2+oQRxtF4gjIa0dBgNGRFJvXHVfl+tdHofgzVvD+t+J9StW07zL6wtILK&#10;JA0cSSwxyD5kAOxNzLgAsQM/j3VFT0t6/iO/U8V0L4W+Krjwdqvh7XLXRoZdUDzXet2upy3E0twe&#10;VbymtkG3PGN/A9a0NS+GHiL4h3Ekni+XTLBIdIudLtk0mWSfe8+zzJ3Lom3HlrhAD1PzV61RQ0n/&#10;AF5W/LQX9fr+Z4vY/CTWn8OX2lz6F4O0uZ7BrRb/AEyJhNcOeNzHyk8oEdQC/wBa6n4efD+++Ht+&#10;1pZyW3/COT2kbPah23wXahVZoxtwUcDJyQQVBwdxx39FVd7itpY8q8U+APFaal4q/wCEcfSJbHxF&#10;GpmOpTyxyW0oQISoSNg6kAcErg+tRWfw98XeEWlk8OyaPcvqGl29ldi/nliFvNEhQTR7Y28wYY/I&#10;dnQfMM161RU2Vrf1ba34lX1v/X9aHkml/CzX/h69k/hKbTtQP9kw6Xcpqs0lv80QIWZSiSZPJyhA&#10;6ferR8C/Cy88Ha9o9213Bcw2umXFtO43K7zyzJKSq4I2/Kw656cV6VRVX1v/AF1/zZNtLf1/WhxP&#10;jfwtrN34i0TxF4fNjLqWnLLA9rqMrxRTRSbc/OiOVYFRj5TnJ6VwsnwT1670m2ur9NA1LWrbWZtT&#10;FjdB5LGeORdrRszRkqcZw2xsEA4r3CipSt/Xncq9/wCvkeY6T8ONTi1Xw1fvYeH9FXT7q5nnsdGR&#10;kjVZEVUAbYvmN8vLFU7DHFY3if4XeL5dK8TaBosmivo2s3LXa3N9PKk8BfBdNixsGHHDbhj0Nez0&#10;VV9U/wCuj/RBf+vv/wA2ePXPwgv7DxbrV5ZaL4V1qy1e6jvDda5CWubJ9qpIqqIm81SEDKC6YLHr&#10;Xr0SeXEifKNoA+UYH4DtT6KS0Vhdbmfo/wBy6/6+H/pVHxvrUGgeHLm6ubb7Zb8RyRZPKscHoCf0&#10;rZgt0tw4QY3sXPPc028sbfUYDDdQpPESCUkGRkdKAPI7i58L2NsHk1XXdQsLEGa30yexmWLK/Mql&#10;/JBK5A4Y44GelenaHrEHirw/b31qJ7eC6iyu9NkiZHoe4/KtCW2inieKSNXjdSrKwyCD1FPRFiRU&#10;RQqqMAAcCjcDxuT9n+6sNe8LT6Z4q1V9N02/nvLmK9e3Zz5kUitsxb/MWZ8Hefuk4wQK9IPg/TdO&#10;0LUrDRdNsdLN3C6EW0CwqzFSAW2Dn61vUUraOI+vN/X9anNfDzw3deE/A2k6NePFJdWkHlO8BJQn&#10;JPBIBxz6VkeAPhlb6N8NtB8N+JLHTdYm06EIweITw7h3Xeo/PArvKKptttvr+mpKVreR5PqHhLxq&#10;/j3+1/7J8O6ppdgAmjWk2rT2q2oxgyNGtq6l+wOcKOlL4h+H/iyW98URaQ+k/wBneKBE9411cSLL&#10;ZSeUkUhjVYyJQVQYyUwa9XoqbaJMfW55J4g8DeMLjxDpCwWWh6z4a0iCP7JZXupzWrPcKAPNlC28&#10;gbGOFzgHnnFXta8J+MV8QXeu6NHowvNX0uKwv7W7vJRHbSIZCskUiwkyD96w2sqZ2jkZr02ihq6s&#10;/P8AHf7wWm39W2MTwX4cHhHwrpmjiXzzaQiMy4xuPUnH1NbdFFU3d3YkrKwUUUUhhRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQBBd2cV7HslXcOxHBFU4PD1pDIH+eQjkB2yK06KAEAAGBwKWiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCvf2MWpWc1rOHMMqlXEcjI2PZlII/&#10;A1Fo+j2egabBYWEC21pCu2ONSTgfU8n6mrtFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVG+sZLm9sZlKhYGZmB&#10;PJyO1XqKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgBaKKKACiiigAooooAKKpalEk0lkkih0abl&#10;SMg/I9O/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+y&#10;bP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/7&#10;5FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2&#10;TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8A&#10;fIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A&#10;59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAF&#10;uiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8&#10;+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/&#10;smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv&#10;++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn&#10;9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/&#10;AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/&#10;AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+yrPH/AB7Rf98i&#10;gC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js&#10;/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vk&#10;Uf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+&#10;sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3R&#10;VT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn&#10;1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2T&#10;Z/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/f&#10;IoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+y&#10;bP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/7&#10;5FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8A&#10;PrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt&#10;0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A&#10;59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFZZ020/tJE+zx7TETj&#10;aMZyKs/2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZN&#10;n/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8&#10;igC3RVT+ybP/AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7J&#10;s/8An1i/75FH9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/v&#10;kUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZNn/z6&#10;xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3&#10;RVT+ybP/AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKAI7L/VL9KvDp&#10;VGy/1S/Srw6UALRRXlvxM/aQ8G/CfXE0jW5bxr5oxKY7SDzNqnpnkda3o0KuJn7OjFyfZGNWtToR&#10;56slFeZ6lRXjHhP9rTwD4w1WGxtZdQtjLIsX2i7tvLhV2ztVm3HBODj6V7MGDAEEEHkEd6qvhq2G&#10;ajWg4vzJo4ijiE5UZKS8haKKK5joPFZtRuj+15DY/aZvsQ8J+cLbzD5e/wC0kbtvTdjjPWvaq8Nm&#10;/wCTy4f+xP8A/bo17lXo41Jeyt/JH/244MI2/aX/AJ5foFFFV9QvU02wubuXJjt4mlbHXCgk/wAq&#10;89K7sjubsrssUV8nXH/BQDSY55Fi8IXcsQYhXN6q7h2ONnFew/Cr476f8SZks7rTZvDuqywR3dvZ&#10;3cgb7RA6hlkRgADwenavVr5TjcND2lWm0vl+juebRzPCYifJTqXfz/yPUKKKK8k9MKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKoDXtMN39lGo2huc48kTrv/wC+c5q/QAUUUh6UAY3irxfpXgrR59U1i9jsbGEZeaU8fQDqT7Cv&#10;LG/bD+FwJH/CROf+3C5/+N1y37bk7f8ACq1jycHUIf5PXwfX3GTZHh8ww3t60mndrS3S3kz5DNc4&#10;r4HEexpRVrJ636/M/Rj/AIbE+F//AEMT/wDgvuf/AI3R/wANifC//oYn/wDBfc//ABuvznor3v8A&#10;VXBfzS+9f5Hjf6yYv+WP3P8AzP0Y/wCGxPhf/wBDE/8A4L7n/wCN0f8ADYnwv/6GJ/8AwX3P/wAb&#10;r856KP8AVXBfzS+9f5B/rJi/5Y/c/wDM/Rj/AIbE+F//AEMT/wDgvuf/AI3R/wANifC//oYn/wDB&#10;fc//ABuvznoo/wBVcF/NL71/kH+smL/lj9z/AMz9GP8AhsT4X/8AQxP/AOC+5/8AjdH/AA2J8L/+&#10;hif/AMF9z/8AG6/Oeij/AFVwX80vvX+Qf6yYv+WP3P8AzP0Y/wCGxPhf/wBDE/8A4L7n/wCN0f8A&#10;DYnwv/6GJ/8AwX3P/wAbr856KP8AVXBfzS+9f5B/rJi/5Y/c/wDM/Rj/AIbE+F//AEMT/wDgvuf/&#10;AI3VrTP2tPhlql9DaxeIwssrBF820njXJ9WZAB+Jr83aUHByODSfCuCtpOX3r/IFxJi+sY/c/wDM&#10;/YC3uUuolkjYOjDKspyCPUVLXIfDG4abwZomTk/Yof8A0WK6+vyyceWTj2P0aL5op9yo3/IVT/ri&#10;3/oQq3VRv+Qqn/XFv/QhVupKCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAPPf2gfEOo+Ffg54m1bSbp7HU&#10;baBGhuI8bkJkQEjPsTXxR+1xcSXfxSs55nMksui2Tu56sxTJNfY/7UX/ACQTxh/17R/+jkr40/aw&#10;/wCSlad/2A7H/wBF19/wzFc0ZW1vP/0mB8VxBJ8so309385FH4HfE3wn4G0fxZpXi3RrzWLLWkt1&#10;RbMJuiMfmfNlmGD84wR6GvrT9kj4iXPjrwtrVs9xcXVhpV0sFlNeqBOYipID4JBI6da/PGvtr9gD&#10;/kUvFn/X9F/6LNevxFhKUcJVxH2m49dO2i6aaPueXkeJqSxVOj0Sl/nr3127H0p4p1LVNN06NtG0&#10;1dTvpZliWOWXyo4wc5d25IUAdgTkjiqPgHxbN4u0u6luraK1u7S6ktJlt5fNiLocEo2BkfgKf47s&#10;NV1HRVh0u2sb8mUfabDUQPJuoCCHjJIbbnIOcHp05rN+FXhG98H6LeW93Fb2ST3ck8Gm2j7oLONj&#10;xGhwOB7AD2r82Sp/Vm3bmvp38/6/G+h963U+sJK/LbXt/X9WtqcFN/yeXD/2J/8A7dGvcq8Nm/5P&#10;Lh/7E/8A9ujXuVa47/l1/gj/AO3EYT/l7/jl+gV4R8Sr+5T492lotxKto/g++kaAOdjMGbDFemfe&#10;vd68B+Jn/JxFl/2Jl/8A+hPV5ak6sr/yy/QjHu1OP+KP6n5717Tqv7R/9p+CfDejL4aitNW8P20N&#10;vY63BeFZkMahcldnIOOVzXi1HWv2qthqWIcXUV+XVfl+Xc/JqVepRUlTdubf8z9cvC95LqHhnSLq&#10;dt889nDLI3qzICT+ZrUrF8FceDdB/wCvC3/9FrW1X4JUVpyS7v8ANn7RT1hF+S/JHgupReK/HHxu&#10;8R6DY+NdQ8O6dp9jDPHFaRI4LMcH7wrf+H3i7XvDvj3U/AXizUI9Vmt7JdTsNX2CNp7fJVvMHQMr&#10;A9O1cvB488P+Bf2jvGE2vapBpkU2m26xtNn5juzgYFRW8Evxm+JvibxTokMq6LbeHJNDsb6RSgu5&#10;nLOWQEfdG4DNfRypt01GpFKn7NO9kve0trZNtu91d6feeDzpVZOEr1PaNWu/h0vpeyVutlbudTc/&#10;tKaRF9pvLfw9r994dtpTFNr9vZ7rRMHDNnO4qO5ArqPGXxc0XwhpGkXiLcazPrGP7NsdMj82e7G0&#10;MSi+gUgkngZryTwl8VvDXhf4G/8ACNak3k+IbO0exk0VoWM0svIAVcc7vWqGl6bc/Cef4Pax4nR4&#10;tNstLubG7uGUstlLIQ6b8dOPlz7UPAUeezg1ZtLX40otq3q0trrWy1EsbV5OZSTbV3p8D5orX0Te&#10;9vhvseraR8ddL1C0137ZpGq6Lqmj2xu59L1GERztFjhl52kH61oav8XtM0b4WweOpbO7fTZo4ZRb&#10;oF84CR1Qd8cFhnmuR1/xjonxPh8V2fhrSo9VuYdJkj/t6OIAEkf6lXK5P0BxXlXi74o+GtQ/Zcsf&#10;DdvqHma9HFaQS2AjbzIWSdN2/jCgY7+oqKWAhWlC1NpuUE1e9ota+aXrqvuKq42VFS/eJrlm07Wu&#10;1ay7N69NH957f4o+PFj4c8Vnw5D4f1rWtVNql2kOm24lLqwzjrxjuTgVk2f7TOnarFNDpvhPxNqW&#10;s2rlLzR7ewJuLQDoZMnaM9gDk1V8Of8AJyt7/wBi/b/yFW/g0P8Ai7nxfPf7fZf+iGqHQw1Om26d&#10;2oKXxPVuVrbbempftsROpaM7Jz5dk9OXmv6/gdPYfGrw1ffDtfGPnyxacT5ZheM+eJs7fK2DkvuG&#10;MCqfhb43Weu+JrPQtS8P614Xv79GeyGsWwjW62jLBCCRkDnBwa+exo93qPwSa6hS7ktLDxRNcXYs&#10;XZZliErZdSvOV68V6Z4StPh14g8b+GpbDxZ4g8VatDI1zaR3Wo3F1HbEIxLOHJCdCv1IFb1MBhqc&#10;Zuzestrvlsk1e2nXXm3W2phHG4iUoxultvZc3vOL316fZ2b7G3L+0zp7y6wmn+EvEmrjSbqW2vJL&#10;G0DpFsOCxbdjHfGc46isX4x/G6/Twr4Q1fwnb6k9jql9bub22VAsiF8NAQxyGbkdMe9T/Bb/AJEz&#10;4of9hnUv5GvP71xa/syfD6+lBW0stZt7i4lAJEUYnOWOO1a0cNho14pQ+GUVq2780L7euxFfEYh0&#10;Z+/vGpaytblbS19F+qPfPEfxbtvDOn6R9o0XVJ9c1NN8Og2sSyXYA+8WAO0AZ5JOKzrT4+aPN4Z8&#10;R6pc6Zqem3ugxGe90i8hEd0qYyCATgg46g4rzb4qz6XefF3wz4qvtZ1PT/CGoaObaHWtIupbcJJ5&#10;hYBnTBCkMOtVfEOm+DJPh/8AEnU/Der6t4gvjo7W9xqWoXMtwjL1CLJIeSCO3TNc8MFQdODlF3lb&#10;a9k+e3K3srLv717HQ8XW9rKMZKy9NVyt3XV67W00Z6DY/tK6TdXWjvceHPEGnaNqzxxWus3dnstX&#10;dxlVznPJ4Bxg4yOOa9X1HUIdL0+4vZ3CQQRmR2PQADNeC/F3/khHw6/6/dH/APQBXsvi/RX8R+C9&#10;U0uNtj3dm8Kt6EriuHFUaMVCUFyrmlF630i0r6+TOrCVq05ONR83uxltbdbHK2XjXxbfaFpd5aaJ&#10;azS6lDJqG+8maC3tLfgxRu4ViZCpBxjA+bnjJXw78ULjVbrwzc3NstvpmvxtHCD96G4UE7SejK2O&#10;DWQLXVPGngfw7HBouk6/p0Vn9k1LQ9Xwnl3UYC7gxRsFSHGMcggg1DaeGdQtLjwB4auLr7dfaXOb&#10;+7lUlhBGoOxdx5xnCjPJFbOnR96LSTu/uSl/lHy10bu7YqpWtGSb2Xpf3dPvcl302SSb9kooorwj&#10;2wooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAK8Z/au8Za34G+GMOo6DqEum3zajFCZoQCdhSQkcg9wPyr2avGf2rr/wARad8M&#10;YZfDNxqdtqJ1GJS+lPIsvl7JMjKc4zj26UAfM2u/Hz4hWvgfwteReJ7xLq6e7E0gVMvtdAufl7Am&#10;tu++N/jyL4r+GtMXxHdiwuU0YzQbU2uZba2aXPy/xM7E/WsTXfEnxUTwP4Wkh1PxeLx3u/tDRzXX&#10;mEB02b8HPTOM+9bd94h+JY+K/hqJNR8VDTHTRvPRZrnySWtrYzbhnHLF92e5bPegD7kooooAK8v/&#10;AGhvE2o+H/BNjZ6VcGyvtd1S30dLsf8ALASltz/kpH416hXMfEjwFZ/EjwldaJeSSW5kKywXMRw8&#10;EqnKOp9Qf0JoA4SX9mDwauhtHHFdJq4jyNX+0t9o34+8WzjrWt+z34rv/FPgF11SY3V9pd9Ppkly&#10;f+W3lEYf8iPyrm38O/GyaxOhPregixK+U2tLE32spjBOz7ucVD8H/E//AAq7Vh8NvEtpHptz5jya&#10;bqSlvL1EMckszE/vP/1emQD3akPSlpD0oA+Zf23P+SYp/wBhCH+T18KjrzX3V+25/wAkxT/sIQ/y&#10;evhSv1vhf/kX/wDb0v0PzLiH/ff+3V+p9AaD4S+Fuq/C7VfF76Lr6rptzHaSwDUEzIzKCWHycDms&#10;uLwT8P8Awt4Q0nxF4mt9Zuk16Z2sLGxmRWggU43OxGGPsK5zw58QdL0r4JeJPCkwn/tTUNQjuYSq&#10;Ax7FQA5bPByPStnSPHfgrxZ4B0Pw/wCNG1WxudDkYWt1pcaSebExyUYMePrXTKliISm25uPP0d3y&#10;8vT/ALe3trY5o1KEowTUeblfTTmvpf5fK52Wl/s6aHZeKPF1vc2ureIrCz0211TSrfTW2XFxFMTh&#10;Su05IwR/wHNZNh8KvC/iXV9V0GPw34i8K66umS3VhBrUu1pZV5+6UBIwDWhaftB+HtZ8ReMW1J9U&#10;0TSr/TbXStMfT0Ek8EUBOCSWHJ5P/AsVwg8c6N4Q+Inh/wAQ6Drmt66lpIGuX1eMLJtzyi/McgjN&#10;c9KGPm5Ko5KXKrb2va+tvd6JO/Vs3qSwcIqUFFrmd9trra+tvitbpY2/BnwP03xD4L8HtczTQ+Iv&#10;FGrSw2vz4SOzhX965THJyDjkdasv8NvAPjW18T6d4QGsW+t6HA9wst86NFdhOGAA5Xp3pnjf4/2M&#10;/wAZPDniPw3Zyx+H9AjEVrZTKELBtxmOASATvI/4CKV/iV4B8GWvifUPB41mbXNcge3WO/RFis1c&#10;5YqRksee9XL69JKp7yctUuibltLyUfzfWworBxfJeLUbJt9VZ3cfO79dF0ubV/8ABzwzofhXw7qA&#10;8E+LvEZvtKjv7m90tyYImOdykhDjAGevQ1zkfgbwB4K8LeHNQ8XRaveXmvqbmKKwlVBa25OAWyPm&#10;PsK1db+JXgjxZ4d8N2114m8U6LPp2lR2E9tp0C+TIy5yfvjOc46dBTfCfxl8Mf2V4abU7/W9C1zw&#10;7G1pa3+lRJJ9ots5CurH5T9KiP1vkfNz7u9r3t71reV7X5elhv6rdcvL8Ktta9o3v+O+lxngT4R+&#10;EPEEPj69s7bWfGdno0toNOh0fKTzpKzBsoVJJXHP+6TWj4I+CXhTx1r/AIo0640rXPB8mnWEUkMO&#10;sS7ZFmdjguCo+U8enWnv8efCviLUviMdQu9b0OHxC9j9lu9PRXnQQZ3FjuXBbj8zXLW/xC8L+G9N&#10;8a22m6vrmsT61p0UEF3qMIEizK5PzHccADGDRbGz517ybUbbu2kL/wB3+a+l9yn9Ug425Wk3fbXe&#10;397t1tYyvFHwoi8JfCu51W/inh8Q2viBtKlRm/d+WIi2QuOpwDnPQ15bXt3xL+Otj8Rvg1ouhXME&#10;qeJra9SW7nEYEc6LGyBy2c7sEA8duteI17eBddwk8QrS5n92m3k9WvU8nGKgpQ+r7cq++7381t8j&#10;9UvhV/yJmif9eUP/AKAK7SuL+FX/ACJmif8AXlD/AOgCu0r8Nq/xJer/ADZ+v0/gj6L8kVG/5Cqf&#10;9cW/9CFW6qN/yFU/64t/6EKt1kaCAg9KWvjLwP8AFPxF8M/BbR+GdN0/U9R134h3WlCLUWdY1Ejg&#10;Z3KeD78/SvdfhR8RPFurfEDxh4K8Z2ukjVNEgs76C+0VJI4Li3uBIACkjuVZXhkB+bBGOBSj7yT7&#10;q/4Jv7rlTXI2n0dvxcfxaPV8jOO9LXzR4om8aL+1brMfguLR/tjeGYjNPrSySRIolGAEjZCSTxnc&#10;Mdeajm/a01Cbwf4WtUs9F0jx1rGsXmiXI1W5K6bYyWf/AB8ys25WZcFNq7gSZAM8cte8k1/WrX6B&#10;Jcrt/WyZ9NZxS18Q/ET40a78Qbvwrpgi0LUvFnh7xnawJLpVyx0+8DLujdTudlGDyNx5717f4X+L&#10;vji01j4heHvEuh6bq3iDw5p0GqWK6CXgjv45RKFjIldtjB4SC27GDnHFK+jf9OyT/UT0aXp97bX6&#10;fie30V85+Ef2hvEw8e2vhnxDP4S1WbUNIuNRhbw1O7mzliXLQzZlfd2G4be/FY3hT9ov4mX3hPwT&#10;421jRfDUfhbXNbg0ae0tBOLyMTXJtknV2cqAHKZQqeMndzxSV2l/W9vz0F0v/W1/y1PqQnFLXyn8&#10;W/if48+IfgL4oS+HtN0SLwdoz3GlP9uEv2y7aI7JpI3VgiAMCACrZx1FXF+PGsaWPDHgjwveeF9J&#10;vrLwzaaje6h4rnKQnfEBFDGqyRksxBy2cKB0NSndX9Puabv92vzKat+P4NL82fT+aWvkK0+K8Xxa&#10;8f8Awm8Xx2iW0k+g60J7VZd6JNEyJIocYyu5GwR2xVnwP8afFtr4d+Enh7wdomixTeKo9QZ/7Rlu&#10;ZY7TymkbcC0pdhwSVLc9AV6hq7063/W3/BJf9fdd/dsfWlFfNjftI+L9M8L61p19omlXHj+z8Ujw&#10;tbJamRbGeR41mScqWLqoiYEruJyOtdb8OviP49uPjDqXgbxlaaDi20hdSivtGSZPNJkVdpWR22gZ&#10;Pc5oXvbf1pf8mD0vfp/nb8z2aivH/HnxL8Yz/Fe38BeBLPSDe2+ljV9S1DW0lkhjjeR44okWN0O5&#10;jG5JJwBjg157B+1X4ij+H+ly39hoGn+MNV1640S3FxO0enW/lH5pZWZwxAUE4BGenFJO6Vuv462/&#10;NP7mNq39eV/yPqKivlPUv2s/E2meHvEVnBa+Gte8W6Lrmmad52mzOdOvYL1iI3Qh2aNhtdSCzYIz&#10;znFddF8dvFXgLxH4m0z4h2OjvDp2if27bXOhLKm6MHa0TrI7fMD/ABAgH0obS/ryv+QWaaX9b2/O&#10;x79RXz7pPxq+IOhTeBtY8aaPocXhfxhdR2UEeleb9r02WZC9sJWdysoYKVYqqYYjqK5rVv2iPijZ&#10;eDPE3ja20TwxP4d0HV7iwksn89bq6iimMe9X37UbpwVbPXjpTfuu0v8AhtUtfm0Jaq6/4fRv9GfU&#10;9FeAaX8c/F/hbx5pGl+PrPRItH1zQ7zWrSfR1lEtqLZFkkjl3uwk/dv95QvIPFcx4V/ax1vULnwn&#10;rOqP4SPhnxNeC2h0ywvC+qWCyZMLzfvCrZA+YBFwe9Ozvb+r3at63TQrrl5un/Av+Wp9TUV8oRft&#10;LfE7/hBta8ey6J4aHhXRNdfTbq0UT/a7i3W5WJpI28zajAMDgqwJz0r6uVtyhvUZp2dr/wBapP8A&#10;Jj2dv63t+YtFFFSAUUUUAFFFFAFCy/1S/Srw6VRsv9Uv0q8OlAHn37QHh7UPFfwd8T6VpVs95qFx&#10;bqIoE+85EisQPfANfPvjLS9F+IkunXev/CD4hNqVraRWjzWdt5YcIoAz1z7V9iUV6+EzGWEhyqN7&#10;NtNScXqknt6HmYrAxxMuZy6JWsmtG2t/U+Gf+FU+C/8AokXxP/74H+FfUXwO+H+heA/BcJ0TSb/R&#10;l1AC5ntdUOblGxgLJ6EeleiUVeMzSrjKfs3dL/FJ/gyMLl1LCz9orN/4UvyCiiivFPWPDZv+Ty4f&#10;+xP/APbo17lXhs3/ACeXD/2J/wD7dGvcq9LHf8uv8Ef/AG44MJ/y9/xy/QK8W+KvhPxlD8VNF8Y+&#10;FtDtPESW+lS6bNZXN2tv99y27LdRg4xXtNFc2Hryw8+dJO6as9rP7jevRVeHK21qndd1958oT/C3&#10;xBczyTS/AHwy0jsWY/22oyT+NavhD4Q3U/ibT01j4IeHtI03zczXsWqiZoQASGCZ+bnHFfTVFepL&#10;N60ouKil85//ACZ58crpJp3v8of/ACAyKJIYkjjUIiAKqjoAOgp9FFeEewZ954d0rUJzNdaZZ3Mx&#10;GDJNbo7H8SKuW9tFaQrDBEkMSDCxxqFUfQCpKKpybVmyeVJ3sUZND02a8F3Jp9q90DkTtCpfP+9j&#10;NWLq0gvoGhuYY7iFvvRyoGU/UGpqKOZ6ajsuxXstOtdOh8q0tobWLOdkMYRfyFVf+Eb0jfK39lWW&#10;6X/WH7OmX5zzxzyM1pUUc0r3uLlja1iBbG2S5NwtvEtwV2GUIN+PTPXFLDZ29vLNLFBHFLMQZHRA&#10;GcjoWPf8amopXY7IrwWFrawvFDbQxROSWRECqxPXIFRWOi6fpkjSWdhbWjsMM0EKoT9SBV2inzPu&#10;LlXYghsLa2SVIreKJJWLSKiAByepOOpNMOlWRsvsZs4DZ9Ps5iXy/X7uMVaopXfcdl2Kkmk2Mtkt&#10;m9nbvaKAFgaJTGAOmFxiki0ewgs3tI7K2jtXzugWJQjfVcYq5RT5pdxcq7FebT7W4gjhltoZIYyC&#10;kbxgqpHTA7Y7VY6UUUrtjskMjhjh3eXGqb23NtGMn1PvQIY1laQIokYYLgcke5p9FFxhRRRSAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigArI1/wlpHihrJtUsYrx7Kdbm3ZxzHIpyCDWvRQAnSg9KW&#10;kNAHzL+25/yTFP8AsIQ/yevhSv01+N/wwg+KPhWbSLiV7fLrLHMgyUcZwcd+p4r5dl/Ys1FGIHiN&#10;CP8ArxP/AMcr9EyDNsHg8J7GvPld29n1t2R8NnWW4rFYr2tGF1ZLddL9z5sor6Q/4Yw1L/oYo/8A&#10;wCP/AMco/wCGMNS/6GKP/wAAj/8AHK+j/wBYMt/5+/g/8jwf7Ex//Pv8V/mfN9FfSH/DGGpf9DFH&#10;/wCAR/8AjlH/AAxhqX/QxR/+AR/+OUf6wZb/AM/fwf8AkH9iY/8A59/iv8z5vor6Q/4Yw1L/AKGK&#10;P/wCP/xyj/hjDUv+hij/APAI/wDxyj/WDLf+fv4P/IP7Ex//AD7/ABX+Z830V9If8MYal/0MUf8A&#10;4BH/AOOUf8MYal/0MUf/AIBH/wCOUf6wZb/z9/B/5B/YmP8A+ff4r/M+b6K+kP8AhjDUv+hij/8A&#10;AI//AByj/hjDUv8AoYo//AI//HKP9YMt/wCfv4P/ACD+xMf/AM+/xX+Z830V9If8MYal/wBDFH/4&#10;BH/45V/R/wBiu4e/hN54g8y2DAvHHabWYegJc4/Kk+IMtSv7X8H/AJDWSY//AJ9/iv8AM+s/hV/y&#10;Jmif9eUP/oArtKxPC2kpo2lW1pECI4I1iUHrhRgfyrbr8cm1Kbkurf5s/U4Llik+yKjf8hVP+uLf&#10;+hCrdVG/5Cqf9cW/9CFW6gs+dLD9mfXLS20ONtV09jYeNW8TuRv+aAuG8sfL9/j6e9enaF8PbzSv&#10;jN4r8ZSXMD2OsaVp9hFbrnzEe3e5ZmbjGD564wexrvaKSVrW6f5JfkkOTcr36/5uX5s8U8ZfDHx/&#10;H8Ybvxx4O1TQo0uNKXTXstWEo3ENu37kU4x+vtXKT/snX1v4R8Lz22o6XqPjfSNVvNZuJtUti9hf&#10;S3hH2mNlwSq4CbWwSPLHHNfS1FNe6tP61b/Ng3zO7/rS35Hz63wC8T6vL4avNQk8MaZcaZ4gh1Z7&#10;XRbRoolhQY8sPtBdj1ywFbPj74Eap40134k3cGtJpcXijw9a6RbSw7vOgkikncs3H3T5qjg5xur2&#10;mipaT/H8Uk/yQJtNPtb8G3+bPmjwr+zt40tfG2g65qsnhCwttL0u6037LodtJG0pljCiRnKAk5GS&#10;D09TW/p/7PusWnwQ8F+CW1Kxa/0PXLLVJrgb/KkSHUFuWVeM7iowMjGfaveKKu9/vv8AjzfmLpb5&#10;fg4/kz5w8UfAL4gwaf468O+Ete0ODwv4pupr0/2mkpuLOSZt0qIFUqyliSCSCM1Nq37OWt6b4h0j&#10;xDoK+GtW1BdFt9H1Gx8RQM1u/kphJYnVGZSCTwRyDX0TRUpWSS6f5Wt92n3dht33/rZ/mjw1fgRr&#10;k2u+CtTuL/R1l0bSb+yvEsbU20TzXG0gxRqMBQQc5wT1xVHwB+zprPhLVfhTdXGp2EyeEIdQjuli&#10;35mNwHC+Xle28ZzjpX0BRVLR3X9bv9Rbq39bW/I+Y/i38J5PC2ieNvFN5rsGl3E/iu38R6Xerbyz&#10;R2jLbRW+24CqSqHY+WGQAw5qp+zr4g134k/H3xP4tu7/AErWtKg0WPTl1DQldrLzfMViiSOAZDgE&#10;kgcdK+p6KUFyadOn3W/IcnzX89/vv+Z81fH7W1+Ffxf03xnp/ifSPDl/qGjNp93F4ijmSyuYopGe&#10;MpMiMPOUyP8Au+pBFch8L/gbr3xF+C2haxM1lb+JrTXbvW7H+17M/ZbpJTjEkZBZUZSccZHXFfYl&#10;FKKsrfd5a3/P82Dd/wBfPS35fofPWrfAHxT4o8Kmzvm8K6Ne/wDCQadqiW+iWjRwRwW0gdkMmwNI&#10;7fNjKgD15rq/HXwOPj7x1qWpX91EujX/AIdfRJYUz5wZn3bxxjH4161RQ0nv/WnL+X+YXenl/nzf&#10;mfP+k/BDx5rdz4H0rxpr2j3fhfwfdJe2x01JBdahLChjtjMGUKgVWLEKWywFW7r4AavcfBPxj4LG&#10;pWQvtb1O7vYbg7/KjWW4MqhuM5AODgda91opy9/4uv8Amn+aQlpZLp/k1+rPIfFvwQuPFvjvwLqt&#10;zdWx0nRNF1HSL+2O7zJxcwRxZTjGBsbOcdRXK/Db9n/xV4Fl0PSJR4NudB0iTamqDTSdSuYV4jVw&#10;UCq+MZcOelfRFFU227+v4tv82ybLl5f62t+R8+N+zjrR/Z/8WeAf7UsP7R1jVZ7+K6+fyUR7hZQr&#10;fLnOFI4HWvoFF2oq+gxTqKHJtW9PwSX5Ir/g/i7/AJhRRRUgFFFFABRRRQBQsv8AVL9KvDpVGy/1&#10;S/Srw6UALRRRQAUUUUAFFFFAHDXXw7gT4v2vjn7ZIbl9N/sf7HsGzbuaXfu65yMYruaqXv8Ax8WP&#10;/XY/+i3q3Wk6kqluZ3skl6Lb8yIQjC/Kt3f5sKKKKzLCiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;COSJZByKhOnQk5KirVFAFT+zYf7oo/s2H+6Kt0UAVP7Nh/uij+zYf7oq3RQBU/s2H+6KP7Nh/uir&#10;dFAFT+zYf7oo/s2H+6Kt0UAVP7Nh/uij+zYf7oq3RQBU/s2H+6KclhEhyFFWaKAGqgQYFOoooAqN&#10;/wAhVP8Ari3/AKEKt1Ub/kKp/wBcW/8AQhVugAoorzv9oTXr/wAM/BvxNqWmXL2d9DCgjnjOGTdK&#10;ikg9jhjzQB6JRXimm/s7pe6da3D/ABG8fh5okkYLrYABIBOP3dWf+GbYf+ij/EH/AMHg/wDjdAHs&#10;VFePfs+XWoQ3XjrQ7zV7/WbfRdZaztbjUpvOn8sLn5nwMmvYaACisPV/HXhvw/qUGnap4h0rTdQn&#10;x5Vpd3sUUsmem1GYE/gK3OtHmAUVC95BHcx27zxrcSgskTOA7gdSB1OMipqACiiigAoopCQBk8Cg&#10;BaKy38T6Ul1p1v8Abonl1EuLTyzvWXZ97DDI4z61qUAFFFFABRRVd7+2jneBp4/tCx+aYQwL7Om7&#10;b1xkYoAsUVXsb6HUrSO5gLmGQZUvGyH8VYAj8RSNqMCaglkS/wBodDIAI2K7c4+9jaD7ZzQBZooo&#10;oAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWvLfGXx803wr4gvNJtdG1LXprBPMvpNPi3&#10;Jar/ALRr06eeO2heWaRYokG5ndgFUepJ6V8p+N/G2neE/G3iK58J/EXw/aw+ICPt8N9bTzmGTG3f&#10;G8Ssp47Hj60Aera7+0l4b0C98MmeG4bR/EEAmtdVTHlA7trIw6gqcZ9M16xHIs0ayIQyMAykdwa+&#10;T9T+D2l/ETw74K0/RfF2mXXg7wtbO93dRF3u3kkk3ynygvyKdoxk8ZPXHP1B4e1PTdU0m3k0q9hv&#10;7NECLLBIHHAxyR3oA0qKKKAKl7/x8WP/AF2P/ot6t1Uvf+Pix/67H/0W9W6ACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooA818Jnxd468N6d4hXxNHpEOpwrdw2UOnxyiKNxuVSzck4IzWt/&#10;wivi/wD6Hlv/AAUwf40fBX/kkHgv/sD2v/opa7SvQr1XTqzhFKybWy6Nrt5HFRpKdKMpN3aT3fVL&#10;zOL/AOEV8X/9Dy3/AIKYP8aP+EV8X/8AQ8t/4KYP8a7SisPrE+y/8BX+Rr7CHd/e/wDM4v8A4RXx&#10;f/0PLf8Agpg/xo/4RXxf/wBDy3/gpg/xrtKKPrE+y/8AAV/kHsId397/AMzi/wDhFfF//Q8t/wCC&#10;mD/Gj/hFfF//AEPLf+CmD/Gu0oo+sT7L/wABX+Qewh3f3v8AzOL/AOEV8X/9Dy3/AIKYP8aP+EV8&#10;X/8AQ8t/4KYP8a7Sij6xPsv/AAFf5B7CHd/e/wDM4v8A4RXxf/0PLf8Agpg/xqrqukeMtG025v08&#10;XpfG2jaY282mxIsgUZILLyOB2rvqy/FH/Is6v/15zf8AoBq4V5OSTS/8BX+RMqMVFtN/e/8AMk8P&#10;ar/bugaZqQTyxeWsVxs/u70DY/WrV1MYLd5AMkdKxPh3/wAk/wDDP/YLtf8A0Uta+pf8eUn4fzFc&#10;9RKNSUV0b/Nm1NuUIt9l+SAQXJHNzg+gjFL5Fx/z9f8AkMVZorM0K3kXH/P1/wCQxR5Fx/z9f+Qx&#10;VmigCt5Fx/z9f+QxR5Fx/wA/X/kMVZooAreRcf8AP1/5DFHkXH/P1/5DFWaKAK3kXH/P1/5DFHkX&#10;H/P1/wCQxVmigCt5Fx/z9f8AkMUeRcf8/X/kMVZooAreRcf8/X/kMUeRcf8AP1/5DFWaKAK3kXH/&#10;AD9f+QxRE8kdz5MjiTKFw2MdCB/WrNVW/wCQlH/1xb/0JaALVFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQBUb/kKp/1xb/0IVbqo3/IVT/ri3/oQq3QAV5Z+1D/yQfxZ/wBcof8A0fHXqdcL8cPCWoeO&#10;fhV4h0PS0STULuJBCjttDFZFfGe2QpoA6vQP+QFp3/XtH/6CKv14tYfEn4pWNjb23/CnJJPJjWPf&#10;/wAJFbjdgYzjZ7VP/wALT+KX/RGZP/Cjt/8A4igA+BH/ACOXxY/7GN//AEGvYq8q+BXhnxBpMni/&#10;WPEOlrot1r2qtfJYC4WdoVIxguvBr1WgDxjwH4b0DxJ4c8bXuv2lreXs2rahFeT3SgyRokrrGMnl&#10;QqAYx2ArlfBOlaz481TR9FPi3WtJ0S30AzImm3BhllIuGSF945wIwP8Ae4r1jxJ8E/B3izWZdU1H&#10;TJ2u59v2gW2oXNtFc44HnRRSKkvAA+dTxxXSWfhfStO1NdQtbKO3ultVslaLKqsKnKoFHygD2FEd&#10;Fr2t9yav94297f1qv8j578N6Ze+P/E/wn1jU/EOsRalNod2JXs7xoUkdVQFyg4y2cn149K6C1+Im&#10;pFbPTb7V57GXwymoXuv3gG8+TBGRHuH8WfNifHfY1elzfCfwvLb6FCNOkhTQ2Laebe8nheHOMjcj&#10;gspwMqxIOORWlF4J0KHUtZv10yA3WsxrDqDOCwuEUMArKSRjDEHjnPOcCk78tvX73qvxbv8AIFZS&#10;v0/S+33Wt5nz14X8S+L/AA74iht7tfEltZ6toV/eLNr+rRXTvJEiMkkcSndB98kqfYdq3PDB8Q+F&#10;Z/h5rVz4r1fXJ9fE8d/aXk263YC1llQxx9EIaNeR159a9G0L4D+CPDl0lzZ6TO9ylvLaJNeajdXT&#10;xwyAB41aWRiqEKPlGAO2MmulXwbo6poqiyXbozFrAb2/ckxtGe/Pysw+bPWnLW/Lp/T/AM19wl5/&#10;07L9Tw7wrJrtrY/C3xLJ4y1S/ufFc8dxqFpPc77T97ayTbIk/gRGIGB12jPSjwufEGn+MItO8V6r&#10;4msrrV1uoY7hL9bjTrz5HI8nb/x7soAI7/L71o+HvgRew/Eux1WXQNJ8PaHpl5PdwfYtevdQNwzh&#10;lVVtZY0htFIdiyxFhnAHA59E8P8AwZ8IeF9dGr6dpsyXqlzEJ7+4nhgLZ3GKGSRo4sgkfIo4JqtH&#10;rayd9Oyey/r5hqrrrp/X9fI8F8HeB2Phr4TadD4n1q3F5dajJJdPel51AAUxxOeUHyg8d93rWh4g&#10;8WeMNJlj8DaZe6p4gzrb2YvotQjt754BEZRH9okIAcY2luvPrXrl1+z94EvLU28mkXHlC8lv4gmp&#10;3aG3nlOZHhIlBhzzxHtAycAZOb//AAprwf8A8ImPDn9ksdLE32gE3c5uBLnPm/aN/m78/wAe/d70&#10;r6a/18P5WfrcbtfT+vi/zX3Hmvh3XPGPgC00zVvF8t7Y6Ja6pcWEkOoahHeSraSwRyRzTyISGdJo&#10;3QE87ZRXPav4g8fa9qWhaPDFrV1/aVlNrc0Ol6tFYTxbpSI4hJIR8ijHyj8a92T4X+GV8HT+Fn05&#10;rnRLg7p4Lu5lneZtwbc8ruZGOVXksThQOgpfFnwy8OeNreyi1WxlY2XFtNZ3c1pPEMYwssLo4BHU&#10;Zwe9J/1/XqJf1/XoeL63bfEi48PeHZdY/twraWlwL638N6tEl7EwmxDNKVP+kfugMquctmrPhywh&#10;1/4sW/ie18S6zeiXwfFdxsbkxRTfvHALQjgA4zt9cmvTtc+CXg7xDb6fDdabcRrYwm3iey1K6tJG&#10;jJyUkeKRWlUnkhy2SSepNX5/hd4Yn1HSr4aabe40y3+y2ptLmWBVh/55skbKrryflcEU+/z/ABTX&#10;+X9WBdP66o8p8KTaz8TdS0TS73xTquk29nov9oM2nXRhmu5nndAzsOWRAnK9DvGe1Yln488Tz+B9&#10;Ln/t65a9m8MyXLXWfvTeZgSY9a7/AOJ/wmbULDQ4fDXhTTNSk09JYY3u/Ed9pD26MQcCS2jkeZCw&#10;y0bkA4HPFbPgn4L6N4d8E6LompQR6jc2Omrp0k8ZeJHTqwVQ3Az06n3qX7ydv63KTUWr/wBbf18z&#10;zu61LxB8J/8AiYL4j1TxHJdeEr/VZbfVJvNjF1BHHIjRj+AHcwKjg59q2fDOlat4P8e+BrdvGer+&#10;ILfWLG7nvEv7nzY5ZEWEh4x/AvznCjjmvWJvCekz3lndSWSSz2ds9nAXJKrC4UMhUnBB2r1B6V5B&#10;8MvghqXh/wCINlrt5o2meHLHS7ae3tbWw1+91YzeZtHAuERbZFCDEcYI5PPArS6c321+7XT8UZ2t&#10;C3W342Sv+DPdqKKKgoKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgDzb4/wDhHX/G3gaHTfDscU9y&#10;b6GWeCabykmgXcWQt6E7eK47SLT4oaDYpZ2Hw28I21ugwI0veK97ooA+d/Dnw78c3PxY0LxDfeFd&#10;E8NWMImj1I6Vd7vtaMhCh074YD8/ap/2b/hH4v8Ahn4r8Sz64IotIvVLW8UNwJBv8zOdo6fLX0DR&#10;QAUUUUAVL3/j4sf+ux/9FvVuql7/AMfFj/12P/ot6t0AVdV0+LV9MvLGYsIbqF4HKHDBWUg4PY4N&#10;fm/8ZPAWv/CbxfcaXdXl1JaOTJaXPmNiWPPB69R0NfpVXgH7a2n20/wiS7kgR7mC/iWKUj5kDZ3A&#10;H3wKAPnT9nX4X6z8V/F0Us13dxaFYOst3OJWG7ByI1Oepx+Wa/QkDAryv9l/T7ax+CHhp7eBInuI&#10;nmmZRgu+9huPvgD8q9VoA+f7fx58QbrTvF/iO01OxuNP0C7mX+y5bVVMsUY3MN45zjNdbrnx4ttI&#10;0+z1CLRLy806Wwg1CW6WRUWOOVQw2g8uQDyBXOR/CTx9FaeKNCg1HQrPQteupZZbtXmku44pBhlV&#10;CirnGR97vUPjX4A61qF1qMGjNol3pdzpltp1r/bJkMmniGMJ+6Cow+bAJOQQSetAF6T436vb/ETW&#10;of7Le58M2eh/2pGEdA5Xg+Znrg/d29jXTX3xrsrG18Oztptww1rRpNZjAdf3aJEshQ+pIbGa58/B&#10;fXBrAlW70/7Fe+Hv7DvwXfzI8Dh4vlw3I/ixWTb/AAX8c3q6DDql3oAt9G0S50aA2ks26QPCI43b&#10;dHx0GQOmCRnOAAben/tDvqDaSq+DtUV9XgM2nrvQ+eR1Ht9TXf8AgDxtB4+8P/2lDazWMkc8trPa&#10;z/fhljYqykjrgiuJ0T4S6vpt18OpZbmyZfDls8N2Ed8uSpA8v5ORz3xXV/DTwheeDdN1i3vZYJXv&#10;NXvNQjMDMQI5ZCyg5A+YA89vc0Ada7rGhZ2CqBkknAFUv7f0z/oI2n/f9f8AGrVzbRXlvJBPGs0M&#10;ilXjcZDA9QRXz2v7G3h0fE3+2zPnw5/rv7Iwc+dn7u7/AJ598de3SgD6HR1kUMrBlIyCDkGnVHb2&#10;8VpBHDDGsUUahURBgKB0AFSUAFFFFAHF/BX/AJJB4L/7A9r/AOilq38TPE9x4T8HXt3YqH1STbbW&#10;MbDO+4kYJGMdxuYZ9qqfBX/kkHgv/sD2v/opaZ478AS+PPEGgC+dD4esHkuZ4I7iWKeSfaViKlMY&#10;C7i2dwOQK9GSh9cl7T4VKTfybdvnt8zhi5rCx9n8XKrfNJX+W/yOR1rx3rNz8Er29mujZ+JdPuUs&#10;L6S2+QrMk6xuRjoGHI9mpmlfFGXw3q/jB9Tnn1HZe2lrp9mZAMySIflUnhQTyT2xmpdc+CV9FB4l&#10;07w/Pbw6Rq4trgRX13NJJHcxyDzGLMHJDIq985HTFVte+Bepavc6zeebpc9y+oWuoWNveK0kEhiQ&#10;q0c4KcBskZAbGc47V6MJYNxak1aTv2avy6dbap9dEefKOLjK8U7xVu6dnKz6X0a6atG6/wAdLODS&#10;b2SbS5V1W1v49OfT0uEcGSRd6HzR8u0rzu/Cuu8J+Kp/E2n3Us2lT6bd28hia3mcMGI6FXHDA+or&#10;jZfh9rc/hm6to9D8HWE0t2sp0m3gY2ssIXBWSby1bfnJDiP5eBg9a2/hV4L1PwXpuoRajLAi3NyZ&#10;YLC1uJLiGzT+4kkgVmH/AAEVxVo4b2UnTspX737bfj39brXqpSxPtIqesdelu+/4dvTXTj/B3xo1&#10;l9K1yfXdIeW8XX5dJ061t5ELSsOfK4/uAElzwfwrbv8A42xaTpd+99oV5Bq1jdwWs2lrIrP+9bCO&#10;rDhlOe1ZC/CTxHY3GpS2U+mb4PED6/pkk00n70yoUlhmUR/IME4ZS/bIFSX3wn8QeIJ7/V9Tn02D&#10;Wb2/s5jb20sjwQwQMDtDlAzMQOu1RXU44Kc+Z2S02b/u6W7fFd9GczljIQajdtX3S/vdf/Abd0bA&#10;+NFtY2fiE6zpVxpOoaO1ur2TSrIZvPyIdjDj5mBHtg1SuPjzb2Gn6o95os8eoWBh3WUFwkxkWQ4V&#10;ldeOvUVB40+DN94t1bxfd/abJF1JNOksVnUyKJbZ5GImTGNjbwvBPBPHGCy5+Fmt6r4fu7Q6R4U8&#10;PzyTQOiaQr4YIwLF5PKQnPZdnHrUwjgWk5dbX120V/N9b9jWcsXGTUdle2m+9vTodh4P8fP4k1zV&#10;NGvtJm0XVLCKK4aCaRZN8Um4KwK+6EEdq2/FH/Is6v8A9ec3/oBrE03wheWfxR1nxI8sBsbzTbez&#10;jjVm80PHJIzEjGMYcY59eK2/FH/Is6v/ANec3/oBrzZ+z9pB09ny/J9UdsPack1U6N281bR/mUvh&#10;3/yT/wAM/wDYLtf/AEUta+pf8eUn4fzFZHw7/wCSf+Gf+wXa/wDopa19S/48pPw/mKyrfxZ+r/Nm&#10;1L+HH0X5ItV5l8QPjHdeEPG1n4V0rwreeJNVutOfUlFvOkKLGjFSGZuh449a9NrgNU8Aahe/GK08&#10;WJNbDTodEk01omZvOMjSFgQNuNuD1zn2rB3/AD/J2/Gxura3/rVfpc5q0/aOg8Q6d4bHhnw3e67r&#10;mswTXI0oTpCbaOJtkjSSN8ow2FHqSKteGf2jNG8RX2hQPp91pqanbXzSSXRCm1ubSQJcWsi9d6nP&#10;PQgGuN8HfAnxx8MT4f1rQJdA1PXrKC9sLyxv7ye3tZreafzlZJlgdldSq8GMg8jI60zxD+zBrer/&#10;AAig0iDXLO28aya1c65d6lGrpbiS7kkN1FHwW2bJmVcjJ2KTjs+/9bu33JO79GiV5/1v+Oll63N+&#10;T9p+1udP0Y6b4dmvNV1O3lvk0+a+it/LtUbb5rSP8vzHGF6nNVh+1QmtCA+FvB2o+I1bQU1+UpcR&#10;wCGIyzxPGd3V1e3cYHXt0qLxx+zxcnxV4f1/QND8KeJxY6V/ZFxo/ixCkBQYKTRSLDMVcFeRs5BP&#10;IrZ8NfBzWtK1/UdRnGgWcd54Tg0X7Jo8L29vFcrNdSPsj24EX+kKAc5JDEqM4pS2dvP8E7ffZff9&#10;zWrV/L8bX+7X7ir4a/aUTxVLoG/wxqGj6R4limGk6rcTJ+9kSMsVaMfMnQ4J64rnPgh8f9YXwj4I&#10;h8WaHqQstaup9Og8TXVwrie5DyFVdPvKCEZVY8HbWxpnwE8QWXhn4Tac95ppn8JSyvfMssm2QNE6&#10;DyvkyeWH3gtY/g74GfERNG8EeFPEtz4bi8MeGtTbVWvdLuZ5Lu7YGQxQmJ4VVADKSz72J2gBRmtV&#10;y3a8/wAE9/ufzId+X+uz/W33nRW/7VGkXOs24TSZT4dub5tNt9ZF3EfMnBwP3P3whYYDHiuv+D3x&#10;Uufi3o91q48N3eh6UsrRWtxdzIxuikjo5VRyACnU9c+1eYeA/wBnHWfAd+umQeHvAN/pEN5JcQ+I&#10;7u1LauImJIjMYgxvGceb5x9dp6V638G/BV98PPhzpegajLbz3lq9wzvaszRnfPJIMFgD0cZ465qI&#10;2td9l/wfu1Llvp3/AA1/4B5l448W/E/wZdWuuXuq2EMd3raWNn4Uht45TcWzPtDedjfvK/MccCs/&#10;xj8UvHiWPxE8ZaTq1tZaD4L1BbUaI9mj/b440ikuGeUjchKykLt7rz1rYXwP8Uz8Wb/xZqOi+D9f&#10;hikMGjCfxBd2x0+1J5IiFi6mZhyW3+wwKqeKfgh44v4vG3hrS7rQl8IeMr1Ly+vbq4mW9sAyxpcR&#10;xRCIpNuSIBWaSPaWJIOOZhe0f19Y7/JSb6XbS6Ddrv8Ar+bb52S62VyT4meLviX4XsdV8V/2xYaT&#10;pkF3DFpWgLbxztqUbFR80hG9XbJIVemKg8YfETx/rF78Q7zw9qttoNr4K06O5/s+a0Sb7fP5LTPH&#10;I7DKLhAuV5+YntV7XvAPxNvPiouvNo/hLxDoWlKseg2d9r11Zm24w00ka2UqtKex3YUcDuS3xd8J&#10;fiDNf+Nh4cm8PR2fjiwjttSfULucSaXN5bRSSQKsJFwNrnCuYuVHPJwa8vu7628nbS/5vothxtze&#10;/tpf0vrb5aLqz2bwlry+KfC+k6ykZiS/tYrkIf4Q6hsfrVxv+QlH/wBcW/8AQlqv4b0OHwx4e03S&#10;LZma3sLaO2jZupVFCjP5VYb/AJCUf/XFv/QlrWpy88uTa7t6XdvwMYc3IubeyuWqKKKzLCiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigCo3/IVT/ri3/oQq3VRv+Qqn/XFv/QhVugAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+q&#10;X6VeHSgBaKKKACiiigAooooAqXv/AB8WP/XY/wDot6t1Uvf+Pix/67H/ANFvVugArC8a+DNL8feH&#10;brRdXgFxZzjkd0bswPYit2igDB8CeD7XwD4S03w/ZyyT2tjGY0klxuYFi3OPrW9RRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQBxfwV/5JB4L/7A9r/6KWu0ryzwD4yt/A/gvRfDus6Xr0GpaVaR2Uwt&#10;9DvLqJ2jULuSSGJ0ZTjIweh5xW//AMLb0P8A58/En/hMal/8j16GIoVZ1pyjG6bb/F+Zw0K1ONKE&#10;ZSs0l+S8jtKK4v8A4W3of/Pn4k/8JjUv/kej/hbeh/8APn4k/wDCY1L/AOR6w+rVv5H/AF8zb6xS&#10;/mX9fI7SiuL/AOFt6H/z5+JP/CY1L/5Ho/4W3of/AD5+JP8AwmNS/wDkej6tW/kf9fMPrFL+Zf18&#10;jtKK4v8A4W3of/Pn4k/8JjUv/kej/hbeh/8APn4k/wDCY1L/AOR6Pq1b+R/18w+sUv5l/XyO0ori&#10;/wDhbeh/8+fiT/wmNS/+R6P+Ft6H/wA+fiT/AMJjUv8A5Ho+rVv5H/XzD6xS/mX9fI7SsvxR/wAi&#10;zq//AF5zf+gGuf8A+Ft6H/z5+JP/AAmNS/8AkeqOufEzT9V0a+stP0vxFdXlzC8MUT+H76BSzAgZ&#10;eSFUUc9SRVww1ZSTcXuv63JniKXK/e/r7jofh3/yT/wz/wBgu1/9FLWvqX/HlJ+H8xVPwjps2jeF&#10;NF0+4AE9pZQwSAHI3LGqn9RV+9jaa1kVRljjA/GsKrTqSa7v82bU01CKfZfkieiqv9oR90mB9PJc&#10;/wBKP7Qi/uz/APfh/wDCsjQtUVV/tCL+7P8A9+H/AMKP7Qi/uz/9+H/woAtUVV/tCL+7P/34f/Cj&#10;+0Iv7s//AH4f/CgC1RVX+0Iv7s//AH4f/Cj+0Iv7s/8A34f/AAoAtUVV/tCL+7P/AN+H/wAKP7Qi&#10;/uz/APfh/wDCgC1RVX+0Iv7s/wD34f8Awo/tCL+7P/34f/CgC1RVX+0Iv7s//fh/8KP7Qi/uz/8A&#10;fh/8KALVVW/5CUf/AFxb/wBCWj+0Iv7s/wD34f8AwpIm+0XglVXVFjK5dSuSSD0P0oAt0UUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFAFRv+Qqn/XFv/QhVuqjf8hVP+uLf+hCrdABRRXNfEjxrD8OvBGr&#10;eI57drqOwjD+ShwXJYKBntywoA6WivGoPiZ8WbqCOaL4RwtFIodG/wCEithkEZBp/wDwsX4u/wDR&#10;Iof/AAo7agD2KiuD+FHxKuviHb6zFqOjHQtW0i8Nld2f2hZ1VwM8OvBrvKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAMzxN4&#10;jsPCOg3usanL5FhZp5krgZIGcdPqRXjh/bR+HIP+s1T/AMA//sq6j9pn/khXi3/r3T/0alfPvw41&#10;PUYfA2jJF4l+E9pGtuAsGtbftiDJ4lz/ABUAes/8No/Dn/npqv8A4B//AGVelfDf4paB8VdJn1DQ&#10;JpZIYJPLkWaPY6NjIyK+NvF3x+13wp4iu9KTT/AWtLb7MX2l6astvLuQN8j55xuwfcGvWf2F5zc+&#10;HPF0zKqtJqEblUGACUJ4HpQB9PUUUUAVL3/j4sf+ux/9FvVuql7/AMfFj/12P/ot6t0AFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFRv&#10;+Qqn/XFv/QhVuqjf8hVP+uLf+hCrdABXln7UP/JB/Fn/AFyh/wDR8dep15Z+1ACfgP4swM/uYf8A&#10;0fHQB6JoH/IC07/r2j/9BFX64LRPi/4Eh0awR/Gnh9HW3jVlbVIAQQoyD81Xf+Fx+Av+h28Pf+DS&#10;D/4qgDjfgR/yOXxY/wCxjf8A9Br2KvFv2eb+21XxJ8Ub2yuIruzuPEDyQ3EDh45FK8FWHBHuK9po&#10;A8dgm8efES41zVtD8VL4esbC+nsbHTUsYJkujC5RmmeRCwDMp+4VwDWnq3xT8RWV7/ZWl+Dz4i1m&#10;wsYrvV0t75YI7dnBwkRZT5jEo+F46Dnmqs3g34g+Fr3WbPwjc6DJouqXct4s+pzTR3NhJKxaTYiR&#10;sso3EkZZMdPelvvBHjzwxrV1qPhO+0fVZ9TsYLW+k16SWBo5ogwW4QRRuHzvYmM7RwPmqVflVv6d&#10;vyvf8NtSnv8A1t/X6+RXn+P9zq15bQeEvCdz4jWbR4tb857tbVEhcsNpyrfP8p+Xv7VHpXxc8SeJ&#10;Pih4VsdL0KN/C+q6LNfTSzXiJLE6zRIx27CTsLFdoPzbs8YrV8AfCG48C3hCX0d5aroFvpKyOCsj&#10;yxs5aRhjAB354PrVTw98MvEnhTXfB1/Zy6Xdpp9ndabqKTzSRnyZrhJfMhIjO5h5YG1toOfvDFaK&#10;ykv6/mX3fD+fkoe2n9bfjv8AiVtJ+P2o6z4csNWt/BlxjVpEg0i2a+USXcnO/d8n7tF2/fOcgjgZ&#10;qv4h+KWpavo0VpPY3PhXxDp/iLR7a+s0ufMBhmvI1+WRQN6Ou8HgdxV+D4Ua/o3w+8G2mmXmnnxL&#10;4a2tH9oZxaXHy7XRmCllB4O4KSMdOagPwn8Ta+LzVtdutLi12+1fS7yW3spJHtoLezuFk8tHZFZ2&#10;I38lVGcdOtTDpfy/9t/+2v8A1epdbef5y/Tlt/Vm2n7SWn3niZLVLC2/sGW/fTYtTGqRGdplZkJN&#10;rjcELKwDZ54OOaW3/aHdvBx8S3fhptP0+4mFppv2m/jRrucyGMA5UCNMjO8k8Z4qDwd8FtQ8IeIf&#10;syaF4Ou9CivJrqDWZbb/AImoR3ZxGy+VtJUtt8zzMkKDtBOBa1H4J3t78J9E8Ps+l3esaPci8gW+&#10;iMtlM4lZ/LkBXO1gdpO0kZyAaS+FX30/S/3a/wDBB25nbbX9bffpcqp+0kXsYIY/Df23xDJqselH&#10;TNO1KO5jDSQSTRyCdRgoRGQeAVIPXHPd/D7x5c+MBqtrqejtoOsaXMIbqyNwJ1XcMoyyAAMCPYVy&#10;ukfC3VWHhy6uNJ8L+HLmw1sajPZ+H0byTEttNEAJPKjLuWlB5VQBkZOOew8N+E7nR/FvivVZpYnt&#10;9XeBokQncgSMqd2Rjqe2av8Ayf36W+/Un+vzPMfHfxe1/VLKKTR9Bu7Lw9/wkNrpqa/FehXlZLxI&#10;5gYQuRGSsibtxzjpzXdXfxZt7Twh4i146dI0ejX89i8IkGZTHJsLA44z1xXHXXwr8dG0HhqC60H/&#10;AIRaDXE1eG9kkm+2tH9sFy0DRCPYMMzgOHOQFBUZJDfE/wAJ/HF5beJ/D+lXWhL4b1m+fUBd3Usw&#10;u4mdg7xeWsZUgno2/I/u0oWsk+rX/tl7/wDk39buXVr+t/8AgG9ffFQaJca9b6bpF5rGtN4hXR7W&#10;wlvcJPMbOK4YqzAiGNY9xIAIypPVq5XSfjbf+HJvGd34hsJbbUP7Vt7Gy0a51BRFHI0CkhZmAVYy&#10;cndjvnFdBrHwq8RQ6lqWuaLdaa2sL4lGu2MF68iwSxmwS0eKVlQlCRvYFVbovqcYmo/A/wAS+I4N&#10;X1XWP+Edutfn1SHU7axlR57D5IlRoZC8eSDj74TPfb2qY7a9v/kdvx9Pzbtf+vPf8Cxa/GCbxrr3&#10;gu3hxpN5F4jez1Ozsr9bqGSM6deSoPNTAdSyKcY4ZPYU+3+I1vqHhLSriy/tSzlu/Dv2+Ga41F5D&#10;Guf4yT87/wC2ea1tH+F+qCXwreT6X4a8PT6ZrL6jc2WgowhMZs7iBQH8pC77pgcsq4GevfiPDXhm&#10;KTW9O8B2+p6fqeq6J4XGn6l9lk8yO3kLHCycZXIGQGAOD0pTTa5Y76/k/wDgDjZav+tTY8X/ABfl&#10;1L4T61qOgm7uLfS7a036xZTZM8++PfFFjljtJyc4ywHeuhh+N8+ix61/wl/huXw0+nWSahH/AKWt&#10;ws8TsUX5gqhX3DBU9Mjmsyb4G6jpWhanoGgXNha6DqEVvM1lJuVba7jkjLtEFUjY6qcjjDKODuOO&#10;i+JPwqf4hSahFLcQRWl1pi2YEib8SLKZFLKRgrnAIz61pN6ya6v9H+u3yIgtIp9F+q/S9/mclJ+0&#10;Jbapo2u2+qaX9gurfTzqEUWk62k7ywBlU/vIgDE4Lrxz1PPFW/ip8Wdct7HxbZeHfD1zd2ejoLe8&#10;1qG9ELwTMiviOPbl9odckMMZPpUEfwe17UvB+vaZc6H4L8PX13afZIZ9BiYeccgl5G8lCg4+4Awy&#10;evHNvxb8N/HE134t0/w/c6H/AGD4klFzJPqMkq3NnIY0R1RFjKyK2zOSykbjwccy1dW/rp/wfmVF&#10;2s3/AF/X5HqfhyZ7jw9pcsrtJK9rEzOxyWJQEk1o1T0eyfTtIsbSRgzwQJEzL0JVQDj8quVc7OTa&#10;7siN1FXCiiioKKFl/ql+lXh0qjZf6pfpV4dKAOH+OHhi/wDGXwp8RaNpkYmv7qBRFGTjcQ6tj8ga&#10;+Q73V/EHwg8L6ZB4k+EPhcxL/o6ahqmnrJNcOATlmDcnH8q+9a5P4hfDDQvifaWFrr0Ms8FlcC5j&#10;SN9oLYxhuORg9KAPiTxB4W8ZfGjR9L1HQvhhpujWMZkK3GhWi24uM7R82W+YDbx9TX0Z+yJ8N9f+&#10;HfhXWk8QWLadPe3SSRwyEFgqrjJxXutnZwafaxW1tEkFvEoSOKMYVVHQAVNQAUUUUAVL3/j4sf8A&#10;rsf/AEW9W6qXv/HxY/8AXY/+i3q3QAUUVDe3cdhZz3MxxFDG0jn0UDJ/lQBNRXi9n+0odWtlu9L+&#10;HfjHVdPkJ8m8tNPDxTKCRuU55HFTf8NB6j/0Svxz/wCCz/7KgD2KivPfh78Y7Xx7r19okuh6v4d1&#10;a0gW6az1e38qRoi20MBk8ZNehUAFFFFABRSdKTev94fnQA6iiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACikBBJwelLQAUUgIIyDmloAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiqmq6tZaHp819qN3DY2UI3SXFxIEjQZxkseBVlHV1DKQykZBHQigB&#10;1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRXLfE&#10;j4h6f8MvClxr+oxTXFtCyp5VvguxPQDJAoA6mivP/hB8Z9I+MmmX17pdrdWS2cixyR3YUNyCQRtJ&#10;GODXfg5oAWiiigCo3/IVT/ri3/oQq3VRv+Qqn/XFv/QhVugAqG8s4NQtZba6hjuLeVSkkUqhlcHq&#10;CD1FTUUAcb/wpnwCf+ZK0D/wWw//ABNH/CmPAP8A0JXh/wD8FsP/AMTXZUUAZ+ieH9L8NWQs9J06&#10;10y0BLCC0hWJM+uFAFaFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUmAD0paKACiiigA&#10;ooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgBaKKKACiiigAooooAqXv/AB8WP/XY/wDot6t1&#10;Uvf+Pix/67H/ANFvVugArJ8Wf8irrP8A15Tf+gGtasnxZ/yKus/9eU3/AKAaAOI/Zq/5IZ4R/wCv&#10;Zv8A0Y9em15d+zZcwp8DvCStKisLZsgsAf8AWPXpf2yD/nvH/wB9igDyPR/+Trdf/wCxYh/9HivY&#10;q8b0SRZf2q9fZGDr/wAIxDypyP8AXivZKACuX+KF5Pp/w78RXNrPJbXMVjK8c0LlHRgvBBHINdRV&#10;DXdFtvEWjXul3gY2t3E0MoRsNtIwcHtQB8w+EPGWpWFxZCa51u4sbzQZ57m18T3L3MN7MqEjytzM&#10;QPXlcis3xf4sh1vw6lsmhaVprNoukXXnWUJR1DXOPKBJP7tccD3PNe8aX8BvDemFS0uo3xjtXs4f&#10;tl15nkRuMME44OO9ctpPwIGoeKtWTVLSSz8NQ2Fnptgi3IaaZYJDIJCR05IGDzQBDL8eNS0rxvp2&#10;jtDplzpc94NPC24ladPl++0n+r6/wgE+9UrT9oDxRFL4e1PUNM0oeHtaXU54Ug8z7SkdrFI+CSxX&#10;cxQdvwru0+AfheLWYtST7cskN39ujgFz+6WbuwXHfvXCeHvghqB+Jmn3c+inTPDOmvfssU9+tws4&#10;nUptSMfcUhmJB9aAMiP9p/xS2hS3v9h2bNKIHtp/s1wkCh3wUdmYbmA7qce1et/DbxzrHiLxD4r0&#10;LXbayi1DQ5YB5thuEciSozLwxJyNpB55qsvwE8NjSX0xp9Tk08tGyW73ZKRbG3KEGOBmus0fwdp2&#10;heIdc1q1EovdYMJui75U+WrKu0duGNAG5RRRQAUUUUAFMmiE0LxlmUMCNyMVI+hHSn0UAfOdlp+r&#10;6L44+Jn9na5rmpP4YhtLjTrPUdYupoGLW4kkEi+Z84OWwD7Vab9ofxBrMcl1oOnabLZCSytFa6Em&#10;ftMzAOpIboOccfnXrTeEbXQ9T8TeINNs5L3V9Yjj8+3klASUxxiNFGeF4HPNeUWnwL1K1+F+n6ML&#10;VE1C41mPUb6OKdVMSeaGKh84O0ZxigCPV/2h/EGiRPpF1p+nf8JKmsS6a0sUU0lrsSJJd4RWLkkO&#10;BjPHNes/DLxfd+OPB9nqt9p8mmXblklt3Rk+ZTjIDcgHqM1jD4FeGBpC2QF6JVvW1Eah9oP2oTsA&#10;pbzMdwAOnQV2ehaNFoGmQ2MM088cQ4kuZN8h+p70AaFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABXiXxQ0Gd/jB4GtIdf8QWVpr014t5bWer3EMeIrbcmxVcBORk7cZ5r22sPWPB2na54i0LW7oS&#10;m+0VpntCj4UGVNj7h34oA+fvHHjHW9Al8RW/htbLSZLLXLSznvgsjXN2rAAGRy/zH1J6iult/wBo&#10;DXJviKuiR6PDd6dFqUOlXDW9vMZQzrhpt+SiorEfKcnHeu/1f4N+HNbXWhcx3JOrXMd3cMs2Csqf&#10;dZOPlxT7T4R6Lp/iL+2bWfULa5d45JoorkiKd0AAd1xyeBn1oA579mL/AJJPbf8AX/ef+lD16vWH&#10;4N8Had4E0NNJ0sSraLLJMBM+5tzsWbn6k1uUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHzz+2rqeqWPgrwLa6Xreq6CdT8Zafp&#10;9zcaPfS2c7wSJNvTzImVsHA4z2HpXmi/GbxT8DvE/wARfB9r4gXxBbaXcWZ0q78Y3c93JB55w0Zd&#10;czT46hclvevpj4u/B7QvjV4fsNI1+W+ggsb+LU7ebTrjyZY54wwRg2D03n9K4qX9j/4fz6FJYSjV&#10;ZLyTUI9TfWXvSb83CfcfzcdvTFAHgMP7T3xK+JutfC2fSbzS9Fik8Y6h4d1KOCCdYr826Bt+x3DI&#10;hjYYRvmDjJOPlrt9J/a78V3vhDwRqk2k6Ot3rni+68O3MaxyhY4YmIV0BkyHOOckj2r0nTf2RPAW&#10;laNZafbnVl+x6/J4lhuzek3C3kiKkh34+64UZHck881CP2OPh8vii31xP7Xjlt9TOrw2a3xFtFcn&#10;7zLHjjPegDxjQ/2ufi/rS+GwmieDlbxLoepatYMY7oCA2UmHEo835gyjAAxgnOTjB+k/hV8X7fx1&#10;8FNH8f6rEmlQ3Oni9u40JZIcDL47kdcVlaX+y/4I0f8A4Rv7PHfj/hH9OvtLst1znEF226bdxyc9&#10;D2rtPAfw60b4deCNP8J6VFI+jWUPkRx3beaxT0Ykc0Afnx+2D4p8bftIfAvxl4/jkuvDPwn8Ptbf&#10;2Rp7ApLrsz3cMP2iYf8APJVkYovrg9q9n+EXxC8V/ss+KNH+GfxHurnXfBepbI/DPit1LvHkDbbT&#10;kdx0B/pxXY/8FCtPjtv2LfHtpZW6xRRpp6RwQJgKBqFtwAK9/h0ex1bSNMW+s4LsQpHLGJ4w+xwo&#10;wwz0NAGvRRRQAUUUUAFFFFABRRRQBy3xObVx4H1QaFexWGqtHtgnmcIAx7BjwCexr5+13xZ4g8Le&#10;EfFS6dr2u6XrVnp8E9zpfiCVrqWP96Fae3nLHgkgY6dePT6Y8ReHrHxVo9zpepQ+fZ3C7XTOD9Qe&#10;xrj4PgZ4ZS01WC5+26k2pWq2U097cmSRYVO4IrY4AOD9RQBxPjT44eIPApsYZRo15JDa28l4ipO0&#10;srPjO3BKxjnjeTmslvi14x8Oa38RL2eayv7Owv8AToLe1ljk2wrOVxtw/HyMc+rYPA4r0HUv2e/C&#10;2rMWuJdSYvBFbykXePOEeNhfjlhjrWjqPwW8N6pLrjzpdEa1BDBeIs+FcxFTHIBjhxtHNAHGeKfj&#10;d4j0rWvEOn6fpVpcrp81vGkxjkfy1dQWd0VstjPRcV6J8MvFtz408KRald/YzOZXiZrFmMTbTjID&#10;fMp9VOSKw7f4C+G7UXjJPqf2m6dJHuzdnzgyDAIbHpXWeD/B2m+BtGGmaXG6W/mNMzSNueR2OWZj&#10;3JoA26KKKACiiigAooooAKKKKACiiigAooooAxfGkOsXHhPVotAkjh1qS2dbSSU4VZCMA59u3viv&#10;z8+G3w98S/FrxfJ4Outauba1tHea4WaVpI4mBwxVM43E96/QPxpp2o6v4T1az0i8Nhqk1s6W1yP4&#10;JMfKfz4/GvgrS/DnxN+BF0vjd9LnskEjQyyXIyHyed69cH1NAEvxq+EOs/s/T2yaf4huZtN1eNo3&#10;a3doC23BKOFOGHOfwr7B/Z6sfEOnfCnRLfxHIkl0kQ8kqxZhCeYwx9QuBXx/r9/8R/2oZZdQh0z7&#10;bbaPH/qbUBVQt6An5mOOg54r7D+AHh3X/DHwv0iz8R3EsuohN3lTfegQ/djPuBgUAejUUUUAVG/5&#10;Cqf9cW/9CFW6qN/yFU/64t/6EKt0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAULL/VL9KvDpVGy/1S/Srw6UALRXH/F7xhc+Afhtruv2&#10;UaSXVlCHjWTldxdV5/76zXxrB+2d8RUnRpZtOkiDAtGLQDcPTOaAPvqivmCD9u/w95EfneGtTE20&#10;b/Lkj27sc4yema9h+D/xi0r4yaLd6hpltcWZtZRFLDcY3KSMjkcHigDvqKKKAKl7/wAfFj/12P8A&#10;6LerdVL3/j4sf+ux/wDRb1boAKZNClxDJFKgkjkUqyMMhgeCDT6KAPJrj9lX4WXM8kr+FVDuxY7L&#10;65Rcn0AkAH0FM/4ZO+FX/Qrf+VG7/wDjteuUUAcd4E+EPhD4Zy3MvhrRk02W5UJLJ50krMuc4zIz&#10;EDPYV2NFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVj+LPCOkeONEm0jX&#10;LMX2nTEF4S7JkjpypBH4GtiigDmPAvw18N/DSyuLTw3po023uHEkq+dJKWYDAOXZjXT0UUAFFFFA&#10;FRv+Qqn/AFxb/wBCFW6qN/yFU/64t/6EKt0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAULL/AFS/Srw6VRsv9Uv0q8OlAHmP7TP/ACQr&#10;xb/17p/6NSvzer9U/HHhG08eeE9S0C/Z0tb6Py3aM/MuCCCPxAr58P7B+gZ/5GjUh/2wjoA+L6+z&#10;v2Dv+RU8U/8AX7F/6LNL/wAMH6B/0NGpf9+I69h+Dnwb0z4NaLd6fp13Pem6lEss04AJIGBwOOlA&#10;HoFFFFAFHUnMclkwRpCJvupjJ+R/U0/7dJ/z5XH/AI5/8VRe/wDHxY/9dj/6LerdAFT7dJ/z5XH/&#10;AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8A&#10;jn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCO&#10;f/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/&#10;8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/x&#10;VH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FU&#10;fbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9&#10;uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26&#10;T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP&#10;+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/5&#10;8rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/ny&#10;uP8Axz/4qrdISFBJOAOSTQBV+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqsQzR3ESSROskbjcrocgj&#10;1BpouYWkeMSoZExuQMMrnpkds0AQ/bpP+fK4/wDHP/iqPt0n/Plcf+Of/FVbooAqfbpP+fK4/wDH&#10;P/iqPt0n/Plcf+Of/FVbpgmjaVow6mRQCyA8gHpkUAV/t0n/AD5XH/jn/wAVR9uk/wCfK4/8c/8A&#10;iqnWeJ5XiWRGlQAsgYFlz0yO1SUAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/&#10;AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8A&#10;jn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kqws0bSPGHUyIAWQHlQ&#10;emR74P5U+gCp9uk/58rj/wAc/wDiqPt0n/Plcf8Ajn/xVW6KAKn26T/nyuP/ABz/AOKo+3Sf8+Vx&#10;/wCOf/FVbpNw3bcjdjOO9AFX7dJ/z5XH/jn/AMVR9uk/58rj/wAc/wDiqtMwQZYgD1NLQBU+3Sf8&#10;+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of&#10;/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T&#10;/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/x&#10;z/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3R&#10;QBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n&#10;/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/j&#10;n/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9u&#10;k/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/&#10;8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt&#10;0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7d&#10;J/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/&#10;45/8VR9uk/58rj/xz/4qrdFAGfDM02qLuhkhxC3EmOfmHoTWhVRv+Qqn/XFv/QhVugAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6p&#10;fpV4dKo2X+qX6VeHSgBaKKKACiiigAooooAqXv8Ax8WP/XY/+i3q3VS9/wCPix/67H/0W9W6ACq2&#10;o3qabp91dyAtHbxNKwXqQoJP8qs1k+LP+RV1n/rym/8AQDQB5Lonxy8feK9Lg1bQvhPJqGkXOWtr&#10;ptegiMiAkZKFMr0PFXv+Fo/FT/ojb/8AhR23/wARWr+zV/yQzwj/ANezf+jHr02gDzT4dfFrVPFX&#10;i/UfDHiHwpJ4W1m0tFvhCb5LtXiLBQdyAAHJ6c16XXjuj/8AJ1uv/wDYsQ/+jxXsVABRRRQAUUUU&#10;AfKet/t2w6dq13a2vg17qCGVo1mk1Ly2fBxkqImx+Zr0r4WftFQeO59Og1nQ38Lvq0bS6VLJcieG&#10;8CuyOofau1wV+6RyPwz8W+AdFtPEXxgs9OvohNaT6gyyow+XbuPX2rsvE/xsl0Tw1dfD2TwxZNY6&#10;Vd3AsrmR5FuID5zujqQeCN3bqKAP0Corj/g/qt1rvwt8LahfTNPd3OnwySyt1ZioyTXYUAFFFFAB&#10;RRRQAUUU2Vtkbt6AmgB1FfPfhb9o29uPDfh2PTvDmp+KtT1SDU7wGW4hgKR2t20TB2xtHbb6gDvW&#10;1b/tJrr9l4fbwx4Uvtfv9T0x9XltFnSH7Jbq2xizsMFt3AA60Ae1UV89r+2Bp174f0jUNO8OXF3c&#10;3WjnXbuylvooHs7XzZY1yW4d2MEuEXn5aZ4f/aEiuPiN4gtdPNz4il1Y6W2i6PHMFKxyWxeaQZ4V&#10;R95j7UAfQ9FeN6x+0Ymmalqs0Phi8vfCukanHpOo6/HOgSC4bYDiLG50UyoGYcAk+lYM/wC1hPHa&#10;SalD4D1K50Ia2+gpfx3ceZLkSGNdseM7WYde1AH0FRXiE37T1rpekaz/AGx4dn0zxHp2r2+ijRmv&#10;I2864nj82PE3ChdgdiT0CGmW37UEd/aW0Nn4Wur3xBJqjaRLpVveROIpgoYHzh8pQqQdw9aAPcqK&#10;8Q039pr+3LbTbLS/CV5eeLby+u7FtC+1Rp5JtgpmdpiNu0CSPBxyXArlvg/8edaPgXTrefStQ8Ue&#10;L9X1vWlt9MlulSSGCC8kXDyNwqou1R9MCgD6Yorxa0/aSXXV0uw0Dwrfat4pu/tP2jRGuEhazFuy&#10;LKZJGG3gyRgeu8YrQ0D9oOz119ejOhX9hPo/h6LX54LvCSYfzgYdvZlMLDPTkUAes0V8+6j+1jJF&#10;DqNxpvgbUNUtdM0G38Q30y3kUYht5VdsAEfMyhDwOtath+07ZxXFyfEHh278PWTaH/wkNjcTTpIb&#10;q03YBKjmNzlPkbn5hQB7bRXz+f2t7K00/UZb/wAM3MF7BZR6jbWVvexXD3UDyLGCCvCsC65U881l&#10;fE39pXxVpXg7xfHpPhGTSfFnh680xLmC5vIZUSC6mjCSA4w24Fk29VJz2oA+laKo6JdXN9o9ncXl&#10;t9kupYleWDeH2MRyNw4NXqACvM/Bep3Vz8c/iPZS3csttbafpDxW7yEpEXN5uKrnC7toyR12j0r0&#10;yuB8a/BTw7451t9XupNT07UZbYWdxcaTfyWjXUAJYRS7CN6gs2Af7x9aAPA/hH8TviJeeAvB2laJ&#10;qelGV/DUur3Wp+IIJ76ZnSRwFAWZN24LjJbjrz0roNO+Nvjf4uaXbaf4ej0PQ7hfCo1zVZdRt5bl&#10;ZjI0kSwQBZI/LBMUhMhL7cqNrV7Tpfwl8MaK9obDT/siWmlnR4YoXKolsSTtC9M8nnrXO3n7Nfgq&#10;507SbOKLUdPXTbN9OjlsL+WCWa2ZtzQyupzIhPO1uKAPnX4eftD+IPC3wy8DeGPDsMaTaR4P068n&#10;Evh3UdVN7K8IYQIbUYh+XH7x93Jxt4zWpJ48uv8AhY+vay2lm3uNW1fwLDNZXvnRPbGe8kVwQrI2&#10;5NxwGypI+ZWGQfdj+zZ4Mi07RrKzXU9Lj0rT4tLik0/UZYJJrWMYSKZlIMij/arSvPgT4RvtTlv5&#10;bOf7RJdaXdsVuHA8zT5DJanGeiseR/F3oA81T9ozxDaXX9kXdlp8uu6Nc6o3iCKCGQIlpa5MLxjc&#10;SpmVo2UncMZ4rjYP2sfGy+Ete1z+zYb+L/hGNQ1uzYeGdTsoNOnhgaaGKeefCXCuARujKc8DOc19&#10;IW/wr8M23jHX/FC6ajaxr1rHZ6hK5JWaJFKqCvT7pwfUYrmoP2b/AAdDpGsaU39q3Gl6np8+mNZT&#10;6lK8NvbzKVkSBScRZBI+XpQB5/8AE74yfEH4ZW9tY6nq3hZNbTTptUnSx0PUdRMoDtshWGFi0SAL&#10;g3MjbSc4jGCK5/SfHPjXxT4t8SeMvB82h6Y8nhaw1Ge21m0muBKwWQ+UpSSPywSD853Y4+Q17l4/&#10;+CHhr4j6z/amqHUbe9ayOnSyadfSW3n2xZm8qTYRvXLscH+8awbz9lrwNdRLEi6tZxfYI9MkS01O&#10;aITWyZxFIFPzKcnIPWgDw6D4/v4f8R+OPH1jp5W88RaR4Wa0tpIZblYHurd3y6RKZHCKW4UZYgDj&#10;OR7H8IfiV41+IUup2VwLZG0u+tydWuPDl/pkOoWrcyLFDcsHSRcYyWdckHB6V1V58BfBd6NYV9LK&#10;JqltZ2sqRysqxpaqVt/KA/1ZQHgr6CrWg/CHR/D1skUF9rNw4vIr57i71OWaaV4zlVd2OWTttPGK&#10;AOO+LQufGHxk8DeBLnUr/SfD15puoavdnT7p7aS+kge2jjg81CrqAJ3chGBOF7DnhY/HHir4Y6x4&#10;q8H+Gr5NbjtPEOkafp1x4hlluRbpeEeZE8gO9imeCxJ9c17x4++GWh/EeLTxqyXEV1p0pns76xuG&#10;t7m2cjDFJFIZcjrjrgVm6P8ABDwpoekW+n29rO6xanDrDXE1w8k891G+9JJJCcucjvQB89fEP4h/&#10;EzWdV0zQj4j0fTdS8P8AxBtNGur2w0u4SLUEmsVuYiY/teVVQ7q8Zdw52EFNpDejQfHHxOPFcfg2&#10;S20t/E8GuSwXbeW8cI01E80ThS5Ks0ZHJJAOeDXda78CfCfiGTWZbiC7iudV1W31ua4trt45Eu4Y&#10;UhjkjYHKYRAMDrz61qj4WeG/+E2ufFrWG/XbmwGnTXLuTvhHYjpnHGeuOKAPAdK/ao8QnxdFYXE2&#10;kapbanZarNapYaPfwxWc1rE8sY+2S4ivFZUYMYgm04xkc1oWX7QnjnwzJp1z4ph0LUrbVvDcuuW9&#10;tpVvNbvayJ/yyaR5HEoOR8wVMc8Gu+039lzwNpeoWV2iarN9gjuobK3uNSlkhtI7iN45kiQnCKVd&#10;uB049K6DUPg54dkjsZ4rD7RdaZpMuk2cdxKxiMLrgo4754560AeTyfGP4qeHdW0u21G38Na/LrPh&#10;HUvENhY6bby2r/aYVgMNqZZJnVgTMFL4XPouOeN8c/GD4geLPhF47t4/Eelabqmlw2dy0keh3unX&#10;0KyTKrRGCSfK4PSZZGVxkbR1rp/hv+zZfzeOft/ifR30/QLbw9daEun3GsPqHnidotwjJP7qJVjI&#10;VOo3e1epWX7OvhC10rXbGcanqY1q2js7u41HUJbicwxndHGsjElVU8gDoaAPJ7vUviL4c8b/ABG1&#10;nQ9U8OzXel+FtIvr46jp85W9dEvGEcYWf9yGAbLkyYOPlOeKmr/tdeINY1a7l8MaWwstOt7CV9Mf&#10;w5qWoXF+1xBFOyLcQL5VvsSYAbwxYqTgAgn1nXP2Z/B/iGa4lvZtbeS6sIdMuyurTL9rtot+2KbB&#10;+df3jZB68Z6Vqax8BvCmr64NUSO+0uZkhjnh0u9ktobpYgFjWaNCA4VVUDPYAUAcAf2gfEaa8vhl&#10;7Czi8RSa3Aoie3kGzSWiNw8rR7t3mCKKdeuN4XjseZ+Gn7Uvi/xtc6RqK6L/AGlpevafcX1tYQeH&#10;9Rs/7NIjElukt/MvkTh14LoFUHpuBBr3/wD4Vh4c/wCE9i8ZfYF/t+KxOnLcbjjySQcbemeMZ64J&#10;HesHw/8AADwl4auZms4782LQywRaVNfSSWVtHJ99YYSdsYOccCgDwfXvjV8QvFfw28eWE+raToWt&#10;QeH59RER0W9sryy2kBkUPNtnBUkC4jkAU4Ow9Ku3Hxe8SfDuXSXu00/X9cHgXTJ0vW+0W6Sz3N8b&#10;ePehmkUKvmIWbG5iG+YAhV9m0X9nfwfoo1AeVqGoLeWD6YV1G+kuBDauctFFuJ2L04HpVDXv2fdA&#10;j8M3MNhYy6zqEeiLocCavfSSCS2SYyojOTkFWY7W6rhewoA8p+Jfxc8f+GdO+IGgeKT4c1o6ZoMO&#10;pwzaba3Vkrs8iqUYC5ZgBnqrgnrx0rpPEHxs8f6Tq2s6pH/wj/8AwjGl+MbPwybFrSZru4jnFsDL&#10;53mhY2RrjONjbgP4cc1Phz+zNLqWqeMLnxnYXdppmtWEOmLYXGsvfXJjRgxZp85AyAAo6CvY9Q+D&#10;3hnVLHULO4tZmgvtah1+cCdgTdxGIowOeAPIj+XocH1oA8c8R/HX4hxabe+K9L/4RyDwvD4kGgx6&#10;bdWk0t46CbynmMyzKqknkJsOO7V9M18vePP2d9b8W/EJvsuj/wBl6NPrsWrXOoQau32aRVbcW+x5&#10;x5zd36d6+oaACiiigAooooAKKKKACiiigAorzX46eM9Y8J6N4dtNCuI7HUtf1uDR472WISi2Dxyy&#10;NIEPDHEJAB45rk9E+MWteDdK8a6f4pnXX9Z0O+istPlt4Vhl1J5lzCnlqNobPHAxQB7tRXj37Ovx&#10;L1jxZ8PDd+OdQ0+LxEut6lpjLEUiRjb3bwhYxxuxtAz1PGetM8GeLfG6/HjXPCniHUdOu9PTRF1K&#10;1hsrYoInM+wAsfmPHvQB7JRXjfgLxj4xi+OPi3wr4r1TTrrT7PQrLWLYWdv5SQedcXcZBZuThYF5&#10;J9a0PidrPiS6iW/8OeLNN8O+GLO1knvdYVIrp2lGdsYVsqF9T15xQB6pRXzV4b+JPxF+JV/4T8NW&#10;urQ+E9YufDdzrt5fGwSYzlbhIbcCNwQiuriQ9xkAU4fEn4geK/hZpvjc+INP8E6ZHoy3Mzi2juWu&#10;r7nMQDg7UJAAxyc0AfSdFfOkXj/4j/EDXNO8O6XqUHhDWIPCkWu3e+zScz3MjBUiIcHYmQxOOeR6&#10;V698JfGU3xE+F3hPxTcQLbT6zpdtfyQocqjSRq5UewzQB1tFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFVNV1W00PTri/v50tbO3QySzSHCoo6k1brmviTcaXa&#10;eA9cm1q1a90pLZjcW6DLSJ6CgC74V8W6R420ePVNDvo9QsHYqJowRyOoIIBB+orYrzP9ni/8N6l8&#10;Nrebwtpk2kaZ58im3uG3P5nGSW78Y59q9MoAKKKKAKjf8hVP+uLf+hCrdVG/5Cqf9cW/9CFW6ACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KAKFl/ql+lXh0qjZf6pfpV4dKAFoorhviB8XtG+H88FlMk+pavcf6nTrJN8re59B7mgDuaK8dX9o&#10;dtJmiPinwZrXhixlbC3twokjGehbb90fWvWrG+t9Ts4bq1mSe3mUOkiHIYHuKALFFFFAFS9/4+LH&#10;/rsf/Rb1bqpe/wDHxY/9dj/6LerdABWV4s58Laz/ANeU3/oBrVpGUOpVgCpGCD3oA8S/Z7+IvhTR&#10;/g14Xsr/AMT6NY3kNuyyW9zqEUciHzGOCpYEfjXon/C1/BH/AEOPh/8A8GkH/wAVVWf4K+ArqZ5p&#10;vB+iySyMWZ2skJYnqTxUf/Cjvh9/0Jmif+AMf+FAHEeD9b07xF+0/r95pWoWup2f/CNQp9os5llj&#10;3CcZG5SRn2r2+sPw34H8P+DvO/sPRbHSfOx5n2OBY9+PXA5rcoAKKKKACiiigD87bPUfDvw80nVN&#10;WM6ax4m1KSa3js43KraRljuZzjO7HHGD6etY+t/GVvEejTWV/wCGdGMzRCGO7hjdZVAXClmZmZiO&#10;xyPfI4r76v8A4PeB9UvJbu88J6Pc3MrbpJZbNGZj6k4qAfA/4fKQR4M0QEcg/YY/8KAI/gUpX4N+&#10;DQQQRpcHB/3RXd1Hb28VpBHDDGsUUahURBgKB0AFSUAFFFFABRRRQAU2RN8bLnGQRmnUUAeP/D/9&#10;npPAg0MDXWvf7MsNTsRm02eZ9ruvP3ffONn3cc565HSvN/Ffw7vfghY+GBoWr64NQtNGn0qa/sPC&#10;8urQXiNIXWNoYZN8MmSNshJQY+Y19UUUAfKHgH9ke7n8BeCtQvJdI0vxVFoMWm6nb69oMOrIEEss&#10;ybQXTy5lM7qWBZTwMHaK9Euv2ZrNdT1DWNN1dNK8QMbFtO1K309FNibePYV2Kyho5O6DaMce9e10&#10;UAeI6x+zpf6hcavp1r4v+weDNa1SPV9S0VNNzNJMDG0iRXHmjy45GiVmUox5bDDPFmD9nOK38FQe&#10;HU11hHF4o/4SRZ/sn/Tcy+Rt3++N+ffHavZaKAPDvG37Lth411DxRf3OqxNdaprFlrdmt1pyXMFp&#10;PbwNAFkjZsTIyO4I+Q/NwcjNaHhf9n4aDLodxLqWlx3Onak2oyJo2hR6dbykoFCCNHYrgD7zM5r2&#10;GigDwyD9mu90LVE13w94tXTfEkOq31/DeXOmfaIPIu1jWW3eISoW5hRgwdeVHB6VD4d/Zn1Pwho+&#10;iy6R40SLxZpl5qNyNZuNJEkU6Xk7TSRSQCZeAW4Icc898V7zRQB4Zpn7NuoeFptN1nw54yNl4xh+&#10;1i+1a+00XMN8twyNIrQCVCuDFEVxIcbec5p2u/s767eSzXGmePntdQ1LQl0LWbzUNLW6kvUBkYSL&#10;tljET5mcdGGMDHGa9xooA8S079mmPTtG8U6eviFnXXPDNv4c3mzx5AijkTzsb/mz5mdvHTrzVjxB&#10;+zVp3imTTU1LVXmsrTwufDTwLbAGUbkYTZLEAgoDtII969looA+f9L/ZV+y6HfadcavoURljhhgu&#10;NI8Lw2MipHIr5lZZGaRjtAJyo5ztrf8AG37PSeMb/wCIN3/bzWcniuHTEQfZN4s3sn3o33x5gZgM&#10;j5eB1r2GigCno9rdWWlWlve3Md3dxRKks8UJiSRgMEhCzbR7bj9auUUUAFeeeM/j34O+H2r/ANna&#10;/NrNjL50VuLhfDuoy2pklIWNRcJA0RJLAcP1OOteh14R8QPD3j7XPjPp2qSeErXxF4O0JFl0m2/t&#10;dLcG8YEPcyoyHcUUlUHbc57igDuZ/jr4It/FqeG31l/7Ua4WzytlcNbLOwyIWuBH5Kyf7BcN7U5P&#10;jn4Ik8Yx+F11lm1aS5NkjCyuPsrXIQuYBdeX5Jl2gny9+7jpXhPj74G/Erxb4xupykktmfEUeqW8&#10;y668NpHaq+4RmzX5WkA43nJJ5o174F/ErXfiHpd7deZcWdj4vt9ZF0NcdLM2SODsWxHyCUDOXOSe&#10;fWgD1/4U/Gm08W6Xo1rrFzEniXUjcPHZ2VtKwEUcjJvbAYRjjGXIBOcUz4ofFXxb4Oudbk0HwVDq&#10;+k6Dph1TUNS1TUjYROgDsYrc+U4kkCxsTuKIMrlxmuP+CvwQ8S/CHxDaajCkF1HqzTJrkUtzvMWJ&#10;GaGSIkdNpClBgcCtf44+HvHPjPxPpml23he38Q+AYFW6vLQaulo9/OGysMoZDmEYDFf4jgHjIIBX&#10;1v8AaS1SaW/m8LeEF1nTtH0q21fVnv782c8Mc0YlCRRCJ/MdYyGIYoO2c0/xr+0L4i0DQNV8V6X4&#10;FF74M0iwh1K7v9R1H7HcTxOnmN9li8pllZV7M6ZJAGTWV4p+HvxBOveLdS0PQ9P/AOK10m2tLyOf&#10;UFB0mVYvKkA+XEyhemMZNN8UeB/H02t+GdIk8J23ifwV4btLUW1uNZS1F5dRKoEk6MhyqlQyr0zy&#10;egoA3/G/7QOraB4g8Tw6J4Tj1nRPCi2x1u7nvzbXCedGkuIIPKbzCscqMd7R9SBkiuw+InxTj8F+&#10;CdO1ux09tXvdWuLSz0ywaUQ+fPcuqRK7kEIuXGTg4GeD0rzHxp8MvH0+vePRommWElj48Sze6up7&#10;0K+lulvFbyrtx+9G2IEEY5NbHjr4A3Z8N6dP4e1TUtS13Sr7TtRt7LV9VmkspHtZY5NixsxWLd5e&#10;MqBjNADLr9o3V9Hh1TRtU8JwQ+OrTWbbRYdMttSMljcSXEBnilW6aJWEflq+cxbgyEbTwSr/ALR2&#10;p2emXen3nhSKLxzDrMGhppEeoFrOWaY/u5FuTED5eMkkx7hj7pNc/rPwe8deKL/U/Gt1YWNn4jPi&#10;Gx1ay0D7YHjEFtatbiNpwAN7ebI+cYHyjFLe/BvxvrJuvGFzaWMPin/hIrTWoND+1BohFBwIjMBj&#10;cVJ+bGAccUAeg+GfjereHPGd34v0xfDmqeELz7Hqdpa3Bu4pC0MU0LW8mxDIJFnjCgqrbyVx0zzv&#10;hv8AaL1zxV8GpPHGneAbme5juLmKXTf7RhQW6RE/PJI+08gfdRWIP51lw/s/+J/Hl3q2v+Iddl8H&#10;6nf+IU1pNL01YL2GNYbSK2gWQyoVkI8tpOmAzjj5RWh8Ivg34s8E/BvxZ4a1vVl1XU9SuLyS1Vli&#10;REEmdpyij72cnPTtQB3H/C3rK1+DWkePr60eEalplpeQabC3mSyz3CIYraM4G5md1QHA9TgZx58v&#10;7WdmPhR4O8UXGl2Wmav4nVjbadqmrR2ttb7Rl2muXUBFA7hSSeADWmnwE1fWPBXwptZvFd34c1Tw&#10;dpkERgsre3uoHultkhMhEqMCUAkCtjgO3rXnngr9nLxp4E8L/DvULmCw8Y6/4bW4hk0q+kihiWKU&#10;EDy5AuNynnLAk9KAPp3wxq51/wAPafqJlsJmuYVkMml3X2q2JPXy5dq719G2jPoK1K89+BXgTUPh&#10;38P49M1TyY72W8ur17W2bMNr50zSCJD6KG/PNehUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFAHF/FT4cn4kaJp9vb6mdH1TTL+LU7C+8gTrFOiuoLx7l3qVkcEbh161xumf&#10;sxaDqUd1d+NrqXxXr11qH9pSahayT6ascoUqvlJFNuQBSRy7da9mooA8j+FP7M/hL4Z6XPazWcHi&#10;Oc6vd6rbXWqxNcPaGaYyKsfnPIUZRsBdSC5QM3NdXb/Dtbf4s3fjf7eWafSF0r7D5PC4l8zfv3fh&#10;jH412NFAHFRfDKD/AIWnrvjG4uluodW0O10SXTJbcFAkMtxIWLEncGFyVKlf4epzgcn8RvgNdeJF&#10;0az8KapofhLQLCU3M2iN4fFxa3c2cqzrHPDwOu3kE9c17DRQB4/rHwc8XX+r6X4ksvG+n6X4xt9O&#10;n0m51CHQS1rPbSOjrttzc5R0aNSreYw5OVPbF1H9mzWba08G6b4f8Y2NroXhm1SOHTNa0RtQjnuF&#10;/wCXmQrcxZb0BBAr3qigDx3xL8FvFOr6xH4g03xxa6N4nuNJfR9TvY9FMkNxEX3K8URuAYXXnBLu&#10;OTkGvR/BPhKy8BeD9F8N6bv/ALP0mzisrfzTlvLjQKuT64FbdFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWH43vL7T/CWrXOmacur38duzQ2LYImb+6R3+&#10;lblFAHBfBPV9a1rwFa3GveHovDN95jqLGGHyV2DGGEfVc88H0z3rvaKKACiiigCo3/IVT/ri3/oQ&#10;q3VRv+Qqn/XFv/QhVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgDK8UeKdO8G6LPq2qySw2EGPMlit5J&#10;ig9SqKxx74xXh37NHijQ/HPiPxTrzyyXviO7unO5rWTbb2wOEAkK7V3DnbnPtX0JNDHcwvFKiyRO&#10;pVkcZDA9QRXmGvTSfBS2tE8LeCxfaDJI8l/9gOJo2P8AEF/ioAl+G/iOLxlD4s8PeILqO91C31a9&#10;hbTroBZFtDIfJOzAJQpjDY59ay/2dXk0yPxh4ZErT2Ohas9tayMc/uyN2AfQdKw9Z+LcPjPULabw&#10;l4E1C/8AFMKtFb3+pWfkLaFgQSWPJAz0FejfCP4fN8PPC/2W5n+2apdytdXtz/z0lbk/gOgoA7ei&#10;iigCpe/8fFj/ANdj/wCi3q3VHUoknkskkRXQzcqwyD8j0/8Asmy/59If++BQBboqp/ZNl/z6Q/8A&#10;fAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If&#10;++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZN&#10;l/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/&#10;smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQ&#10;Bboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6&#10;Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/&#10;59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboq&#10;p/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8A&#10;fAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If&#10;++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZN&#10;l/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/&#10;smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQ&#10;Bboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6&#10;Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/&#10;59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboq&#10;p/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8A&#10;fAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If&#10;++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZN&#10;l/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/&#10;smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQ&#10;Bboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6&#10;Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/&#10;59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboq&#10;p/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8AfAo/smy/59If++BQBboqp/ZNl/z6Q/8A&#10;fAo/smy/59If++BQAN/yFU/64t/6EKt1nw2sNrqiiGJIgYWzsXGfmFaFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFCy/wBUv0q8OlUb&#10;L/VL9KvDpQAtFFFABRRRQAUUUUAVL3/j4sf+ux/9FvVuql7/AMfFj/12P/ot6t0AFIxCgknAHJJp&#10;ayvFhI8LayRwRZTf+gGgDHn+Lvga1meGbxjoMUsbFXjfUoQykdQQW4qP/hcngH/odfD3/gzh/wDi&#10;q89/Z/8Ahh4P134OeGL/AFLwro1/fT27NLc3NhFJJIfMYZZiuT0716F/wprwD/0JXh//AMFkP/xN&#10;AGz4f8YaD4rWU6JrWn6uIseYbG5SbZnpnaTitivDvBfh/TPDH7Tuv2Oj6da6VZf8I3DJ9ns4Vij3&#10;GcZbaoAz717jQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUhOBk0ALRXk8v7SvhaLUZU+xaw+i&#10;xXzabJ4iWzB05bhXMZTzN27hwV3bdue9egT+MtAtb2Kzm1zTYbyVgiW8l3GsjsegCk5J9qANiiuI&#10;8N/Gbwj4q8TeI9BsdYtjqGg3kdhcrJPGA8rwpKBH83zDEgU8feVh2rpb3xNo+mxXMt5qtjaxWrBZ&#10;3nuURYSegck/KT70AaVFY9z4w0GysIL241vToLKdDJFcy3caxyKCAWVicEAsBkeo9adeeLND0/T7&#10;e/utZ0+2sbjHk3U10iRSZ6bWJwfwoA1qKxbnxt4ds7O2u7jXtMgtLpikE8l5GsczA4IRi2GIPHFc&#10;nrvx48L6P4i17w9Hdx3euaRpn9qSWqzIBImSNinJO7jJGOAQaAPRqK5rwV4/0bxxolpfWGoWUk0t&#10;pFdT2sN0kr229A218HjGccgdKu2XjLQNRjZ7TXNNukWUQlobuNwJD0TIP3j6daANiis298TaPpsV&#10;1Ld6rY2sdqQLh57lEEJPQOSflz71Dd+MNBsLC2vrnW9Ot7K5/wBRcy3caxy/7rE4b8KANiiuHn+M&#10;vhaHx6fBy6jDLrh059TSJZo9rxqyrtB3ffO4EDHQE9q1LP4g6I3h/RdV1LULPRF1W1juoYL+7iRs&#10;OgbaDuwxGeSpI96AOkorm4fHmmS6vd2jTwx2sFvHcf2g1zF5Lq5wADuz+JGPSrtr4v0G+0651C21&#10;vTriwtiVnuoruNooiOoZgcL1HWgDXorO0fxFpPiKOSTStTs9TjjxvazuElC55GSpOM1o0AFeV+J/&#10;il4muvH2peE/Avh6w1y90eyivNTudUvzawRGUv5MCFUctIwic8gKBtywyK9Urx3XPB/jTwX8UPEH&#10;izwXp2l69beI7G2gvbHUrxrVre4t/MEcyOFbcpWXDJgfcBBGTQA7Sf2n/CU3hjRtR1Vb/T9R1Fp4&#10;RpMFjNeXKzQEieMLCrlihB6VSvv2ptB/4TvwJo2lWGp6xpPii0urpdUtdMu5Fi8o4CgLEQSGDhwS&#10;DHgFgMiqvw/+BWteDtS8K3Vxd215NbR6ncapMhKBrq7JZvLXn5dxPU9Ky/BXwR8W+Dr34U33k2F5&#10;L4dudZi1GEXRQLBe3DuskbbDuZVK5XAzkjI60AeoJ8cPBL6dol+NcjWz1mwk1OzmaNwrWyKGaRiR&#10;8gww+9jJ461lWv7Snw/udF1nVZNWubC00i3iu7v+0NOuLV1t5G2pMqSRqzxk9HUFfeuE0D9nzxP4&#10;buviDNY6laQvcQy2fhViN32K3klacqwI4IeRkB5+VV9MVw9h+zT8Qb2/1+8vkWFr/QYNNRdR8S3W&#10;qu06XcMrPvmH7tCsbYVQADgfQA97sf2hvA17peuX76pcafFoojN7Fqen3FpOgkAMZEUqK7h8jaVB&#10;Dds1Vs/2l/AN5bavL/aF/ayaULc3VreaTdW9ypnfZCiwvGHd3bAVFBYkjjkV578ZfhNqja7468XS&#10;31hY2EsGlTWUl0zMhltmO5ZQF+VTuxu5x17Vxuk6f4g+Onjb4n3n9jeH9QJtdGg+ypfPPZStDLJI&#10;US6UKVlHUSIPkbaecUAeqeL/ANq7w7otl4euNHsNW1n+0ddXRLuAaTeJNYvsZmWWPySySjCkRuFZ&#10;lYsOATUvhj9pbQ18R+IdG8S3M1jPbeIn0m1nGmXC20aMI/JWefYY43YuRh2Un0rlbX4K+Ph4Mskn&#10;MVxfWHi6HXbLS7/WJLtoLRITF5DXkiF5GyzMGYHAIXtTvEfwh+IfiOx8XeFWsNHtvD3iPxH/AGq+&#10;qi+c3FtATEXURbBuf92QDuGOvNAHp97+0F4HsPE1xoUupz/a7ed7WSeOwne1FwqGRrcXAQxGYKCf&#10;LDb+OlXk+NXg17bR7j+2Y0t9WtJr61leN1QwRKWkdiRhAAD97HPHWvFtD/Zn1jSvG0sN5azav4fP&#10;iO51+K/l8VahHHGZriS4CnT1kERdWkK7+jdSpJJM8f7K2qX9j8TNKvtUjh07VbOfTPDjxOxaytZj&#10;vdGAxj5wOh5BNAHpum/tHeAtT0rVNQXVLm1g06GC4lS+064tpZIpnKQSRRyRq0qSOCqsgYMeASa5&#10;nxv+1l4c8PeHrPUtIsNW1iZ9YttJurJtIvIp7QyOATLGYd6Ng5VWAL9BmuNsP2dvEN9pet3GpeHr&#10;SXV3sILCJNb8U6jrKXaJMsrgGd/9HGVDJtBZG53GrEfwO8fTeAdRtJPKFymv2GraZpF9rMt95MVu&#10;4ZojdyKXO4jjIO3pQB6a/wAePD+jHxXca1qMcFrpOqW2mxW8FrcvdtLNbRTJCYfL3PKfMJ2Rh+Ou&#10;CGAp237RvhjxFeaZFoepAF9WXSruDUrG6tpo5Su4xhGiyHx/e2gdzXnXjr4fa74T1vWvG91PpFlc&#10;yeNbHX9Otb65It5gNJ+wyQyy7MRHLSlXIIyq+uK5f4Y+D/EvxY8U6p4nSDT4ILfxr/aErQXJkgeJ&#10;ItjeVJtHmYPGQADQB794c/aM8B+KtftNI0/Vbg3F29xHbT3Gn3ENtPJAGM0aTugjZ0COxUNkBScY&#10;5pPDP7RvgTxd4i03RdM1G8lvNT8w2Dy6ZcxQXioMs8MzxhJE5+8rEHsa4Sb4A67f6D8NdMupbWGL&#10;Q9R1mfUpI5SWWG7tb+FDH8vzMDdR5HGOeuK8/wDhvrur698TPg14eb+xb618OWV5m80e6aVnjESI&#10;sksRUeRnb9wknOaAPoL4j/Hrwt8KXnPiOHX7a1gVGkv7bw9fXNom9tqgzxQtHksQMbs5I9RT9Z+P&#10;fgrQPE/9g3mpzJerNHbSyx2U8ltBNIAyRSzqhjjdgQQrsDz0rjvit4W8f+JPiroN/b+GtL8R+DdD&#10;UXlrYXGsmzMuoZws0q+S4YRjJQdmO7qq44P4t/Af4l/EDxBrLLIs1ld6laXlow8R3NrbW0KNGzwt&#10;ZxgRzN8rfvHzn0oA9uf48eC4/GMfhk6nN/aMl4NPWYWU5tPtRGRb/adnleaR/Bu3e1Zvw++M1rq7&#10;jTdauF/t271/WtOsrWztpHJt7O/ngR3ChtgCRoC7YUsffFeT+J/gL8SPEXxD06+uZ/tlhZ+LrDWl&#10;um8Q3MVuLKG4ikaIaeo8nzAEb5zkk+h5HW/Dz4H+Ifhr48vPFOmtbTT65reqPrVtNcsyNZTX1xcW&#10;skWQdkiLL8yDAJY5yRkgHv1FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUVzXj/x/pnw&#10;40NNT1NbicTXCWlva2cfmT3Ez52xopIBYgE8kcA1Q8GfFnQ/GmiarqMYudJOkyNFqFpqkYhmtGUZ&#10;IkAYgcc5BIoA7SiuQ+FfxS0P4xeEU8SeHWuG0x7me2RrmLy3ZopGjY7cnjKnHt2FZ/hL42+HPGnj&#10;TVPDGnJqC3+n2v2ySS5tGiiePfsyhbk8+1AHf0VwXgn40eH/AB/4v1jw5pceoJf6XbxXUrXdqYUe&#10;KSSSNWTdyRuhccgdKl8f/FvTPh/qFnp0mm6trep3UT3C2Wj2wmlWJfvSNuZQFH1z7UAdxRXlN5+0&#10;h4YTS9Eu9MsdY8QTatZz38NjpVoJLiOCFgkryKzqFCuQpGSc8AGk1P8AaS8L21lp91plnq/iWG80&#10;5dWzo1qJfItW6SSbmXb0PAyeOlAHq9FeWa/+0Z4Y0a306WztNW8Qm9006x5Wj2omeC0GMyyBmXA5&#10;xgZPB44r0TQNdsfE+iWGr6ZcLd6dfwJc286dJI3AZWH1BFAF+iiigAooooAKKKKAMLxt4y03wD4c&#10;utb1WRks7cDOwZZmPAUD1JrxU/tr+EQf+QLrR99kP/xyuj/a1/5ItqP/AF82/wD6MFfDujaNe+Id&#10;Ut9O063a6vbhtsUKYy5xnAz9K+LzjNcVhMTGjh7WaXS7u7nzOZY/EYeuqVHsulz6/wD+G2PCX/QE&#10;1r/viH/45R/w2x4S/wCgJrX/AHxD/wDHK+YLj4TeLbXULSxk0ScXN2xWBAyMHI6gMDjP41MPg74x&#10;N+tkNEka5aF7jy1mjOI0ZFZid2AAZEHPrXj/ANsZt2/8kPO/tLMO3/kp9M/8NseEv+gJrX/fEP8A&#10;8co/4bY8Jf8AQE1r/viH/wCOV8xXHwl8XWoBk0WXBlSAFZEYeY/3V4Y8mqS/D3xG91fWw0mfz7Ge&#10;K2uUOAYpJWCxqef4mIA+tJ51mq3X/konmePW6/8AJT6q/wCG2PCX/QE1r/viH/45R/w2x4S/6Amt&#10;f98Q/wDxyvmi0+DPjO+S5aDQpXW2leGb97GPLdWKsDluMEEVDB8I/F9zdrbR6JM0zQNchd6AGJWC&#10;M2d2MBiB+NV/bGbfy/8Akg/7RzDt/wCSn07/AMNseEv+gJrX/fEP/wAcpR+2v4RJAOi60B6lIv8A&#10;45XzLD8HPGNxJcJHosjG3KrKRNFhSRkDO7HSuX1XSrrRNRnsb2LyLqBtske4NtP1BIrOed5nTV56&#10;LziRLNMdBXlp/wBun6Y+EvFOn+NfDtjrWlymWyu03oxGCOcEEeoIIP0rXryf9ln/AJIZ4d/3rn/0&#10;plr1iv0XC1ZVsPTqy3kk/vR9nh6jq0YVJbtJhRRRXUbhRRRQAUUUUAFFFYnja11G+8J6rBpN+uma&#10;lJAwgvHOBE394nt9aANuiuE+Cul6/pHgO2g8Sa5H4g1LzHb7ZHN5w2cYXf8AxY559/au7oAKKKKA&#10;Kjf8hVP+uLf+hCrdVG/5Cqf9cW/9CFW6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFooqpeatY6fJGl1&#10;eW9s8hwizSqhY+gBPNAFuiml1CliQFAznPGKitL23v4jJa3EVzGGKl4XDDI6jI70AT0UUUAVL3/j&#10;4sf+ux/9FvVuql7/AMfFj/12P/ot6t0AFZPiz/kVdZ/68pv/AEA1rVW1KyXU9OurN2KpcRPEzL1A&#10;YEf1oA87/Zq/5IZ4R/69m/8ARj16bXhugfBj4keENIt9H0L4oRWWkWgKW1vJoUErIhJOCxOSeTzW&#10;h/wrz4vf9Fat/wDwnbegA0f/AJOt1/8A7FiH/wBHivYq8y+HXwq1rw14y1HxT4l8Uf8ACS6xd2a2&#10;IkSyS1VIgwYDavBOR1r02gAooooAKKKKACiiigAooooAKKKKACiiigApkyeZC6A4LKRmn0UAfI9r&#10;p/iPTfgPN8Fz4P12bxGtxJYJqS2Eh06SA3ZkF4brHljKYbaW37jjFQ+PPg3qLeEfiRNB4aub7Xzq&#10;FidPu47RnnkWPaC8JxnHHJX8a+vqKAPlnU/hRNdeKvjpbWnhqaz1O71Cw8QaBfxaeywzvBZ2uESY&#10;Lt3GeGVWTOfnJI5zWJqvhTxQvw/8PeINT8LXb634h1t9V1kNpEupy6YChEatZpzJj7uDwM5r7Boo&#10;A+Ovgd8MNZ1PU/A8Xi3wxezabp1/4lkRNS0xreKKOaW1aAmFshFcGUqpJHBx93ih4Q8H6h4Q0vwT&#10;eeL/AAbrGr6HZ2V/ZjTk06W6ktJjIxjdrcKW2lMANjA9RX2pXKeOvhf4f+Iy239tQXZkttwin0/U&#10;LixmVWGGXzIHRipHVScHuKAPi7w/4Vm1L4O+CdTsvD+sylLHXLW2jh0R9WtSX1KVhbywploXO1QJ&#10;ui4bmvRT4B1HTvE+o3d14IuYbzV/AUVnE1lYPcLFeIz+ZE0yqdrkEAbiC3vX1L4c8OaZ4R0Ky0bR&#10;7KLT9MsoxFBbQjCoo/yST1JJJrSoA+I7/wCH3iPxbolra+APCOr+DtUs/AV5pep3F7p0lgLu5kih&#10;EcCs4USPlZDvBIX1FXvDPwc1PxNYeILu2i1azvbTSrf7PazeFW0aI3UDl02hnJlkHK71BBDDk19n&#10;UUAfF+tfDnxxqXhLwj4w1LTbu0vtR1+bWfEWmrozanNb5geGANaBg0qoQp2jOC+7BxVK/wDhhqOk&#10;+EdDuWsPE1+u/U5bTzPCrTxQ+fKW8mTT1ZpIVbqjHGwHBxivt2igD5N8PeBdR0rxr4c1TUPBM9pP&#10;e+CLvTg1pp7zi1vPNjZVkkCkxkorAFyOu3PauRh8Lz+DPh/o8njPwVq2sRt8K9L02zEemyXJ0q7h&#10;tnFxHMgUm3bJQl2AHykZyuK+4K4nx38G/CnxJvI7rXrK6mmWEWzm11C4tBPDuLeVMIZFE0eSTskD&#10;LyeOTQB8kaH8PNc8ReC7ww+H9QvLC/8ADGkQRmK3dllKzguikDkheTjoK6/4ifDDUtN8feOptN8K&#10;3knhBNR0C+m0+wtmWK/ijimScRIoxKwYwllXJO0ZBr63sbG30yygtLWFLe2gQRxRRjCooGAAPQCs&#10;7xX4S0vxtosulaxbtcWcjK+I5nhkRlOVZJEIZGB5DKQR60AeHfsv3Gm3fxG+ME+kaLc6BYPf2Jjs&#10;ruza0df3DZJiYApn0IH0r6JrmvA3w50D4cWFza6FZyQC6lM9zPc3Mt1cXEh/jlmlZpHPuzGuloAK&#10;5bxN8UvB3gvVrPS9f8UaRo2pXmPs1pfXscMs2TgbVYgnnjiupr5r+PWp+Cp/EGveA7O50LTfEvjC&#10;0iTxHqurXUaC009dyqQJG5lOXEarwrEueg3AHt3iL4neEfCGp2Ona54m0nSL++x9ltb28jiknycD&#10;YrEFvwpmvfFTwb4X1+z0PWPFOkaXrN5j7PYXd7HHNNk4G1CcnJ44r5r8a3/hnQvEXxhtNburaeHU&#10;dF0+LSPtDh5L6MWyKBAxyX/eDopPPNHimbwde6LbfDT7Xouia/r+nadP4y1XV71I5bWGOKMBV8xs&#10;mdthCY4jJZ+uAwB9L6r8TvCOh+JLXw9qPibSbHXbrHkabcXkaXEuem1CcnP0rY1zXdO8M6Vc6nq1&#10;9b6Zp1su+a7u5RHFGvqzHgCvkDxhfaHZ6R8bNG1WW3m8Qalrdq+k2zkNdXSbYfIaHuwAHBXpg9K7&#10;3436h4om8NeFpfFeg2WleH9N8V6LNdXUepG8Etut0m6SdDCgQK2xjywHUnjNAHsY+JXgjWfBk/iH&#10;/hI9FvfCvKS6kbuJ7Tg4IZ87evHNV9L8dfD7RPBLeItN1vw/YeEw2TqVrPDHZg5x99SFzkgV8yeJ&#10;L/SL34pal4ksngl8BDx5p017fx4awkkXT1R5ePlIEnBfpuGc026v9Jb4lWviWB4V8DL8Qo55tQJB&#10;sSwsJk83P3dvmtD8/TcAc8UAfX2h+KdH8T6FDrWkapaanpEyGSO+tJlkhdRnJDg4IGD+VUH+JHhS&#10;Pw2PEL+I9LXQmJA1I3aC3JBwfnzjgg96+XrbUdX1TTvGFj4P8NazrHgvxD4xu5bu/wBB8kk2ipEJ&#10;hDvkQFZphINynGN/Xdmqfw90XRvEH7DviH7Z4TEDaJY6r/Z76rawu0BHmgNC2WKkD5c8H60AfYy6&#10;pZvpg1JbqE6eYftAug48sx7d2/d0245z6VkzfEHwzbeFE8Ty+INNj8OugkXVWukFsyk4BEmduM+9&#10;eE/Ey68Rah8IPAXh3TvDWt6v4cvtGgm1u70byTIIkgQrb4eVCA7csRn5VIwdxx474Na41rwL8B4L&#10;3Ubj4e+F7C2uwmpX9rayItyofymQSiWJRtyFZ1zkcAHBoA+79N1K01nTrW/sLmK8sbqJJ4LiBw8c&#10;sbAMrqw4IIIII6g1Zrzr9n/xfrHjn4W6dquuTLeXpuby2XUEh8kX0MNzLFFciMABfMRFfAGPmyMA&#10;gV6LQBXv9OtdVtJLW9toby2k4eG4jDo31U8Gk0/TrTSbVLWxtYbO2T7sNvGI0X6AcCrNFABWdp/h&#10;3SdJuZrix0yzs7ibmWW3t0jd/wDeIGT+NaNFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQB5N+0To+o3uj+ENV0/TrvVV0DxHb6pdWthEZZ2gWGeNika8uQZVO0AnANeXzeA&#10;fHvxPbxXqei6Xa6Jomu61BPPp3iYXFhPe2kKEFWQRs6B2IyGUEjNfVNFAHzj+zn4L+Jem+FbyC/u&#10;NP8ABkMXinVrqSxWwe4a8hkvXf5TJ5floRu2OA25XVsDGK7ix0LUU/ad1PWGsbhdKfwvHbLemI+S&#10;0ouAxQP03Y5x1xXq1FAHkVp4e1g/tK+MdUht57OyuvB2mWdrqj25eD7Qt1fsyg8BmUSRsVz0YdM1&#10;z/xV8ReL/BekWGhyLqviLWNV3x3HijRPC88y2FtnldkAkO89AM9eTivfaKAPmDR44Phf468N+LNG&#10;8KeKr7woPC11o0cEGiXLXyXQuYpgZoCgkXzSJDvKhc9SMisdJvEXgP4W+C/AE/hvX9NuLzTU/tvW&#10;dE0G51D7LF/Faq0MbfvDkjngCvreigD5lMh+Gfj2PxNpPg3xHqXhm+8IppOn2dpo9xJPHNDISsU8&#10;WzfFvB+84A4JJFexfA3wtf8Agf4NeCPD2qIsepaXo1pZ3KI2QsiRKrAHvyDXcUUAFFFFABRRRQAU&#10;UUUAeN/ta/8AJFtR/wCvm3/9GCvkb4K6laaP8U/Dt5fXMVnaQ3BaSedwiINjckngV9tfHvwRqHxB&#10;+Geo6RpgVr1njmjRzgOUbO3Pqa+Nz+zl8RwSP+EWuT/21i/+Kr8/zyjiPr0K1Km5JJbJvZ+R8hml&#10;Ot9bjVhBuyXR9GereA/EOjeCmsNN1TxRpeoz3GrPdq8d4kkNrHgj5pM4G70zVCz8S6X4c8QeIdQu&#10;JfDBin0G8jht9P1ATJcSefbsEfDkhmAOAOu1vSvOP+Gc/iP/ANCrdf8Af2L/AOKo/wCGc/iP/wBC&#10;rdf9/Yv/AIqvNVbGJKKw7020l2a7a7nF7TEpJKi9NtH29PM7r4dfEDR7jw/dSXc2n6JI+v2cy2Xn&#10;7QsarhnAY5x6muij+JXhrXbDWr241KzttZOvWMcu6VVFzbxXyuky88gIWyfRQa8j/wCGc/iP/wBC&#10;rdf9/Yv/AIqj/hnP4j/9Crdf9/Yv/iqIV8fCKj7Bu3k/v28wjVxcYqPsn9z/AMjrLnxfp32341FN&#10;Xt9moSFrArcDE+Z3OY+fm4OeK7PQfGWhS2GnQHV9HknPhSW0MV/eJHEZjPERG7bhgkAnHXg15B/w&#10;zn8R/wDoVbr/AL+xf/FUf8M5/Ef/AKFW6/7+xf8AxVKFXGwlf2D69JdZOXbzsKNTFRd/ZP7n1bfb&#10;zO2uPGGm+EvBniRJU8P6ndXGpW8kWm2d750OzysFlKtk4I554JrwrU70ajfz3IiWASuWESElV9hm&#10;u/8A+Gc/iP8A9Crdf9/Yv/iqUfs5fEckD/hFrke5li/+Krir08ZXsnRkkvJ+fl5nNVhiatk6bSXk&#10;/wDI+sv2Wf8Akhnh3/euf/SmWvWK4X4I+Dr3wD8MNE0TUSv22BJHlCHIUvIz7c+27H4V3VfqeChK&#10;nhaUJKzUV+R95hYuFCEZLVJfkFFFFdp1BRRRQAUUUUAFc38R7XTr3wLrcGr3r6bpslswnu0OGiX1&#10;FdJVPWNHstf0u507UbdLuyuUMc0MgyrqexoA4D9nnTPD2lfDa2g8M6zLrum+fI32uZSrb+MrtP3c&#10;cce/vXpdYvhHwbo3gTRY9J0KxTT7BGLiJCTlj1JJJJPTkntW1QAUUUUAVG/5Cqf9cW/9CFW6qN/y&#10;FU/64t/6EKt0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAULL/VL9KvDpVGy/1S/Srw6UAY/jO6lsfB+u3MEhinhsJ5I5F6qwjYgj6EV8&#10;F/AOB/it8Y7Cx8UXVzqsFxDcO/mzNkMImIYHsQRmvu/x9/yIviP/ALBtz/6KavgL9mPxPpfhH4w6&#10;VqWsXiWFikU8bTyA7QzRsqg4HckUAekftReHdT+EGnaJYaL4o1d9G1Rp82E85YReWI+jdTnf+lex&#10;/scSNL8E7RnYuxvbglmOSfmry/8Abk1iw1vTfA9xp17b30Ba9xJbyh16Qdwa9O/Y1/5IjZ/9ftx/&#10;6FQB7lRRRQBUvf8Aj4sf+ux/9FvVuqOpCQyWQjZVfzuC65H3H7ZFP8u+/wCe9v8A9+W/+LoAt0VU&#10;8u+/572//flv/i6PLvv+e9v/AN+W/wDi6ALdFVPLvv8Anvb/APflv/i6PLvv+e9v/wB+W/8Ai6AL&#10;dFVPLvv+e9v/AN+W/wDi6PLvv+e9v/35b/4ugC3RVTy77/nvb/8Aflv/AIujy77/AJ72/wD35b/4&#10;ugC3RVTy77/nvb/9+W/+Lo8u+/572/8A35b/AOLoAt0VU8u+/wCe9v8A9+W/+Lo8u+/572//AH5b&#10;/wCLoAt0VU8u+/572/8A35b/AOLo8u+/572//flv/i6ALdFVPLvv+e9v/wB+W/8Ai6PLvv8Anvb/&#10;APflv/i6ALdFVPLvv+e9v/35b/4ujy77/nvb/wDflv8A4ugC3RVTy77/AJ72/wD35b/4ujy77/nv&#10;b/8Aflv/AIugC3RVTy77/nvb/wDflv8A4ujy77/nvb/9+W/+LoAt0VU8u+/572//AH5b/wCLo8u+&#10;/wCe9v8A9+W/+LoAt0VU8u+/572//flv/i6PLvv+e9v/AN+W/wDi6ALdFVPLvv8Anvb/APflv/i6&#10;PLvv+e9v/wB+W/8Ai6ALdFVPLvv+e9v/AN+W/wDi6PLvv+e9v/35b/4ugC3RVTy77/nvb/8Aflv/&#10;AIujy77/AJ72/wD35b/4ugC3RVTy77/nvb/9+W/+Lo8u+/572/8A35b/AOLoAt0VU8u+/wCe9v8A&#10;9+W/+Lo8u+/572//AH5b/wCLoAt0VU8u+/572/8A35b/AOLo8u+/572//flv/i6ALdZGoeEdC1e5&#10;NzfaLp17cEAGW4tY5HIHTkgmrnl33/Pe3/78t/8AF0eXff8APe3/AO/Lf/F0AQ3HhvSbt7d59Lsp&#10;mtgBC0lujGIDptyPl/CoL/wdoGqXT3N7oem3dw/3pp7SN3b6kjJq75d9/wA97f8A78t/8XR5d9/z&#10;3t/+/Lf/ABdAEUvh7SpruG7k0yzkuoQBFO0CF0A6bWxkfhVq6tIL63kguYY7iCQYeKVQysPQg8Go&#10;vLvv+e9v/wB+W/8Ai6PLvv8Anvb/APflv/i6AIo/D+lxacdPTTbRLA9bVYFER/4DjH6Uf8I/pf8A&#10;Zp07+zbT+zz1tPIXyv8AvjGP0qXy77/nvb/9+W/+Lo8u+/572/8A35b/AOLoAksrG2062jtrS3it&#10;beMYSGFAiKPYDgU1NNtI7NrRbWBbVwQ0AjAQg9crjHNN8u+/572//flv/i6PLvv+e9v/AN+W/wDi&#10;6ALCQxxxLEqKsSrtCAYUDpjHpVO40HTLuxSyn060ms0+7byQK0a/RSMCpPLvv+e9v/35b/4ujy77&#10;/nvb/wDflv8A4ugCeCCK1hSGGNIYkG1Y41Cqo9AB0qSqnl33/Pe3/wC/Lf8AxdHl33/Pe3/78t/8&#10;XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/78t/8XR5d9/z3t/8Avy3/&#10;AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3/wC/Lf8AxdHl33/Pe3/7&#10;8t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/78t/8XR5d9/z3t/8A&#10;vy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3/wC/Lf8AxdHl33/P&#10;e3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/78t/8XR5d9/z3&#10;t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3/wC/Lf8AxdHl&#10;33/Pe3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/78t/8XR5d&#10;9/z3t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3/wC/Lf8A&#10;xdHl33/Pe3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/78t/8&#10;XR5d9/z3t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3/wC/&#10;Lf8AxdHl33/Pe3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/Pe3/7&#10;8t/8XR5d9/z3t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33/Pe3&#10;/wC/Lf8AxdHl33/Pe3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl33/P&#10;e3/78t/8XR5d9/z3t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiqnl33&#10;/Pe3/wC/Lf8AxdHl33/Pe3/78t/8XQBboqp5d9/z3t/+/Lf/ABdHl33/AD3t/wDvy3/xdAFuiqnl&#10;33/Pe3/78t/8XR5d9/z3t/8Avy3/AMXQBboqp5d9/wA97f8A78t/8XR5d9/z3t/+/Lf/ABdAFuiq&#10;nl33/Pe3/wC/Lf8AxdHl33/Pe3/78t/8XQAN/wAhVP8Ari3/AKEKt1nwrOuqL5zxufJbHloV/iHq&#10;TWhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQBQsv9Uv0q8OlUbL/AFS/Srw6UAV9T0+HVtOurG4Ba3uYnhkCnBKsCDz9DXJ+Gfgz4N8J&#10;ac9np+g2ixSLtkaWMO7j3JrtaKAPMZP2bfh7LqyXzaBEdmdttuPkAnqdnTNeh6ZpVnotlHaWFtFa&#10;W0fCxQqFUfhVuigAooooAqXv/HxY/wDXY/8Aot6t1Uvf+Pix/wCux/8ARb1boAKKKo67evp2iahd&#10;xAGSC3klUN0yqkj+VAF6ivnv4e6P8UviV4N0zxNH8U/7JTUkaYWSaDbyiEb2G0MWBPTvXRf8Kv8A&#10;ip/0WRv/AAm7b/4qgD2KivGvhprXi7R/i5rPgvxJ4kXxTFBpUeoxXhsUtWVmkC7dqEgjB717LQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUVSt9a0+8uJ4IL+2nngl8iaKOZWaOTbu2MAchtpBwecc0AXaKKKACiqj&#10;6rZR6lHpzXluuoSRmZLQyqJWQHBYJnJUHjOMU/UNRtdJsbi9vrmGys7dDLNcXEgjjjQDJZmPAAHU&#10;mgCxRTY5EmjWSNg6MAyspyCD0INOoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooARmCKWYhVHU&#10;ntVb+07P/n7g/wC/i/415d+1Lqd1pXwb1SW0nkt5HlhiZ42wSrOAwz7ivgcnJyeTXzGZ51/Z9ZUV&#10;T5tL72/Q8LHZn9TqKmoX0vufqT/adn/z9wf9/F/xo/tOz/5+4P8Av4v+NfltRXkf60P/AJ8/+Tf8&#10;A8/+3n/z7/H/AIB+pP8Aadn/AM/cH/fxf8aP7Ts/+fuD/v4v+NfltRR/rQ/+fP8A5N/wA/t5/wDP&#10;v8f+AfqT/adn/wA/cH/fxf8AGj+07P8A5+4P+/i/41+W1FH+tD/58/8Ak3/AD+3n/wA+/wAf+Afq&#10;T/adn/z9wf8Afxf8aP7Ts/8An7g/7+L/AI1+W1KCVIIOCO4o/wBaH/z5/wDJv+AH9vP/AJ9/j/wD&#10;9UQQwBByDyCKWvMf2a9UutY+C3h24vZ3uZ9s0fmSNliqTOijPsqgfhXp1fb0Kqr0oVUrcyT+8+op&#10;VPa041F1SYUUUVuahRRRQAUUUUAFFFY/i/xEvhLwxqWstay3q2ULTG3gGXkx2FAGxRXGfCX4jr8V&#10;PB0OvLpk+k+ZK8Rt523fdxyrYGRz1wOhrs6ACiiigCo3/IVT/ri3/oQq3VRv+Qqn/XFv/QhVugAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igChZf6pfpV4dKo2X+qX6VeHSgBaKKKACiiigAooooAqXv8Ax8WP/XY/+i3q3VS9/wCPix/67H/0&#10;W9W6ACsnxZ/yKus/9eU3/oBrWrO8R20l54e1S3hXfNLayxoo7sUIA/OgDg/2av8AkhnhH/r2b/0Y&#10;9em184/Cn4uzfDj4faN4a1PwB43nv9NjaGaSz0fzIWbex+Vt4yOeuK6z/hpS2/6J38QP/BGP/jlA&#10;Bo//ACdbr/8A2LEP/o8V7FXh3wx1C+8bfHLXfFo8PazoekvokVgv9tWn2eRpRKGOFycjHfNe40AF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFRzwrcQSROMo6lSPY1JRQB8gaXeX9zp2jfAU3NwNS0vxL&#10;Lb3MxkO9tGtyl1A5PXBSe0jz3KtW/cfFDx1p2ia/q9x4os7WxbXW0LS7C30oT3EYWRBmNQMyyFSQ&#10;FPHrXv8AF8P/AA9D44n8YppcS+JZ7RbCTUAW3tArFgmM46nrjJ454GM3Vvg94Q1vQ5tIu9IDWMt6&#10;dRIiuZopFuCQTKkiOHRsgfdYUAeDaH+0N4n1P4fanHcalPZa5Z+L38OJdS6L/p9xGLWO5GyzHHnb&#10;ZQCOmFJo8E/HXxv8QjoXha31NNF1q41m/wBPudavdNWOUxWylhi3b5VkYDBB6V7JD+zr8PrbQp9I&#10;h0J4rSfUv7Xd01C5W4+2eUsRmE4k8wMURVOGGcc5yc8142/Z50y28LWum+DPDOkTrHqD6jLa6rqt&#10;7aM8rDmSO7i8yWJ88nAIYccZzQBsfs5+Ndf8beEdcl8SX0Go6hp2v32li5t4ViV44XCqdo4zXqte&#10;a/s/fCqb4P8Aw+/sa7mt5b+5vrnUbkWjO8Mck0hby0Z/nZVXau5uWIJOM4r0qgAooooAKKKKACii&#10;igAooooAKKKKACiiigAr5k+KfjDWfBnxh+J+qaLcJHqFp4L0R7YXA3xLI+oXiElfcHmvpuuW1v4Y&#10;+GPEepapqGo6UlzeanZwWF5KZZF82CGV5YkIDADa8jnIwTnkkUAeA+IPjN4/8C6z4i8N3WtWWr33&#10;l6c1lqc9mkK2rXLbW3KvDKvJGfxqh4q+Onj/AOG+r+NPDt7q48S3ttd6DY6df2mlIZYDePc+c7Qp&#10;w7BYAFXpkr6mvcviH8I9M8SaXrs+n6Pplzrup2kdpI2qPN5M0cZyiMUOUx2dRkdea4X4T/szwaPH&#10;42k8X6bpzReJWs1Ok2WpXV+lslt5hjf7XOEmaTdKTuAUrtXB4zQBy+nfGf4iXTWfhi4+16Vf6jrg&#10;0+z8R6xo4tXa38pZCxtz8ocFioHQ7c1zHhDWtV8LfE6W31C5ttbvLn4mtbXV6LVdzgaLK+6NRwj/&#10;ACAce4719Hj4E+CD4Zk0F9Hkm0+S4F2zTX9zJcecOBILhpDKGA4BD5Ao0H4EeBvDMlpJp2hiGW01&#10;L+2IpJLueVxeeS0JmLO5LHy3ZecjnOM80AfPngj9o74i+JNJsvEv2HU5dL1bS7y9MMuh+TaaaVhM&#10;kBS4P+uHGGz1rV1D46ePPhlpkOqa/qFr4oW+8C3fiiO0hslgEE8CQsEDLyyN5nOenavbNP8AgL4F&#10;0q/vbu10MwtdxyxSQC8uDbosoIkEcJk8uLdk/cVa2ZPhn4YmudOnl0eGaTT9Nk0e3ErM6raOEDwl&#10;ScMCI0B3Anjr1oA8O8JWPiWy/aj8MHxL4ltvEtzP4RnmWa3tUgWPMyZVQn3lz0J5rF/aI8WeK/G3&#10;gj442dnrdto2g+G9JmtZNOe1R5L7dA5di5+ZBjhdvevdPBnwI8EfD/XY9Z0PR5LbU47Y2cdxPf3N&#10;wY4CQfLUSyMFXIGFAAHbFM8b/ATwJ8Rb+6vNf0M3k93B9nufLvLiBLiPsJEjkVXxngsCR2xQB5Lq&#10;nxM8atp3jfUtF1uy0TSvAVtaRnTbu1R21I/YYLqQs7fMisJtiFepWotY+NHjjVfD/jXxpper2Oja&#10;V4VCH+xLm1R/toEYeTdIfmTdnC7a9i8Q/AnwN4q1aHUtT0IT3UccUR2XU8UcyR/6sTRo4SbbgY8w&#10;NjFLr/wJ8C+J9cGraloKT3f7veq3E0cE2z7nmwo4jk29t6mgDA+GviTxd40+J3jq4uNXgh8J6NqM&#10;On2ukC0Xziz6bY3RZ5evDXL4Hv7CuK8ZfFfxtHH8QvE+l61ZaZo/g69Nr/YtzaoxvVjxvLSH5kLf&#10;w4r3/SfDmnaHe6xd2NsILjV7sX184Zj50whigDnJ4/dwRLgYHy56kk8t4h+BvgjxV4iOt6poa3N+&#10;7pJLi5mSGZk+40sKuI5COxdTQB4/4r+K/jyyi+Iviqx1+0g0bwrrlnaRaDJYxs9zBJaWUsiNJ94M&#10;TcvtI7jHYV1Xx9ZfEmqfC/Q74MdD1vVcaha7iqzKIwyo+OoyenetHS/2ddCvfHni/wATeJbGLUrj&#10;Utei1WwWO9uBGscdnaRIJoQyxu6ywSMNyvgMCDkkD0Hxl4D0Lx/pKabrtiLy1SRZY9krwyROOjJJ&#10;GyuhHqpFAHy43xPs/hd4Z8T+BLHXjpUF74vudG0vUp2Zo9KsRaWs1wytzgo00ioP77r6V0v7IvxP&#10;02L4HeF9Nto9Z8RSGWW2lu9PtJLlYG3nHnSD7nGDk19BeD/Bei+AdETSdBshY2KO0mzzHkZ3Y5Z3&#10;dyWdj3LEmn+E/COkeBtDg0fQ7NbDTYCxjgV2YKScnliT1PrQB4x8P/DUHhH9qzxVZWl3fXMNx4ag&#10;vH+23LTHzGuWyQWPAwAAPQVU+Gmk2/w5+PXxMtraTVtVtbfSLC4Mcsr3lxIzby2MnLMa9yi8I6RB&#10;4ruPEqWarrk9otjJd72y0KsWVNudvDEnOM+9Fn4R0iw8Tah4ht7NY9Y1CGOC5ug7EyJHnYME4GMn&#10;oBQB4x8W18J+LtJ0/wAU+JtI1vUsxvYaV4Ovbdrea6u5GUKwiPO/jAY8KCxrhLf4dT3viLQvA/xC&#10;vW1f+wPh9BdbnnbZHemSdJJQc/MyiJAGPPGe9fQfjn4M+EviPrGnarr1jdzajp6PHa3Npql1ZvEr&#10;43AGGVOuKp6v8AfA2vabp1jqGlXV1Fp8bxQSvqt39o8tjuaN5vN8yRCT912Ye1AHz/feH9L8V/CX&#10;w1quutf+M/F2q6YdM0LSTMRsmDuBcKQflICqWkPQLUuu+Df7a1nx9pnjPUJNT1HwX4J037BqLStG&#10;Y7pbeVpLpOfvtKmSfYCveNe/Z78CeItUstRutKuoLyytBY28mnateWXlQD+ACCVBjgZ45xzT9c+A&#10;PgXxILD+09HmvGsrZLNJH1G63ywoxZY5mEuZ1BJOJS3U+poA3PhhqNzq/wAO/Dd7eSme6nsIXklY&#10;YLkoOT9a6eo4II7WCOGFFiijUIiKMBVAwAKkoAKKKKACiiigAooooAKKKKACiiigAooooA8b/aaL&#10;XWjeCdHkkddM1nxRbWGoRq5UTW5huHKMR2LRpn1ryaf4l2XwPj8e+FdH1JLC1l1qHT9INxue30wy&#10;xkysTzhUxux+FfUfi/wbo3jzRZNJ12yW/sXZZNhdo2V1OVZXQhkYdipBqHwX4C0L4eaU+naBY/Yr&#10;Z5DNIXmkmklc9WeSRmdz7sTQB88/si/E3SdJ+Gv9i2UuteL2XxPq1p9usrWS7MUf21/KluHH3AyM&#10;rZPYN6V1HgjwrB4U/an8RWdreahcRXXhhLmQ3l28zbzcgZBY8cV7P4Z8J6T4Nsbiz0azWytri7nv&#10;pY1dm3TzSNJK/wAxJ+Z2Y46DPAAoj8J6TF4ql8SLZqNbltBYvd72yYQ24Jtzt+9znGaAPFPAmh2/&#10;gD9pnx/bWkupX9t/wiWm6lJHPO9zNJK13f7toJySQigAegFO+LTeFvHOi2niTxHpeuyxxpJY6d4V&#10;1C1e2kurpiQsgiPJbpg9ABmvaYfCek2/iu78Sx2arrl3ZxWE13vbLwRPI8abc7RhpZDkDPzcngVg&#10;+O/g54U+JOp6dqOv2V3PfaerJaz2mp3Vm0Qb72DDInX1oA8D8O/DeTW/HnhD4f8AxDd9TsNO8G3l&#10;/wDZpZ22x3DXcSg7s/M0UThA3bk96yLLSNJ8XfBPwbrfiea/8Z+JdR0ePTdE0vzDuafnFyMc7uQW&#10;kPQCvoXVvgD4H13SdP06/wBMu7mGwWWO3mfVrz7SqSY8xDP5vmsjYGVZipwOOKZrv7PfgPxFfabe&#10;XOkXNvcabaCws307VLuy8iAdI1EEqDFAHjR+H8fij4hxeDfiDevqVtoXgWKZZpJiqw3LPsluFOeX&#10;UKuG7fjXtf7PmtX/AIj+BXw/1XVJ3utSvdCs7i5nl+9JI0KlmPuSTTdf+AfgfxRY6fa6ppNxdpYw&#10;PawynU7pZmhcgtHJKJQ8qEgZWRmHHSu7sbG302zgtLSGO2tYEEcUMShVRQMAADoAKAJ6KKKACiii&#10;gAooooA8b/a1/wCSLaj/ANfNv/6MFfIvwY0qz1z4oeHrG/to7uznuCskEq5VxtY4Ir68/axieX4L&#10;6mERnK3EDHaM4AcZNfDmh65feGtWttT02c2t9bNvimChipxjOCCO9fm+fSjTzGE5K6Si/wAWfFZt&#10;JQxsJSWiS/M+i/Anhjw/45ex1K+8MWGmvbas9mYooNsNzHgnJTviotC03wvqfi7WUktfDk1pp+iX&#10;dyHi01kiikE8Cq0in7xALDj+8fWvHrj4xeMLnULK9fWWFxZsXg2QRIiMep2BQpJ9SKi1D4seKdUM&#10;xuNSQma2ks5DHaQx74pGRnU7UGcmNDnqMcdTXCsfh0l7t2n2Wuj+7p93c5Vi6KS93VeS10PZfD2h&#10;+GvFGmT3A0vRbsRa5Z2q3FhaeUjxsuWXB5+tXp/hh4Yzrmr2OnW0+lXGs6fa28boCbZherFPEPQE&#10;EfUNXz3ofjnXPDdibPTb9rW2Nyl2YwiN+9T7rZIJ49OlWLL4keJdPgvIbfVZI4bu8S/mTYhDTo4k&#10;V8EcHcAeMA45qY4/D8qU6evot9f8xRxdGy54a+iPZoU0LTZvitB/wiujXA8O3Ej2bTWoY4adwFPs&#10;AAB9K29K8IeGHhtNQm0bSbcP4Yn1BzPa74Ul8+MByo64DEfSvnd/HWuySa67agxbXDnUT5afvzuL&#10;c8cckn5cVpaf8XfFultbm21cp5FobGMNbxOBCWDFMMpBGVB554pwzCgn70NNei/mk1+DS+QRxlJP&#10;3o6a9F3b/JpHr2jWvheXw94j1W4tvDUYt7+C3hvJNOb7PtMeSFTqCT39jXgvii5gvPEF9NbJbJA0&#10;h2LZx+XFjp8q9hWhrfxE8QeIrK4s7+/WW1uJEmlijt4olZ0GFPyKOgrm68/FYmNZRhBWS8rXepx1&#10;68aiUYrb/gn33+yz/wAkM8O/71z/AOlMtesV5V+y7C8PwO8OLIhRj9oYBhjg3EhB/EEGvVa/WMv/&#10;ANzo/wCFfkfoOD/3an6L8gooorvOsKKKKACiiigArF8aXGqWvhXVJtEtkvNWSBjbQSfdd+wNbVY3&#10;jLStQ1vwtqdhpV9/Zmo3EDRwXeM+Ux6GgDA+Dd/4n1HwPbzeLtPj0zV/NcGCOMR/JxglR0PX8q7i&#10;uJ+EHhPxB4L8FQaZ4l1ka5qaSO5uQzMApxhdzAFsc8kd67agAooooAqN/wAhVP8Ari3/AKEKt1Ub&#10;/kKp/wBcW/8AQhVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgCDUdQg0qwuLy6kENtbxtLI7dFUDJNfK&#10;vxP/AGxNL1vwVqVh4b/tDTtckk8qGdDt2qDy4Yeo7V9MeM30mPwrqja9j+xxA32rIY/u+/3efyr4&#10;O+Bdz4Ij+OSyan5Ufh8yS/YjqGBGrc+XvzwPx46ZoA7P4H/tV3Hg621mDxxe6prMkm2S0aVjIykD&#10;BTnoDwa+sfh14/074l+FbTXNMJWGYENE5y0bDqp96+Uv2zrrwZPPoC6C+nSawokNwdNKECLjYH2c&#10;Zzux3x7Yr3j9mCXwxL8LLH/hGlZQOL0SBg/n4+bOePy4oA9cooooAqXv/HxY/wDXY/8Aot6t1Uvf&#10;+Pix/wCux/8ARb1boAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKAIL2yt9RtZba6hS4t5VKvFIuVYehFcifgp4CJyfCOk&#10;Z/69E/wrtaKynRp1NZxT9Un+aM5U4T+KKfqkcT/wpPwF/wBCho//AICJ/hR/wpPwF/0KGj/+Aif4&#10;V21FZfVcP/z7j9y/yI9hR/kX3L/I4n/hSfgL/oUNH/8AARP8KP8AhSfgL/oUNH/8BE/wrtqKPquH&#10;/wCfcfuX+Qewo/yL7l/kcT/wpPwF/wBCho//AICJ/hR/wpPwF/0KGj/+Aif4V21FH1XD/wDPuP3L&#10;/IPYUf5F9y/yOJ/4Un4C/wChQ0f/AMBE/wAKUfBXwEpBHhHSAR3+yJ/hXa0U/quH/wCfcfuX+Qew&#10;o/yL7l/kRWtrDZW0VvbxLDBEoRI0GFUDoAKloorpStojcKKKKACiiigAooooAKKKKACiiigAoooo&#10;AqN/yFU/64t/6EKt1Ub/AJCqf9cW/wDQhVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgCG9s4dRs57W5&#10;jWW3nQxyRt0ZSMEV8wfE/wDY90TTvBOo3Xhe3vr3X0k82GPzM7lJ5QL04HTvX1NRQB8Y/Az9k1/E&#10;NrrMvj3TL/TJV2x2aGTYeQSz8HnHA54619V/D/wJpnw48L2mh6UhFtADl3xukY9Wb3NdHRQAUUUU&#10;AVL3/j4sf+ux/wDRb1bqpe/8fFj/ANdj/wCi3q3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAVG/wCQqn/XFv8A0IVbqo3/ACFU/wCu&#10;Lf8AoQq3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQBQsv9Uv0q8OlUbL/VL9KvDpQAtFFFABRRRQAUUUUAVL3/j4sf8Arsf/AEW9W6qX&#10;v/HxY/8AXY/+i3q3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABUF7fW2m2sl1eXEVrbRDc807hEQepJ4FU9Znt4Z9NE+otYM9yFjQOF+0&#10;Ng4jOeueuBzxXBftNRvL8DfFKRxxzSNHCFjm+4x8+PAbg8HvwaAO6s/F2hajaG6tNZ0+6thIsRmg&#10;ukdA7HCrkHGSSAB3q/Z31vqMHnWs8dxDuZPMiYMu5WKsMjuCCD7ivjvSxqfhnxJqgvtP0jwvq0mt&#10;eGLX+x9GXzLS4tJL+FWuBvRckhipIUFc9ckGsjxD8U/HFvpmgWdt4q03wfps8msSRavqd0bGG4u0&#10;1S5jWDckEiuVRYz5fys24nJOaAPuKivlSDxR41Hih9WufF94y2fijRdJOmW237FLDcyxxzEgoGOQ&#10;xIORitH9pP4iP4X+I8en3PxCu/BFmPDM19ZRW8saC8vllYRph1JcnAGxeW7UAfTVFfHGqfFH4k6h&#10;8TNJsLrxNpPg+ZYLCS00zVbyS3Op7wDNtiED+cSeMK6lc81638MtS1yX4T+NvE1/4h1DUdQlvdcW&#10;2S4KeXZJbXt3DCsQCjosa5JJztH4gHtlFfFnhT42arB4Y1XUNJ8c6l43CeGWvdU2vFI2lXm/AAKq&#10;BGcdUbJA5qr4U+NXiG68Oajaap8Qol8OQeKLK1vfGGnX63S2VjLZzyEi5aFE2m4ihi3lNq+aeTig&#10;D7We+toruO1e4iW5lUskJcB2A6kDqQKnr4r0H4peIL/TL+8s/FU+tC3g1xbHWJYozK6RXbpC4O3s&#10;oHTrWxrfxA8UeAvDPiuyu/F+pXqtYeGrqPV9QnjgGnvezXCTu8wQiKECFfmKttyetAH15RXz3+zF&#10;8QrrxrodiNc8XpqWq29/qVpbRwXQlj1GGOXAk3GNGk2Ltw4Vc5zjmvoSgAooooAKzG8S6WmtR6Qb&#10;2L+0pAWW2ByxAGT+grTrh/EdrDF8S/CMqQokjtc73VQC37h+p70AbcPjnQrjXm0WPUon1NWKGABv&#10;vAZK7sYJA7ZzW7Xhen6hZy3ml+HUx/wklt4uv7ya0xiZIGmuXWZu4QxyxAN0OQO1e16jp8Gq2FxZ&#10;3Ks1vOhjcKxUkEYOCOR+FAFmivm3w3+zDrVh8Ubu41HxNqN14Pg2z2sRvZPMmLE/unG7gJjk/wAQ&#10;K474+kEQRoqqMKowKAHUUUUAFFFZusTwQy6eJtQaxZ7lVjUOB57c/u+eufQUAX5ZUgjaSR1jjUZZ&#10;mOAB6k1HZX1tqNslxaXEV1A/3ZYXDq30I4qDW9EsvEelXGm6jALmyuF2SxFioYemQQa8v/Zliktf&#10;gbpkdlHGJY2uhDHISqZEz7QSASB05waAPWbm5hs7eSe4lSCCNS7yysFVFHUkngCoNK1nT9dtRdab&#10;fW2oWxJAmtZllQkdRlSRXCeN58/CPVZfiPZ2kNsqZv4tHea7gSIMPmOURyg6twBtBzxmuB/ZmiS/&#10;0n4lQaPrNhqdpc6qfsniLQoVhsJmazhXdbxqWRdhGDtZgWVjnJIAB9C0V8j6h8XPGE3w+8S61fal&#10;e6KmmT2fh555WW2jhuTcBbi5llZT5aqhjJfBADscHGKx/AXxB8Z/EPTvDmkN46uokW/16CTVtHnW&#10;ZruKDyGtyJXiXeAJeH2DcOcc5oA+yby9t9OtZLm7uIrW3jG55pnCIg9STwBTNN1Wy1qzS70+8gvr&#10;V87Z7aVZEbBwcMpINeLf8JFp/iH9mjSdW8d3XnW00UTXd7LbtLGjCXCyzIpGYwQGfJC4BzgUv7Jf&#10;k/8ACJeLPsl5aatYHxHcNa6vpkYisb+MwwN5ltGMqkYYtGQpYb4nIJzQB7lRRRQAUUUUAZGh+KLL&#10;xBc6pBamTfpty1rP5i4G8dceoo0fxTpuvX1/aWM/nyWTBJio+UE54B79K8jit9cudP8AiMmgti4/&#10;tuQyqv8ArGjwNwT3xXofwsuNCn8JwLoS+XHGds8b/wCtWX+LzO+7NAHYUUUUAFFFcr8TINeuPCF6&#10;nh1gt+V6D75XuE/2sdKANPSvFWm61ql/YWVwJ57EhZtoyoJ7Z6E1r1w/whudBn8JwpoiGJoztuo5&#10;v9es38Xmd85ruKACiiigBCQASegrK8PeKdN8UQzSafcCXyZDHIhGGVh6itavHbxhffFiFvBvyzxH&#10;GrzL/wAexX0Pq/0oA9iooooAKTpS0UAY+heLNM8SS3kVjcCSa0kMU0bDDKR3x6e9LoPiey8RzanF&#10;aeZu066ezn8xcfvF649Rz1ry/wAT/wDEw+Ktgvgz5dahb/iaTp/x7iLuJMdW/Wui+Ef/ACEvHeev&#10;9v3H9KAPRaKKKAKjf8hVP+uLf+hCrdVG/wCQqn/XFv8A0IVboAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0&#10;oAWszxNJqUXh7UX0ZI5NWWBzapN9wy4+UH2zWnWT4ss5dR8M6paw339mTTWzol7/AM8CVPz/AIda&#10;AOZ+C9341vPBgk8eQxw639ocKEVVJi42lgvyg53dO2O9d5Xmv7P+gT+HPh9HbT+JoPFZa5kkW+tp&#10;fNjUHA2Kx5OCCfqTXpVABRRRQBUvf+Pix/67H/0W9W6qXv8Ax8WP/XY/+i3q3QAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBHcQLc&#10;wSROXVXUqSjlWAPoRyD7isnwd4Q0rwH4ctND0WB7bTrXd5aSTPK5LMXZmdyWdmZmYsxJJJJNbVFA&#10;BWQ3hXTH8VJ4jNuTrCWn2EXHmNgQ79+3bnb945zjNa9FABVbUtPg1bTrqxuk8y2uYmhlTJG5GBDD&#10;I5HBPSrNFAFHQ9Es/Dmj2ml6fEYLK0jEUMZYttUdBkkk/jVTxZ4TsfGmkHTtQkvoYC6yCTTr6ayn&#10;Vh0Kywurr+BFbNFAGJ4O8G6T4C0GDRtEtja2MJZgrytK7sxyzu7ks7EkksxJJOSa26KKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDN0jw7YaFcahNZ&#10;QGGS/nNzcEuzb5D1PJ4+g4pbDw/p2l395e2lpFBdXhUzyIuDIRnGfzrRooAKKKKACiiigDOsvD+n&#10;adqd5qFtZxQ3t5t8+ZFwZMdM1o0UUAFFFFACEAggjIPY1Q0Xw/p3h22e3020jtIXcyMsYxlj1JrQ&#10;ooAKKKKACk60tFAGdo/h7TtAFyNPs4rT7RIZpfLXG9j3NJo/h2w0GXUJLGAwvf3DXVwS7NvkbqeT&#10;x9BxWlRQAUUUUAVG/wCQqn/XFv8A0IVbqo3/ACFU/wCuLf8AoQq3QAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBQsv9Uv0q8OlUbL/VL9&#10;KvDpQAtZ+v6Ha+JdEvtJvlZ7O9haCZUYqSrDBwR0rQooA5H4YfDHSPhN4aOi6M1xJbNO1w8l04d3&#10;dgBk4AA4VRwB0rrqKKACiiigCpe/8fFj/wBdj/6LerdVL3/j4sf+ux/9FvVugAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAqN/yFU/64&#10;t/6EKt1Ub/kKp/1xb/0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/AMfF&#10;j/12P/ot6t1Uvf8Aj4sf+ux/9FvVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAqN/yFU/64t/6EKt1Ub/kKp/1xb/0IVboAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX&#10;+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/wAfFj/12P8A6LerdVL3/j4sf+ux/wDRb1bo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKAKjf8hVP+uLf+hCrdVG/wCQqn/XFv8A0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigA&#10;ooooAKKKKAKl7/x8WP8A12P/AKLerdVL3/j4sf8Arsf/AEW9W6ACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCo3/ACFU/wCuLf8AoQq3&#10;VRv+Qqn/AFxb/wBCFW6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFooooAKKKKACiiigCpe/8fFj/wBd&#10;j/6LerdVL3/j4sf+ux/9FvVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAqN/yFU/64t/6EKt1Ub/kKp/1xb/0IVboAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6V&#10;eHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/AMfFj/12P/ot6t1Uvf8Aj4sf+ux/9FvVugAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;qN/yFU/64t/6EKt1Ub/kKp/1xb/0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKK&#10;AKl7/wAfFj/12P8A6LerdVL3/j4sf+ux/wDRb1boAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKjf8hVP+uLf+hCrdVG/wCQqn/XFv8A&#10;0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/x8WP8A12P/AKLerdVL3/j4&#10;sf8Arsf/AEW9W6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigCo3/ACFU/wCuLf8AoQq3VRv+Qqn/AFxb/wBCFW6ACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAP//ZUEsDBBQA&#10;BgAIAAAAIQB0qOZ/3gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3aTR&#10;VmM2pRT1VIS2gnibZqdJaHY2ZLdJ+u+79qKXgcd7vPdNthhNI3rqXG1ZQTyJQBAXVtdcKvjavT88&#10;g3AeWWNjmRScycEiv73JMNV24A31W1+KUMIuRQWV920qpSsqMugmtiUO3sF2Bn2QXSl1h0MoN42c&#10;RtFMGqw5LFTY0qqi4rg9GQUfAw7LJH7r18fD6vyze/r8Xsek1P3duHwF4Wn0f2H4xQ/okAemvT2x&#10;dqJREB7x1xu8l2g+BbFX8Jgkc5B5Jv/T5xcAAAD//wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIB&#10;AAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOG&#10;ZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLR&#10;nmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4O&#10;xfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAH93OjyWBAAAsw8AAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0ACgAAAAAAAAAhAI36eG+ALgEAgC4BABUAAAAAAAAAAAAAAAAA/gYAAGRycy9tZWRpYS9p&#10;bWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQB0qOZ/3gAAAAUBAAAPAAAAAAAAAAAAAAAAALE1AQBk&#10;cnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAAC8&#10;NgEAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAACtNwEAAAA=&#10;">
                 <v:shape id="Image 22" style="position:absolute;width:57607;height:27539;visibility:visible;mso-wrap-style:square" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmCiAowwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIIXqVmXWuxqFNGK9iKo7f2xeW4WNy/LJur6740g9DjMzDfMdN7aSlyp8aVjBcNBAoI4&#10;d7rkQsHvcf0+BuEDssbKMSm4k4f5rPM2xUy7G+/pegiFiBD2GSowIdSZlD43ZNEPXE0cvZNrLIYo&#10;m0LqBm8RbiuZJsmntFhyXDBY09JQfj5crIKf3Zc3u83xo8i5vxpVlz/9zWulet12MQERqA3/4Vd7&#10;qxWkKTy/xB8gZw8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5gogKMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata o:title="Afbeelding met tekst  Automatisch gegenereerde beschrijving" r:id="rId29"/>
                 </v:shape>
                 <v:shape id="Graphic 23" style="position:absolute;left:13119;top:224;width:27540;height:17475;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2753995,1747520" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m44068,1674368l,1747266r84708,-8510l72845,1719960r-14933,l49402,1706626r10737,-6797l44068,1674368xem60139,1699829r-10737,6797l57912,1719960r10670,-6754l60139,1699829xem68582,1713206r-10670,6754l72845,1719960r-4263,-6754xem2745359,l60139,1699829r8443,13377l2753741,13461,2745359,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOHbOnwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZl1pka1RxFbwVNq14PWxed1s3bwsSdT135uC4HGYmW+Y5bq3rbiQD41jBbNpBoK4&#10;crrhWsHPYTdZgAgRWWPrmBTcKMB6NRwssdDuyt90KWMtEoRDgQpMjF0hZagMWQxT1xEn79d5izFJ&#10;X0vt8ZrgtpV5lr1Kiw2nBYMdbQ1Vp/JsFXz58nj80KZ5mVV/m7zbf757IqXGo37zBiJSH5/hR3uv&#10;FeRz+P+SfoBc3QEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBOHbOnwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 24" style="position:absolute;left:10160;top:17640;width:2959;height:1905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="295910,190500" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,190500r295910,l295910,,,,,190500xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAz9WEvxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGL1GwXkbI1ShEsgj2obfX6SF53l25eliSu239vBKHHYWa+YRar3jaiIx9qxwqepxkI&#10;Yu1MzaWCr8/N0wuIEJENNo5JwR8FWC2HgwUWxl35QN0xliJBOBSooIqxLaQMuiKLYepa4uT9OG8x&#10;JulLaTxeE9w2Ms+yubRYc1qosKV1Rfr3eLEK/OVjR7v2FPLu/XtWn/eTudYTpcaj/u0VRKQ+/ocf&#10;7a1RkM/g/iX9ALm8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADP1YS/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="594F82CA" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="190"/>
         <w:ind w:left="1985"/>
       </w:pPr>
       <w:r>
@@ -6961,89 +6962,89 @@
       <w:r>
         <w:t>B1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5303ABCA" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EE23AD9" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00587582">
+    <w:p w14:paraId="4EE23AD9" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="1274"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId30">
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri Light"/>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>http://www.ishetb1.nl/search</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57F88833" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="748DDF8C" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00587582">
+    <w:p w14:paraId="748DDF8C" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1274"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId31">
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri Light"/>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://synoniemen.net/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01C5E198" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F6C2EB5" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Webvragen</w:t>
@@ -7680,51 +7681,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="650240" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="23340718">
               <v:group id="Group 25" style="width:314.15pt;height:179.9pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Graphical user interface, text, application, email  Description automatically generated" coordsize="39897,22847" o:spid="_x0000_s1026" w14:anchorId="58DD8E10" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPIfsPX0AwAAsAoAAA4AAABkcnMvZTJvRG9jLnhtbKRW227bOBB9X2D/&#10;gdBzGluSr0KcYtFsggBFN9im6DNNURJRSuSS9O3vO0OKttbewmk3QMyheDg6czgz1N37fSvJlhsr&#10;VLdK0ttxQnjHVCm6epV8eX18t0iIdbQrqVQdXyUHbpP397//drfTBc9Uo2TJDQEnnS12epU0zuli&#10;NLKs4S21t0rzDhYrZVrqYGrqUWnoDry3cpSNx7PRTplSG8W4tfD0ISwm995/VXHm/qoqyx2RqwS4&#10;Of9r/O8af0f3d7SoDdWNYD0N+gssWio6eOnR1QN1lGyMuHDVCmaUVZW7ZaodqaoSjPsYIJp0fBbN&#10;k1Eb7WOpi12tjzKBtGc6/bJb9mn7ZPRn/WICezA/KvbNgi6jna6L4TrO6xN4X5kWN0EQZO8VPRwV&#10;5XtHGDzMl4vlfDxJCIO1LFtM5nmvOWvgYC72sebPKztHtAgv9vSOdLRgBfz3EoF1IdH1VIJdbmN4&#10;0jtp3+SjpebbRr+D09TUibWQwh18ZsK5Ialu+yIYqosTUPPFEFGCFrOEdLSFinhuac0JzktuGaTm&#10;U8hGKsnGQm2IznFTUcZviANZbwjVWgoGL1PdDYEqEZKQB9wqND4jdOMUVAtApDyQmnfcUMdLTPXI&#10;ARnhCV8QXEuhH4WUeK5o91IAq7OE+w81QzI/KLZpeedCdRouPVHbCG0TYgrerjmEb57LFJICOoMD&#10;CbSBIEMpWme4Yw2+vwIef0MBI1FaHBc86RNPDMH26fvWjEyX81NGZlmGrz7mFS20se6Jq5agAVyB&#10;AxwmLej2o+3ZREivYSDgmQEfbD7QzWxUD2YX+v1UwX5uqOZAAd0OUgiCCCnUZwzJ5hhJj8Ka7mc/&#10;0CfP83QxmSYEanMyTpfTSTiDWLyz6TibQNP0tbucpwtfugOh2CYINRQHWmAZZALBmmixfRdNlBO7&#10;sfTd2EFSgMQJgW68Dq+HOsJ96BRNslslkUkDhROI4GqrtvxVeZzDThJREE4+z/MFugO2J5js/gVP&#10;83QKZXcGj6A46uD7BM5m4yzLe+cRFcce3SuHTe+n0EPe0SWTyvIQCurxv3SJJ/gjTeC0gXNERQZx&#10;DMEFTD5bhFYOCsf1OA5xEH8+fYvD/mBDoNFTHC9lHeZjRMXxEn2dRD7PUmhJ4cSuMT6Br8swzMqr&#10;mg3A55pdpAEIfywVsIfFaJUUZezj1tTrD9KQLYWqe3wcw1+fvAMY3Ka276NorVV5gJtqB1fRKrH/&#10;bChei/K5g0aGX1HRMNFYR8M4+UH5by2fp9BAX/dfqdF9L8Ub7JOK/eyipQYs7uzUH3CNVcL32xMj&#10;KGicQG/1lv8s8kXef8Lhd9dw7lGnD8377wAAAP//AwBQSwMECgAAAAAAAAAhAN98ibQblAAAG5QA&#10;ABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwIC&#10;AwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQV&#10;FP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFP/AABEIAXsClQMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHB&#10;FVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2&#10;d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna&#10;4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1&#10;EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ0&#10;4SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeI&#10;iYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery&#10;8/T19vf4+fr/2gAMAwEAAhEDEQA/AP0w0CCPyhmMVviCMfwD8qxNBOYxW/S6gM8mP+4v5UeTH/cX&#10;8qfRTAZ5Mf8AcX8qPJj/ALi/lT6KAGeTH/cX8qPJj/uL+VV9XvJ9P0m9urazk1G5ggeWKziZVed1&#10;UkRqWIALEAAk45rzKL4w6/NqDaGnhSxk8Sm+e0SBNZJsmCW6zyH7R9n3B1DKhTy/vMPmxkgA9V8m&#10;P+4v5UeTH/cX8q8nPx1vLe00rWLzws1r4b1Gza9hnN+rXpjWy+1vJ9mCY8pf9WWMgO8r8uGBO3oX&#10;xQu20nxBdeI9EXRZtI06PV3itLz7WslrJHIykMY4/nBhlUrggFRhiDQB3vkx/wBxfyo8mP8AuL+V&#10;eUw/GTXnvbTRZPCdpD4nv2gezs21djavbywTyiR5xBlSv2aVCojb5tuCQSQzQ/jtd+IHtbq18Lu2&#10;jtcW2n3MpvlFzDeTWyTrGsRTayDzYkMhkXl+FIBNAHrPkx/3F/KjyY/7i/lXkcXxy1N9O1qWTQ9E&#10;gm0eeOK/nl8SRiwsdyvuS4ufK+WZGRUaJEfDSJ82CSL9t8ZrqbWPCNvLoMNpa+I4beS2SfU0+3MZ&#10;IfNcpahCWji+7I7MmOoUjGQD03yY/wC4v5UeTH/cX8q4jwV8UofG2peKorXT3istGeMW920oIvkZ&#10;C3mKoHyoSp2nJ3LhuAcUnh/xvrGofZ7i50svp0kiQNcWyoArsyr/ABTbioZsH5M8cCgDuPJj/uL+&#10;VHkx/wBxfyp9FADPJj/uL+VHkx/3F/Kn0UAM8mP+4v5UeTH/AHF/Kn0UAM8mP+4v5UeTH/cX8qfR&#10;QAzyY/7i/lR5Mf8AcX8qfRQAzyY/7i/lR5Mf9xfyp9FADPJj/uL+VHkx/wBxfyp9FADPJj/uL+VH&#10;kx/3F/Kn0UAM8mP+4v5UeTH/AHF/Kn0UAM8mP+4v5UeTH/cX8qfRQAzyY/7i/lR5Mf8AcX8qfRQA&#10;zyY/7i/lR5Mf9xfyp9FADPJj/uL+VHkx/wBxfyp9FADPJj/uL+VHkx/3F/Kn0UAM8mP+4v5UeTH/&#10;AHF/Kn0UAM8mP+4v5UeTH/cX8qfRQAzyY/7i/lR5Mf8AcX8qfRQAzyY/7i/lR5Mf9xfyp9FADPJj&#10;/uL+VHkx/wBxfyp9FADPJj/uL+VHkx/3F/Kn0UAM8mP+4v5UeTH/AHF/Kn0UAM8mP+4v5UeTH/cX&#10;8qfRQAzyY/7i/lR5Mf8AcX8qfRQAzyY/7i/lR5Mf9xfyp9FADPJj/uL+VHkx/wBxfyp9FADPJj/u&#10;L+VHkx/3F/Kn0UAM8mP+4v5UeTH/AHF/Kn0UAM8mP+4v5UeTH/cX8qfRQAzyY/7i/lR5Mf8AcX8q&#10;fRQAzyY/7i/lR5Mf9xfyp9FADPJj/uL+VHkx/wBxfyp9FADPJj/uL+VHkx/3F/Kmy3CwyQowJMr7&#10;Fx2O0tz+CmpaAGeTH/cX8qPJj/uL+VPooAZ5Mf8AcX8qKfRQBz+hcQj8Kp/Ev4m6F8JfCF54j8QX&#10;Jhs4MKkaYMs8h+7HGpI3McH2ABJIAJFzQj+5GelfA3/BQDx/c698VrXwwsjLYaHaIzQ54NxKN7N/&#10;3wYgM9OfWvcyXLVmmNjRk7R3fov89jwM9zJ5VgpYiCvJ6L1f+W5z/wAUv22viJ4+vZk0i/bwjo5O&#10;I7XTGxNjsXnxvLf7u0e1cHpH7RvxQ0S+ju7fx7r8kqHIW8vnuYz9UlLKfxFet/Cn9hXVfid8P9H8&#10;Uf8ACVWmlpqUbSpataNKUXcVGWDjkgZ6cZrA1P8AYW+LVlqNzBbaNaahbxyMsd1FqEKLKoPDBXYM&#10;M9cEA1+sUcRkNLmwsXTXLo00vR6yWv3n5FWw+fVeXFTVR82qabfmtIvT7kfRX7M37akfxI1S18K+&#10;NIrfTtfnxHZ6hB8kF4/9xlJ+SQ9sfKxOAFOAfq+vxa1/QdV8D+JbzStShfT9Y024MUsauC0Uinsy&#10;kg88gg+4r9avgX46l+JXwi8LeI7g7ru9s1Fy2AA0yExykAdAXRjj3r4bibKKGC5MXhNIT6LZO101&#10;5Nf8DQ+84WzmvjefB4t3nDVN7tXs0/NP/g6o7HVbFtT0u8s0up7B7iF4lurUqJoSykb0LAgMM5GQ&#10;RkDINefWXwRjsdJ0+zj8X+IBNpshewvlSxSe1DI6yqCtqFcSByWMisxYBgQ3Ndl40u9XsPB2u3Xh&#10;+CG616Gwnk0+C5VmikuRGxiVwpBKlwoIBBweCK8J039qu51fxx8GNOtdPtH0PxjotvqOsXoDFrGa&#10;7hkaxjQhsLvltrmMhgxyFHGDn4Q/QD0XT/gZYaZdP5PiHWjpclhFpT6RMLSS3NnHEIhAHaAzKhGS&#10;QsgJZic5NTaf8CvDK21wmuJL4wnljjgS71+OCaaCJEZESIrGgTAd/mA3ksSWJrjfBn7Sc2q+EdJ1&#10;W70S51/U/E2raqnh3RfDcCC4n061uHjWeRriZIh8io7MXQHzkCrk4rHuf2mLzUPiZ4Ok8OaL4i8S&#10;eHdY8NatdSeH9Osbdb2O9tb22gcymZ4xGYj9piYeZtLEAbyUoA9Eg+BtlBHHMPEuvtrUEsL22tvJ&#10;bNdW6RRSRJEuYPLKbJpc7kYsXJJJAIXTvgPoek3Nn9l1LV4dOtzDK2mpcqIZ7iKAQR3DsE83zAip&#10;yrqCUUkEiqPh79pfwd4kW3mhN/a2U3hyfxMt5eW4ijW3t5jDdREFtwmhcAOu3A3DDGqWj/tOaRre&#10;u2+mW3hHxcWOh2niG8uBYRPHp9rcRSyRifZKW8zELL5aK7FiAobDFQDetvgyLR57qPxn4o/teYQR&#10;tqhntjMYYVlVImXyPLkX9/ISZEZiSDuyARE/wG0aSz0vTW1nXW0HT47dI9HN4PIZoY9kcm/Z5sbY&#10;5PlyIpIzjOah8KfH/S/EOp3+nah4b8R+Fr+20c6/Fa6xaRtLdWIbaZYkt5ZWyDgGJwsmWA2VU0v9&#10;pXQHGs/8JBomveCm03Q28SFNfghVp9OUkNMghlkwQcAxybJAWA2+gB03gr4Q6B4A1HVLvSpNUZdQ&#10;hit3t77VLi6ijjjXaqoJXYjjjknA4GBxVu28Lahp6/Y7W4s10v7YlyqNE/mKokV9gO7H8OM1y3gD&#10;9oGy8deNrPwrN4R8U+FtWvNHl123XX7SGJJLRJIY92Y5nwxadfkIDLtbeF+UNz3xG+Pur/DrXPir&#10;p93ZWMr6H4esta8NxKj776S4aa3EUvz8/wClRxJ8oUhZV69aAPdaK+fvB37R2p+Krj4bIbOziN/4&#10;b1LXvFkMVvLLNZNZmK3eO3RWJJN08qgEOxWIgDPNdZ4d/aG0rWLvU7TUvDXiXwxfWeit4ijs9Vs4&#10;3nu7BSQ0sUdvLK24HA8pwsmWUbKAPVaK8Yu/2o9D0bRfFN7r3hfxN4cuvD+iL4il0vUYLY3NzYsW&#10;USxCOd0zuQqUkZGBxkCtzxZ8RdTuPgL4w8XWGlar4U1Oz0XULuzg1q3iS5ieKGRo5GjDOoBKhgrc&#10;44ZQcigD0uivGfAv7RGmaz4PvLt7XV9ek8P6LaXOs6pplks0L30kKO1nEsZ3SXA3BmVE2JvAZlPA&#10;kvv2nNE0Pw1411TXfDXiPQbzwjb2t3qWjXcNtJdmC5LCCSPyZ3icMUkGPM3AowIBxkA9iorgfAHx&#10;fs/HfiTWPD02ga54X1zTba3vnsNdgijea1nLiKeMxSSKVLRSKQSHUqQyqeK8y+JPxs1jQPFeoWVj&#10;rv2S107x7oOiXaz6fDGkNpc2sE08fnM7+YrLJu8wpEyEsoyAGIB9F0Vyvw2+Ilj8UfDp17SrK/t9&#10;Hlnkjsru+jWMX8SnAuYVDFvKfkqXClh823BBPlWi/tjaJr1r4cubXwH44a38TNLDoUhsbUjUp4yd&#10;8KYuT5ZCrI++Xy4ysbkPxQB7/RXjOmfHyz8aap4ATSjqOhyat4g1DRL/AErUtNjeeOe0tLmSW3mZ&#10;ZsREGEMJI/NBwq4wxIxfB37UEF54a8Fwx6F4m8ca/wCINIu9XhGkaXbW7vDb3CxSF0e62RH94uMy&#10;ENjAO5lQgH0BRXmHiD4rweI/2cde+IXhC6lhV/Dl5qmnTzwASQyJBIy7o3BG5XXBBBGVPUVg/C39&#10;pCx1zSdFtPFel634W1Kfw4NdXUdetYYLfUYIo0NzNEYpG27C6s0brG4V1OzHQA9torxnRP2pfD+q&#10;CF7zw74m8P299pNzrWkT6tZxRJq9tAheQwbZWKvsw4jmEblSGxjJGlrH7Rfh7RtB8O6q2maxdR67&#10;4YvfFdpBbwxGX7LawwTSRsDIB5pW5jCqCVJDZYcEgHqlFeQ6p+1L4G0rVNesWuLudtH8J/8ACZTz&#10;QxoY3ssZ2ISwzLtMbbSAMTR888SeLv2jNN8FPNLqXhLxVHpVlDaS6tq/2KFbbS/tG3YspaZXkK7h&#10;v+zrKF7nNAHrVFfNvi744eKdC+O/jRJ9L8Sr4D8CeHodVvbTR7fTJRfmVLpzLI0swnCBYMRpCFYu&#10;jGTClQ/smi/E/R/Efjabw1pYuL6WHR7bW5NQhVWtFhuHkWBS+7O9xFI4G3G1c55GQDrqKKKACiii&#10;gDjPE9o3ivxOnhm7mjTRH09rq5hgu5IbuZ/OQIAY2VhHhXDdQ28CuBtdWh0i10zxVp0rabqyapa6&#10;TregpNIyOks4towYHJKSqGSRWABYKR8wNepeJvC76vJHf6bdppOv28TQW2pNAJtkbMjOjRkgMrGN&#10;cjIIxwQeax3+Hl1rHi201rX9WS/hsWSWz021tBBEsyoQJZWLM0rKWcoCQq7uhI3UAdvXgfhb4neK&#10;7bwnoEyzWF3ZWWjeHprxr6OWW7u2vCI5D5vmAKwxu3MrZOcjvXvlZcXhbRYbb7PHpFhHB5cMXlLb&#10;IF2QnMK4xjCHlR/D2xQB474Y1LXdC1rW/Jn0ZtZ8Q+KpdNGqXGnyBYkhgeRVf9/ul+VNscYZApZz&#10;k5xU7fGPxPcaTruoW6aMkWiaBe6jOPJllW6uIJruBTEwkXbEzWyychjtbGedw9bvvCui6pp91Y3m&#10;j2F3Y3UvnXFtPao8c0mQd7qRhmyByeeKX/hGdHNtJb/2TY/Z5LUWDxfZk2NbAECEjGDH8zfJ0+Y8&#10;c0AeZXfj/wAa6Jq+rx38ug3Nlo97p0Vx9nsp0kniunRCEJmIRo9xO47g/olYniT4y+Kzea7a6atn&#10;b2b2urHTNQayBKy2ZIbANyWk+46ktDGobBHmDg+2z6Hpt01w02n2srXLRvMZIVYytGQYy2R8xUgE&#10;Z6YGKpReCPDlvqtxqcWgaXHqVwWM14lnGJpSwIYs+3JyCQcnkGgDyjVPiZ4j8P34tYYbfWNbv00q&#10;1jnhQrCXmju5SwglukjHEO0ASIWLDLNhVqGXW9cu/GGh+IvE8OmWI0jw5qeoy2M1t55gkilVDKjx&#10;zyKjEbT8u9lUumSWyPXB4F8NDS5dNHh7Shp0saQyWf2KLyXRCSilNuCFLEgEYBJx1q1beG9Is4oo&#10;7fS7KCOG3a0jSO3RQkLEFogAOEJAyo4OBQB47YfGLxlc2ep2Uum2Ka5Bc2aQhoI1d4p45XO23F63&#10;mOBExCCZWKkttG3Bevxq8VaveabBoWi2upGOwtr3UGASJZPMmkjdUM9zC0QXymGdkvzHaQMBm9Nj&#10;+GvhGHTZ9Pj8K6JHYXG3zrVdOhEUm0kruTbg4LMRkcbj61aufBXh68bTjcaDpk500AWJks42+ygY&#10;x5WV+ToPu46CgDaooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAp33/AB9ad/13P/oqSrlU77/j607/AK7n/wBFSVcoAKKK4HRviBquu/FO60GHQNSs9As7&#10;GdptSv8ATZoEkuknRFWKVvkdGQuwwMnAIOKAO+orzn4YfE3VPFWhH/hIPDer6RrVuSLlH0meCBsu&#10;4Xyi+S3yqpPJwT7iigDpdB/1Q4zX51ft2eG7rRfj/qGoTIRBq9nbXULdiFjEJH1Bi6e49a/RjQiR&#10;CCK88/aU/Z+tfj34LS1SZLLxDp5aXTbyTOwMQN0b4ydj4GSOQQp5wQfpOHswhluPVSrpBpxflfr9&#10;618j5jiLLqmZZe6dLWcWpJd7XuvuenmWv2VWDfs8+ByCCPsOOP8AfavV6/I7XdS+K/wPuf8AhGL3&#10;WfE/hNICxis7fUZ4bdgSSXi2NsZSc/MuQTmsz/hefxI/6KD4q/8AB1c//F19RX4Sq4urPEUq8eWb&#10;bWjejbe6dj5XD8X0sHRhhquHlzQSi9UtUktmr/ebP7T/APycD46/7CT/AMhX6K/sseG7nwn+z74K&#10;0+7UpObM3RU9VE8jzAH0IEgyK+Qf2bf2TPEPxR8TQeLvHlvd2vh3zftbrqBb7Tqrk7uQ3zbCeWdv&#10;vA4XOSy/omFCgAAADgAdq5eJsdS9hRy2lJSdO3M1tdKyX5t9ttzq4WwFb29bM60XFTvyp72cuZv0&#10;2S76vYWvlXw/+yHrnhr4WfEvRLHWLCLxHqWtrqHhW+8yQx6dbWlx9p02KRtm5SkhkDFAww5AzX1F&#10;qF/BpVhc3t1J5VtbRNNK+CdqKCWOByeAelGn38Gq2Fte2snm21zEs0T4I3IwBU4PI4I61+en6OfO&#10;3iz9ljzvDPwhtrHRfCni5vAemSaVLofiyEmwvo5YYFklEnkymOUPboysYmzvcHGc1Jp/wY8f+CPF&#10;HhDxH4Q0T4d2E+m6DqWl32h2fn6Zp4kurqCdfI8qF8BfIXc7LlyD8i78p7h4X8Ww+LDqb2tldw2t&#10;leTWIurgIEuJIpGilMYDFsLIjLlguSOMjmt2gD5e8R/sh6trnwn8BeG/7etP7b03ULx9evlV4oru&#10;x1GaSXVbaIAEjcZRszj/AFa5xk16Lqnwh1y78W/FnUtP1eHRF8WeGbHRdLvLRn+0WFxAl8pmKgKA&#10;FN1Ey7Wz8jfdwM+uVXv9QtdKs5ru9uYbO0hUvLPcSBI0UdSzHgD3NAHyr8Pf2VvF3hzXdbv4rTwZ&#10;4Be+8D3XhhLzwhJcSXX292jZNQkd4Yi7ZDtyxdSqje+Sy4tj+yPqmnWXi6417SfB/g/RL3wBeeHL&#10;tvBqXN3dzXBaOT7bIGgR52OxzsJZ+FXdJuJX7Dt9Qjubu7tlSdZLYqHaSB0Rty7hscgK/XnaTg8H&#10;BqzQB8n/AAM8e698Wv2k7LXLy98L61Y6N4IuLG51DwhdTXdolzcXdo6rLJJGnlyuLeRvIwWjCfMx&#10;J49H+L/wGvPiR8Yvht4rtb22s9L0SSRdcgkZvNvoUmgu7REAUqdl1bRsclflZsZ6V7TRQB89aF+z&#10;VrWieMPjVq1r4gi07/hLbCSy8N3dqzm40gz/AGie5kYYUBjd3LSDax4RckGuI8JfsmeMtJvvEFza&#10;W/gz4fT6h4GufDCXnhGS4e5a+d4mW9lkeGNnLbXySS6YXDOTuX68rIk8TWsXiy38PGOb7bPYy36y&#10;ADyxGkkaEE5zuzIuOMYB5oA+TW/ZA8W3en+P4rXQvh94MHiLwU3huG08OzXJja783eLm4ka3Vn37&#10;myxDONqgl+Wr6i+KHhi68a/DTxb4dsZIYr3V9Iu7CCS4YiNZJYXRSxAJCgsM4BOOxro7i4jtLeWe&#10;VtkUSl3bGcADJNQaRqtrruk2WpWMvn2V5AlxBLtK743UMpwQCMgg4IzQB82Wv7MHi7wr8MvEvgLw&#10;lrmn6N4f1rRLban2icNZ6sgjW5EZVQ32a6VDvO4OrO7BTvIGHH+yd4rk8O/Fuws9F8B+DYvGOlaV&#10;Z2emeHZJltraa0mmZ2mb7Mm8usoPmBAcgKV43N9dUUAcDZeAdQtvjxrXjZprY6Ve+GrHRo4QzeeJ&#10;obq7mdiNu3YVuEAO4nIbIHBPmHxD/Zj1L4geIPFL3zaReaHrfjXRfEEtldSSHzLG0sre3nhkUR43&#10;sYnwuSpUjLDJA990jXrHXvtv2Gfz/sVy9nP8jLslTG5eQM4yORke9aFAHBfBvwf4g+HvheXwzrF9&#10;b6ppml3DW+h3old7ptPAHkx3O5QPNjGY9yk71RWOGJFee/Dz4AeIfCWgfA2xvLzTJJfA17fXOpNB&#10;LIVmWazvIUEOYxuIa4Qndt4DYyQAfb9I16x177b9hn8/7FcvZz/Iy7JUxuXkDOMjkZHvWhQB85Wn&#10;wc1D4f8AiLTvF2u61omn6Fo3jfXfFt7cz3LxrFZXlncQxgsyBQ6tMpfJCgAkMehyf2Rvhzqv/CO/&#10;CbxpIYYNMtfBmoaY1vLvW4Z7m/t7iJ1UrjYY4GOSQfmXAIJI+nbORpbOB3OWaNWJ9SRWDqvxB0bR&#10;r+e1uJLgm2x9pmitneK3yAf3jgYXAIJ/uggnAOaAPO/B/wAF9b8P/sp3HwyuLrT316TQb7SxcRSO&#10;bXzZllCHcUDbR5i5O3PBwDXK6b+z5418bLodj8QbrQNP0vQPCd74btD4buJ55bqW7gjt5bmTzY0E&#10;QWOLCxjfkuSW4Ar6C13X9P8ADWjXWrandJaafbJ5ks75IA6DAGSSSQABkkkAZJrIsPiX4c1Dw9qu&#10;trqDW2n6UXF+b22ltZbUqgciSKVVkU7WVgCuSGBGcigDxfTvgJ478VSeE7Lxrf8Ah+y0zwnod7pF&#10;lcaFJPNNqEtxam0+0SpJGiwhYiT5StJlz98AYqX4afBj4h2Hi34dS+ME8Jnw/wCDfDN54dRNLuri&#10;ea981bRBK6SwoqqVtRmPJ2kn5nB+X2658a6LaeEY/E8t6E0SS3jukufKcl45Avl4QDeWbcoCgbiS&#10;BjPFLovjTRvEGiXGr2l5tsbZpFuXu4ntntmTl1ljlCtGVHJDAHGD0NAHytp/7D+tweBvDGk3mv2N&#10;3qdn4kRtTumZ9t14eSOC3FkPkyXNvZWfB+UOr/Mc7jpftCfsreLvip4k8c3dhaeDNaXXorMaVqni&#10;aS4N5oHkxqHgtkWGRVWR0LmRGRgZXysmBXvdn8Z/CF9pl9fx6lMkNmsDyJPYXMUzLM22Bo4njDyi&#10;RuEKKwY8Lk0XPxn8I2ukWmpNqM8kN006Rww6fcy3IMJxPvgWMyp5Z+/uUbcjOMigCnovw3urX4ve&#10;P/Et+bO50XxFpGladFa5ZpM2xvPN8xSu3awuUAwTnDZA4zxfwQ+CHij4G+CPEVtZ3mleIPEt1qEE&#10;NjPfTSxQrpVssVtawyMqFg6W0bNgKQZXbkg7q9In+LXhO31LTrE6usst+lu8EsEEssGJziDfMimO&#10;PzDwgdl3ZGM5rr6AOW0mfxs2uoup2WgJo3nXgaW0u52uBEHX7GQjRBSxTf5o3YVtu0sM11NFFABR&#10;RRQAUV5d8dvG954V0NIdN1PT9N1CYq0Z1B8LIu7DADvgfhz9Kwvhv4/v5vGslldavpFxpl7HG2nQ&#10;WkuXk7O3PXBB9+KAPbqKK+YvBvjbXvAHhvStd1I3N8bzwcdUjt5NeuNR+2TD7MfPmFxt+zY83lY8&#10;p875YbFyAfTtFeHr4q+IGs6t4ZtLmO10LUn1WaJJZUVre4h+wySDzbeC7l5B5AMoz8jDHSq+o/Hn&#10;xBFpOh6laWFnNGdPsL3VoRBkR/aJmj+WR7iMoDsfaFSY5GCBwSAe8UV4xc/F3xLo4vdSvbbTLzSg&#10;deW3tLSGVLkf2fJKqFnLsrFxEQQFGDgg87Rl6l8SfFnhjxFqkctzpviDUru20W2tE0tSLOF7iS+Y&#10;v5ctwqliI1XPmpvHlcjgUAe90V4HP471/T9cGsalYQ2HiJtHWyS2CJMjyvqQhjwkc5XLZX5DMArE&#10;qXABapZvjb4pk8LxGCxs18RR3WoRXEDWyOhjtdu58fbFjjx5iBv37kE/KH5wAe70V578NPHOseO9&#10;T1C5mWxtdHhtrN4raOFzcGSe1hnJaQvt2r5jLgJk5ByMfNx/g3xRreo+LLm11a4vbe0tb7WX0VRO&#10;zLqs0d9dKySENnbDHsVIDwQCwyEG0A9yorwa21ObRPhraeKtP8XX934jvvDF3qJsbq6e7jvLhbbz&#10;NyRMxWHy5OMRqo52kZrvvB2l6foniKKHT/Fl/q63em/aWsb6+kvTKN6gXSu7HywckbVwpyCANtAH&#10;d0UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBTvv+PrTv+u5&#10;/wDRUlXKp33/AB9ad/13P/oqSrlABXA6NZ+NtO+Kl0moat/a3g+5sZ54R9jih+yT+fH5UO5TufEZ&#10;fk9cc8131FAHnPww03x9NoRvfFuvYv7kkjT/ALBCn2QK7jG9D8+5dh56UV6NRQBz+gf6pa6Cuf0D&#10;/VLXQUuoyjrOhab4jsWstW0601SzY5a3vYFmjP1VgRWJpHwr8FeH75L3S/B+g6beIcrcWemQRSKf&#10;ZlUEV1NFbRq1IRcIyaXa7t917GEqNKclOUE2urSb+9q/4hRRRWRsY/jGwn1Xwjrllax+bc3NjPDE&#10;mQNztGwUZPA5I614vB8GNRe+XVp9ChbWbW48NGyu2liMsMdvJAL3Y275R5YlDAY3gYG7gV9AUUAf&#10;PqfBk6Do2mRDwJZ6xo8Ot6zdXvhuzFrELhJbqU2M5V2WJxHDsUKzAorrgZTbVJPgdr03hPxUmp6V&#10;BqXiCfwzaaZp9086SSK4+0ebCkrkMMK8Slzjdgcmvo+igDwqX4FwaV4g1rUtF8M2dlNH4i0e80qW&#10;38uPybZHtftrRjI8sMguN4wDJ6MdtcLJ8C/E+syeK/t3hdRLqWialHMsv9ni0ub/AO0wyWpi2fvm&#10;+VZMS3LMykn7g+99X0UAfO3jD4Ua7rUd8bPQbmx8Py6pY3TeH7P+zvNktU01IBEsc3mWx8qUD92/&#10;yHy8qchDWx4b+EWraRrPhS1jhuf+EaMdvd6ompXUT3MdxZmQ2yN5QVGJaSDlBtAslHcE+40UAfLn&#10;hv4B63HpU9tq+mape6lPcabHq0t3Ppv2LVFj1S2mnnHkok0p8qOVgbg7wGZBuJzXR6n8K577x74h&#10;udK8Ax+F7qPTLrTfD/iHT4rCGGGWS2ZPtczRyifdnEaKIzsUZ/iO36AooA+bdQ+Emv6h4f1eHQfC&#10;03gvSJl01Ljw5BdWbyX7QyO1y658yAl0aNcy8y+XiQKMVDJ8EvEcEfh99NsL+TSdOtLqS40LWJ7I&#10;NeK15DKLFvs+2KNWVHdVUGMEKjHYSK+mKKAPJfjD4MvPE+q6PdHwqfFumxade2y6cZoIzZ3cnleV&#10;cfvHVflCOu5SXTOVBya4qL4S+JY4dKhn8O/atZWw0eHT9f8AtcP/ABIfIjjFxHy+8ZZZG/chhJ5m&#10;1iAM19H0UAfOEvwl8SyQatDB4d+za09nrMeoeIPtcP8AxPvtEcotouH3nDPG2Jgqx+XtUkc13/jD&#10;4eNH8KtI8P6PoMNzZWVxaTXnh+3MUSXsSyB54ssQhLMS53EByCGPzE16hRQB8rah8D9f1Kzjjm8M&#10;6hZ+HW1DU5U8PaZNpbzW3nGE28uLkSQgKqOuY2Dx7vkyCc9dqvwcvWtPFF7JoP8Abl5c6xpryR3M&#10;sDXWrabDZ2KSwNISq8ywyMVbYrmPkBWBr3uigD5W1D4H6/qVnHHN4Z1Cz8OtqGpyp4e0ybS3mtvO&#10;MJt5cXIkhAVUdcxsHj3fJkE5+nNFtH0/RrC1llmmkgt442luXDyuQoBLsAAWOOSAAT2FXaKAK+nf&#10;8g+2/wCuS/yFeRatPpupX2rx2+tx6fbXF5cxzpcWcrTwOM28/lsjbGVxHkBwcEgkdFHsccaxRqiD&#10;CqAoHoBTLe2htIykESQoXaQrGoUFmYszYHcsSSe5JNAHLS6+uq/DYat4a0g+IibUS2GmzOkJmdcb&#10;FZpCFXDAck/w5GeK87b4feKfF3hSSMxz+H9Ve9Op6oniGzguk1a58oLEEW2vcRxRFI9isxx5ced2&#10;GLe3wwx28KRRIsUSKFREGFUDgADsKfQB5N4e+GGsP8K9L0zxJrGp3F1baRax/wBkaUlrAltc25jk&#10;heF2DN5yNEg3PMYmYE7VUgKeAPh/4i0vSNU1LV9U1Zr3UNQn1K50eR7KZr1TbwwpBcuYdgO2AcQm&#10;NB5hGSACPWaKAPCLfRPFuu2Uutal4N1K08UJf2F/JbT3Vj9ne3t5iVs7YpcP9xXkcNIEDyEklQQq&#10;yzaV400rQJzZ+FL77X4g1i9ur17C6s/t+l2cjL+7RpJkjMsgROUdgh5+YqufcqKAPCr/AMDa8zXW&#10;kaX4UmsdG1iXRpopZLm2A0mK0aIPDMolJYhIBtEXmAlzlh1r3WiigAooooAKKKKAOb8ZfDzQfHkd&#10;uNZ06G9ktt3kySLkpuxkfQ4HHtVDw18JPDXhi8s7y10y3F1Z7/s0ix48nf8AfKgk8nJ5967OigAr&#10;B0TwD4Y8NC5GkeHNJ0oXKeXOLKxih81f7rbVG4exreooAx9J8HaBoMUEemaHpunR28jTQpaWkcQj&#10;kZSrOoUDDFSQSOSDioLr4f8Ahe+aza58N6RcNZx+TbGWwiYwJnO1Mr8o9hxW/RQBQTQdMjaNl060&#10;Vo3mkQiBQVaUlpWHHBcsxY/xEnOc1nWvw88K2On3lhbeGdHt7G8VUubaKwiWKdVZmUOoXDAFmIB6&#10;Fie9dBRQBiHwR4dbT/sB0DSzY+R9l+ymzj8ryd27y9u3Gzdzt6Z5qF/h34UksILFvDGjNZQS+fFb&#10;GwiMccmAN6rtwGwAMjngV0NFAFPTdG0/R0ZLCxtrFWCKy20KxghECIDgD7qqqj0AAHApjaBpbxQx&#10;tpto0cNy17EhgXCTlmcyqMcOWd2LDnLE5yTV+igDI0zwhoWi6hd3+n6Lp1hfXeftNzbWkccs2Tk7&#10;2UAtzzzS6F4T0Pwubg6No2n6Sblt85sbVIfNb1baBuPJ5Na1FABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFe5t2mmtXUgCKUu2e42MvH4sKsUUUAFFFFABRR&#10;RQBz+gf6pa6Cuf0D/VLXQUuowooopiCiiigCteXMluYFijWR5X2AO+0D5S2c4P8Adpnm3/8Az7W3&#10;/gQ3/wARXLa/rd7B8W/B+kRzbdOutN1O7mh2Kd0sTWixtnGRgTyjAODu5zgY7WtJwcFFvqr/AJ/5&#10;GcJqbkl0dvyf6lPzb/8A59rb/wACG/8AiKPNv/8An2tv/Ahv/iKuUVmaFPzb/wD59rb/AMCG/wDi&#10;KPNv/wDn2tv/AAIb/wCIq5RQBT82/wD+fa2/8CG/+Io82/8A+fa2/wDAhv8A4irlFAFPzb//AJ9r&#10;b/wIb/4ijzb/AP59rb/wIb/4irlFAFPzb/8A59rb/wACG/8AiKPNv/8An2tv/Ahv/iKuUUAU/Nv/&#10;APn2tv8AwIb/AOIo82//AOfa2/8AAhv/AIirlFAFPzb/AP59rb/wIb/4ijzb/wD59rb/AMCG/wDi&#10;KuUUAU/Nv/8An2tv/Ahv/iKPNv8A/n2tv/Ahv/iKuUUAU/Nv/wDn2tv/AAIb/wCIo82//wCfa2/8&#10;CG/+Iq5RQBT82/8A+fa2/wDAhv8A4ijzb/8A59rb/wACG/8AiKuUUAU/Nv8A/n2tv/Ahv/iKPNv/&#10;APn2tv8AwIb/AOIq5RQBT82//wCfa2/8CG/+Io82/wD+fa2/8CG/+Iq5RQBT82//AOfa2/8AAhv/&#10;AIijzb//AJ9rb/wIb/4irlFAFPzb/wD59rb/AMCG/wDiKPNv/wDn2tv/AAIb/wCIq5RQBT82/wD+&#10;fa2/8CG/+Io82/8A+fa2/wDAhv8A4irlFAFPzb//AJ9rb/wIb/4ijzb/AP59rb/wIb/4irlFAFPz&#10;b/8A59rb/wACG/8AiKPNv/8An2tv/Ahv/iKuUUAU/Nv/APn2tv8AwIb/AOIo82//AOfa2/8AAhv/&#10;AIirlFAFPzb/AP59rb/wIb/4ijzb/wD59rb/AMCG/wDiKuUUAU/Nv/8An2tv/Ahv/iKPNv8A/n2t&#10;v/Ahv/iKuUUAU/Nv/wDn2tv/AAIb/wCIo82//wCfa2/8CG/+Iq5RQBT82/8A+fa2/wDAhv8A4ijz&#10;b/8A59rb/wACG/8AiKuUUAU/Nv8A/n2tv/Ahv/iKPNv/APn2tv8AwIb/AOIq5RQBT82//wCfa2/8&#10;CG/+Io82/wD+fa2/8CG/+Iq5RQBT82//AOfa2/8AAhv/AIijzb//AJ9rb/wIb/4irlFAFPzb/wD5&#10;9rb/AMCG/wDiKPNv/wDn2tv/AAIb/wCIq5RQBT82/wD+fa2/8CG/+Io82/8A+fa2/wDAhv8A4irl&#10;FAFPzb//AJ9rb/wIb/4ijzb/AP59rb/wIb/4irlFAFPzb/8A59rb/wACG/8AiKPNv/8An2tv/Ahv&#10;/iKuUUAU/Nv/APn2tv8AwIb/AOIo82//AOfa2/8AAhv/AIirlFAFPzb/AP59rb/wIb/4ijzb/wD5&#10;9rb/AMCG/wDiKuUUAU/Nv/8An2tv/Ahv/iKPNv8A/n2tv/Ahv/iKwviD8SvD/wAMNDfV/Eeox6bp&#10;6uI/NdWcs56KqqCzHg8AHofSvLD+278JP+hoP/gtu/8A41XbRwOKxEeejSlJd0m1+Bw1sdhMPLkr&#10;VYxfZtJ/iz3Dzb//AJ9rb/wIb/4ijzb/AP59rb/wIb/4ivDv+G3fhL/0M5/8Ft3/APGqP+G3fhL/&#10;ANDOf/Bbd/8Axqt/7Kx//QPP/wABf+Rh/a2X/wDQRD/wJf5nuPm3/wDz7W3/AIEN/wDEUebf/wDP&#10;tbf+BDf/ABFeHf8ADbvwl/6Gc/8Agtu//jVH/Dbvwl/6Gc/+C27/APjVH9lY/wD6B5/+Av8AyD+1&#10;sv8A+giH/gS/zPcfNv8A/n2tv/Ahv/iKPNv/APn2tv8AwIb/AOIrw7/ht34S/wDQzn/wW3f/AMao&#10;/wCG3fhL/wBDOf8AwW3f/wAao/srH/8AQPP/AMBf+Qf2tl//AEEQ/wDAl/me4+bf/wDPtbf+BDf/&#10;ABFHm3//AD7W3/gQ3/xFeHf8Nu/CX/oZz/4Lbv8A+NUf8Nu/CX/oZz/4Lbv/AONUf2Vj/wDoHn/4&#10;C/8AIP7Wy/8A6CIf+BL/ADPcfNv/APn2tv8AwIb/AOIo82//AOfa2/8AAhv/AIivNPAH7Tfw9+Je&#10;upo2geIEvNTdGdLd7aaEuAMnaZEUEgc4HOATXqykMARXFWoVcPLkrQcX2aa/M7qOIo4mPPQmpLum&#10;mvwMPV/EM+i+V59nG/m5x5c5PTHqg9aKzvH3/Lj/ANtP/ZaKwNy9oH+qWugrn9A/1S10FLqM86+N&#10;Hxo0z4QeCdZ1wxxazfaaIN+lRXSxy/vXCIX4Yop5OSpzjivEfh1+3hceP9XuoE+HNzHYafam/wBQ&#10;uLPVPtMtvbK6I8qxeSpk2mRSQDnbuPOMVx37Wf8AyF/jN/14eH//AEc1fI3g3x54g+HmqS6j4b1a&#10;50e+lhNu89q21mjLKxU+2VU/gK/Usp4fwuKwDnKPNUdrNtpK8Yu2na71s+noflGbcRYvC49QhLlp&#10;q6aSTbtKSvqutlpddfU/ZDRtZsfEWk2mp6ZdxX2n3cYlguYG3JIh6EGrtfPH7Cd7PqPwIS4uH8yW&#10;TVbt2OABksCcAcDkk4HrW1ceItGk+PUWn2vjmWLVLa7D3+n3mtCOFle2KR2MFkWCuxYrM0mwspGN&#10;xLYT4Wtl7p4qth4u/s762b27229f6X3lDMlUwlDEyjZ1LaXS37X3727fj1XiT/ku3gT/ALAutf8A&#10;o3T69DrzzxJ/yXbwJ/2Bda/9G6fXodcVf4af+FfnI76HxVP8T/KJl+JPE2meENIk1TV7pbKwjkii&#10;eZlZgGkkWNBhQTy7qPxr4q+LP7d/jnwT8S/E3h/S9F8PNYaXfy2cT3cE8krBGK7mKzKOSM8AYzjn&#10;rX0n+1D/AMkW1X/r/wBL/wDTjbV+bf7Qn/JdPH3/AGG7v/0a1fb8L5bhcY5TxEFLR6PZWcfTufCc&#10;V5pi8G4U8NNw21W7upevY/SX4S/F+/8AEk9toHjKxt9E8XTWq31stsW+yalbMobzLcsScqCA8ZJZ&#10;cZ5B49Vr8vv2N9Xv9S/aV8DxXd7cXUcIvRGk0rOEH2Kf7oJ46Dp6V+oNeHn+XQy3FqnD7SvpstWt&#10;L3dtO/4WPe4dzGpmWDdSpvF8uu70T1skr6vounW5xvjH4veFvAWs2+k6xe3Ueo3FubuO2tNNurtj&#10;EG2lz5Mb4AYgc46itvwr4t0fxvosOraFqEOpafKSqzQk8MDgqwOCrA9VIBHcV57c/wDJ12nf9iVd&#10;f+l1vXlniDxNqmg+Mfi1F4evzpOlar4o0HSG1a1ClLGaeNI76VSRtEgGwMT0ZgeGrGnl9OvCMYNq&#10;XLGV29NZNWta+lrrV3s1bY1q5lUw83Kok4c0o2S192Kad721vZ6JK6d9z6sor5i+I/iXXvgRqnij&#10;TvD+u6vrsEnhC41eOLWLtr6awuY544VnV5MtsIkYlDkbo88DNdN4q8H3Xw48Ja5f6Z8SNavJ5/DG&#10;ot9i1XUWupbuaOAul1asX3QshOT5YK4deFwDWX9m6Ql7RWnbl0eu2/a1+u/e2pq81a517J3hfm96&#10;Olr7fzXt0ta+19H7vRXguleJdWlvP2cVbVb1xq1hK9+DcOfthGlFwZef3h3/ADZbPPPWvL9CTxCv&#10;wj+EHiVfHfiz+2PE2t2uj6hLJqryobaczI+2N9yBwFG2TBYHnOcY0hlLl8VRK7aWj6Of/wArb+aM&#10;qmdRhHmVNuyTeqWjVN/+5Yr5Nn2VRXyt4v8AF/iL4VwfFvRdH1rWdQgsJNDFhcX9yb25svtrNHMU&#10;kmPP3BtDttDN1GayfGmreNfCHg74gPpw8caN4fXw8txFdeKNRSW8t79biNMwyxzyOqvGzEjIAKHG&#10;M4q4ZPOpa1RWk1a/W/L53v7y01vZ6rS81M7hTvek7xve1nazku1mvceulrrR62+vJZUhjeSR1jjQ&#10;FmdjgKB1JNQ6bqdnrNhb32n3cF9ZXCCSG5tpBJHIp6MrKSCPcV4Dr3hu78NfEpPDD+J/EmsaZrvh&#10;m+ubyO+1abd9ogkiZZYSjKYSd7ApGVQqcbcVw2i6xqPhr4RfBLw5pI8Sy2fieKS51H+w70tfOIrY&#10;OIIJJpAIFY4YrGyYVH2jJOZhlaqQjKFS7draWVuWTb1d7rlenXTVdKnm7pTkqlKyjvrd35oxS0Vr&#10;PnWvTXR9fsCivlC9vPGq2Gg6Feah4t8P6Zc+O7SzsbvUb1BqbWMtnM8lvLJHI+4K4OC5YkFD1Ax6&#10;b8GLq/0n4m/E/wAISatqOraTok2nTWLatdvdXEf2i2LyL5rksV3KCATxk+tY1stdGnKp7ROyvZX2&#10;5ox3u1e8lp6699qOaqrVhSdNrmdrtrfllK1rJ2tF6+mnb2KivBfG2u6Npa+MNZ8S63e6W0fiKHTI&#10;orTUW057hFs0eCzNxuUxRlpnnZgy9SSdvFbPwzm+x+JvCUNv4ig8TnUPDFw2o6naXS3MV1Naz20c&#10;UgkH3j+/uE3n5m8sZ5XjKWBcaXtL/g7aJN67dfv/AA1jmKlWVLl/FX1k4rTfpf0/H2GiiivLPYCi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooA5/UviD4W0fVJdNv/EukWOoxRmWSzub+KOZECFyxQsCAFBbOOgz0qmPi34GaGKYe&#10;M/DxilkaKOQarBtdwFLKDv5I3rkD+8PUV8j/ALQCaEf2kPEZu5tRW8/sW43rDFGY9v8AZkmcEsDn&#10;b7da8kt4vC3/AAiXhn/SdX8v+2rzYfs8WS3l2ec/P0+7+tAH6f0UUUAR3FxFawSTzyJDDGpd5JGC&#10;qigZJJPQAd68ztP2jvBd3dQfv9Rg0ueXyIdbuNOmj0+WTONonZQvXjJwPeug+L/hq/8AGPwv8T6L&#10;pbhNQvbCWGEFtodiPuE9t33fxryLx38a/DetfB3V/DFpoGp/8JBLpUlk3httKnU2LCPbudtm0JHg&#10;MGDdFGOegB9G0Vz3w8uba68CeHns9Ri1a3FhCi30LblnKoFLZ9yDnPIOc810NAHyH/wUPkJ+GWjL&#10;nj+24j/5Anr4Ar78/wCCh3/JNdG/7DUX/oievjf4N+ItV8OfEvw9JpOp3mlyXN/b2072Vw8JlhaZ&#10;N0bFSNynAyp4OBX7TwvJwyfnirtOb+6x+IcVxU855ZOyagvvucXRX1fYeJPFviHxb8aV0TVdQ1Px&#10;9ZaitvoKtc+bcwWQvZftCWwckqABDkJ29q7KCfUbfTPiW+lWWuX/AIsFh4Z/tmDwReG1vDf7Lj7Q&#10;VkjilAPTeFQgnd05r055vKno4K/u/a78ru7pae9ZO+rTR5VPKI1HpN2977PbmVlZv3vdu1bRNM+H&#10;qK+s/h1qja9or+IfGCXv9s/C3U7vU5bbXJHa8khmjeS3jlZwC8i3caDJA/1g4Ga1vh3f61qsHgG+&#10;sZY5/hndabcT+Npbry/s73bS3Bu2us87ipjKZ/2dvFVUzZ0+a8Ph310vbmSTtq5Rty927EU8pVTl&#10;tP4ttNbX5W2r6KMr83ZK58bUV9Y+LbnXo/2f/h5FYaf45uNFfw/L/aN14cv5ItPih86TzftMQhZX&#10;/d7vvSIMdeK6D4k6frd3D4puJNRePwTbalpcnh2yk06OTT5LY3ECRGxuBKPLl2vIXVYz8qnJ54Fm&#10;+qTitW1v2fL56ve2mmvmDymybUnsnt3XN5aLa+uunkfF1FfeeqX3idf2tNK+1ad40t9Ah1i8aC41&#10;m+lm0eaQWU+z7NEYUSM7fMxh3ON2O9eM/GS00KX9n7S9e8N+XDpOv+J31Eaen/MPmNoEmt/osiMV&#10;OB8jJRQzf206cHD4+XVO6XNfR+aS+e2j0KxGUexhUmp/BzaNWb5barbRt/LfVanI/skOU/aF8JMO&#10;u65/9JZq/Va0Ja3Qn0r8p/2TP+Tg/CX+9c/+kstfqvZf8eyfSvz3jL/f4f4F+cj9G4K/5F8/8b/K&#10;JzHj7/lx/wC2n/stFHj7/lx/7af+y0V8Gffl7QP9UtdBXP6B/qlroKXUZ8j/AB88Eza98QPiHp2p&#10;aP4oOmeIdM0sWeq6DocupIkkEjswcJgdsbSwPOfSvBP+GV7H/n9+IH/hurr/AOP1+mdFfXYXiPEY&#10;SkqVONrJdeytf4X08z47FcNYfF1XVqSvdt7bXd7fEr6t9DzD9nD4YxfCb4UaXo0V7dX4nLX5kvbM&#10;2kymUBtjwlmKMowCpJIIP0r0+iivma9aeJqyrVHdybb+Z9Rh6EMNRhQpq0YpJHnniT/ku3gT/sC6&#10;1/6N0+vQ6888Sf8AJdvAn/YF1r/0bp9eh1df4af+FfnIih8VT/E/yieefH/wvq/jH4U6tpehWY1D&#10;VWns7iG1Mqxeb5N3DMyhmIUErG2MkDNfMXjj9mSbx54u1bxFefC3xpaXmp3D3U8Vp4o0gRCRjlio&#10;cMRk5OMnr6V9wUV6OBzavl8OWiu+t2nrbTR+SPNx+T4fMZ89ZvppZNaX11Xm+p8q/s6fsvaf4F+I&#10;UXiW48LeKPD95p0UhtJNX1qwvIZGkRo2G22UMCFdupxz619VUUVx43HVsfV9tWd3a3V6fM7MDgaO&#10;X0vY0FZXvslr8jjfGPwh8LePdZt9W1iyupNRt7c2kdzaaldWjCItuKHyZEyCwB5z0FWbX4X+FLPw&#10;TN4Qi0GzXw3MjJLp5TckmTksxPJbODvJ3ZAOcjNdTRWH1mtyxhzuy2V3pba3odH1WhzSn7NXlu7L&#10;W+9/Xr3OO8M/CHwj4Rg1OHT9HV11OH7PePfzy3jzw4I8pnmZ2KYJ+TO3k8VD4S+C/g3wRdzXOk6M&#10;EmltvsZa6uZrrZATkwoJnYIh4yq4BwOOBXb0VTxVeXNeo/e31evqSsHho8rVOPu7aLT0PO/Df7P3&#10;gPwlr+ma1peiyQalpfmCxlk1C5lW2V0ZGVEeQqqlWYbQMDOQAQK1YPhJ4TtvDvhzQo9K26V4evIr&#10;/TLf7TKfs88ZYo+7fubBduGJBzyDXX0U5YvETfNKo2/V+f8Am/vfdijgsNCLjGlFJ+S8v/kV9y7I&#10;5u8+HHhvUbvxDc3ekw3cniCCG21MTszpcxxBhGpQkqNoduVAPOeoGOftv2ffAVtpGraZ/Ykk9rql&#10;utpdm61C5nleBW3LEsryF0QEA7VYDNeiUUo4qvBWjUa26vpt91lb0Q5YTDzd5U4t69F1vf77u/qz&#10;IufCelXniex8RTWu/WLK3ltLe58xxsikKl12g7TkovJBIxxXMRfAnwND4S/4RldE/wCJKt39vht2&#10;u5ybafAAeFy++HGOBGVAycAZOe+oqY4itBJRm1a3V9L2+67+99yp4ahUu5wTvfdLra/32V/RdkcX&#10;pvwc8IaTY6faW2kkR2GpjWYXkuppJTeBCgmeRnLSHaxX5ywxjjgY29L8H6Ro3iLW9ds7TydV1ryP&#10;t9x5jt53koUi+UkquFJHygZ75rZopSr1Z35pt38/NP8ANJ+qQ44ajC3LBK22i00a/JtejfcpW+jW&#10;Vrql3qMMCx3t2kcc8qkjzAm7ZkdMjcRnGcYGcAYINGs7bVrrU0hxf3UccMs7MWJRNxRRk4UAuxwM&#10;DLE9TV2isueXfy+RryR7efz7hRRRUlhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAcfrfwh8G+I9en1rU/D9pearPC0Et1ID&#10;veNozGVPPQoSv0NZi/s+fDpba3tx4S08QW8zTxJtbCSMEDMOepEaf98ivQ6KACiiigAooooA5fwh&#10;8O9M8C6lrVxo7z21nqkq3D6YHH2WCXne8SY+TfkFgDjIGAK6iiigD5B/4KHf8k10f/sNRf8Aoiev&#10;gKv1w+NnwZ0n4zeGho+r+ekCTLcRy2zhJI5ACAwJBHRmHIPWvn9v+CffhYHjVdex/wBd4P8A4zX6&#10;XkGf4LLsCsPiG1JNvRX3t5n5hxDw9jsyxzxGHScWorWVtr+R8H0V93/8O+/C3/QV17/v/D/8Zo/4&#10;d9+Fv+grr3/f+H/4zX0f+tuV/wA0v/AX/mfNf6oZr/LH/wACX+R8IUV93/8ADvvwt/0Fde/7/wAP&#10;/wAZo/4d9+Fv+grr3/f+H/4zR/rblf8ANL/wF/5h/qhmv8sf/Al/kfCFFfd//Dvvwt/0Fde/7/w/&#10;/GaP+Hffhb/oK69/3/h/+M0f625X/NL/AMBf+Yf6oZr/ACx/8CX+R8IUV93/APDvvwt/0Fde/wC/&#10;8P8A8Zo/4d9+Fv8AoK69/wB/4f8A4zR/rblf80v/AAF/5h/qhmv8sf8AwJf5Hzb+yX/ycH4S/wB6&#10;5/8ASWWv1Xsv+PZPpXzl8I/2OvDPww8X23iK1uNTvb+3V1h+2zIyRllKlgFRedpI5z1r6RiTy4wv&#10;pX51xFmNDM8XGth78qilqra3b/U/SeG8txGV4SVHE25nJvR30sl+hynj7/lx/wC2n/stFHj7/lx/&#10;7af+y0V8sfVl7QP9UtdBXP6B/qlroKXUYUVgeNvG+meAdFGpamZ3SSZLaC3tYTLPcTOcJFGg5Zjz&#10;x7GuJvP2lPBumaZYX+oNqGm29xftplx9rtDG9hcqoby7hCdyZU5BAIwDzxTEeq0UUUAZmoWNtJq+&#10;lXr28TXkLyQx3BQGREdCXUN1AYxoSBwSi56CtOqd7/x86f8A9dz/AOi3q5Tu2KyWwUUUUhhRRRQA&#10;UUUUAFFFFABRRRQAUUVg+N/FB8H+HZNRS0N/cGe3tLe2EgjEs088cESlyDtXfKuWwcDJwelXCDqS&#10;UI7sic404uctkb1FcP8A2v8AEj/oVPCv/hT3P/yvo/tf4kf9Cp4V/wDCnuf/AJX1v9Xl/NH/AMCR&#10;z/WY/wAsv/AWdxRXD/2v8SP+hU8K/wDhT3P/AMr6P7X+JH/QqeFf/Cnuf/lfR9Xl/NH/AMCQfWY/&#10;yy/8BZ3FFcP/AGv8SP8AoVPCv/hT3P8A8r6P7X+JH/QqeFf/AAp7n/5X0fV5fzR/8CQfWY/yy/8A&#10;AWdxRXD/ANr/ABI/6FTwr/4U9z/8r6P7X+JH/QqeFf8Awp7n/wCV9H1eX80f/AkH1mP8sv8AwFnc&#10;UV5/eeNvF3hySxuPEHhnRrfSri+trCS40zXJbqaJ55khjby3tIgV8yRAcNkA5wcV6BWdSlKnZu1n&#10;2ae3oa060araV013TW/qFFVWuZnmkSCGNxGQrGSQrzgHjCnsRR5l7/z72/8A3/b/AOIrE2LVFVfM&#10;vf8An3t/+/7f/EUeZe/8+9v/AN/2/wDiKALVFVfMvf8An3t/+/7f/EUeZe/8+9v/AN/2/wDiKALV&#10;FVfMvf8An3t/+/7f/EUeZe/8+9v/AN/2/wDiKALVFVfMvf8An3t/+/7f/EUeZe/8+9v/AN/2/wDi&#10;KALVFVfMvf8An3t/+/7f/EUeZe/8+9v/AN/2/wDiKALVFVoriXzxDNEkbMpdSjlgQCAeoHqKs0AF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABSYHoKWi&#10;gBMD0FGB6ClooATA9BRgegpaKAEwPQUYHoKWigBMD0FGB6ClooATAFLRRQByPj7/AJcf+2n/ALLR&#10;R4+/5cf+2n/stFAF7QP9UtdBXP6B/qlroKXUZ4v8Y9fg8aXL+FdB0fXda8R6NdwXyX2jrDHFpt0o&#10;3R75pyIy2x+U5yrnOK80vPh/Z+JP7O8N+PLDxTpepajq7arNLetbPDrV4IdscAuISY4sRqwCYHBO&#10;GBr3PW/gP4J8Q63fave6ZdnUL5xJcS2+q3cAkYKFBKxyqvRQOB2pmlfALwPour2OqW2mXZvbGYT2&#10;7z6teTLHIAQG2vKVJwT1HemI0/hh8UNA+K3h5tT8PySCGCQ281rcR+XLbuADsZckDgjkEj0PBrsK&#10;5bwJ8MPDPwzhv4vDem/2bHfSie4Hnyy73xjPzs2OvbFdTQBTvf8Aj50//ruf/Rb1cqne/wDHzp//&#10;AF3P/ot6uUAcl4x+K/hH4f3sFp4i1600m5nj82OK4JBZMkZGB0yDWEn7SXwxkdUXxnppZjgDc3X8&#10;qj+P3wVsfjV4LksXCQa1aBptNvG/5ZyY5Rj/AHGwAfoD2FfMH7E/wXsPGWtXPjLVtlxa6NcLHaWZ&#10;GQ1xgMJG9lBBA7nntyAfdtFed/tC6pe6L8FvFl9p13PYXsFnuiubWVo5IzuXlWUgg/SuNvvGV18O&#10;fFPinRtJ1i71Wzji04Wkd/v1SS3vriWWP7MGknjY7lSNsSTALnOcHFAHu1FfOkXxq8ZXq6XqRuNL&#10;sYo9M197rTms96z3FjIqq29Z22g7l+VGYDD/ADSblKbt/wDGnX576Gx01dIE040FFmmhklWN7/z/&#10;ADCVWVchRGhUZHBOScggA9uorxL4f/GHxPrfifw7Y6xDpLWmr3OqWH+g28sciS2RwZMtIw2vg/Jj&#10;K8fMa9nvHnjtJmtYo57lUJiilkMaO2OAWCsVBPfBx6GgCaivIPhn8Y/GHjzxlqWiah8OZPDltpbm&#10;K+v7nU/MVHxlVjHkgSEgg8HG0g55GfX6ACuH+MX/ACKVh/2MOhf+na0ruK4f4xf8ilYf9jDoX/p2&#10;tK6sL/Hh6/5nJi/4E/T/ACO4opk00dvE8srrHEilndzhVA5JJ7CvlKb4oXniTwZ8TxqFxq7Wfifw&#10;tqmq6ZDqVlcW8NssUcqLFA0kaq4e2a1kPlsw3CVv4hW2EwU8XdxdkmvxaX4J39Ec+Mx9PBuKkrtp&#10;/gm9fVq3qz6wor5wm+Imv+EfFviXRfDWmJf6trXiu9KPLHHIqLDp9kxUJJc24Zm3A/60EBXO1sYr&#10;oNM+MniuXxnoNlqmnaXpml3Zs7W6WIi8KXU1t5hjNxDMwibcy7FeIq6FW8wbsDolldZLmi1a199b&#10;WT2+9LvY5qecUJaSTTvbZtXu1vp5N9rnt9FeN+PfiN4n8EeLfGs63um3ejado2mXNnp09oYzHNc3&#10;NxAZZJxJ9xWjDuduNm0AIVZpKUvxS8bP4xtvBkFx4dfWP7V+xS6uLGdrUxmxe6GIBcblkGzaQZSM&#10;Mp4zgZxy6tOKnFq1r79LXfTp1/C/TWeaUKc3Tkne9tut7Lr16emtuvuNFfOtj+0D428RpoP9h+Gr&#10;S7mOjWGranGWhRJPPkdHWJ5ruIxKPLbDbZvmYKQMAt13hX4leKNQ8b6ZaaimkNomqajrdhbx2sEq&#10;XMP2G5kjR3dpGVtyxnKhVwcEHnaHUyzEUk3O2l3a6vpf/JteX3E0s2w1a3JzWdteV21t/mk+z+86&#10;T4xf8ilYf9jDoX/p2tK7iuH+MX/IpWH/AGMOhf8Ap2tK7iuSf8Cn6y/9tO6H8ep6R/8AbirZ/wDH&#10;xff9dh/6LSrVVbP/AI+L7/rsP/RaV4v+0V8Z/E3wsvdP/sGHSpNPhsLnU9Vmu4WvJbeKJowrNBFP&#10;HNHAQZN1wkc+wqAYjkVynWe5UV8xXH7R/wAQbzxj4ufSvClnJ4O0O81PTGup2tg6TWtrJKspb7cJ&#10;X3ui/uRaqRE+8SHHONqnx0+Kdzo2nWkWv+EbTVL6Pwvq66lp+izSw29rqGpR2sttLE92cn51YShl&#10;LIsyqsbbZUAPraivmB/2jPiNceLfFZsfC1jN4U0G71PS5buUW6Ms9paSSCbJv/OYPIinyBbAiJ94&#10;lbHNO5+O/wAWtI0bWNXvZfBdzZ6N4Z0rxbdRQaXdxyT2949wptEJumCugtJSJjkEsg8sckAH1XRX&#10;ydpHx08X/D6bXdTv73T/ABT4dbxf4l02PSFWZ9WhFrFeXaBZTKU8sLbhPK8obEdGDH7tS6F+0D8X&#10;dW0LSpbrQtB0ibXtQ0iDS9Su4IprcQ3gmLkwW2pTO4QRoUlLxCTLDYm2gD6sorxP9oewlvLPSLZf&#10;Eeux6/eW9xY6NoHhvUZdNkv9QdUK3LyRPvEUAVnbeWjVWJYOdqngdZ1DXNP8Vajfal441WbxR4d8&#10;V+FPD8FlbXz29nd210LBbuR7NSI5DN9pvmyylk8gFSoSgD6qor5P1WbxB4W0P4l+KPCnjPxBrlno&#10;HhjWI9R1vUb97i2u9YH7xHtLZyYohaBJA3khUJYR4d432+lfBVTofxJ+IHhix8Qap4g8P6fbaTd2&#10;smrapLqUkU08UxlAnlZn2sscMmwtgeZlQFYCgD1yT/kKW/8A1xk/9CSrVVZP+Qpb/wDXGT/0JKtU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFAHI+Pv+XH/tp/7LRR4+/wCXH/tp/wCy0UAXtA/1S10Fc/oH+qWu&#10;gpdRhRRRTEFFFFAFO9/4+dP/AOu5/wDRb1cqne/8fOn/APXc/wDot6uUAFeW/AP4LH4I6Vr+lpqA&#10;1CzvNRN1auVxIsXlooV+24EHkcHg8ZwPUqKAKup6XZa1YTWOo2kF/ZTrtltrqJZI5B6MrAgj61mQ&#10;+BPDVtoc2ixeHdKi0aZt0unJZRC3c8HLRhdpPA6jsK3aKAMKPwF4ZhgtII/DukpBZyPNbRrYxBYH&#10;f77INuFZu5HJpmm/D7wtoq7dP8NaPYr5kc2LawijG+MsY3+VR8yl2IPUFjjqa6CigDLtvC2i2c9t&#10;Nb6RYQTW0kssEkdsitE8v+tZSB8pf+Ij73fNalFFABRRRQAVw/xi/wCRSsP+xh0L/wBO1pXcVzXx&#10;D8OXninww1np8sEV/DeWd/bm5yImktrqK4VHKgkKxiCkgEgHODjFdGGko1oSk7K/+ZzYmLlRmoq7&#10;t/kdBd2kF/azW1zDHcW0yNHLDKoZJFIwVYHgggkEGqOoeGdH1a0htb7SbG9tYUeOKC4tkkSNGjaJ&#10;lVSMAGNmQgdVYjoSK5r+1/iR/wBCp4V/8Ke5/wDlfR/a/wASP+hU8K/+FPc//K+tFRnHacV/28jO&#10;VanL4oSf/bjN3VfA/hzXbO5tNS0DS9Qtbm4F3PBdWUcqSzBQolZWUhn2gDcecACkTwL4bj1m11df&#10;D2lLqtpEIbe+FlEJ4Ywu0Ikm3cqgEjAOMcVh/wBr/Ej/AKFTwr/4U9z/APK+j+1/iR/0KnhX/wAK&#10;e5/+V9WoVkrKqrf4/wDgkOVBu7pO/wDg7bdOh0t74Z0fUr8313pNjdXpt3s/tM9sjyeQ33otxGdh&#10;7r0PpUGk+CvD2gwWcGmaDpmnQ2UjzWsdpZxxLA7qVd0CqNrMpIJGCQSD1rB/tf4kf9Cp4V/8Ke5/&#10;+V9H9r/Ej/oVPCv/AIU9z/8AK+l7Orbl9orf4/67v72P2lFvm9m7/wCD/geS+5dkbFx8PfC12NL8&#10;/wANaPN/ZQA0/wAywib7Hggjysr+75A+7joK0IfD+l280E0Wm2cctvJNNDIkCho3lYtMynHBdmYs&#10;RyxJJzmuX/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6HTqvR1F/4H/wRKdGOqpNf&#10;9udtunQPjF/yKVh/2MOhf+na0ruK841nSvHPjRdP0/VdI8PaPpsWpWV/Pc2esz3kxFtcx3CosbWk&#10;Q+ZolUktwCeDXo9TWShThC6bXNs772/yNKLc6s52aT5d1ba9/wAyrZ/8fF9/12H/AKLSsrxP8P8A&#10;wv43lsZfEXhvSNflsJPNtH1SxiuWt34+aMup2HgcjHQVpmO4gnmaFIpFlYOd8hUg7QOyn0p3mXv/&#10;AD72/wD3/b/4iuM7DmvEPwl8I+Jb3VNSufD+mx69qNjLp02uw2UI1AQvGYyonKFvunABJHtiqfhj&#10;4GeAfCXg2fwvY+ENE/sa7hiiv7d9Mt9uolFAD3KhAsr8ZJYdea7HzL3/AJ97f/v+3/xFHmXv/Pvb&#10;/wDf9v8A4igDDl+GHg2bXZNbk8JaFJrMlsbJ9RbTYTcNAU2GIybdxTZ8u3OMcYxVybwV4euLW5tp&#10;dB0yW3urOLT54Xs4yktrEXMUDjbho08yTah+Ub2wBk1oeZe/8+9v/wB/2/8AiKPMvf8An3t/+/7f&#10;/EUAYenfDHwdo/iefxJYeE9DsvEU/mGXV7bTYY7uTexZ90wUOdxJJyeSSTTNF+FXgrw2HGkeD9A0&#10;sPdpfuLLTIId1yudsx2qMyDc2H6jJ55rf8y9/wCfe3/7/t/8RR5l7/z72/8A3/b/AOIoAw/Gfwx8&#10;HfEf7H/wlnhPQ/FH2Pf9m/trTYbvyN+3fs8xW27ti5x12jPQUQ/DDwbb6ro+pxeEtCi1LRrZbPTL&#10;xNNhE1jAqlVigfbmNACQFUgAEjFbnmXv/Pvb/wDf9v8A4ijzL3/n3t/+/wC3/wARQBy2h/Bb4e+G&#10;Nak1jR/AfhnSdXkEivf2Oj28Nwwf74MioGO7Jzzznmtjwn4I8OeAtOksPDOgaX4dsJJTM9rpNnHa&#10;xNIQAXKxqAWIA568CtHzL3/n3t/+/wC3/wARR5l7/wA+9v8A9/2/+IoAJP8AkKW//XGT/wBCSrVV&#10;YoppLpZpljj2IyBUctnJBzyB/dq1QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAcj4+/5cf+2n/stFHj7/lx&#10;/wC2n/stFAF7QP8AVLXQVz+gf6pa6Cl1GfMXxu+O/i3w38XZvCmi694d8L2Ftp8d015rqOVmdiMq&#10;GVXIOCMDb0ViT0Fcn/wvf4g/9FX+G3/fFx/8j0749T3/AIQ/aJv9enHiHT9MudFjijv9D0yK8LkM&#10;u5SJiEAGwknO4YXjBrxL4na7YfE+2trrRr3xX4j1W0cRt9v0i2hijhYMTzbsx3bguAR03c8UxH3J&#10;+zj8R9W+KXwyg1rWvszX4uZrZ5LRCiSBDgNgnvn/AOsK9Qrw39jXRr/RPgjZw6jZXFhM95PKsdzE&#10;0bFCRhsEZwccGvcqAKd7/wAfOn/9dz/6LerlU73/AI+dP/67n/0W9XKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigDkfH3/Lj/20/wDZaKPH3/Lj/wBtP/ZaKAL2gf6pa6Cuf0D/AFS1&#10;0FLqMr6hYxanYXNnOC0FxE0MgBwSrAg8/Q1g/D74daD8MPD0ei+HrIWdmrGRyTuklc9Wdjyx6D2A&#10;AHArpqKYgooooAp3v/Hzp/8A13P/AKLerlU73/j50/8A67n/ANFvVygArg7Dxh4t8QfbLjRvDmjT&#10;adDe3VlHLf63LBM5gneB2KJaSBQWjYj5jxjOOg7yuN+E/wDyK99/2Hta/wDTndUAB1X4ggH/AIpf&#10;w0fb/hI7j/5Arc8I+IY/FvhTRdciha3i1OyhvUic5ZBJGrhSR3G7Fa1cb8GP+SPeBf8AsA2H/pOl&#10;AHZVieLfG/hzwBpa6l4n1/S/DmnNKIVvNXvI7WEyEEhA8jAbiFY4zng+lbdeK/tS+DfE/jDw/wCC&#10;n8K2eqXd7pHim01Sc6LLZJeRQRxTq0kX20iBmBdcB8jnpQB3q/FTw5cpZy2Fzea3Z3kMc9vqGiaZ&#10;dajZyo8vlArcW8bxEhuo3ZVQXYBQWq94E8d6H8TPClj4k8N339paLe7/ALPdeTJFv2SNG3yuqsMM&#10;jDkDp6V8H2/hj4ofA2x0u01G61Hwro+pzW1lpVhDrcZuLm8n8URXLrJFbybGuWsml8xoV8vy9yjA&#10;ytXtB+Df7RXhDw78NtJ0PTL/AEm30OKOS6jstdjETSNrE0s6yxrexRNm2dT80c4ZSVBjegD9AaK/&#10;M7wFqnxj+JDa9oXg/wATeItV8QaTplkviB28TteW93djUZDc/ZZEuY1ti8SqBEJLdwqMv7vO4+ne&#10;Cfg7+0HpTDUtT1vxbqWoabqGgSafHfeIEiiuLZbyc6jHcW6Xssb4t2gU7ndn2gqzNmgD7N8WeLNH&#10;8C+G9R1/X9Rg0nRtPhM91eXLbUjQdz6k8AAckkAAkgVhfCP4v+Ffjj4KtPFPg/U01PSpyUbjbLBI&#10;PvRyoeUcZHB7EEZBBPA/Gb4Gz/FPxTJq/i3WE1HwLoentdab4TjhKRTagFfNxdkkiYINuxMBQScj&#10;g7/If2Mvgbcad8MfhJ8RPBesJ4cvL7TY4PFOnPCZLXWrZWkCuUBGy5TgLKOxIYMOCAfZ9FFFAFTV&#10;tXsNB0+a/wBTvbfTrGEAy3V3KsUUYJAG5mIA5IHPrVTw94u0LxbFNLoetadrUULBZX0+6jnVCeQG&#10;KE4P1rWr5hm8PeLNBj+Gfg+z1e70jU9StpLLV9Ptr1g9tbJcCc3UZjYqr7Uki39/NC56UAfT1FfI&#10;vgrS/ip4u8DNqmhahrbJc2JSSbUNZ8z7ZMt+P+PdTMGhxAkiElotxPBH3q+ifhJpWu6L4EsbTxFd&#10;Xd3qiPKWe/KmZUMjFFYrLNuwpAyZGOMZJNAHY0UUUAFFFFABRRRQAUUUUAFFFFABXO6p8RfCmias&#10;dL1HxPo1hqYKg2V1qEUc2WwVGxmB5yMcc5roq4zxL4f1DUPiX4L1W3t/MsNOiv1upt6jyzIkYTgn&#10;JyVPQHGOcUAdNpmr22r2sM8BlQSp5ixXMDwTBckZaKQK68g/eAqBfEumv4mk8Pi5zq8dmt+1tsbi&#10;BnZFfdjbyyMMZzx0xXzQvwp+KNtaQ6jAupnxRceF4LGa/k1ve8dyl2zyo2ZxnfAcKVOAxJyjEtXd&#10;/BjwJ4x0Lx7c6x4l+2XEEmiizjuL+WNpY2F7PIITi4nZgqOpDM7cEAsSDQB7hRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAGR4g8YaD4TFudc1vTtGFwSsJ1C7j&#10;g8wjGQu8jOMjp6itSKeOaFJo5FkidQ6yKwKspGQQfSvO/iXpert4x8J6xp3h2bxJa2MGoQ3NrBNb&#10;xn99HGqBvOkQFSVIOM4HY9K8h0j4WfFPS7vw/op+1R6Fa29vZ3D2WqskHkPDIJ12/aFxsdwARCzY&#10;QMrrjbQB9RRSpNGskbrIjDKspyCPY0+vlnw/4C+KfhnwfbaLYabrNvv07TbYbNciKWc0F4XuWXM/&#10;CyRYACcbTtIGMVYsfhn8VotJ8yTUvEI1EaSZgreICynUFvW2LgykbfsxGR9w8ZywGAD6eooooAKK&#10;KKACiiigAooooAKKKKAOC+IXxu8IfDaS7s9X1m2t9XismvYrCQsGlXkKoIBGWK4A698Yryj4Q/tn&#10;6F4ssdXl8Zy2HhaW0KNAqPJJ56HO7A2kkggcDJ56cV4/+1hdeFLb9pDSZb/TLz7PE1q+u79wW7iy&#10;vMXPI8obTjHII65NZP7T/iX4Ua9qnhd/A1paYi3f2k2lWhtUaLKbFwVUF8B+ccZAPYAA/QaCeO5h&#10;jmhkWWGRQ6SIwZWUjIII6g1JWB4AOnt4G8PnSbS4sdLNhB9ktrrPmxRbBsVsknIGByTW/QByPj7/&#10;AJcf+2n/ALLRR4+/5cf+2n/stFAF7QP9UtdBXP6B/qlroKXUYUV8e/tRftJeOPhv8UX0Lw7fW9jY&#10;Q2cMhDWscrO7ZJYlgcdhgelc34e/b88RafpEFvq3hyz1e+QESXi3Bt/M54JQIQDj049hTEfc1Fef&#10;/A34qH4x+ALfxG+nDS5Xmkge3EvmAFDjIbA4II7V6BQBTvf+PnT/APruf/Rb1cqne/8AHzp//Xc/&#10;+i3q5QAVwdh4P8W+H/tlvo3iPRodOmvbq9jiv9ElnmQzzvO6l0u4wwDSMB8o4xnPU95RQBxp0r4g&#10;kH/iqPDQ9/8AhHLj/wCT63PCPh6Pwl4U0XQ4pmuItMsobJJXGGcRxqgYgdztzWtRQAUUUUAFFFFA&#10;BRRRQBDd2sV9azW0674ZkaN1yRlSMEZHPQ1keBvA+ifDbwlpnhnw5Zf2doemReRaWvmvL5aZJxud&#10;mY8k9Sa3aKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooA5vxZ8PPD3jSC8XVdIsbu5uLRrL7XPbJJNHGc8KzAkYJLDHfmvO/hN+yv4T+GVn&#10;q0F1HD4p/tAx7m1Wyify1XPyqCDwSQT/ALo9K9oooAQAAAAYApaKKAOR8ff8uP8A20/9loo8ff8A&#10;Lj/20/8AZaKAL2gf6pa6Cuf0D/VLXQUuoz4T/bE+GHi/xD8Y5dS0jwzq2r2M1jAFuNPspLhAVBBU&#10;lFODx0PqK8P/AOFMfEH/AKEXxL/4KLj/AOIr9XKKYjxT9kHw1q3hT4MWllrOm3WlXjXk8v2a8iMU&#10;gUsMEq2CM4PUV7XRRQBQ1ONpZbFVkaJjOfnQDI/dv6gj9Kf9hn/6CNz/AN8xf/EUXv8Ax86f/wBd&#10;z/6LerlAFP7DP/0Ebn/vmL/4ij7DP/0Ebn/vmL/4irlchP8AFXQIrq5gRNZvDbzPbyS2GgX91D5i&#10;MVdRJFCyMVYFTgnBBHUUAdH9hn/6CNz/AN8xf/EUfYZ/+gjc/wDfMX/xFcyfizogBJsvEoA/6lbU&#10;/wD5HrqNL1O11rTLTULGZbmyu4UngmT7skbKGVh7EEGgBv2Gf/oI3P8A3zF/8RR9hn/6CNz/AN8x&#10;f/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P/fMX/wARR9hn&#10;/wCgjc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI3P8A3zF/8RR9&#10;hn/6CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P&#10;/fMX/wARR9hn/wCgjc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI&#10;3P8A3zF/8RR9hn/6CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcoo&#10;Ap/YZ/8AoI3P/fMX/wARR9hn/wCgjc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xF&#10;XKKAKf2Gf/oI3P8A3zF/8RR9hn/6CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/&#10;AHzF/wDEVcooAp/YZ/8AoI3P/fMX/wARR9hn/wCgjc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf&#10;/oI3P/fMX/xFXKKAKf2Gf/oI3P8A3zF/8RR9hn/6CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDE&#10;UfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P/fMX/wARR9hn/wCgjc/98xf/ABFXKKAKf2Gf/oI3&#10;P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI3P8A3zF/8RR9hn/6CNz/AN8xf/EVcooAp/YZ/wDo&#10;I3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P/fMX/wARR9hn/wCgjc/98xf/ABFX&#10;KKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI3P8A3zF/8RR9hn/6CNz/AN8xf/EV&#10;cooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P/fMX/wARR9hn/wCg&#10;jc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI3P8A3zF/8RR9hn/6&#10;CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcooAp/YZ/8AoI3P/fMX&#10;/wARR9hn/wCgjc/98xf/ABFXKKAKf2Gf/oI3P/fMX/xFH2Gf/oI3P/fMX/xFXKKAKf2Gf/oI3P8A&#10;3zF/8RR9hn/6CNz/AN8xf/EVcooAp/YZ/wDoI3P/AHzF/wDEUfYZ/wDoI3P/AHzF/wDEVcqrp+qW&#10;WrQvLY3cF7EjtEz28qyKrj7ykg8EdxQA37DP/wBBG5/75i/+Io+wz/8AQRuf++Yv/iKuUUAcX42g&#10;eH7FvuJbjO/HmBRj7vTaooqbx9/y4/8AbT/2WigC9oH+qWugrn9A/wBUtdBS6jCiiqMOu6bc3zWU&#10;OoWst4ud1uk6mQY65UHNMReooooAp3v/AB86f/13P/ot6uVTvf8Aj50//ruf/Rb1coAK434T/wDI&#10;r33/AGHta/8ATndV2Veb+GtR1/wZa6hpj+CtZ1Qf2rqF3Hd2FxYeTJHPeTToQJblHBCygEFRyD1H&#10;NAHpFcb8GP8Akj3gX/sA2H/pOlB8d63g4+HXiXP/AF86Z/8AJlX/AIcaJdeGfh54X0e+VVvdP0q1&#10;tJwjblEkcKq2D3GQeaAOjooooAKKKKACiiigAooooAKKKKAOZ+JcfiJ/AOvHwlcC38TR2rzacWjR&#10;1kmQbliYOCNrldhPUByRyBXknhj4+a5421S213wtZW2ueGfEGrWug6LbXt19ijQpYXF7eXjSrDK7&#10;HK/Z/Lxjdbn7uWJ+gay7Hwroul21lb2ej2Fpb2M8l1axQWyItvNIJBJJGAMKzebLlhgnzHz945AP&#10;nmz/AG0EvH8SRL4YiM1lDDcaQ6XV4YdUSW9+yIFb7DudixDD7Kt0rchWZhik1D9sfUD4CPiHSfA8&#10;F1PZaJq+uapZ6jq8lgIIrC7ktXSEyWpkkd5ImIWSOFlBXcAx2D2Zfgl8O1i1WMeAvDAj1YEagg0a&#10;3xeZcSHzhs/efOqt82eVB6iuV+JX7LHgP4maJo2iXOnQ6NoWl/aBHpmk6dYxwss7K0yqXt3aEuV5&#10;eBo3+Zvm5oA9fooooAKKKKACiiigAooooAKKKKACvIvHnxT17wd481iw07T4deBtNBhsdNuLoWka&#10;3F5eX8MkjzCKRguIYsja3CfKMk59drPuvD2lX16by50yzuLs+SftEtujSfumZ4fmIz8jSOy/3S7E&#10;YJNAHgHib9rHWdB0S8u4fA1lPeaPpt1qGuW1xr5hSDyL+axMds/2ZvtBMtvIcssWF2fxMFo1D9sN&#10;rDWfGMP/AAgmqzaVobahbQamEuY4Zrm0nFuyzTPbLbxRvITtdJ5iFGXVD8tdx8U/2avB/wAXZ9KO&#10;sQm2tLCWaX7JZ2dntmMsolmJkkgeWIyPku0Dxs25tzHNdk/wy8Hyazqurv4T0NtW1aBrXUL9tOhM&#10;95CyhWjmk27pEIABViQQMUAfPWn/AB917wT4t8dXXi22uNtlrGqTzaVpGqrfW0ENn4e066MUTS26&#10;OwZjI4VfJxJK+4Nk10nhv9pnxZ4ut7G0034aNFr95fvaRQ6te3um2ckYtDciRJrmwSVuAUI8jAYg&#10;hmUhq9e0D4W+C/CkMUOieEdB0eKJ5JY47DTIYFR5I1jkYBFGC0aIhI6qqg8ACpPDXw18I+DIoYvD&#10;/hXRNCihme4jTTdOht1SV12O6hFGGZflJHJHFAHgPin9oTWvHbeD/wDhH9MGj6LJrvhf7dfNrBiv&#10;M3pgufs626R4kiMUgRmMi5O8BGCsa6P41/FvXY/Ey+GdCsY7Wx03xF4Vh1PWDqzW10Pteq2/7qG3&#10;WM+bG8SsjlpEyJHG1wrV6pL8J/A8+raXqkvg3w/JqelRRQafevpcBms44jmJIX2ZjVCAVCkBSOMV&#10;Z1r4ceEvEniCw17V/C+i6rrlhs+yane6fDNc22x/MTy5WUsm1/nGCMNyOaAPGZ/2tJrK3a9ufCcC&#10;6dqFtdT6FJFrKNLcGG9gs8XimILZgyXMZLb5Qqh92GAU9D4e+OniDXfFNl4Y/wCES06LXI9YudL1&#10;bZrjSWtqkENrO8sEotg05MV2mEZIsOrIxXBYehQ/DLwfbXut3kXhPQ4rvXEaPVbhNOhEmoK33lnY&#10;LmUHJyHznNWPD/gTw14TtLG10Pw7pWjW1iJBaQ6fZRQJbiQgyeWqKAm4gFsYzgZoA898bfHu58J+&#10;OLrSYPD0F9o+mXWl2eqX8mpiK6jkv51hh+z2ojbzlBdSxLx/xBQ5Uim/CX476h8RPEVhpup+G7PR&#10;o9V0q41jTJrLV/tzPDBcJbyLOnkx+S+6VCoBcMN4yCjCvRNT8B+Gtb8Rafr+o+HdKv8AXtOG2y1S&#10;6sopLq1GScRyspZOSfukdTWV8OPhD4T+FNi8Ph3RrOzupkVbvUktYku73BJDTyIimQjJ5NAHlsnx&#10;K1r4e+IfGHibX/Gr+IPBGg2l6+rK9la21laXnnp9ksrOUKrvIqFo5TLI6h2QZQllTnfhl+1Be3vw&#10;l8datf6zbeNfFOn32q/Yl8M2El/YwiOESwQvLaoyxw5JVJZmUyBSdxIOPeNE+EHgPwz4kl8Q6P4J&#10;8O6Vr8rSNJqtjpMEN05flyZVQMS2TnnnPNdFY6PYaWt0LKxtrQXUz3FwIIVTzpW+9I+B8zHAyTyc&#10;UAfML/ELx7pmnXmnReM9V8T2SJoWpah4i0nRra61LTbS8juTOILeC3ZJAGggZcwyssdwxO/aGHRe&#10;DfjPqHjb4FaZd33iTUPCmtPZrfXPieTw9IYpLNLzyhJE7RG1NzPGFKwjewaUERMABXrln8JfA2n+&#10;G7/w9a+DPD1toF/L595pUOlQJa3MmVO+SIJtdsqpyQT8o9BWlr/gnw74r8PjQdb0HTNY0MBB/Zl/&#10;Zxz22Exs/dOpX5cDHHGBigD5v8U+OviXofhyxs9T8W3XhnULXw1r/iddQu7Cy+03q2s8X2OC7QxG&#10;JSIJVadYAhyQFZMZbb8Q+OfH+l6zreu6T4jfXYNK0u81XUvDi6dAun6fGNPaS0tvNCee9283luy+&#10;YV8pmyiboy/rS/BL4dpo9lpC+AvDC6VZXJvLWxGjW4gt5zjMsabNqucD5gAeBzUyfB7wFH4sbxQn&#10;gjw4viZpWmOtDSbcXhkIIZ/O2b9xBIJznBoA4z4FeJddvtb1zRtX8Wt40ih0nSdXh1GW3t4pInu0&#10;nMkP+jxohQeSkiZBYLMMs3Br2KsTwp4G8N+A7Kez8M+H9L8O2k8pnlg0myjtY5JCAC7LGoBYgAZP&#10;PArboAKKKKACiiigAooooAKKKKAPJfj/AH/iWysNNj8LeLLrQtXuY7mGw0vTbG2uLrVL4qpgUm4R&#10;1SBMSNK2FIUg70288F4x/aVXRPjx4G8HN4w0Ozis74ad4l0+J4nur+5m0y6njSGElplRJo7ZRsBM&#10;kl1HECWDK3uPjP4Y+DviP9j/AOEs8J6H4o+x7/s39tabDd+Rv279nmK23dsXOOu0Z6CtWLw5pMEG&#10;kwR6XZRw6QQdOjW3QLZERNCDCMYjxE7x/Lj5XZehIoA+fdb+MWv614/u77SNfv8AQtD0vUvDljDo&#10;Oo6OLV9Sj1C+FvPJNHcwrcxkBmEewoMxEneCcVPhz8cvE+nfEzU9M8ZzeIroxaXfX+p6NH4YmcaX&#10;JHqMVvaLY/Z7cy3cUsUrMXBmA8otvUb1X6C1LwL4b1nxHp/iDUPD2lX2vacpWy1S5sopLq2BzkRy&#10;spZByfukdTU+keFNE8P3+p32l6PYabe6nKJ7+5tLVIpLuQZw8rKAXbk8tk80AeBeOvHXj7wxqHjv&#10;xBoXiiTxJYaBo2raneaRLpcMVjYMlqZbC1Vwgne6JCvIrOwCMcpGWj3RXHivxTpzeItDm+K1/e2+&#10;mXtg8Or6fpVhNq+oG5s3ZLG3QQ/ZyzSBJQxiYiNjuYAGQez23wc8A2XiqXxNb+B/DcHiSV5ZZNYi&#10;0m3W8d5FZZGMwTeS6uwY55DEHOTVaX4E/DWfQI9Ck+HnhSTRI7lrxNNbRLY2yzsu1pRHs2hyoALY&#10;yQMZoA8Y1n4hfEjQ9Rgh1rxNHpWreHdM8MyX+l21pbtb6zc3169vdbi0ZkC/JsTyWQB8k7gQo+oK&#10;5SH4TeB7abQ5ofBvh+KXQht0mRNLgDaeM5xbkJ+65JPyY5NdXQAUUUUAFFFFABRRRQAV5L+zZp9j&#10;p3g7VUsPBOo+BYm1WctY6lM8rzEBR5ilwDtwAuBxlTgtya9arjfhb4E1L4f6HeWOqeKb/wAWTz3k&#10;l0t3qAw8atjEY+Y8DBPXGScAdKAOyooooA5Hx9/y4/8AbT/2Wijx9/y4/wDbT/2WigC9oH+qWugr&#10;n9A/1S10FLqM8N+PPxN0xdf8P+AP+EhfQ21W6xq1xBuWeO0CFhHGQM7pm2oGXP8AEKbb/Cn4dax4&#10;n13wUvhjTdDuNNtra50/ULH9zqJ8wPmVZfvsUZV5JIyea9Q8WeELbW5IdWtrDTZPE+nxSDS7/UID&#10;ItvIwxk4IOPofpXnuqTfFDxM1nbS+A/DmnavaMxg8SXOordQ2rldpmhh8vzMkFsAkehzTEdR8E/E&#10;ep+IPBTxa1OLzVtJv7rSLm7AAFw8ErRiTA7sACffNd9XOfD3wRa/DzwjY6FazSXQgDPNdTf6y4md&#10;i8kje7MxPtwO1dHQBTvf+PnT/wDruf8A0W9XKoanEs8tijFgpnPKOVP+rfuCDT/7Kg/v3P8A4FS/&#10;/FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A&#10;4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v&#10;3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7&#10;Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8A&#10;iqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wK&#10;l/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37&#10;n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBl&#10;Qf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp&#10;/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUA&#10;XKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS/&#10;/FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A&#10;4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v&#10;3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7&#10;Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8A&#10;iqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wK&#10;l/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37&#10;n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBl&#10;Qf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp&#10;/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAXKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUA&#10;XKKp/wBlQf37n/wKl/8AiqP7Kg/v3P8A4FS//FUAc74+/wCXH/tp/wCy0VD42tEtfsWxpW3b8+ZK&#10;z/3em4nFFAGpoH+qWugrn9A/1S10FLqMKKKKYgooooAp3v8Ax86f/wBdz/6LerlU73/j50//AK7n&#10;/wBFvVygArg7Dxh4t8QfbLjRvDmjTadDe3VlHLf63LBM5gneB2KJaSBQWjYj5jxjOOg7yuN+E/8A&#10;yK99/wBh7Wv/AE53VAAdV+IIB/4pfw0fb/hI7j/5Arc8I+IY/FvhTRdciha3i1OyhvUic5ZBJGrh&#10;SR3G7Fa1cb8GP+SPeBf+wDYf+k6UAdlRRRQAUUUUAFFFFABRRRQAUUUUAFFcP8b9T17RvhJ4rvvD&#10;AmOuQWEj27W0XmzJ/eeNMHe6ruZVwcsAMHOK8K0L4iXWka7qdp8KfFqeL/DF0dEs4tW8Qajc67bW&#10;t/cXM8dwFlacSMwhELtCJAEbbxHvOQD6tor5aX4xfFKfxtp9lFrHhhruTQvEAg0H+y5EXVtT06+N&#10;viB2ud6l1QuEG7Ypfdv4dcX4r/tma/4N8C6V4s0q20oWOsDVNS0q11C02PeafamJIfnmvLcCSYl5&#10;MRCaQRvGRA+1jQB9f0V86a78dfHmgXPiHU1sdE1jRoJNetdN0mztJ1vpZbC3kmiLTeayv5hiZCix&#10;g8qQxztHB6r+134rsfD/AIgm0/xJ8PvEJ07U9PtItesoHh06SOe0lnkUGa+WLzFdFjG+5jB+bq+I&#10;6APseivirxp8aPFmrauZNa8W+GtBsBb+FPEOn2Gp6W8Q0/7RMxnnlLTpJJFGy4fdsxujGYiG363i&#10;r9r7xtoukeEprHRtDvv7SGoFNTeSC2sNba3vTbwpZvc30PlCaMCUMDcMA6lY5F+cgH1/RXzL4/8A&#10;2kfHHhNPGkNt4f0+afwnOlvqN08JEKi7vUFlOvmTxJsjsy8sweVF3lPniXJrnNc/a48aaX4a+H2p&#10;C08MxSa1Jci6iMkVw1+kd2kMRs/KvWjLPG28xxS3cikgCOQfMQD69or46P7QPjjw4NUn1HUNK8Za&#10;5pGp+KYFstPt57MwLZxF4I5YI7hg4ICsPMVnCEbSWO9kuP2pPEcjancwav4U8XrodzqK2mr+Hluo&#10;bC78rQJb4bo1u3WQCUeWQzMMKSArgFQD7Gor5u8U/HPxv4IuZtH1/V/Buj3EevQ6fN4pvLGePS7K&#10;CTT2ulEsTXQJkMi+SrmVFYsp2gkIfWPgd45v/iZ8IfCPirU47aHUNX06K7nSyVlhDsMnYGJYD6km&#10;gDua+efjB8QvFNjrvxJl0zxYfCkHgbw7DrNrp/2W2lTV5HSdyZzMjP5O6EQgQtG24v8AOTtA+hqw&#10;PEPgDwv4t1LTdR1zw3pGtahpj+ZY3eoWMU8tq2Qd0TupKHIBypHQUAecj42+Kbnxs+h2vgmxFq2o&#10;f2Nb3d5rbwyNfHRhqapJELVtkWCYmcMzAjcI26Dn/hv+0zrWu6J8PYfEvhzTrPxD4s0vTdVgNhqL&#10;fZZLeeKea6mHmRgx+RFAHaMl8NPEnmHIc+6/8I/pf2z7Z/Ztn9r+0/bfP8hfM+0eT5Hm7sZ3+T+7&#10;3ddny5xxVLRPAnhrwzFp0Wj+HtK0qPTknjsksbKKEWqTOHmWIKo2CR1VmC43EAnJFAHhXhH9rnU/&#10;GdhqS2HgiI6rFNo62UE2oXNvbXUOoyzRwy+dNZRnaPIZi0SSxsGGyRzkB/ib9rHWdB0S8u4fA1lP&#10;eaPpt1qGuW1xr5hSDyL+axMds/2ZvtBMtvIcssWF2fxMFr2Tw/8ACbwP4TMp0Pwb4f0Yyyxzyf2f&#10;pcEG+SNmaNzsQZZWdip6gsSOprk/in+zV4P+Ls+lHWITbWlhLNL9ks7Oz2zGWUSzEySQPLEZHyXa&#10;B42bc25jmgDz7xz+1d4j0YfE6z0rwbYxXfhrR9W1LSr/AFLUZTbX/wBgdFnzsgCErvLeVHM75TZI&#10;YC25dPSPjR4k8J/EnxHYeI9GtZtHu/EVrphlstakuprC6fRLS4aGG3aBd9uHWQ+ZuRiZGYxD5jXs&#10;CfDPwfHqWtaivhTQ11DW4WttUuxp0Ilv4mGGjnfbmVSOCrEg1HpPwq8E6DrdtrOmeD9A07WLa3W0&#10;g1C00yCK4ihWNYliWRVDKgjRUCg4CqB0AFAHiHhX9tFdV8P/APCSa34H1Lw/4XVLa6l1aZLtYo7W&#10;4inaJ8z2sKySeZDFEyxM8f8ApCFZXAIrXtP2ptS/4WFD4Xv/AIf6jam3W2h1e5gNzMmn3Utit4Va&#10;YWotvKQOqNI88bg5PlbBur1jT/hV4K0m21O2sfB+gWVvqcq3F/Db6ZBGl3IrbleUBcOwYBgWyQRm&#10;rd34A8MX/im38S3XhzSLnxHbx+TDrE1jE15FHyNizFd4X5m4BxyfWgD560r9rDxn4qs9F/s7wLpW&#10;kajP4g07Tbyz1bVbni2u42eOSM/ZEJJ2ON6h4vl+RpcnbNpH7V+rDQrO4t/DC6va2qae2qXmqa0l&#10;vcp9t1KWyh8qOO0CTbTEWb/VADAG45Ne3Wfwf8B6fok2jWvgnw5baRNcrey6fDpNulvJcKQVmaMJ&#10;tLggEMRkYHNcp4z/AGZPBfjfxN4b1a6tVsodBaJ7XTrGxskhzHOZ1xIbczRgyHLLFLGH6MG5yAck&#10;f2kNd09NTNr4XXW7HS7nU5tRvL7WEgmhtoNaurECGOO12yELBuVWK/KNrSM43v0Hhv8AaA1HX/ib&#10;p3h5/DFpbaHqeo6zplnqg1ffdGTTZGinaS18kBFZ1O3ErHbhiFyAfTR4J8OrHdRjQNLEd2JBcILO&#10;PEwkleaQONvzbpZJJDnq7sx5JNcVon7PPhjRfi/e/EhXnuNfuFlCK9taRJCZNodt8UCTSnau0edJ&#10;JtBIXGaAMTW/jxr/AIe1jx4brwxo0nhrwraSzSa1b6/K264+Uw2kkbWahZnVlZljeXZuUfMXQNxd&#10;/wDtozWXgKXWv+ENzrNrqd7p91o8k2oK4W1t0nlljT+zzcbQssYJlt4lUn53UFWb2pvgp8PH1jUd&#10;XbwH4YbVdSWVL6+Oj25nullBEolfZucOCdwYndk5zTW+B/w5fRYNHbwB4XbSYLj7XFYHRrbyI5tg&#10;TzFj2bQ+1VXcBnCgdBQB5z8J/jnN4u+MfiXwzFY3b2l48OsxXWpXBjjtrZtK01xb2y7WEriSYvIi&#10;lVjEoYkmQA++VjWvgzw/YyW0ltoWm28ltKJ4HitI1MUghEAdSB8rCFViyOdihegxWzQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRXgH7WXiTQdDsNBtNT8dXXhDV9TjvLXSIl8RNolq9wVj/ANMuZ1dCY7Yf&#10;N5e4hzLt2OSoHLeLPjDqg+OPwwtbS88UXugWt+tgj6bpF39j8TtPo95L5/2hYxbSxrIttsxJtU+f&#10;K22OISKAfVFFfKHi34galefGGL+1r/xB4M8RNqHhxPD3hOfVFRrqzlvvL1FntraeSC5/d+cXYmQx&#10;IqN8h6s+EXjbxlpfxb8TWMth4l8Z3ulWN9/wkEFnrlreWtxetqMQsvsiS3SxWZFs1wWhcwMVQZjL&#10;AFwD6yor498Y+PYX8deP18D/ABJvLjxvpek6076De+IEmkudQ+xu9vYWmmbyn+jFAzTImSylS8mZ&#10;NlG9+IvgnS9C154/ihr2peBE1Wxh0ec+L5rf+0b+SxbzbVtVeUSxxITHPIBIojbK7f8AlkwB9oUV&#10;8aan4zurHV/DtrcfEu61rWoNK8Mp4ZudI1h/s3iKdr6SLUZRFG/l3mVVVfeH8tMPhSS5+y6ACiii&#10;gAooooAKKKKACsLwh450Hx7YT3vh7VINVtIJ2tpJYCSFkXBK8+xBz0IIIrdrzf4E6drOm+F9Sj1v&#10;wlo/g+5bUp2Sz0Ur5UqcDzG2k/MSCucjIUcKMCgD0iiiigDkfH3/AC4/9tP/AGWijx9/y4/9tP8A&#10;2WigC9oH+qWugrn9A/1S10FLqMyPEni7RPB9kbzXNWstJtu0l5OsYb2GTyfYVT0v4jeFda0aTVrH&#10;xHpdzpsQzLdJdx+XF/vnPy/Q4r5B/wCCgf8AyOfhT/sHyf8Aoyul/bS8F6Dp/wAJfDmvWmj2VrrM&#10;uoW9vLewQqksiNbSsQ5A+blFPOelMR9WaDr+neKNJt9U0m8iv9PuATFcwnKOAxUkHvyCPwrQryf9&#10;lT/k37wf/wBcJf8A0fJXrFAFO9/4+dP/AOu5/wDRb1cqne/8fOn/APXc/wDot6uUAFcHYeD/ABb4&#10;f+2W+jeI9Gh06a9ur2OK/wBElnmQzzvO6l0u4wwDSMB8o4xnPU95RQBxp0r4gkH/AIqjw0Pf/hHL&#10;j/5Prc8I+Ho/CXhTRdDima4i0yyhsklcYZxHGqBiB3O3Na1FABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQBBe2cWo2VxazhmgnjaKQKxUlWGDgggjg9Qc1geCPhzoPw7gvo9Et7lHvphcXV1f31x&#10;fXM7hQi7553eRgqqAAWwo6AV01FABRRRQAUUUUAVtT06DV9OurG6VmtrqJ4JVSRo2KMCGAZSGU4J&#10;5BBHY1i+Cfh/ofw9s7y30WC4T7bcG7uri9vp725uJdqpvknnd5HIVEUbmOAoAwBXR0UAYXjDwZpn&#10;jrSl0/VTfpbpIJVbTdSubCYNtZeJbeRHwQzAjdgg8g1e0DQdP8L6HYaPpNpHY6ZYQJbW1tEMLFGi&#10;hVUfQAVfooAK+cPipo3hnVPj/obXPhbXV1a1n0++k8WxeHtRvxH5UpaKytJ4oXjt0dsm4YsqlGKk&#10;MWLRfR9FAHxZoHhC00ca1N4h+H/inULyDR9ZTxi2maRdLJ4hun1W1ks0SRFH20PGk+ChYJE7K2wM&#10;VFS+8B6H/wAIdpjXfgbW9a8KyW/iFn8OWHhLUYrfTNYuFs3s1tbOW3SRI0jW5RLkRqglkdsxliE+&#10;3qKAPm34jaL4lv8ARfh9B8RfCUXiPwbpV5AdXtdOFxrtzfsdNuEMt1ZJbcqly0ZwjTAllchdmR5x&#10;beANch/4RGPXvCWt3/iZdG8LxeGr82Ety2jPDfSPeJLdKpW2cRGMyF2XzEGzL42j7ZooA+MvCfgi&#10;CyudW/tzwB4jvb5NI1mHxlcWelXEZ1q5fVLWS0dZAY/t4ESXDgROxERaPGXEZz73wUsnwIutPv8A&#10;wNez3J1fVm0F08E302m24dVMbpoqyCWzDfMkTShxE6NIWAkAb7dooA+SrrQru2+Lfw91aw8Ba4PE&#10;9l9kfVpbnTJprqaP+ymQhNZaT7MkKMVje2IjMsys+Bu3N0X7M9h4ytvi18RtT8YeDtf0HUNdsdNv&#10;Lq91J7V7Q3KNcg28Dw3EoZI0kjRcc7Yt0gRnG/6TooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACuO+GHws0f4S6JeaXo019Pb3&#10;V5Jeu19P5rh3ABAOBxhR7nuSa7GigAooooA5Hx9/y4/9tP8A2Wijx9/y4/8AbT/2WigC9oH+qWug&#10;rn9A/wBUtdBS6jPDPjz+zW/xy8XaHfz62uk6bYWzQyrHD5k0hL5wuSAox3OfpWZ8S/2dfGnxF8P6&#10;f4WvPHNpfeHra7S7S6vdNC30OyN4wmY2VJBiQ8kKcgc9c/Q1FMRzHw08CwfDTwNpPhm2upL2HT42&#10;QXEqhWfLsxOB05Y109FFAFO9/wCPnT/+u5/9FvVyqd7/AMfOn/8AXc/+i3q5QAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAcj4+/5cf+2n/stFHj7/lx/wC2n/stFAF7QP8AVLXQVz+g&#10;f6pa6Cl1GFFcr40+KPhT4dz2UPiPW7bSJL0O0Anz84TG45AOOo64znAzXhvwx/bW0nxV4s1ex8Sp&#10;YeHNIhjkksr1pXYy7XwFI29SvPbkYA5piPpyiqGg67YeJ9FstW0u6S9068iWaCePOHQjIODyD6g8&#10;g8Hmr9AFO9/4+dP/AOu5/wDRb1cqne/8fOn/APXc/wDot6uUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUARXLTJbStboks4QmNJXKKzY4&#10;BYAkDPfBx6GuC+OviHWfDHwl1jUtFmuLPWU+zRxPYLBJMrSXEUbCL7QPKLEOQpkG3JBOBXe3NtDe&#10;20tvcRJPBKhjkilUMrqRgqQeCCOMVDeaTY6hY/Yrqzt7mz+Q/Z5oleP5SGX5SMcFQR6ED0oA+avB&#10;/wAZfFFu1hZ6zfa5NJNrU1hGmoPpsV/FHFq2kWTJepb27w+ZvvJ8GFlVoGUg73SWObwr+17r/jq4&#10;0q10P4bS/aNa1CK10qXVry7sLSeJ7W+uC7TyWON6rYEFYRMn71SsjbSK9p8U/CrQfFN3a3bQLpl5&#10;Fqdtqk93p9vAk948MkEqxyyNGzFGe0tS20qzC3jXdtXFW9J+GPg7QNUl1LS/Ceh6bqMt0b6S8tNN&#10;hime4KSIZi6qCZCk0q785xI4zhjkA8v8U/tMXeneEfAmvaH4XttTj8T+G7nxQ0WoasbL7NbQW8Fw&#10;6BhDJvcpPgA7RleSASRzGtftn3VrrOtW+lfD3UNR0+0uI7G1v53ubeKS5aa1i2TS/ZGgiU/aSQUl&#10;lf8Ad4ZE3A1694m+BPgjxfqXhOfVdAsLyw8L201rpmjzWUD2EKSCEDELIQpjECBNu3aCfbGxd/C7&#10;wZqGvXWuXXhHQrnWrsRrcalNpsL3MwjZWjDyFdzbWjQjJ4KKR0FAHnvxH+Pur/DrxJa6VN4WsbxY&#10;NFi1vWJk1lkNtEbhYJEtlNv/AKQys4K7jFuH90kA86P2t57nxLr2h2fhJJ7qC7jtNIuJb+eC1vma&#10;/wDsRMk72oRAHwd1ubkdVyH+WvVNc+DfhXxP8RtO8a6zpdvq2sadZraWS31vFNFalZfNWaLchZJQ&#10;3AdWGB+dU/E/wE8D+ItI8Q2cHh3StEute51DUtO0mz+0XB81ZSZfNhdJdzopYSo4buDQB5foX7Tv&#10;iLxHqGjQ6T4St7vWNcnisIdLu9dWKytpFfXPMkE62bSNkaPzkEHzE2qpVjJe8J/tYTeOfFnh7RtG&#10;8KLJHr2mRXNndXN3cJGl3Lpa6jHbzSLaNCg8tlBIlaUZDeQVINem/Dv4MeE/hn4d0PSdK0q3mOjL&#10;i1v7q3ia5Vv35371RQp/0u6wEChRPIFADEVN/wAKX+H32pbn/hBPDX2lbMacJv7Ht94tRCYBBnZn&#10;y/JJj2fd2ErjBxQB2VFFFABXJ+MLzV9P17wzJaailvps98trc2gtgzzbkdsmQk4A2jhQDnvjiusq&#10;Ge0gujEZoY5jC4kjMihtjgEBhnocE8j1NAHmPw48V61rPiPT31DVzdwatZ6jdNprQxKLB7e7hiRE&#10;KqHxtkYN5hY7l4xyK6L4k+KfFHhHTEvfDvhJPFqghZbaPUDb3C5IAKL5TBhzz8wI9CMkb+n+GdH0&#10;nUr3ULHSrGz1C9O66ure2SOWc+ruBlvxJrToAzvD9zql5pME2sWFvpmoOMyWtrdG5SP0HmFEycdf&#10;lxnoT1rRoooAKhumnSJTbRxyyb0BWWQoAhYBzkK3IXcQMckAEqDkTVDdWcF9EsdzBHcRq6ShJUDA&#10;OjB0bB7qyqwPYgEcigDgfj3qniHQPhpqWr+G9ZTRb3TytzJK1olwZYhkGJQ/yoSSp3ENwCAMkMOx&#10;v/ENrputaXpcsV89zqXm+RJBp880CeWu5vOnRDHDkH5fNZd54XceKtajptpq9lNZ31rDe2ky7ZLe&#10;4jEkbj0ZSCCPrVmgDyrwPf8Aia9+LviKI+KZvEfhi0jnjuopLCCC2sbxpka3traRF8yRo4N4nMju&#10;N7R7dh3xpw3ib9rm70TQ727tvBZu72xuTptzafbZ3xfxLdPeW6C3tJpHESW0beYI9pW4VmMajcfZ&#10;dH+Ffgrw94nu/EmleENB0zxFeNI1zq9npkEV3OZG3SF5lUOxZuWyeTyak1z4Z+EPE9nLaaz4U0TV&#10;rWW8/tCSC+06GZHudu3zyrKQZNoA39ccZoA8x+H/AO0rdeOvHFjpZ8LRafoOoX0mm2WpNqZkuXuE&#10;0+K/Ie3EIVE8uQruErHcvTBzW94Hv/E178XfEUR8UzeI/DFpHPHdRSWEEFtY3jTI1vbW0iL5kjRw&#10;bxOZHcb2j27DvjTudO8DeG9IktpLHw/pVk9tMbiBreyjjMUpiEJdSFG1jEBHkc7AF6cVS0f4V+Cv&#10;D3ie78SaV4Q0HTPEV40jXOr2emQRXc5kbdIXmVQ7Fm5bJ5PJoA6miiigArxG88c6t4fk8XJbysnn&#10;+IPsS6ndkvb6YjRx/Ow5wMngY256kd/bqxbPwhpdkNZUQefHq8zT3cU53o5KhSMHtgDigC1oGmnR&#10;9Gs7M3k+omGMKbq5ffJKeu4n3rQqlo2kWugaXa6dZI0dpbII4kZ2cqo6DLEmrtABXnPj7XL+98X6&#10;P4TjvJfD1hfqZZNVU7XuCp/494G6K57k4OOgPQ+jVmeIvDeneK9MfT9Uthc2zMrgZKsjA5DKw5Uj&#10;1FAGkBgAdaWkAwAPT1paACvPPijrF/4Pu9M1/T79pZd62R0FySt+GbpGoBIlGc7vQYPHX0Osufw1&#10;p1z4gt9bmthLqVvCYIZXYkRqTk7V6AnpuAzjjOKANGFzLCjtG0TMoJjfGVPocEjI9jT6KKACvO9R&#10;1q/8KfEyzsYLuXWbTXTvk0wtumsNoAM6HoITjBUkc8rnkV6JWZYeHNO0zVdQ1O3tgt/fspuLhiWZ&#10;9oAUZJ4UAdBxQBg/B66nvvhl4dnuZpLieS2BeWVizMcnkk8muxrO8PaDaeF9Es9KsQ62lqnlxh23&#10;Nj3NaNAHI+Pv+XH/ALaf+y0UePv+XH/tp/7LRQBe0D/VLXQVz+gf6pa6Cl1GfFH7fz6OPEfhkfYr&#10;oa39nYyXfIhe2DHEaknG4MWJwOAwz1Fc3+0X4q+Det/DbQLfwJY2dvrkcsZ/0WzaGWKDY29ZnKje&#10;24r1LHIJzySfubWvCui+JJLeTVtIsdUe3DiE3tuk3l7wA23cDjIABx1ryP4a/sl+FPh54n1TV3Zd&#10;djvInhSx1C0ieKBWYE7QQew2/Qn1piOm/ZvfSJPgr4XbQ7K6sNONudsV4SZC+9vMbknhn3MMcYIw&#10;B0r0uoLGxt9MsoLOzgjtbSCNYooIUCJGgGAqgcAADAAqegCne/8AHzp//Xc/+i3q5VO9/wCPnT/+&#10;u5/9FvVygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA5Hx9/y4/9tP8A2Wijx9/y&#10;4/8AbT/2WigC9oH+qWugrn9A/wBUtdBS6jCiiimIKKKKAKd7/wAfOn/9dz/6LerlU73/AI+dP/67&#10;n/0W9XKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDkfH3/Lj/20/wDZaKPH3/Lj&#10;/wBtP/ZaKAL2gf6pa6Cuf0D/AFS10FLqMK8c+C8/h6X4l/FJdIv9futQTU0GoQ6sP9HikzJxb4/h&#10;zuHODtVcZGCfY64zwTovjLTfE/iy58R6zY6jo15diTR7a2g2SW0XI2yHaMnGwdW+7nIzimI7Oiii&#10;gCne/wDHzp//AF3P/ot6uVTvf+PnT/8Aruf/AEW9XKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigDkfH3/Lj/wBtP/ZaKPH3/Lj/ANtP/ZaKAL2gf6pa6Cuf0D/VLXQUuowooopiCiii&#10;gCne/wDHzp//AF3P/ot6uVTvf+PnT/8Aruf/AEW9XKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigDkfH3/Lj/wBtP/ZaKPH3/Lj/ANtP/ZaKAP/ZUEsDBBQABgAIAAAAIQCvjs6C3QAA&#10;AAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3aShJY3ZlFLUUxFsBeltmp0m&#10;odnZkN0m6b939aKXgcd7vPdNvp5MKwbqXWNZQTyLQBCXVjdcKfg8vD6lIJxH1thaJgU3crAu7u9y&#10;zLQd+YOGva9EKGGXoYLa+y6T0pU1GXQz2xEH72x7gz7IvpK6xzGUm1bOo2gpDTYcFmrsaFtTedlf&#10;jYK3EcdNEr8Mu8t5ezseFu9fu5iUenyYNs8gPE3+Lww/+AEdisB0slfWTrQKwiP+9wZvOU8TECcF&#10;yWKVgixy+Z+++AYAAP//AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude&#10;7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPY&#10;cZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3&#10;trgLEKOmLMCSMvgOm+oaSAPvWv71WfcCAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8h+w&#10;9fQDAACwCgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA&#10;33yJtBuUAAAblAAAFQAAAAAAAAAAAAAAAABcBgAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0A&#10;FAAGAAgAAAAhAK+OzoLdAAAABQEAAA8AAAAAAAAAAAAAAAAAqpoAAGRycy9kb3ducmV2LnhtbFBL&#10;AQItABQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAAAAAAAAAAAAAALSbAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfQEAAKWcAAAAAA==&#10;">
                 <v:shape id="Image 26" style="position:absolute;width:39891;height:22842;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, email  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCC1MgxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfBf9huUJfSt0YUGzqKiK0FSxirB9wyV6TYPZuyG7d9O9dQfBxmJkzzGLVm0ZcqXO1ZQWTcQKC&#10;uLC65lLB6ffzbQ7CeWSNjWVS8E8OVsvhYIGZtoFzuh59KSKEXYYKKu/bTEpXVGTQjW1LHL2z7Qz6&#10;KLtS6g5DhJtGpkkykwZrjgsVtrSpqLgc/4yCUP68nvKJDen3dL8591+H3bsPSr2M+vUHCE+9f4Yf&#10;7a1WkM7g/iX+ALm8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEILUyDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, email  Description automatically generated" r:id="rId33"/>
                 </v:shape>
                 <v:shape id="Graphic 27" style="position:absolute;left:33318;top:4019;width:6502;height:2972;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="650240,297180" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m650240,37338r-37084,l613156,260223r37084,l650240,37338xem650240,l,,,36830,,260350r,36830l650240,297180r,-36830l37211,260350r,-223520l650240,36830,650240,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYAqWKwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8JA&#10;EITfC/6HYwXf6kWFKtFTRFBEodTYoo9LbpuE5vZCbtX03/cKhT4OM/MNs1h1rlZ3akPl2cBomIAi&#10;zr2tuDDwft4+z0AFQbZYeyYD3xRgtew9LTC1/sEnumdSqAjhkKKBUqRJtQ55SQ7D0DfE0fv0rUOJ&#10;si20bfER4a7W4yR50Q4rjgslNrQpKf/Kbs7A8TIJbrKZZm8Hoet1t5OPVy/GDPrdeg5KqJP/8F97&#10;bw2Mp/D7Jf4AvfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAKlisMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0799FCD0" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="186"/>
         <w:ind w:right="9"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Hier</w:t>
       </w:r>
@@ -7972,51 +7973,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="424815" y="28575"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="55F89792">
               <v:group id="Group 28" style="position:absolute;margin-left:216.65pt;margin-top:4.5pt;width:190.5pt;height:62.55pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="24193,7943" o:spid="_x0000_s1026" w14:anchorId="63B56314" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCcMsBDqQMAANgKAAAOAAAAZHJzL2Uyb0RvYy54bWykVl1v0zAUfUfiP0R5&#10;Z2nTbuuidQgxNk1CMMEQz67jJBZJbGz3Y/+eYztOQss2CpWaXMfX1+ce33uSy7e7po42TGku2mU8&#10;PZnEEWupyHlbLuNvDzdvFnGkDWlzUouWLeNHpuO3V69fXW5lxlJRiTpnKkKQVmdbuYwrY2SWJJpW&#10;rCH6REjWYrIQqiEGQ1UmuSJbRG/qJJ1MzpKtULlUgjKt8fTaT8ZXLn5RMGo+F4VmJqqXMbAZd1Xu&#10;urLX5OqSZKUisuK0g0H+AUVDeItN+1DXxJBorfhBqIZTJbQozAkVTSKKglPmckA208leNrdKrKXL&#10;pcy2pexpArV7PP1zWPppc6vkV3mvPHqYHwX9ocFLspVlNp6343Jw3hWqsYuQRLRzjD72jLKdiSge&#10;pvPpxewUxFPMnV/MZ4tTTzmtcC4Hy2j14fmFCcn8tg5cD0ZymuHfEQTrgKCXCwmrzFqxuAvS/FWM&#10;hqgfa/kGZymJ4Stec/Po6hKnZkG1m3tOLbd2AC7vVcRz0HIRRy1p0A93DSlZhDEIDz52heX/IMCq&#10;5vKG17Vl3dodVJTzXjn8IVtfateCrhvWGt87itVALVpdcanjSGWsWTHAU3f5FEeGvjWAKBVvjT81&#10;bRQztLL7F8DxBe1lgZKsn3CgB5w2Bd0V19/WS5rO+npJp46Z/thJJpU2t0w0kTUAFRDANcnI5qPu&#10;wASXjkK/vwMGOFYZIDU6kIfRAX1HddPXikgGCDbscMIz1Lw/4dtOXPAEXHVetuG60RP0TNPz2WyS&#10;xhEaZz6ZnV3M/RGEzpqn88X0tCPqDFJop0c80bXnacwN5Cn3LIGvKlh01wbTsmmVsnZKaVASYDiO&#10;oJQrvzuq3K6zQa0ZbQGuA1KhwR0OO9mIDXsQzs3YLvczNpeAc/Co27EneIPXbDHtMwrz4S73IvrY&#10;PvvgE+77vnM4OwUCU8En3L3vGeTKYzjGN12cnj8fd2DgGN/AVsBIa6GZT9Xy/x/nMEbx1FkMXIy9&#10;A5ZwP563gYuXOR58/4Thf/kIxYuSG4d/ipDnwfxOyOD7cpIjGEc5jzGH3Q8oQan3bQt7LAxa1DwP&#10;bxStytX7WkUbAgW4uZng12nKyA3vXd0purVWIn/EO20LjVvG+uea2BdofddCU9FEJhgqGKtgKFO/&#10;F+6bzNUwtPxh950o2cm6gcx9EkFaD9Td+9qVrXi3NqLgTvoHRJBCO4DMO8t9Pjl57D717PfZeOy8&#10;hg/Sq18AAAD//wMAUEsDBAoAAAAAAAAAIQCVQaDOshYAALIWAAAUAAAAZHJzL21lZGlhL2ltYWdl&#10;MS5wbmeJUE5HDQoaCgAAAA1JSERSAAABpwAAAIsIAgAAAEqUwTYAAAAGYktHRAD/AP8A/6C9p5MA&#10;AAAJcEhZcwAADsQAAA7EAZUrDhsAABZSSURBVHic7d1/XFPnvQfwb05OiEFRW6ZVVCBBi5qu7SI6&#10;62wvw2VO7e58VUbnfFWH00HbdbW1lQ1w66bc+7LVza7tJrcOt1fLvC32vti9orOpldL5YyNmbVdE&#10;Wn4EBNaqIAgj/Ehy7h8PPBwSfiQhkEg+7z/w5OQ5h5PHkw/P85xfCkmSaAjDvAUwKIVCEehNABiB&#10;wiXaPE86ZGJo8jzXkIAQnET2jw/Zh9SDobC843sI4g+CikKSJL53uk+4QNKB3FBxxue7TwAEnMiC&#10;TP5z0AkAdy67xzAhKEkSgg+ChFhXV+cefPIGICH7YCTyRFMoFOzlUD8BAkvhcDioL+ZcIg8tPvCQ&#10;S09WHnyDhiBAQNTV1UVHR4skizyn0+l0OnnkOZ1OQuSBZ1icCYLA000QBEEQ+Lusk4uuLgScKM87&#10;URTVanWgNwkmCLvdbrfbefYh7CBICETEIs/hcIiiGOjtgYlDFEWHw8H2Lhps5AQgIATWpbXb7T09&#10;PYHeGJhoenp67HY7Hy0BCAYC2yMdDgdSD/yup6eHNfdwZAyCh8AH9bq7uwO9MTDRdHd380NkyD4I&#10;EgIbbXE4HHa7PdAbAxON3W53OBwup38CBJbIe7gYeQG/47sWUs8TqCXPjeaUgP7z9ZB64Hcs73Do&#10;dkQufX/U1VD42aCsinzLvt7rcPnpBQB+5HLaCk5RHpT8miiXq6QCvWlBxOVqH8a3PUrEmAuMNexj&#10;w5AnnfywDyrNBU86dv0P++nbZY69PVzCHxYYA4Ne0I0WHydv5bEB0J2nPs//qKWtCx2vwUWohU13&#10;Tz+w+g5JkpRKJfl0R5/+izGQeuB32KlGxCPP4XA88/bVQ6XNgd6ioNbW5WRVtP/rM4lIqVT68EdU&#10;GJNNAxgCcpBzueuH3W7P/6gl0Bt1a8j/qMVut/NTQb0dDUDqAQSSvK2Hjq2H2rqcrMZ8G/1E6gEE&#10;jLytx+50CR7iN7bwIfiQegCBxIMPqecVfvY72noAtx7e3Av0htxK5LdA9hZSDyAw5KetEI7zeGk0&#10;tYfUAwgY+ZmMSD2vyGvM26rDzZMBRlBVVXXx4sWysjKbzabRaPR6/ZIlS+Li4gK9XeAjpB7AcN58&#10;802z2cxf2mw2s9lsNpsTEhJSUlL88ivQw/XBaCoNqQdBZ9euXfKXzz//vCdzxmJLeOQZjUadThcX&#10;F9fY2FhWVmYymdh8fwUfjCekHsDgqqqqWLTt2LEjKiqKzYyKioqKitLr9QcPHjSbzf7q6qKh5wOf&#10;K82n1OuuLnhq+3Nv19hIo/36c6/+6tu6sAHvF27T5YRtTaw4WlhjI412/S9ff/Tm3tTdJ684NNr1&#10;v3zzhdWRREQ2y6+3/jDX/JnNETbjy6kHXs5YGenbZwAYCxcvXiQio9HII4+LiooyGo0mk+nixYvj&#10;NcA3x5xzh8F9duPnwisNRFOeTZm3Q6+ZLZLT7rDWNf3kWH1BKxERrVnoXBnuspDlL1c+XzJvDd18&#10;Ym/lK30z562K/yRp8ucfVse+2UKxd+Svm/nQbJVaQV227vN/b9hSdOMKERFt2XT3kcUuuWEvfOuj&#10;hyw0b8GsF9fesWaGUq0ge0+P2dyw9XjzZSKiyP/5Scz6KQMXam9J/c9q2nT3kcVieekn+sJ26l8/&#10;sRWOER9Sr/X4jx7KrEzOv3jyi61vPfHNjO/m6C78fIlLoaaSv87+r9MX4psKHnv4+Z3G9/U/PHT2&#10;F5GW5x9J2/nc17760uowejdz80vXvvOHCzsTVP94/qFNqU/MNf9x0zS/fCgAPygrKyMivV4/6Ls6&#10;nY6XGRftR88LZ4mIJv37fRExLW0vlXcSEbW0E4X/x6PzfzxXuHrlxkv19vDIqSkLZh5ND5t2qPpw&#10;a+/CtVXX/vdq/7rqrNc6Z0atuTN8lYFe6QuXLbpwNXX++VwLzY268L1Zy5T2Cx9dK+0Q5i+4bfUK&#10;7fnpyvvyr1/pLev84KOm9//F1+f48CrR3KiCTQOXui+2aJIz7ljfxcVdtjcs7f1b0dVxiWgxEREt&#10;ujcq+8wne1tpfHifep8ePvi2KuWP2cumEk3duHNj7jpT8ae0ZIFLseXff3rFLKJZ6Y+sPPCji6ue&#10;Sr83ksj4vTXRBcdLK2j1FynpVx9/2lt22QbjnLyT9Y1ESD0IGjabjYjcG3oMa+KxMuOi9cBxlgpz&#10;vnJfRExHx5PHG3rfWT4/ba5wo7J+6ZGrLJVeW7/43aXTn3wg/PD/dbAiTf+88uTJgevTtGXfOd0w&#10;fzpZWCrNvH+2gq61/66eHt8yY5nKYTpRvvose25i06Edd/5g0cyMudd/WM8Wdlo/vfLkwLbYlk1f&#10;WKZyvv9O+b+dYUu15j+r2xh3+0ZqOcpK9HT9+fiVPwzcisVERPbyFs3jD0buzW8aVQ15zPvz9crK&#10;q6np6Hd1zLrcOrLb7YXbel/rEveVDywfp51Dk6fK4qzBWkVE1F1d8PjqexbytQAEF41GQ0SNjY2D&#10;vltVVcXLBNaauZNuI6f5k6t9DTEqOXPzH0SL5k4fbjFL87stFB09fQ17+ZVpX1ZTWdX1Upq6bIaS&#10;ujpOnuWPim3P+dRGikkJi4db313TRbJ3mM7wpVr2vFn1zbc++4sHH6Gi9HrDgjsOxXpQ1B98O5qx&#10;9Lm/v7F5YLusen3/dKEHqyjJeijjvfhdfypLj9dQ+b7EdSdHXgZCg/sBWU/m+J1erzebzWVlZYM2&#10;96qrq2no/u94mqkWiJz/kjc6WyUHkSD033XOsNLgXNn3oncosKWgtnvjPeHfmksn62lLrGaq1Pne&#10;3zuIIiNURD2OG7L1XXFKRCQq+Qxx/QaDc0Pvi88v1c7Op7ipRJ32K7KlLte2XpZv6JTpR3IMR3pf&#10;2AeM3Nka9l667XXjrJxXP/O1GrzgferpF+noSOmF7s2rw0YuPKTy86U3p617Ij1eQ0Rk78GF18AF&#10;yZkrS5YsMZvNJpNJr9e7BF9jY6PJZGJl/P57x8KAcb2W3uMGhR+019xz+/0J4VSv+Va06Pxn0756&#10;D9c3YFzv5j9tRAPavC88btjZW2EdB7IuP8smB4zrOT68Kl+CCk9dv/jUzBcNn/3Jm8/lG+9Tb8H3&#10;Ni89tOeFn5sWZxu/0PGB6denhad3PujtgNyipV8Kz/3rO+catDHXSvY8/ocGmuP1lgCMpbi4uISE&#10;BLPZfPDgQaPRGBcXp9Pp+Pl6RJSQkBAMV2hc7XISiZPlsTNNoSRyOvtP7BhkXI+IPmn+y43bN825&#10;bd6dqnumSBf+xvrIPW09ROHK22QF5wkKIrL3t03cx/U6qm7G0OyweCIi+t3xquJJtP7rcd+fJSsy&#10;2Lhev9bPdn9w+zsPRJ+/5smHHhUfrsON3Pz7NzKiL+xI0uv0yze9eEU13ZfHhydlH9igLNhy//2r&#10;0v575o7Hl1JDTZUPqwEYQykpKQkJCURkMpkOHTq0a9eugwcP8sgzm80/+9nPhhr4Gzcn6ztvkJBw&#10;58x5fXMe+OrULxKV1494Z+abL1d2CrMj9t47RWvveMfMhuRu/u2ag9Tha76i6is2JWuBhqRO86Xh&#10;1vVxi50UmgdWqYjocm1rUUVri5c3kSkp/Py45vb02d4t5QOfxvU0hm15p7cN/f76w7JRvkUZxdUZ&#10;g7yIXP3C6bIXeLFv7/BlSwDGWEpKypIlS+TX4ep0upUrV7LrNBobG3Nzc9PS0oY61DseLjTmfmnK&#10;j+fPLU2f/EbvmStqutnyYkkHLxI5e96LD/YvUVd15UA5EVGpua0sIfJbC4Wu+uvP9Z048srpa49o&#10;Zxm/sejcnBu956B8gRovXZX1f4XYBfNe7P/Ejg8/aMx773pa3KwVX138wayW91qdFK5ZP4Oox3md&#10;l1Kpv/HgvP5TDrs6Xje5HLRtevJCZPnXphD50pDyHK7NABhBXFzcoD3ZtLS03NzcIAi+jszfVt5I&#10;mbdDf9sT88hpd1hrrm7jZykTEVFM3IwnZJ/A4uhNPapveu/qjMfucJouyQ4j1Dcu/70jf93Mh+6e&#10;sVxBXbbuknP9ZykTEZFw790z7u1/aS9sbMyzNK74bc/vUmY9vDDyboHI6az/7EbW2/X7eCm15uH7&#10;ZP3w9haLa+rRlTONr99z5w9mjKIyPKBob2/v7u622WxtbW3x8fFj+9sgxFRUVERERGg0mrCwMFEU&#10;BUHgjzEd5rlWQXI0wxM2m40Fn0aj8Tb4+I3ju7u7u7q6Ojs7o397deTFgIiI6h6dOWnSJLVaHRYW&#10;plQq2a418lJ1ddHR0Ug9GEO+pd6txefgQ+qNxmhSD3cVBRgVH1p5EFgY1wMYLRZ8N27cQPbdEpB6&#10;AH6g0WiC4eo08AR6uACBN2FGOceTz5XmRVuvtrbWt98BE1hMTEygNwHAO16kHvZvgLHA2ixo7nll&#10;NJWGHi4AhBakHkDA8KbKRDqBcXzIa8zbqkPqAQQG76PxiQg1vo8eiVAL7rXn+eKoZYAAUygU7NKC&#10;7+gjAr0tt4bv6CP4dT4+LI7z9QACibVWBEFQKpU/XT5JkqQ3LrW3dXl5k6aQEaEWHl485afLJ7Gr&#10;0HwbGUDqAQQMjzyWeqIo7v6y+scGwW63OxwOp9OJ5+Qy/A+DKIoqlUoURX7trQ/Bh9QDCCT2pVUq&#10;lU6nU6VSEZEgCKIostQjPCC8b8yOpR4PPjaNth7ArYR/XQVBkCRJFEWegLyhxyMvNLPP5Ri3PPhc&#10;2npeZR9SDyCQeNLRwHaf1CfQGxgUeLTx0QD2E209gFuMQqGQJIl9b9l3WBAERN6g5MHHf/p2hQZS&#10;DyCQ+PeWxZ8kSazDS6Haqx2K/AQ9ea92Arb1bDZbc3PznDl4biRMWDzy2AQh74bmknQT83y9U6dO&#10;Pf300+w58/v27Tt58mRxcXGgNwrAz9i3l/d2cXXaiEZTRaNNvcTExLq6Ovmc6OhoPwbT6tWr33//&#10;fX+tDSCYIezGhx/aemlpaRkZGSOX84lGo0H3FgD8aDyuw922bdtjjz22atUqnU6n1+tPnTpVUFCw&#10;cOHCBQsWPPvss7yYxWJZsWKFTqeLj4/ft6/3KZqFhYU6nW4cNhIAQsQ43X2gpKRkz549paWld911&#10;186dO48dO3b27Nnf/OY3b7311qlTp1iZzZs3r127tqys7LXXXjt8+HB+fv74bBsAhBQ/pF5ubq5O&#10;pry83L3M8uXLV6xYERkZ+cgjj3R0dDz11FORkZFGozE6Orq0tJSV+fjjj7OzszUazbJly+bMmVNf&#10;Xz/6bQMAcDEm43r79u3Lzc1l0+zwKxcXF0dE06ZN43NqamrYREFBwd69e9va2ka/SQAAQxmTHm5G&#10;RkZ1Hw8XKSkpycjIePTRR9lS0dHRY7FhAADBclfR8+fPT5s2LT09nb10OByB3R4AmKiCJfWWLl3a&#10;2tp67ty5hoaG9PT0hoaGQG8RAExMfhjXy83N5aN45OtZyklJSRs2bNiyZYtSqUxJSVm6dCkf7wMA&#10;8CNFe3t7d3e3zWZra2uLj48P9PbAhFJRUREREaHRaMLCwkRR9PmGaAB+UVdXFx0dHSw9XACA8YHU&#10;A4DQgtQDgNCC1AOA0OK31EtOTj5y5Ah/yW8Z4OG9A5KTk3U6XV5enr+2J6QkJydbrVY2nZWVNUa/&#10;JS8vDzc3hAnAP3cVlecdEVmtVoPBIJ8YHvvGen4hB7g4duwYmxjTVDpx4sSBAwfGbv0A48M/bb09&#10;e/bs37+/srKSvbRarewkGD5BRPz2BC7LWq3WpKQki8XCGim8WG1trcuC/Cvtvir3MhOV1WpNTk5m&#10;08nJybW1tcXFxazqrFbr1q1bjx49yv4IsQrJy8uTt7uHqls2h60qKytLp9PxdfL1WCyWmJiY8f/I&#10;AH7W3t7e3Nzc0NBw+fJlySd5eXl5eXmSJG3YsMFljvytmpoaSZLOnDmTmZnpsobMzMwzZ87IJ3ix&#10;vLw8NsdqtWq12kFX5V5mAuNVKkkS+7DyOZmZmaxytFotm8jMzGT/L+51O2hta7VaNpPXNv+v4f+/&#10;nrt8+XJDQ0Nzc3N7e3tnZ2d3d7fdbpc/7BVgPNXW1kqSNNoertVqLSoq4j0spqioaP/+/XyiuLjY&#10;YrEkJSWxd937vBUVFdu3byeinJwc3jDJzs4mIq1Wu3Xr1t27d6emplZXVw+6Kpcyo/xEQY7XbXFx&#10;8caNG4mosrLSaDSydysqKmJjY9lbsbGxRMTfcq9b9zlFRUXvvvtubGxsbW2twWAoLi6Oj49PTEyU&#10;rwfgVjfaHu6rr75qsVhYJ8hisbAROovFwr5ybKKmpmb37t38LiwuEcmLFRcX63Q6ViY7O5t9IRMT&#10;E6urqysrK1kvbNBVuZQZ5ScKcrxuq6ur2W27WNJR3/AoEdXU1MyfP59NV1dXG41G97odtLb5yk+f&#10;Pr127VqX9bBfB3CrG1Xq8aMQzO7du61Wq/uhDK1WW1RUxBZxDyZejCUam7N3716tVstHrHJycrKz&#10;s0+fPu2+Kvcyo/lEQY6371gVrVq1iv0X8NRbt24dEWm1WjbGymvSvW4HrW22ciI6ceKETqdzWQ9u&#10;5Q8Tw6h6uM888wzrbXHslgEuhzISExNNJhP7zuTl5bmMiPPvampqqk6n27NnD/V1XRMTE19++WW2&#10;oMFgYC07l1XFxMS4l5moEhMT2fEKg8FgMBhiYmJYJ5QXYLWXmprKaolVY0xMjHvdus+Rt+wsFgvr&#10;2LK6Zb+OzQG41eHuAxNQVlaW0WhMTEwsLi42mUw5OTmB2hLcfQCCCrv7QLA/BRx8sH37dn7AZ8If&#10;3gHwFlJvAoqNjUXYAQwF1+ECQGhB6gFAaEHqAUBoQeoBQGhB6gFAaEHqAUBoQeoBQGhB6gFAaEHq&#10;wbjChWgQcP2ph90R/A47FQQhtPVg/LAQRBRCYAmEvRDGGHYwCCoC//OLXRP8ju9X2LsgeKCHC+ME&#10;wQdBoreHi7YejAXsWhCE0MOFMYQeLgQhgYjYTb0FQZAkKdDbAxOHJEl816KBf1kRghBA/c8xEASh&#10;paUFwQd+IUlSS0uLfO9i85F3EHAi2wuVSqVKpWpqaqqrq+vq6urq6urp6eEPqA/0RsItgKebSqVS&#10;q9VqtXry5Mnh4eFKpZIwwAfBRCQipVLJUi8sLMzpdAqCIIqiw+FwOp1ExH4SEeIP3PEgY605QRDY&#10;vqRWq8PCwlQqFdu7CGN8EDRENpynVCpFUVSr1QqFQqlUOhwOlnpIOvAc23lY8IWFhbGnQbI5vIcL&#10;EHAiEbHGHQs4eUMPrTzwkLzFx1JPlOFHMwgNPQgCoiAIvFfLdlmVSsW7tyzvkHowPHmisdRTKBTy&#10;x37zwxqB3lIAEqlvwIXtqQqFgnV4iQiHMsArPNd40snDDpEHQaK3radUKiVJ4mft8b4tDWzoIQRB&#10;Th5k8mn5CSs8BwOwfQCD6R3Xczqd/KQqdnIpe3uYmEMChqZhmmzyk5Bd+rzjs20AnhDZPzzvWIuP&#10;zRw+15B6oWn4jqpL6w+9WghCovyFy26KXANvIeYg+InDvIc9GAAmHgy4AEBoQeoBQGhB6gFAaEHq&#10;AUBoQeoBQGhB6gFAaEHqAUBoQeoBQGhB6gFAaEHqAUBoQeoBQGhB6gFAaEHqAUBoQeoBQGhB6gFA&#10;aEHqAUBoQeoBQGhB6gFAaEHqAUBoQeoBQGhB6gFAaEHqAUBo+X/kgZG+X805/wAAAABJRU5ErkJg&#10;glBLAwQUAAYACAAAACEA1QA7+N4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/&#10;YXmCN7tZE6XGbEop6qkItoJ422Zfk9Ds25DdJum/93nS4zDDzDfFanadGHEIrScNapGAQKq8banW&#10;8Ll/vVuCCNGQNZ0n1HDBAKvy+qowufUTfeC4i7XgEgq50dDE2OdShqpBZ8LC90jsHf3gTGQ51NIO&#10;ZuJy18n7JHmUzrTEC43pcdNgddqdnYa3yUzrVL2M29Nxc/neP7x/bRVqfXszr59BRJzjXxh+8Rkd&#10;SmY6+DPZIDoNWZqmHNXwxJfYX6qM9YGDaaZAloX8/6D8AQAA//8DAFBLAwQUAAYACAAAACEAqiYO&#10;vrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjF&#10;sjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SD&#10;a2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhh&#10;iskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBL&#10;AQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAJwywEOpAwAA2AoAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAJVBoM6yFgAAshYAABQAAAAAAAAAAAAAAAAADwYAAGRy&#10;cy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhANUAO/jeAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAA8xwAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAA&#10;AAAAAAAAAP4dAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAPEeAAAA&#10;AA==&#10;">
                 <v:shape id="Image 29" style="position:absolute;width:24192;height:7942;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDaHGksxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC75DOAXvanZXKO3WKP4gKr3q6gOcbk43i5uTsIm6vr0pFHo5zMw3zGwx2E5cqQ+tYwX5JANB&#10;XDvdcqPgdNy+vIEIEVlj55gU3CnAYj56mmGp3Y2/6FrFRiQIhxIVmBh9KWWoDVkME+eJk/fjeosx&#10;yb6RusdbgttOFln2Ki22nBYMelobqs/VxSr4Pph2+envXp93+aGo/G6Vb6ZKjZ+H5QeISEP8D/+1&#10;91pB8Q6/X9IPkPMHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANocaSzEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata o:title="" r:id="rId35"/>
                 </v:shape>
                 <v:shape id="Graphic 30" style="position:absolute;left:12733;top:4036;width:4248;height:762;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="424815,76200" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m76200,l,38100,76200,76200r,-28575l63500,47625r,-19050l76200,28575,76200,xem76200,28575r-12700,l63500,47625r12700,l76200,28575xem424815,28575r-348615,l76200,47625r348615,l424815,28575xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxoNWkwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0H8h+WCfQW1ygNxWYjQSi0vZTGQK9Td6KiO2vcbTT99d1DIcfH+97ls+nFlUbXWlawiWIQxJXV&#10;LdcKTuXL+gmE88gae8uk4EYO8v1yscNM24k/6Xr0tQgh7DJU0Hg/ZFK6qiGDLrIDceDOdjToAxxr&#10;qUecQrjpZRLHW2mw5dDQ4EBFQ1V3/DEKvv3v42S7S3n7eitm1O/JRzolSj2s5sMzCE+zv4v/3a9a&#10;QRrWhy/hB8j9HwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxoNWkwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D71B9D" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:spacing w:before="10"/>
         <w:ind w:left="1985" w:right="1280"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -9106,51 +9107,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="6689BA71">
               <v:group id="Group 31" style="width:333.45pt;height:268.9pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Graphical user interface, text, application, email  Description automatically generated" coordsize="42348,34150" o:spid="_x0000_s1026" w14:anchorId="5B57D4E9" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOvsiOKPBQAAXhgAAA4AAABkcnMvZTJvRG9jLnhtbOxZXW/bNhR9H7D/&#10;QOg5rS1Z/hLiFEOzBAGKLlgz7JmWKFuoJGokbSf/vpcfV6Lt+CvY1pcUiEVZR9S5h/ceXrnXn56r&#10;kqyZkAWvZ0H4sR8QVqc8K+rFLPjr6e7DJCBS0TqjJa/ZLHhhMvh08+sv15smYRFf8jJjgsAktUw2&#10;zSxYKtUkvZ5Ml6yi8iNvWA0Xcy4qquBULHqZoBuYvSp7Ub8/6m24yBrBUyYlfHtrLwY3Zv48Z6n6&#10;I88lU6ScBcBNmU9hPuf6s3dzTZOFoM2ySB0N+gYWFS1qeGg71S1VlKxEsTdVVaSCS56rjymvejzP&#10;i5SZGCCasL8Tzb3gq8bEskg2i6aVCaTd0enN06Zf1/ei+dY8Cssehl94+l2CLr1Ns0j86/p80YGf&#10;c1HpmyAI8mwUfWkVZc+KpPBlHA3iSTgMSArXBnE47EdTq3m6hIXZuy9d/n7izh5N7IMNvZZOU6QJ&#10;/DmJYLQn0elUgrvUSrDATVKdNUdFxfdV8wFWs6GqmBdloV5MZsK6aVL1+rFItbr6BNR8FKTIQIso&#10;IDWtoCIeKrpgRJ9nTKaQmvc2G2lJVhJqo6gVEzlN2RVRIOsVoU1TFik8jNdXBKqkKAm51bcWjf6O&#10;0JXiUC0AKcsXsmA1E1SxTMuOHDQjvcJ7BOdl0dwVZanXVY+dFMBqJ+FeUdMm8y1PVxWrla1OwUpD&#10;VC6LRgZEJKyaMwhfPGQhJAU4gwIJGgFB2rSQSjCVLvXzc+DxJxSwJkqT9oIh3fHUIUiXvjsZORyH&#10;cUBeS8poGvbBDXaSsk0tmjRCqnvGK6IHQBdowHrShK6/SEcIIU5Gy8GQA0raf8DQJAoIZ3sSXlSz&#10;35a0YUBBT+tl0QCzyCUNGQy0jg6ly9qdHZBoEPVH4yFIASrFEYgS22XA+gVTmg6cUtF4NBkZx/SE&#10;SldWKF8ccMHMygSCLXGUPtc41HJqQy6NISvIC5A4IGDIc/t4KCV9n55UD8lmFiCTJQwtEX214mv2&#10;xA1OaTNBFC46MO0gZe1DbdAYD17DY2Oms5hoGEO22DTE63jcxoVxKxAC8LgF9JVEAB4t0AtkS3dE&#10;4XEfPTxJIhpGY0gc0Ci6DHxKhnA8Gg3HbuaLwP3pMDqqsK/H8DL0KSJbU2tljq20B95NibTkktl7&#10;ddIa12oTGRLRLxXJyyJDo5ViMf9cCrKmUBN3d3345zh4MNjupDM6PZrz7AW2kg3sFbNA/rOiet8q&#10;H2qwGUhahQOBgzkOhCo/c9MMmaoBe3t6/puKxjmd3mK+cnSbPcOzWH1nzX+DfSYvjBt2jCBqfQLO&#10;939ZIFi83UhbCzQeplmAUb7BAodafJocsMAoMtd/vgVqIppn52++xWAGdVf3HQNasXZ3hHgQgMfO&#10;WhwQjKiLHlF49B9+NhBZ4iR7JXTI/w8F71tbV8oHRfCMEDwlPFr5xtxGztwuQ3dMMFA8Oo09HvvY&#10;PVFgrQ75SlnrvTKMxmAhOjk8A4GTc3zG9j63VC6tH5kZWmFcedtuoqv6dx8KBvCSs+NDxijO9qHR&#10;4EgfNphEsKauYx304c3XLQm2vP7mgk3qf9KHIRPowwaWyGsmhKh/tQ+L+6MY48YCwuOW/Uwm0fQc&#10;oAvg2H7vBXIZOppM4nDcFo7tPLfZenMD+hRlDx2HYTw5PjVAInil1G39JeAzeNj5TPd4mnQHPr14&#10;foAnV9oD7670JX55uT++92HYHDpnwx80YGvc8b+RTtE3+t9OE4bLbd7Yo+lw9NOaMGSi/c8Sec3/&#10;tl8uD/UfOJfnkugQeLS+5gHdQ495ln342cCT9dM1YcjjePBe0Xvec0iEDn2OZQLa+dplaPuUY6p1&#10;PF7DXmIq702Yez31XwbNz7XwI7Z5LV7Ynzj1r+T+ucF3/y1w8wMAAP//AwBQSwMECgAAAAAAAAAh&#10;AKbxkxMJpgAACaYAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEBAQBgAGAA&#10;AP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQFhARExQV&#10;FRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAhoCmgMBIgACEQEDEQH/xAAfAAABBQEBAQEB&#10;AQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEH&#10;InEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFla&#10;Y2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbH&#10;yMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQID&#10;BAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJ&#10;IzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1&#10;dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY&#10;2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP1D0onyl+laFZ2lf6pfpWjSQBRWH4i8&#10;c+G/CBjGu+INK0QyDKDUb2O33D23sM0eHfHPhvxeZBoXiDStbMYy4069juNo99jHFbeyqcvtOV8v&#10;ezt99rfiY+2pc/s+dc3a6v8Ade/4G5RRRWRsFFcl8S7u5sdBgmt9fn8PqLlVllsrWO4u7gFWCwW6&#10;SK6+YzlMZRuAwwM5HmMfi7x1Z30MWra9HY6lpUmhWlxpy20BhvmvbhYpXkO0tlQxA8plXdG3UcAA&#10;97orwaHxD4xj+xwJ4xudQ0jVtSstMTxCbG1jZJis7XLWi+XsMJKQxo0qyEszYZxtJtRfE/VNU8Oe&#10;HNGi1e9g1e91ltLufEMOlFYmgSadFmilkiNsZJPJjG0ZwZThOgoA9vor52074l+Kb4zzv4lCrokl&#10;jAI0tYPL1oS6pcWjSvlNw3JCm3yigDsTyMKJ/DXjjxPrGl6Y0/jNkude0K11kQR2tkLi1neTBsrT&#10;zAke58mJfPLkNESe+AD6Cor57sfiP4lk0vwzqz+JJ5gNQgsNSsY7eyAtlOovbM171kLuAY1NsojE&#10;kbtkociSf4y3ngPV9VTWfFFtqVrdWUculXmpGztrG4nkmMYaB4WJW3TI3+c5k+UlcgUAfQFFeOeD&#10;PHl94p+Belay2uJrGpGQxXd/ZMieYySsCD5XCZULkDHB967fwrb6rpt7bQ3upR6hBd2r3H+qkDoy&#10;mMABnlfjDnjA6CgDrKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKx9Y8XaPoGoWFhf6hDb318WFtaklpZdoyxVRk4Hc9BT/DnijSfF2nm90bUINQtg5jZ4Wzs&#10;cdVYdVYehANAGrRUF3e29hEst1PFbRtIkQeVwoLuwRFye7MyqB3JAHJp888drBJNM6xQxqXd3OAq&#10;gZJJ9KAJKKz9A12z8TaPa6pp7SyWVyu+F5oJIWdckBtrqrYOMg4wQQRkEGtCgAooooAKKr2OoWuq&#10;W/n2dxFdQb3j8yFw67kYo65HcMrKR2IIqnp/iXT9U1fUdMtZnmu9OKpdYhfy42ZQwTzCuwttIJUE&#10;kBhkDIoA1KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAoqulwzX80BA2JEjg98kuD/6CKsUAFFFFABRRRQBm6acRJ9K+Wv2wf2sbz4eXL+CvB04h&#10;19ow2oakACbNWGVjjB48wggkn7oIxycr9R6fn7OMHHHWvx/1bU5viP8AEq6vr6VhNreqmSVxyV82&#10;Xt9A2APYV9pwtltHGYidaurxpq9u7e1+9rNnw/FmZVsFh4UcO7SqNq/VJWvbte6XoYOpaleaxfT3&#10;t/dTX15OxeW4uZDJJIx6lmJJJ9zRpupXmj30F7YXU1jeQMHiuLaQxyRsOhVgQQfcV+k2rfsGfCu9&#10;0m5trKyv9OvHjKxXq3skjRPjhtrHa3PUd/brXknif/gnXb6F4b1XUoPHUk81nay3CRSaWFVyiFtp&#10;IlOM4xnBx6GvvKHFGV1lyNuPSzj8ul1Y+AxHC2a0PfUVLrdSWltetnfr/wAE7H9jv9rC8+It2ngn&#10;xhOJtfWMtp+pYAN4qglo5Mf8tAoJBA+YA55GW+tq/F3wX4kufB3i/RddtGK3Om3kV0hHco4bB9jj&#10;BHoa/aKvheKstpYHExq0FaNRPTomt7eTvc+94TzOrj8NOjXd5U2tXu09r+as16WMrxH4U0TxjYpZ&#10;a9o2n63ZxyCZLfUbVLiNXAIDBXBAOGYZ64J9aowfDbwjbPp7w+FtFifTkaKyZNPhU2qMSWWPC/IC&#10;WYkLjO4+tcN+0vrOoeEfBeg+K7LUrrTrTw/4k0y91NLaVkFxYNOLe4RwCA6BJzJtbjMQPUCvnTXv&#10;jT41t4vi3eRazevbePbeS38CeXcOv2SSLURo5a2GRsZzcWlyNuDli3XJHxJ90fXVp8IvAmn2t5bW&#10;vgrw7bW14gjuYYdKgRJ1BDBXATDAEA4PcZrYuvCuiX2gDQrnR7C40QRrENNltUa2CLjavlkbcDAw&#10;McYFfOPj/wDaK8XeC/GHijw14T0S71+DwTFZW0lk3h3VtXvNble3jnZFvbdTDbP5ciANMJCzklgq&#10;8nBtviD42+GUvx78caLHoV14R0Xxf9u1LTdQt7hdQuYxp2nmfypA6rCVj2lQ8chZtwITAJAPqVvA&#10;vhtrjSrg+HtKM+kqE0+U2UW6zUdBCduYwPRcVD/wrnwn9m1S2/4RjRvs+quJNQh/s+LZeOCSGlG3&#10;EhBJOWzya8iuPj54kg8Z3fgj7HpTeLh42g0a3iEcnlnR5Lf7abor5mS4tkmQkEL5qD5cfKcCw+Pv&#10;xDb4a3fjDU7vwXpdje+IrjQtKU2F9PPGsN9c27OYI5Ge6mYQDbbw7SfmbeBlVAPfl+HvhZLnTLhf&#10;DWjrcaWoSwlFhFvtFByBEduUGTnC45qzo/hHQvDt5e3elaLp2mXd8/mXU9naRxPcNkndIygFjkk5&#10;Oepr590n9pvX9S+Emp6zM+jaZrdh4rbww17qOk6hCkwAVxLFpZzdvMVcAWu8NkMd4AqHw3+0t4x8&#10;ZaBpOkaTZaTH4z1Dxjd+Fkv9T0y8s7NYre1a7lunspXW4jbyV2iBnB3dXAoA+kodGsbbS202C0ht&#10;rBkaP7PboI0CtncAFxjOT09aq6X4at9KukuI7i8ndIjCguLhpFVSVJwCf9hfyrhvgV498UeNR46s&#10;vFsekrqfhrxHJoiS6NFLHDPGtpazCQrI7kMxuGOM4UYXLYLN8y+Jfih460nwraeFdG1zVL3X/h74&#10;k1vW9duZryRrm/0jTZkmjglJbc6zQX1qNpJ3CMgZxQB91UV8sxfGbV7SD4leONN161XTr/xhbeGt&#10;GXWTc3trBBb28ccslrZwHzLiWSc3H7qLYzbQS2Eqzpf7TviDU/hfc6lJLo2l63a+LpPC73l9ouoq&#10;J1WPzRLDpOftbzFSo+zbwww7F8LigD6dor5Z0X9pD4geNtJ8HWHh+18P2viPVvFmq+Gbq71nTL2C&#10;32WltPOJ1tWkWaFiIlzDIxIOVJXO4dB+2D4qg8CeGvhh4g1ZJrmHTPGljc3EenwNJLKVtrolYo8k&#10;lmPCrnqRz3oA+hqK+eNT+OHjKw+HHgjWry98K6Tqfi66ee3jtrC91prezaIywxQ2tq/m3023bvkj&#10;aONckgEAZy9A/aJ8dePdC+Ea6Fa6BpmreML/AFnT76fVLG6aK3Ng0yGWODzI5AWMBbypGDDcFLAg&#10;mgD6borz34G+P9W+Ifgq5u9et7K31zTdX1HRb06cHFtLLaXUlu0kQcllVvL3BWJIzjJ618h+F/jX&#10;ceDtY+E+u2GlQPr/AIi+G0Gn6XZzXFw9jBdXOpQLG0880kkiwKzDJdyx+VFO5loA+/qK8u+Ofj/x&#10;J8JvgfqPiSyGlal4nshZRZuIJY7KWWW5hhdvLEhdV/eMQN7EcZLY58y8R/F34y+H9S+Jem+b4GuJ&#10;fA+iQ+Ipb3+zbxVvoZY52W2WL7STE4NpPmbe4OY/3Y5wAfT1FfI3xI+K7X1p8Staj0eD93oHg69j&#10;jlvrxdwvL6fKP5U6KPLxlWjCEkkOXXCjoPFfx9+IegzfEPX4LfwzJ4S8G+KrXQpbGS2uPt97DKlk&#10;XZZRL5cbobzIJRw3Qqm3c4B9M0V4N+1oNVa0+FI0RrOPVj4808Wz6grtAr+Rc/M6oQzAdcAjOMZG&#10;cjG1D9obxpoEes+Eb2x0C8+Idt4psPDVnfQRzQ6XKt5b/aYbp4i7SLtiEgaISMSyDDgNkAH0lRXz&#10;ddftB+M/DHiSbwlrdroV5r1h4t0TR7jUbC3mitbqw1HcVkSFpWaKZRG4ILyLkA85wNfXfj14h0Tx&#10;74gsWsdObw9ovjTSPDt1OYpBLHaX1hA6ys2/aGF3dQrnbt2HGN3zUAe9UV8xfC/9qnX/AIlax4f0&#10;dNK0/T9U1bxNKEikilb/AIp02LXtvd8PxLIjQR5+7vZvlA4pfh7+014j8U/FLw34euJdE1DTvEj6&#10;lBby6To+oLb2MlsjSIV1CUiDUAQhDeSseCeuOoB9OUV8b/AXVvEHwy8MWHjnUhoGrJ4y8eXek+It&#10;Tt9JmgvwDqF7aW8jztcyBo1uBboibAscchUbm+c/RPwR8e6j8T/BL+J7yK1hsL/ULw6QLZGVn09J&#10;3jt5JNzHLyInmZXAw68cGgDv6KKKACiiigDzSK01DV9N8ew6ReXieIk1RlRr2QxiICOBkSIjO2No&#10;1TkDkkk85qLRNRS++M8MtjYzabcXGhSvrtpMFDRus6LaGTYSpcj7Tg5OUGc4xXcav4T03XNSsNQu&#10;opRfWO77PcQXEkLKGxuU7GG5TgfK2RwDjIpnhXwZovgqzlttGsVtEmk82aQu0ksz/wB6SRyXdvdi&#10;TQBnfE2yuL/w5ZxWsEtzIutaRKUiQsQiajbO7YHZVVmJ7AEngV5cvhjxDcadJ9ql8S3J1Sw16O9g&#10;mu7ooCs4+yKq7sRkrkLtwXUkfMK99ooA+ftU0rxBomj2VjaL4qS7h8P2o8PpYy3UkK6jlzILxskY&#10;DGEEXH7sRhguCCBuQ+GNZ1G+tBd3XiWOK/8AF18t55eoXcQSxSC+8gLtYeVEW8nBXG4mPk4THstF&#10;AHgekaf4v8O+H7K8hPiXVdSutC1Vbq3vbudz58bJ9lwHysUhXcFIAL8k7jzWHpOh61qFxaS6sfE+&#10;oaTpniC0uIJRBqttIIpLaRJCscssk7KsmzJYnaGfAVWIP0xRQB84ala+PLy70+ObVde0i22XBtJ4&#10;tNvbx/tP2+44kEM8YC+T9n2/aA0RXOMY51dX8O6p4fsPFzWEOvQjU/FK+bcxy6hcmO2FsreckUMi&#10;yupk+Q+Uyk/KC22PaPeqKAPm6CfxsdN8IS3J8UTX8EZQ2wt7yATFb11DPIjuqv5SpkXauhUqQ5JY&#10;11Xw/tfFj/E29uNa1XU4ytxerNp76bd/Y3gLn7OUnac2/C7CPLjV/vB+cmvZ6KACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCnF/yGLn/rhF/wChSVcq&#10;nF/yGLn/AK4Rf+hSVcoAKKq6obxdMuzpywPqAhc2y3TMsRl2nYHKgkLnGSATjOBXlq+CfiPe/Dnx&#10;hZXeuWdr4q1XUvtmnzWeoXJt7OH9x+6WQoHRf3cvCrj5/c0AeuUVk+GH1x9HiPiKLT4dV3N5iaXK&#10;8kAGflwzqrZxjPHWtagDM01C1uOccV+T/wARPBj/AAf+Ol7pF+rRWmnaqs8UmM77YyB43GOvyEZA&#10;6EEdq/WLTBuiUA44ryv9ov8AZq0b496NC7SrpXiWyQrZ6mqbgVznypR1ZM5I7qSSOrBvquHc0p5b&#10;iJRr/wAOas/Ls/xdz5HiTKamZ4aEqH8Sm7pd11X4Jr7jrE+O3w2kRWHxB8LgEZGdZtwfyL8VhePv&#10;jj8On8C+Ilj8eeG55G064VIoNVglkdjGwAVVYliT2AJr89vGf7KHxS8E6g9tN4SvtWi3ER3WjRm8&#10;jkA/iGwFlHsyqfajwZ+yh8U/G1+lvD4SvtJi3ASXWsxmzjjB/iIcBmH+6rH2r6KHDuVQSr/XPdWu&#10;8PXvf8D5ufEmazbw/wBS953W0+qa7W69/mc18FPh/c/E/wCKXh3w7bxtJHc3aNcsv/LO3U7pW/BA&#10;2PU4Hev2Erxr9nP9mrRvgHo0rrKNV8S3qBbzU2TaAuc+VEOqoDgnuxAJ6KF9lr5/iPNoZpiUqPwQ&#10;Vk+7e7/yPouGsonlWGk6/wDEm7tdktl67tmD488Gaf8AEXwTr3hbVvMGm61YzafcNCQJFSRChZCQ&#10;QGGcgkHBAOK4m7/Zt8H3um/DCykW9Efw8mhm0llkQNKYowgE52fOCyRyHG0l41OeoPaeLvFf/CK/&#10;2L/ov2r+0tTg07/WbPL8zd8/Q5xt6cZ9a43xD+0N4YtPCPiPVNHnudTvNL0u51GG3OnXSJcCI7GK&#10;MYgHRZGRXZSRHnLFQCa+TPsB/iX4Cafrvi/VvEFh4n8TeF5taSBNZtdCvY4YtS8kBUZy0bSRPsCx&#10;l4HjYqACeKxde/ZW0DxFrPiW4u/E3igaN4l1SLVtY8OR3kK6feyRpEiow8nzFQiBNwSRS/RiQFA6&#10;zTvixo1gml6frmqj+2riKFpni0m7tYYmlbEQlEgb7MXPCrM6sT0HOKe/xt8IrCsq3l/Mj3kthF5G&#10;j3khmnjDmRIgsRMm3y3yUyBtPNAD5vg/4en+MMHxLZJ/+Ejh0g6MoDjyDEZN4kKYz5gy6hs/ddhj&#10;njAuf2dNBk8C6R4atdX1vTTo+u3HiLTdWtJ4heWt5NPcTOy7ojGy/wClzJteNgUbByea3tG+NXg7&#10;xBbzT2GqSzwxWZvxIbC4RZYAwVniLRjzcMQpEe4hjtIB4qFPjd4an1bRNPt01i4uNVvX09Auj3SG&#10;2mSMSFZ1eMNF8rKfmH3W3nCAsADk7P8AZW0Gx8NTaZF4o8UnUG8S/wDCWw69JeQvf2+omEQs6kw+&#10;WVZN4KPGy/vXAAG0LgeJ/wBnOPwb4HaHw6fFnivWX8VDxO2pRaxaQaxa3LwCGWa2eaNYHyoIMM2E&#10;ZZZBkAIo9NsfjJ4eOmaNcaheLFNqUEVwDZQXNxBFHI5SN5JPJXykZgQGlCAkMBnaa0W+KfhdLSK5&#10;bVVEUlrJeL+5k3eXHKsLfLtyG8x1QIRuZshQSDgA4T9l74ceIPh94Y8V3HiY3ian4j8RXGteTqV3&#10;FdXkUbQwQoJ5IR5RkIt95EXyLvCrwtdPpPwQ8MaT8SPG3jYQzXWreLrW2s9RiuWVoBFDF5WI1Cgj&#10;eoQPknPlpjGObUXxj8LTzWEEVzfyXd606RWaaReG4VoTH5oki8rfHt86I/OF4cEcc1DB8bfCU8Oo&#10;ObrUYJLCaC2mtrrRr2G4MswJijjheESSOwUnaiscckAEGgDmNN/Zd8MaJ8KfCngXS9W13TYPC+of&#10;2tpWswXMR1CG7LTM0rM0RjcsLiZSHjKkOcjvVSx/ZS0LTNIEFr4r8VxayniKTxRB4hN5A9/BeyW4&#10;t5ipaAxtG6btyPGw+dgMDaF7m9+MXhKw0my1KTU5JLS7SWRDb2VxM8aRttlaVEQtEqN8rmQKEPDY&#10;NQ+FfiZbax4m1nRLuaEXsOpy2tjDaxu7SW6W8EhlkI3BRmUjedqklQOTyAc74L/Zp8PeCb3RLuHW&#10;tf1O60rXr3xHHPqdzFK811d2r283mERAlSJXcAYIY9dvy12njj4e6d4/l8NyahNdQtoOsQ61a/Zn&#10;VQ80SSKqvuU5TEjZAweByKy/Ffxi0bw3r9rocQmvtVk1Kz06aNIJliga4ZcbpvLMe8I4k8ssGK88&#10;DmrNv8YvB9xNqCDWViWximnlnngligeOE7ZnildQkwQ8MY2bBIzQBxr/ALLugW0OmLo/iPxJ4dn0&#10;jUr2/wBIuNNuLcNpkd2uJ7SFZIXT7OT8wR1YofusoAAveCv2b/Dvgb/hDPsmq63e/wDCKX2p39gb&#10;+5jlZ3vjIZxK3lhnAMzlTkNk/MWrfb40+Ek037a19eKPtaWH2VtLuxd+e6F0T7N5Xm/MqkqdmGxw&#10;TVr4gfE7Rvh3Zs2oPNLetaz3UFpb28srOsSgszmNG8pAWUGR8KNwyaALPgPwDp/w80/VLPTprmaL&#10;UdWvtZlN0ysyzXVw88irtUfIGkIUHJAxkk815/pP7KXgnTdEsNImfUdU0608Jt4OEF9LGwkszIsn&#10;mMVjU+cGRSHXAGMgZAI7HSPizoGpXGk2Us8lvqV/FA3lC3mkgillhEqwNcBPKWQoQQjMGIIIHIrK&#10;1D9oDwjb+Fo9btLm8vYrm1mu7OMaZdoZ440VjJzDlIvnQGZgEBbrkEUAX/E3wksfGPwsj8C61rOs&#10;ajZiO1STVJpojfTmCWOVXkfy9hZmiXcdgzk9Cc03Wvg3ouu6j49vbi6v0l8Z6LBoeoCORAsUESXK&#10;q0OUO1yLuTJbcOF4GDmxpHxZ0DUrjSbKWeS31K/igbyhbzSQRSywiVYGuAnlLIUIIRmDEEEDkV1l&#10;9/qF/wCusf8A6GtAHzz8Yv2frhfCGo6Z4N0/UtZ1PxFD4f0W4muLu2S3sLTTbnzUuJN2xjlHl3eW&#10;HJOzCKMmvQta+AHh7XfDnjbRbi81NLXxbrUOu3zxyxh454xahViJjICf6HFkMGPzPzyMej3Vwlnb&#10;SzynEcSF2IGcADJrh9E+It9falp6Xun21taX7RiJYrkvPD5kbSRGRSoBDBSCVJw3HIyQATfFf4T6&#10;f8XNL0a0vtV1bRZNI1SHWLO80aZIp0uIldUOXRwV/eEkY5wAeMg8yP2ZvDcvhfVNNvdX13UdZ1HV&#10;49em8U3F1GNUW/iCrDOjpGsaeWiKiosYQKCpUgnPb+NPEWs6Etqmi6HFq0sokkmmvb77Ha20aLkm&#10;SUJIQTkBQFIPJJUDNcxffG+2t9N8CzwaRcTXXihrN2tHkCNYQTsiebIQCDhpFUKPvHdg4ViADLn/&#10;AGYfD17oerW97rviC+8QanqltrM3iqa5hGpJd2xH2Z02xCFVjAKrGItmGb5SSTUR/Za8O3ngj4ge&#10;GtW1/wAR68njeZLnVNS1G6ha7WZIoo0eJkiVUK+TGyjaVUqAAFAUdj4+8e3vhXUtL0zS9KtdU1G9&#10;t7q8232oixhSG3EfmfvCj5c+amFwBjcSyhSasSeOLrVfBWha94a0aTWn1qO3mtYJ5vs6RxzIHEk0&#10;gVyiqvXarHOAAc0AZOifArwr4d+JVh430+Ca31Wx8Op4YggVl+zraJIHVtu3PmDaF3Z+6MYrmPBX&#10;7K2g+BvEnhHVLTxR4pvLTwkbldD0a9vIXsrKKaKSN4QBCHdQJPlLuzjYg3bcqbr/ABy1O40aK407&#10;wtFeX8Vrf3t9bvqgSGOK0n8lzDKIm80uwJjyqAgEkr0rWvfitqMGpaXNF4aL+Gr+7srKPUZr0R3E&#10;r3KIyvFb7D5kabxvO9SNshCsEJoARvgL4ck+D+r/AA3ln1CXQ9SkvpnuGlQXUMlzdS3RkjcIArRy&#10;ylkJU42Jndg50n+FsFv4e0TQ9H1/W/DmmaRpEuj28OlzRIPLaFIo5G3xt+8hCBoyMAMTkMOKoeDv&#10;itdeJ/EGn2lzoS6dpmr291daTei882SeOCREbzYtg8osJFdcM4Izkg8H0WgDD8N+GpvD81/JLruq&#10;6yLpomWPUniZbfZEkZEeyNSA2ze2SfmZiMA4rcoooAKKKKAK15qNtYAGeUJntgk/kKlguI7mMSRO&#10;HQ9xXzR8YPGCWfxRi+02niQHTN6sbBMQyq68ED+LAI59RjtXcfs93TW0Oq6Eq6tLHpz5a71IZE28&#10;7l2N9M/L2zQB6trGtaf4e06bUNVv7bTLCHHmXV5MsUSZIUbmYgDJIAyepFN0XXtM8SWC3ukajaap&#10;ZMSq3NlOs0ZI6gMpIrlvjPbXF14DdbX7cJI9T0ycyabbG5uIkS/t3eSOMI+4oqs2Njfd5BHFeUXl&#10;j4pGmXj2Fxr0OiXviCSe71afSrtdRuY/scSpI9tatbzKgkTZmMJwiEoRuLAH0RHfW013Nax3ET3U&#10;Cq8sCuC8atnaWXqAdrYz1wfSp6+fk8LeJILm61c3ev3WrW1poKQ3UUc9oLvFw4nMsAZhIRG3zq5f&#10;bkk4zWXr9z46bXPFkliviOKSaw1yIWsVtfskTqj/AGNopmkMJZtqlPIjUjdtLM3UA+lagtL23v4m&#10;ltZ4rmNZHiLxOGAdGKOuR3VlZSOxBB5FeMa1pOtaDqWo2BuPFd14VTVbOS5ltp7u4vDA1rJ5nkyI&#10;TLt88QF1iPyqX2gDiuP/ALJ8YJpem2tveeI9A0l5NVmtpl0u9urv7S+pXDo06QTRkExNGwM4aJss&#10;T7gH0hpet2WtfbPsU3nfZLh7Sb5GXZKuNy8gZxkcjir1fN3jSy8V2lvq1vZQ63YmbUtUuo7vTbS+&#10;fzZsQiEBLaSMgNlyryMYhtIIbIxoX2oeNLnx94fuvL1y2KT6Yk0CWl69vNBJHH9pdyrrbxhWd1ZX&#10;jeQFN2VGMAHvV7e2+m2c93dzxWtpbxtLNPM4RI0UZZmY8AAAkk9MVXutf0uxluornUrS3ktYRc3C&#10;SzqphiJIEjgn5VJVvmPHB9K8vh0DVv8AhmjXbW5XV7/X9Q0C8aaC/lmuLp7h7dlEaq5LL0UBFA57&#10;ZJJy73w3rGkaRq+k6jpt1r99HrFnrd1qdvas39sWouUd0K8r5kSqVEGeURCgOSAAesQeN/DlzoUu&#10;tw6/pcuixEiTUUvYzboRjIMgbaOo7960NK1ex12wivtNvbfULKYZjubWVZY3HTIZSQfwryjWpLbV&#10;dTsvE1l4T1VdNtdehutQeSwmW4vUWzniWZbRlEh8uSWE/c3HZkA7RXd+A3tLmy1K9stEudDgvL6S&#10;fZeRtDJcEqoMxibDR7tv3SAeMkfNQB09FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAU4v8AkMXP/XCL/wBCkq5VOL/kMXP/AFwi/wDQpKuUAVdU0221nTLvT7yP&#10;zrO7heCaPcV3oylWGQQRkE8g5ryxfgIll8OfGHhHTtS+x2etan9ttTh3+yRfuP3WS+5v9S3OR9+v&#10;XaKAMnwv4V0vwZo8WlaPa/Y7CJmZIvMd8Fjk8sSep9a1qKKAM7Sv9Uv0rRrO0r/VL9K0aSGFFFFM&#10;QUUUUAc/4u8Kf8JV/Yv+lfZf7N1ODUf9Xv8AM8vd8nUYzu6849K4i5+BP2jwomi/25t2+HtY0Hz/&#10;ALJnP26SF/N27/8Aln5ONufm3dVxz6vRQB5x4o+Elx4g1vVpYNcWz0XW5LWbVbBrMSTStBtC+VNv&#10;HlhljRWBR+hK7SSat6L8Lf7H/wCEX/4mfnf2JqN/f/8AHvt877T5/wAn3jt2+f15zt6DPHeUUAeT&#10;XvwIe68KaLoyeIHgbTdButEFwltjzfOltZN7KJPu/wCi7WTPzLIRuGOWeEfgTN4QuLS5s9U0q1ng&#10;8QHWjBp+ii1s1jeyW0lt44Vm+TKqXV9xwx+YPzu9cooA8St/2ZrG2udEnabRNUez0+3065OtaBHe&#10;l1hdmV7cs+YHIdgfvg4U4yM1sax8AdP1my8aW02ou8XiCeCeCOe2SWKy8uc3WzY2VlRrl5ZGU43B&#10;9p6Zr1WigDzbwj8IT4S1Czv7ObRNOurez1C38jRdDWxtDJctaMJfKWUnKfY1ByxLbvvKFArO0b4O&#10;+IdM0Oygm8U6bPrGnakNXtNTj0WRTLdNHLFO90jXTed5iTMPkaLZxt4CgetUUAeK6r+zZa6lJY30&#10;15pGp6uou/tkuu6FHf28zXE5md4oWceSyuSFO5gFOGD9a6Hw18F4PCXjq98UaXqK2tzfXDfa7dLb&#10;EU1p5MaRwbd2FMbxB1dQMB3XaQcj0migDzTV/hJqN94knurXxDDaaJca3aa9Ppz6f5kpnhEQKrN5&#10;owj+SpxsJDdDj5ayJf2e21DS4tH1DxE02i6ba3Fto0MFkIp7XzCCryyF2ExQKAvyICM7gx5r2Kig&#10;DzW0+E1/Pr9tr2s6/Ff6ymo295K9rYfZ4GiggnijiWMyuVObh2LlmyeAAMYufED4b6h4q1Jr/SNc&#10;h0S5uNMn0i7NxY/axJbyEEFB5ibHU7sMdwO45U4GO+ooA8h8O/s9WPhzxdbayjaJfBWt5pJL/QY5&#10;r5ZooUiBgui+YkPlq23axDZ2sM1LP8EdQtfDeg6bpHiWGwubHw2PDN3dXGm+eLm3CIokRPNXy3BV&#10;iMlx85BDYBr1migDyHw7+z1Y+HPF1trKNol8Fa3mkkv9BjmvlmihSIGC6L5iQ+WrbdrENnawzXq1&#10;9/qF/wCusf8A6GtWKKAMzxNeXeneG9WurC3+130FpLLb25Qv5sioSq7RyckAYHJzXn40bUvDz2t5&#10;p/hG5uJLWVEtbWbV/NhtldwjmOMnC4RmAPRRnGBkV6nRQBxvxN8F6v4406xstN1q00u1jnEt7bXu&#10;ntdw3yAcQyKs0R2ZwWXdhsbWBUkHn/E/wIsvGclpqGqaldQ+IPtFnNe3mk3l7Z29wlvJuVEt1uSI&#10;+NwDAllLFgcmvUqKAOB8W/B7RNa8NPo+kaXoGiRy3n2ySQ6JDPtkK7XmjT5VWcgLiUhsY6HjEGt/&#10;Byzi8KtpvhCSx8KanJbW1hNrC6eJbme0hVUELyI8chyiKm4OCoHykHBHotFAHleqfCPXdQ0+2SDx&#10;FpOlXq6bPosrafoTJbGyk2bVjha5YpImw7WLsvzHKGrn/CtNesvGen6rp/iHTf7J061isrHTdR0m&#10;S4e0jChZWjlW5jHmSAY3sjEDgcFg3pFFAHnXg34UXXhfXtPurjXF1DTNIt7q10myWz8qSCOeRHYS&#10;ybyJSojVFwqADqCea9FoooAKKKKACiiigCtd6fb3wHnRh8dCCQfzFSwW8drEI4kEaDsKkooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAiW3VbmScE73RUI7YBYj/ANCNS0UUAFFFFABRRRQBnaV/ql+laNZ2lf6pfpWj&#10;SQwooopiCiiigCjIJrjUZYluZIESJGAjCHJJfPVT/dFO+xTf9BC5/wC+Y/8A4iiL/kLXP/XCL/0K&#10;SrlAFP7FN/0ELn/vmP8A+Io+xTf9BC5/75j/APiKuUUAU/sU3/QQuf8AvmP/AOIo+xTf9BC5/wC+&#10;Y/8A4irlFAFP7FN/0ELn/vmP/wCIo+xTf9BC5/75j/8AiKuUUAU/sU3/AEELn/vmP/4ij7FN/wBB&#10;C5/75j/+Iq5RQBT+xTf9BC5/75j/APiKPsU3/QQuf++Y/wD4irlFAFP7FN/0ELn/AL5j/wDiKPsU&#10;3/QQuf8AvmP/AOIq5RQBT+xTf9BC5/75j/8AiKPsU3/QQuf++Y//AIirlFAFP7FN/wBBC5/75j/+&#10;Io+xTf8AQQuf++Y//iKuUUAU/sU3/QQuf++Y/wD4ij7FN/0ELn/vmP8A+Iq5RQBT+xTf9BC5/wC+&#10;Y/8A4ij7FN/0ELn/AL5j/wDiKuUUAU/sU3/QQuf++Y//AIij7FN/0ELn/vmP/wCIq5RQBT+xTf8A&#10;QQuf++Y//iKPsU3/AEELn/vmP/4irlFAFP7FN/0ELn/vmP8A+Io+xTf9BC5/75j/APiKuUUAU/sU&#10;3/QQuf8AvmP/AOIo+xTf9BC5/wC+Y/8A4irlFAFP7FN/0ELn/vmP/wCIo+xTf9BC5/75j/8AiKuU&#10;UAU/sU3/AEELn/vmP/4ij7FN/wBBC5/75j/+Iq5RQBT+xTf9BC5/75j/APiKPsU3/QQuf++Y/wD4&#10;irlFAFP7FN/0ELn/AL5j/wDiKPsU3/QQuf8AvmP/AOIq5RQBT+xTf9BC5/75j/8AiKPsU3/QQuf+&#10;+Y//AIirlFAFP7FN/wBBC5/75j/+Io+xTf8AQQuf++Y//iKuUUAU/sU3/QQuf++Y/wD4ij7FN/0E&#10;Ln/vmP8A+Iq5RQBT+xTf9BC5/wC+Y/8A4ij7FN/0ELn/AL5j/wDiKuUUAU/sU3/QQuf++Y//AIij&#10;7FN/0ELn/vmP/wCIq5RQBT+xTf8AQQuf++Y//iKPsU3/AEELn/vmP/4irlFAFP7FN/0ELn/vmP8A&#10;+Io+xTf9BC5/75j/APiKuUUAU/sU3/QQuf8AvmP/AOIo+xTf9BC5/wC+Y/8A4irlFAFP7FN/0ELn&#10;/vmP/wCIo+xTf9BC5/75j/8AiKuUUAU/sU3/AEELn/vmP/4ij7FN/wBBC5/75j/+Iq5RQBT+xTf9&#10;BC5/75j/APiKPsU3/QQuf++Y/wD4irlFAFP7FN/0ELn/AL5j/wDiKPsU3/QQuf8AvmP/AOIq5RQB&#10;T+xTf9BC5/75j/8AiKPsU3/QQuf++Y//AIirlFAFP7FN/wBBC5/75j/+Io+xTf8AQQuf++Y//iKu&#10;UUAU/sU3/QQuf++Y/wD4ij7FN/0ELn/vmP8A+Iq5RQBT+xTf9BC5/wC+Y/8A4ij7FN/0ELn/AL5j&#10;/wDiKuUUAU/sU3/QQuf++Y//AIij7FN/0ELn/vmP/wCIq5RQBT+xTf8AQQuf++Y//iKPsU3/AEEL&#10;n/vmP/4irlFAFP7FN/0ELn/vmP8A+Io+xTf9BC5/75j/APiKuUUAZlvDcTTXSG/nAikCLhY+mxW5&#10;+T1Y1P8AYpv+ghc/98x//EUWX/HzqH/Xcf8AotKuUAZ2lf6pfpWjWdpX+qX6Vo0kM+Rf2kP2n9e0&#10;jTvDF54D1CTSbW8kvY7h7i0ikkd4JFjxhw4C53Hjk8U34JftDeMZvCc/i7xXr9tr+kwX72V9pvk2&#10;8F3bQiOJluoVRVMoBdgyYJwuV6EV4d8a/wDkSfBn/X9rf/pZXj1MR+xFpdRX1rDcwOJYJkWSNx0Z&#10;SMg/kapaL4m0fxILg6Rq1jqgtn8ub7FcpN5T/wB1tpOD7Gqvg9d/gfRF2LJnToBsf7rful4PXiuS&#10;+F2h61Y+I9cv9Q0abRLKezs7a3tLiW1cQeU058mD7Phfs6CQbC4Ehyc9gADvov8AkLXP/XCL/wBC&#10;kq5VOL/kLXP/AFwi/wDQpKuUAFcV4a+Ken+MPHOs+H9Gtbi/tdHTZe61Ft+yR3WR/oqtnLyBSS20&#10;EL0JBOK0PiR4a1Lxh4G1rRdI1qbw9qV7btFDqMABaJj+oBGQSMEAkgg4NfM3wJ8B+KIrK48CH4k6&#10;v4K8R6CD9o8PxafaNG8Rbi5gcoDLG5OS33gxw3JBPtYPCUK2Hq1ZzSlG2muif2nZNtdOybu+h4WN&#10;xtehiaVGnTbjK+vu6tfZXM0k+vdpWj1Pr6iuf8DeHtU8MaCtjq/iG68T3gkZzf3cKROVPRdqADAr&#10;oK8icVGTUXdd+/36ntQk5RUpKz7aafdoeMXXxw8VSv40utJ8CWmpaN4Wv7ixubl9d8meXyY0kdki&#10;MBH3XGAX65Ga76H4neGV8HaJ4m1HWLLQtK1e2hubWXVrmO23CSMSKuXYDdtPQH1r5a1N/h9cXHxm&#10;sfFnjPUtF1KfxBfCHSbLV5oRcIbeHY32VTslYvuXlTu2gHIFXtd1PxBovir4d6/4qbw94ahm8FxW&#10;iy+JtJklsLa9L7p4ljjeNbeVo/L4OBhWQAYxX19TK6NTljFcvyab9yMrK91LVvVKy2s+nxUM2r0n&#10;KUpKXzTUX7SUbvl5XFWS0k7t63XX6B8TfHTwb4T8X+HPDt/rFql3rscksE4uoRDCioGRpWLgqJM4&#10;jIB3EECuj07x14a1jUJrCw8Q6VfX0MbzS2ttexSSxoj7HZlDEgK/ykngHg818y+HILTwFe/ALUr3&#10;VoZfDsF5rsMWpNaS2cCC5RjbxqkpLKpOQm48qFxxTIfB73/7L/xHudA0qOTxBd6zqCzzW0Gbi4t1&#10;1EGaMlcM4MSMNgPOMDmueeV4ZKKUmrtRvpa7nKN3e1rJK67vobUs4xTdRuCdk5W1vZU4ysrXvdt2&#10;dtk9z6Hv/jB4Ns/COt+JIPEmlalpejxGS7lsL6KYI2PljyGwHY4VVJBJIA61wHhn9q/wxd6N4cvP&#10;EVxpGhz69cFLeC11u3uxbQ+VvEt0x8vyfmDIVw2GAGcnjy+3uLPxNb+ONc0zxF4Y1FbfwHqNnNa+&#10;FNFuLSBYim6ITM8josikMFThgpfjArq9b1K18N/Dv9nXX9TuEstH0+Sx+13kpwkIfTXVSx7AtgZ6&#10;ZI9a1WW4amvZyUnJu3Zr93KVtldtpdNdF3vn/auKqz54Sioxjfun+8jG97uySb66at9LfRVjrFhq&#10;c95DZ3ttdzWcvkXMcEqu0EmA2xwD8rYIODzgivJfFHx81jQIvEesW/gae98H+Hrx7O+1R79YblvL&#10;YLNJDbsn7xFJ4Jdd2DivSPDmq+H9R1PxBFo32b7baXoh1TyIfLb7T5SH5zgb22GP5ueABnjA8L+J&#10;3xe8H+PfHtx4H1nxRpmh+ENEuEbWxdzqkuqXKMGWzQE5EKsAZGx8xAQfxGvLwOHVStKMqTlFJN73&#10;S0vpHdvaPqm+p6+YYqVOhGUKyjJtpWtZvW13LZRteXo0ul+/8W/GPVrDxRr2jeFvCieKH8PWUV5q&#10;0r6mtp5XmKzxxRqY38xyiFv4RyBnJps3xqv9fl0CHwR4WfxJLqmjprbSXt6LGC3t3O1FMmyTMpYM&#10;NgHG0kmuQi+KWgfDX4m/EXVdbvYobDxFZadq2hT/ADMmqIlr5bJEQCGfcq/KDkiRSBisW4+JzfCD&#10;4QfDrwBLq1l4Y8X6lo8HnX2psFj0iDaBJMysRvlB3Kkfd1OflU5744GLUIwo3bta/NreF5N23UHf&#10;a38r10fmvMZLnlOvZJu6SjdWnaCV9nONmm7/AMy01Xfx/tANqvhnwfcaN4bku/Evia5urS30O7vE&#10;txC9qXF00kwVhtQxnBCktuXA54634afEJ/Htnq8d7pbaJrWj376dqGnmcTrHIqq6skgA3oyOpB2j&#10;uMcV402s+CvBN78JNc8O6rbXngDw++paPe6zFN5yW088KMrzMoOC8incxwA0oJwDXQfD+58UeL9T&#10;8d+KfBN3o9npmr66v2a51ixnnju4YbSCDzYgkkfyl43w2SDg49TniMHRVKUoQ5V0crqz52uV7/Zs&#10;7Wv1ZrhcdXdZRqT53s4xs7r2afMtvt3V78ujSV0a3in476ppFz4tutH8HPrvhvwnL5OramuopDIH&#10;WNZZxDCUPmeUjgtuZM8gZrQ134xapP4iutI8E+F18XvY6bDql5M2orZoiTbjBGmY2LyOqMwBCqBj&#10;LAmvK9d8Y2PgTw38bfB+uSmLxTrl5eT6VYRQOW1IXdpFHCYAAd/7wMrAE7cHNbXh7xTpnwG+IGvr&#10;41ul0iLUfD2kGynKs8dy9rDLFPEjAYaQMVwg5IYECt3gaSg3GleSXurX31ywbe93Zyl8Nl9xzLMK&#10;zmozrcsW/efu+4+aoktVZXUY/Fd9tzsR8eH8RweEY/BegDxFqfiHTH1cW11fCzjs7ZCis0smxzu8&#10;xxGAqnJB5AGaWy+OV9rvhrSJtE8IXd94lvtQudLn0ea5EUVhPblhP59yFZVVdvykKS25QBknHlnw&#10;znX4LXfwy1fxr/xINMuvCFxprXVyrCO2umuo7lYpTj92xjJxuxyrDqK2fCXjTTPDfgK9vfEUeraP&#10;4X8aeJtVvIddtnktDZQSSlreSV1xJD5u35W6cjJANOrgaEG1Sp8yT0d2+b3qia0evKop2Vnpv7wq&#10;OY4iaTrVORtPmVl7q5abT1TtzOUleV4q+3undWnxyvbjw5rLnwjdyeLNM1dNEk0K0uRMj3EgVo3F&#10;wFAWEq4YuyjaAcr0y+0+N95Yr4us/EXhS4sNe8PWkN9/Z2lXP9oC9il3CPymCId29SpVlGODkjJH&#10;n/wz8W6Z8OvBXjS8tYdV1b4eTeIQlr4giVvtJiniT7TdySgLJLHHLuAn+ZiB1IThPhv4j0zwV4g+&#10;JPiHwcuq+O/CSWNnd3F+Ha7up71S6SQxXEnzTqkOxyCzbCSBgtgzPBUl7W1LRNW1au7w9297RerX&#10;K7y1390uGPrP2TlW1ad1ZOytUtKyV5LRPmjaOm3vHp/hT4o61eeN7bwr4r8Kp4a1K9099RsmttTW&#10;+jkVHVZI3IjQo671PQqRnDcYLLj43WQ+N9h8ObXTpLqWW2mmudT8zbFbyoiyeSBtO99jozcjaJE6&#10;548v8IXunX/xfutY+FmrTeMprrw5drf3OsXMtzDZzBkeyiFxIC8e9y4aENwq7tuVBrF8PaH408C/&#10;Fb4T6df+GNNbVWXWbm7vRrZkbUZphbtd3LkW67GHBVPmyMLuG3JPqGHcpNpJ8l1FtxalaTvaTbSV&#10;lo273vsNZjiVCCi217SzkkpJx5opK8Uotu7u0la1tWfWtFFFfJn2QUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVwPxD+IeseFfEvhzQtC8OQ+IdQ1mO7lCz6i&#10;LNYlgERPJjfOfN9unfNd9XnvxL+J9z8OvEPhyN9GvtT0a/jujeTadZS3MsDoIvKACcANvfOf7vHe&#10;gA+J/wAS9W+HV9ozx+HItU0a+u7exlvjqIheCWWXYAIvLbcAMHO4envXoVec/FH4o3vgvVNE0nSd&#10;EvdV1G/urdXkWylktord5dkjNInCsBk4P1NejUAFcj8W/FV74I+GviLXtOWJr3T7RriJZ1LIWGOG&#10;AIJH4iuurk/it4rufA3w48Q6/Zww3F1p9o88cVwCY2I7MAQcfjQB4T8OP27vDmt+Va+LtOl8PXRw&#10;DeW2Z7Yn1IA3p9MN9a+j/D3ibSPFmnJf6LqVrqtk/Se0mWRc+hIPB9jyK+KtEk+L/wC0CwntfBvh&#10;jS9NmOf7SvtCgEIB7qZ1kZ/qoavbvg5+yjp/w01hNev9cvNQ1zhmXTz9gtB/s+XERvHsTtPdaAPe&#10;qKKKACvLPjD8cdH+H0sfh6DVbK28W6jCwsVvMm3gcg7GuGB+RWPAJ78nCgkV/wBpL42P8FPBMd5Z&#10;2v2rV9Qka2st4/dRsFyXf1AHQdz6CvGv2cf2cb/xfq4+JHxIEt9c3Un2q0sb0ZadjyJpgf4em1Om&#10;MEjGAQD6M+EGveKPEfgSyvPGOjjRdeDPFNCCMSBTgSBQTt3Y6Z9xwRXaUUUAFfDP7Vfxw8deEvjJ&#10;qWjaL4ju9M021gg8uC22qAWiVmJOMk5J619zV8dfFv8AsD/he/jT+2v+EO3eXYeV/wAJT9p3Y+zj&#10;PleT26Zz7YoA634IfGjUNL07wpD4l8S2/ia18SmOKOXz42vtOvHbasMsanc0TnG18ZUnDcEGvpiv&#10;z9TxDoEXxd8A6NpGi+DpDJrem3B1fw0LnMZ+1AGImVuuACeOhHNfoFQAUUUUAcb4717xbo+t+F4P&#10;Dnh6HWtPvLzytVuZZxGbOHK/OoJGTgue/wBzGPmFdlXjfx1/4Rr/AITf4W/27/b/ANt/tk/2d/Y/&#10;+q8393/r++3O37vzbfMxxmvZKACiiigCnZf8fOof9dx/6LSrlU7L/j51D/ruP/RaVcoAztK/1S/S&#10;tGs7Sv8AVL9K0aSGfMd9+zf4jvtJj0XUtA8HeI9Osr68urG5vdTv7a4VZ5S5DeTGPbjJHFVtK/ZK&#10;i/tSz/tHwF4NTT/OT7Q1t4g1Z5RHuG8orAAtjOASAT1r6lopiIra2is7aK3gRYoYkEaIowFUDAA/&#10;CpaKKAKcX/IWuf8ArhF/6FJVyqcX/IWuf+uEX/oUlXKACq50+1N+L420JvViMIufLHmCMkEpu67c&#10;gHHTIFWKKabWwmk9wooopDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAqO4toruFoZ4kmibho5FDKfqDUlFABRRRQAUUUUAZ+r+HtL19YV1TTbPUlhbfGLuBJQjeq7gc&#10;H3FaFFFABRRWH4m8PX+vfZvsPibVfDnlbt/9mRWj+dnGN32iCXGMHG3b945zxi4pSdpO33/oRNuK&#10;vFXfbT9Tcri/FXwY8EeN9WbVNc8NWOpagyLG1xKh3sB0yQRnA457Y9Kj/wCFfa9/0U3xV/4DaT/8&#10;g0f8K+17/opvir/wG0n/AOQa39lS/wCfq+6X+Rz+1q/8+n98f8yvo/wB+Hnh/VbXUtP8JadbX1rI&#10;JYJlQkxuOQwyeoPIr0CuH/4V9r3/AEU3xV/4DaT/APINH/Cvte/6Kb4q/wDAbSf/AJBo9lS/5+r7&#10;pf5B7Wr/AM+n98f8zuKKgsbeS0sbeCW6lvZYo1R7mcIJJiBguwRVUE9TtUDJ4AHFT1zPc6lsFFFF&#10;IYUUUUAU7L/j51D/AK7j/wBFpVyqdl/x86h/13H/AKLSrlAGdpX+qX6Vo1naV/ql+laNJDCivLPi&#10;V8TvEGheLV8O+G7HSZbqDSJNburjWrl4YjArlPLj2g5fIJJPCjGetc74V/aQuNf+K3hfw1Lo8cem&#10;+JtGi1Wzljcma1Jid2SUchhmJ8EBeCpxjmmI91ooooApxf8AIWuf+uEX/oUlXKpxf8ha5/64Rf8A&#10;oUlXKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCnZf8fOof9dx/6LSrlU7L/j51&#10;D/ruP/RaVcoAztK/1S/Srl1cLaW0s752RIXbHXAGTVPSv9Uv0rRpIZ8d698SNB+N9tY6j4m8W+Cf&#10;DsURMtnpt1pUmo3MCk/dlkZ0G7AGVUbeB1q5a/GKDQ4PFviPS7Xwpr3iPQbC0mGtaXBKsNzaGUQG&#10;2KMd0DqMN8hKn5cjtX1xRTEc98PfGMPxA8EaL4igga1j1G2WfyHOTGT95c98EEZ7+1dDRRQBTi/5&#10;C1z/ANcIv/QpKuVTi/5C1z/1wi/9Ckq5QAV8D2vxl8Zz/s8yeGE8Qau3ic2514a608n2gaWsTSsw&#10;m3b8/aUNvnP3T6cV98VgJ8P/AAvFafZE8N6Qlr9kNh5C2EQT7MW3GHbtx5ZbnZ0zzivay/G0cIn7&#10;Wnz6xa205b90++2z0ueFmeAr41x9jV5NJJ76qVuzXbR7rW254V8RPi/qGk/HOC9gvdUi8J+Gru00&#10;nUooLWd9Pma6VvPlmmRTErQeZZkB2B5cDrg53gTxjr958YdNsp9c1Kezf4geJLJreS7kaNoIrHdF&#10;EVJxsRuVXop5AFfR7+EdCk07UbBtF09rDUZXnvbU2sZiupHxveVcYdmwMlsk45rP1H4YeDdYheG/&#10;8JaHewvcveNHc6bDIrTuAHlIKnLtgZbqcDJ4rphmOFjT9n7L7PLf3fPXVb3b67W100455XjJVlV9&#10;t9pyt73kraPa0V03u7a69NRVTSdIsNB06DT9MsrfTrCBdsVraRLFFGM5wqqAAOT0q3XzrtfTY+oV&#10;7a7hRRRSGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAU7L/j51D/ruP/RaVcqnZf8AHzqH/Xcf+i0q5QBnaV/q&#10;l+laNZ2lf6pfpWjSQwooopiCiiigDmPEPjrw34L1b/iofEOlaD9pgTyP7TvY7fzdrPu272G7G5c4&#10;6ZHrWd/wvP4b/wDRQfCv/g6tv/i66yL/AJC1z/1wi/8AQpKuV0RdG3vp38mv1RzzVe/uONvNP9Gc&#10;P/wvP4b/APRQfCv/AIOrb/4uj/hefw3/AOig+Ff/AAdW3/xddxRVXw/aX3x/yItie8ful/mcP/wv&#10;P4b/APRQfCv/AIOrb/4uj/hefw3/AOig+Ff/AAdW3/xddxRRfD9pffH/ACC2J7x+6X+Zw/8AwvP4&#10;b/8ARQfCv/g6tv8A4uj/AIXn8N/+ig+Ff/B1bf8AxddxRRfD9pffH/ILYnvH7pf5nOeHPiR4S8YX&#10;z2Wg+KdF1u8jjMz2+nahDcSKgIBYqjEgZZRnpkj1ro6KKwnyX9y9vO36WOiHPb37X8r/AK3Ciiio&#10;LCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAp2X/AB86h/13H/otKuVTsv8Aj51D/ruP/RaVcoAztK/1S/StGs7Sv9Uv&#10;0rRpIZ8AeHdH1H4g6j4n1PUY/Gus3C6zcwefpGvW1rCqjaQhSYFsjd2+XBUAcGuR8beJNC8NNqGn&#10;2Nx4+07xLaOFjN9rsEsMUgIJ3eVGCeM42t1xXcfEP4X+JPghZ69rOreD/CPiXR59VeSLUNQE0txi&#10;U/IgVJUwOM4wcEtyRiqN9+y78RviUNN1m38I6B4Rt57dFFnayvAACxIkkR2kYMQwyM9AOM5piPu3&#10;wjcS3fhTRZ55GlmlsoXeRzksxjUkk+pNa1Z/h/Tn0jQdNsJGV5LW2igZk6EqgUke3FaFAFOL/kLX&#10;P/XCL/0KSrlU4v8AkLXP/XCL/wBCkq5QAUUVFa3UN9aw3NtNHcW8yCSKaJgyOpGQykcEEHIIoAlo&#10;qG8vYNOtZbm6mS3t4l3PLI21VHqTUOkaxZa/psF/p1zHd2cwJSWM5BwSCPYgggg8ggg8igC5RRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAU7L/j51D/ruP8A0WlXKp2X/HzqH/Xcf+i0q5QBnaV/ql+l&#10;aNZ2lf6pfpWjSQyG6s7e+jEdzBHcRhg4WVAwDA5Bwe4NTUUUxBRRRQBTi/5C1z/1wi/9Ckq5VOL/&#10;AJC1z/1wi/8AQpKuUAYXjbS9T1zwvf6dpE9va3l4gt/tF0GZIo2IWRgqkFmCFioyuTj5h1rzWf4Z&#10;+PY7vwtDb6zZRafo+o+e7adfXWnrNb+eknktbBZEaMIZYhGzZAWMiQAuh9nooA4TwV8P73RtMu7D&#10;W9Qn1e2vdPtoblLnULi63XIVxcsplJKKxKYC4Ax0Wuw0rSrTQ9OgsLCBLWyt12QwR8JGvZVHZR0A&#10;HAGAMAVbooAKKKKACiiigAoqpp2rWOrxzSWF5b3qQzSW0rW8qyCOVGKyRsQThlYEFTyCCDVugAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA89+Nf&#10;xds/hD4Tn1CRGn1OSJ3srY28zxyshXcHdFIjHzjliM9uhrhfjP8AEvx1q/hXQdW+EFvcajbzXkkV&#10;7IdOYTLt27F8qZAQh+fLY4wMEZr2nxL4b07xhoN7o2r232vTbyPyp4N7JvXOcblII6djXz/8Xf2c&#10;/iJ8SvGV9qcHxBFhpTOPsenq0yJAgAGNqkDPUk9TmgD0X4f6v4+vPiNr9r4hs/K8ORWNo8MjQqip&#10;eNEhmjhYcyRhvM+Y7sEAZ7V6dXhXg74M/ELw/pfhq3vvHrX9zpOsrdSTl5SZ9PKqJLRtx+YErkbs&#10;7e2MCvdaACiiigAooooAp2X/AB86h/13H/otKuVTsv8Aj51D/ruP/RaVcoAztK/1S/StGs7Sv9Uv&#10;0rRpIYUV+TfjTxJqz+Odcujqd39o/tGeTzROwYN5jHIOeK6yP9qf4qxBQvjC6O3GN0ELfnlOfxpi&#10;P04orN8NX0uqeHNKvZyDPcWkU0hUYG5kBOB9TWlQBTi/5C1z/wBcIv8A0KSrlU4v+Qtc/wDXCL/0&#10;KSrlAFfULaS9sLm3hu5rCWWJo0urcIZIWIIDqHVlLDqNysMjkEcV8GaX8bPiLpPgnwPpVh8S7C2m&#10;bRZZ59c8X6lBEZ9WSfy5NOkYWE5maEBCYAY7hvNz5pxx98TTR28ZklkWKMdWc4A/Gq39s6f/AM/1&#10;t/3+X/GgD5L8T/FXxvrfxR8aeEbXxtNHLNa6lBaaZ4eFs1xprQ2fmRs8U1slzETIjAXW6aGTzFCC&#10;NmUrzPiXxBo/jjwv4EtPFPjdde8OtouivJrurfZryCGS6fUDczyxGI280wNhFaRmaJwjzfMGdiT9&#10;tf2zp/8Az/W3/f5f8a5Lxp4F8GeP7yxvdWkKalZK8dtqOmatPp15Ej43os9tLHIEbauV3YOBkUAf&#10;KPg7Xrmy8G/Da70bx7qPhbwlHq+jLq8mmyW0NjbXtxp8v2u1PmRuiRrOsGYQFRJLqQbAwTZo6Z8e&#10;fiffSeOLy68Z+GNEns7XUll0C7uGuLvQ3juVit5mtYtO8yJQpGZJpZ0YOJVGxWWvsDSptH0XS7PT&#10;rS8gS0tIUt4Ve58xgiqFUFmYsxwBySSe5q1/bOn/APP9bf8Af5f8aAPkrwh8SPEPizUPhRquofEf&#10;VrbSv+Eyu9EubqG401rHVSbJ5beI3EMIhuldx5KtGsWWYqEWZFeul+LfxV8SvrfiLXvBvjjyfDWj&#10;eHfD2tWdrZ2trc22pNeahexSF5XjZ/LaKBBiNlIOCGHzBvpD+2dP/wCf62/7/L/jR/bOn/8AP9bf&#10;9/l/xoA82/Z4/wCQB4x/7HPXv/S+WvVap/2zp/8Az/W3/f5f8aP7Z0//AJ/rb/v8v+NAFyiqf9s6&#10;f/z/AFt/3+X/ABo/tnT/APn+tv8Av8v+NAFyiqf9s6f/AM/1t/3+X/Gj+2dP/wCf62/7/L/jQBco&#10;qn/bOn/8/wBbf9/l/wAaP7Z0/wD5/rb/AL/L/jQBcoqn/bOn/wDP9bf9/l/xo/tnT/8An+tv+/y/&#10;40AXKKp/2zp//P8AW3/f5f8AGj+2dP8A+f62/wC/y/40AXKKp/2zp/8Az/W3/f5f8aP7Z0//AJ/r&#10;b/v8v+NAFyiqf9s6f/z/AFt/3+X/ABo/tnT/APn+tv8Av8v+NAFyiqf9s6f/AM/1t/3+X/Gj+2dP&#10;/wCf62/7/L/jQBcoqn/bOn/8/wBbf9/l/wAaP7Z0/wD5/rb/AL/L/jQBcoqn/bOn/wDP9bf9/l/x&#10;o/tnT/8An+tv+/y/40AXKKp/2zp//P8AW3/f5f8AGj+2dP8A+f62/wC/y/40AXKKp/2zp/8Az/W3&#10;/f5f8aP7Z0//AJ/rb/v8v+NAFyiqf9s6f/z/AFt/3+X/ABo/tnT/APn+tv8Av8v+NAFyiqf9s6f/&#10;AM/1t/3+X/Gj+2dP/wCf62/7/L/jQBcoqn/bOn/8/wBbf9/l/wAaP7Z0/wD5/rb/AL/L/jQBcoqn&#10;/bOn/wDP9bf9/l/xo/tnT/8An+tv+/y/40AXKKp/2zp//P8AW3/f5f8AGj+2dP8A+f62/wC/y/40&#10;AXKKp/2zp/8Az/W3/f5f8aP7Z0//AJ/rb/v8v+NAFyiqf9s6f/z/AFt/3+X/ABo/tnT/APn+tv8A&#10;v8v+NAFyiqf9s6f/AM/1t/3+X/Gj+2dP/wCf62/7/L/jQBcoqn/bOn/8/wBbf9/l/wAaP7Z0/wD5&#10;/rb/AL/L/jQBcoqn/bOn/wDP9bf9/l/xo/tnT/8An+tv+/y/40AXKKp/2zp//P8AW3/f5f8AGj+2&#10;dP8A+f62/wC/y/40AXKKp/2zp/8Az/W3/f5f8aP7Z0//AJ/rb/v8v+NAFyiqf9s6f/z/AFt/3+X/&#10;ABo/tnT/APn+tv8Av8v+NAFyiqf9s6f/AM/1t/3+X/Gj+2dP/wCf62/7/L/jQBcoqn/bOn/8/wBb&#10;f9/l/wAaP7Z0/wD5/rb/AL/L/jQBcoqomrWMjqiXluzscBVlUkn061boAKKKKACiiigAooooAKKK&#10;KAKdl/x86h/13H/otKuVTsv+PnUP+u4/9FpVygDO0r/VL9K0aztK/wBUv0rRpIZ8NeKP2E/G+p+J&#10;dVvLHWfD5s7i6lmhNxPOkmxnJG4CEgHB5wTWYP2BfiBkZ1nw0B3Iubg/+0K++KKYihoOnNo+h6dY&#10;M4ka1to4C4GAxVQuf0q/RRQBTi/5C1z/ANcIv/QpKuVTi/5C1z/1wi/9Ckq5QAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAU7L/j51D/AK7j/wBFpVyqdl/x86h/13H/AKLSrlAGdpX+&#10;qX6Vo1naV/ql+laNJDCiuc8b/ELQfh5YQ3WuXv2b7Q/lW8EcbSz3D/3Y41BZj06DjPOKxPDnxs8O&#10;eINcg0WVNT0HVrkE21nruny2T3AAyfLLqAx9gc+1MR31FFFAFOL/AJC1z/1wi/8AQpKuVTi/5C1z&#10;/wBcIv8A0KSrlABRWN4v8RjwroMuoC2a8mMsNtBbq4TzZ5pUhiUsfugySIC2DgEnBxiuUh+NGlaX&#10;MdP8TQyaPrkd09pNbWUM9/AjKtu3medHENse27tvnkWMAyYPQ1008PVqx5oRv+f3bnLUxVGjPkqS&#10;s/Pb79rvseiUV5XrP7SPgzw7famdUvZbDRrCNN+qTWdyEmlaaSLZCvlfvlzGT5kZZTzzgZrTk+Pf&#10;gaKF531iZbVY4pRdHT7nyH8yBLiNUk8va7mKRG8tSWww4zxWrwOKST9m9fJ/18tzH+0MJdr2sdPN&#10;f1bz2PQaK841D9on4eaXr9vot14jSHUrhJ5IoWtZ8OsTypIQ+zb96CUDn5to253LnT0j4v8AhjXN&#10;Zs9LtZ9QW8uyFiFzpF5bpuMbSqjSSRKiMURmCsQSOgORUPB4mK5pU2la+z27lxxuFk+WNWLd7brf&#10;sdpRRRXIdoUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBTsv+PnUP8AruP/AEWlXKp2X/HzqH/Xcf8AotKuUAZ2&#10;lf6pfpWgc4OOtZ+lf6pfpWjSQzwTwDqmueKf2jPEt9rXg68s/wCzLKKxtLu6kUwWSfMzmNsYkaVi&#10;MFcEKMHHSofHtzLdfAnxZp/jOG9tvEOhRTX1tqNzF8jTec7WclvOuVJz5aYBDDJBAB59e8ceEJvF&#10;+nQRWmu6l4evraUT295psoBDgEYkRgVkTnlWGPpXJWfwZv8AV9Vsrzxv4wvfGMVhKs9rpz2sVnaC&#10;VfuySRxj94wPI3HAz0piPQtDlurjRdPlvk8u9e3jadMY2yFRuGO3OavUUUAU4v8AkLXP/XCL/wBC&#10;kq5VOL/kLXP/AFwi/wDQpKuUAUta0az8Q6XcadfxGa1nXa6q7IwIOQyupDIykBlZSGUgEEEA1z0X&#10;wp8MR2yQtYTXG2OaNprm9nmmkEskLuZJXcvISbeHDMxIEaqCF4rrq8n+G/7RelfEXUdJtv8AhHNd&#10;8ORaxpk2r6Zd6x9j8q8tomjWRx5FxK0ePOjOJVTIPHQitYVqlNWhJpepjOhSqO84pvzRvn4K+EvP&#10;u5ls76Ka4cSeZDq15G1uQ7uBblZR9nGZJOItgw7DGCRWk3w18OSwpFPp5vFW9h1HN3cSzs1xFAkE&#10;cjM7EswjjQHcTkjJySScOX9oj4XxyaEq/EHw3ONcvn03TnttThmS4uUTe8YZGKggFRyQN0kS/ekQ&#10;Nfm+Nnw7ttKn1Sbx74Yi02C6FjLePrFuIY7gjcIWcvgSY52k5x2rR4mu95v7zNYTDramvuQL8HvC&#10;sUNpDBZXdpb21gmmLBaandQxSWyqyqkqJIFlwHf5pAx+YnOaTTfhTpVj40ufEcklxPPuhaztjczL&#10;BbbLfyM+V5nlu+0th2XcA2Aa4TVf2ufAXh/4ieJNB1jxH4d0rR9BhtVudTuNZQzyXc7gLDHbKpJR&#10;QcvIXGwkZXbuddfX/jJYWHxJ00WWu2+oeFrXwvrmq6rHpuy7YS2r6VJEfkDPuEF5IwRT8wmU4PyG&#10;n9ar2ac3roL6ph7pqC01WnY9ZoryFf2ktMhttRiv/CPinSvEFrNYww+Hbu2t/tt4bwuLYxFZ2hwx&#10;hmzvlTZ5T79uBmC8/af0eHQV1K18J+KtSaCC+uNUsrW0g87SUtJjDcfaC8yoWV1bCRNIzhSyBhgn&#10;lOs9lory2T9ofw+PFltpEOl61c6dLe2mmP4hitoxYQXl1Ak9vA+6QTbnSWE7hEUUzIrMCcC38UPj&#10;lpXwtvTa3Oja1rkkGnS6xf8A9jwRSCwsY2CvcS+ZImVBJwke+Q7WwhxQB6PRXmP/AA0DoLeN4vD6&#10;aZq8tlJqUejDxEkUR04Xz24uEt8+Z5uSjL84jMe5gu/dxWTo37UGh63Yz3MPhjxSok02LWNIhNjG&#10;8mt2ksywxy2qpKxALyRcTeUyrKjMFUkgA9koryWH9om0vdJaay8F+Kr/AFeHUbnTLvQ4IbQ3FlLB&#10;GskrTTG4FsqhHjIImO4uFALBgGar+0toOm6TomtRaD4i1Dw5qWnafqkmt21pEtrZQXrhLcy+ZKjs&#10;5LDMcKyOoIJUZGQD12iuJuvi7oNt8WrH4cr9pn8Q3WnS6mzQxgwW8aMoCyPnh23ZCgE4GTgFd3bU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQBTsv+PnUP+u4/9FpVyqdl/wAfOof9dx/6LSrlAGdpX+qX6Vo1naV/ql+laNJDCiiimIKKKKAK&#10;cX/IWuf+uEX/AKFJVyqcX/IWuf8ArhF/6FJVygAr478LfsbeIovCr6DNZ+EvA7N4X1DQb7WfC88s&#10;1zrktwqKkl2v2e3+VCpbBaRiWIDKC2frbW5tSg0yaTSLS1vtRG3yre9umtom+YZ3SLHIVwMkYQ5I&#10;A4zkcr/a/wASP+hU8K/+FPc//K+toUnNXTS9WkYTqqm7NN+ib/I8p8J/ALxN4cvfD+vQ6Vo9nr9j&#10;4ht9SvYpvFuq6ql3brp13YsftF3G7o6reMyRhNuEVWfowy9T/Zc8Q/8ACIfDy2hbTtRvvDkWrWt5&#10;psev6josF0l7KsnmLdWi+buTy1BRkKuJJAcEK1e1f2v8SP8AoVPCv/hT3P8A8r6P7X+JH/QqeFf/&#10;AAp7n/5X1p9Xl/NH/wACRn9Zj/LL/wABZ5jefs661beFvGOmaQ+k232238PLpNrJdXDRRtpoiPly&#10;yMjyBGMIUP8AvGwcnJ4O1rL+JT8evD8h07RrXWW8I+I20+NLyWWCV/N0LaZ38pGX97vU7Vb5FU9S&#10;VXtP7X+JH/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Zf+As8p0b4RfE&#10;o6DDeapYeFl8cWmtW3iGTVV1y5uE1i4RXikhlzZRm1hEMhSIIJdgAypO5mbf/B/4mJ4Y0/Ro7Xwr&#10;rGl6lq+o654n0mfWbmyjuZLi5aaK0jmWzlZ7dd+JNyIZdoBwjOh9Y/tf4kf9Cp4V/wDCnuf/AJX0&#10;f2v8SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLPOtT+DPjPWvFMsU39hWfhbVPEeneK794&#10;L+4a9tLi2t7dHtIB5KrIjS2sbCYvGyq7jy8hcN+InwD8RhdUtvA15bXFlrvhu48M6gfFms311PbJ&#10;I7stzHNJ58kxXzph5TMgPy4cAYr0f+1/iR/0KnhX/wAKe5/+V9H9r/Ej/oVPCv8A4U9z/wDK+j6v&#10;L+aP/gSD6zH+WX/gLPNl+AXiSLxPb6UtxpUngNPEsXiY3T3Mw1IMlqsRtREI9hVpV3+b5oIVioTg&#10;NVPwr8FPiPollZC5m8JTXXh3wrH4U0pJGnng1aETQtM94hiXyPMitkj2J5wUyO2XACV6r/a/xI/6&#10;FTwr/wCFPc//ACvo/tf4kf8AQqeFf/Cnuf8A5X0fV5fzR/8AAkH1mP8ALL/wFnlFh8BvE+k+ANQ0&#10;BPCvw+1LQ9U1i4v5vAl9LOdIsIXiiWNLWf7MxUrNG85At1UtcOF8vaCW+Kv2fvGuueDPBvheWbwz&#10;rj6Lp1hDb+K9SaaPVtFvYWUzXdowjcylwke0NJEQUG9pASK9Z/tf4kf9Cp4V/wDCnuf/AJX0f2v8&#10;SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLOCsv2cNT0T426R41sPHOs3OnrPqd5qNnfiyZ&#10;3luTbhYkZbQO0W2AId8m5EiiVGABr3WuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A&#10;8r6Pq8v5o/8AgSD6zH+WX/gLO4orh/7X+JH/AEKnhX/wp7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq&#10;8v5o/wDgSD6zH+WX/gLO4orh/wC1/iR/0KnhX/wp7n/5X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/&#10;+BIPrMf5Zf8AgLO4orh/7X+JH/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPr&#10;Mf5Zf+As7iiuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+W&#10;X/gLO4orh/7X+JH/AEKnhX/wp7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq8v5o/wDgSD6zH+WX/gLO&#10;4orh/wC1/iR/0KnhX/wp7n/5X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/+BIPrMf5Zf8AgLO4orh/&#10;7X+JH/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Zf+As7iiuH/tf4kf9&#10;Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLO4orh/7X+JH/AEKn&#10;hX/wp7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq8v5o/wDgSD6zH+WX/gLO4orh/wC1/iR/0KnhX/wp&#10;7n/5X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/+BIPrMf5Zf8AgLO4orh/7X+JH/QqeFf/AAp7n/5X&#10;0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Zf+As7iiuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8&#10;SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLO4orh/7X+JH/AEKnhX/wp7n/AOV9H9r/ABI/&#10;6FTwr/4U9z/8r6Pq8v5o/wDgSD6zH+WX/gLO4orh/wC1/iR/0KnhX/wp7n/5X0f2v8SP+hU8K/8A&#10;hT3P/wAr6Pq8v5o/+BIPrMf5Zf8AgLO4orh/7X+JH/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/&#10;AMr6Pq8v5o/+BIPrMf5Zf+As7iiuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6P&#10;q8v5o/8AgSD6zH+WX/gLO4orh/7X+JH/AEKnhX/wp7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq8v5o&#10;/wDgSD6zH+WX/gLO4orh/wC1/iR/0KnhX/wp7n/5X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/+BIP&#10;rMf5Zf8AgLO4orh/7X+JH/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Z&#10;f+As7iiuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gL&#10;O4orh/7X+JH/AEKnhX/wp7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq8v5o/wDgSD6zH+WX/gLO4orh&#10;/wC1/iR/0KnhX/wp7n/5X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/+BIPrMf5Zf8AgLO4orh/7X+J&#10;H/QqeFf/AAp7n/5X0f2v8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Zf+As7iiuH/tf4kf9Cp4V&#10;/wDCnuf/AJX0f2v8SP8AoVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLO4orh/7X+JH/AEKnhX/w&#10;p7n/AOV9H9r/ABI/6FTwr/4U9z/8r6Pq8v5o/wDgSD6zH+WX/gLO4orh/wC1/iR/0KnhX/wp7n/5&#10;X0f2v8SP+hU8K/8AhT3P/wAr6Pq8v5o/+BIPrMf5Zf8AgLO4orh/7X+JH/QqeFf/AAp7n/5X0f2v&#10;8SP+hU8K/wDhT3P/AMr6Pq8v5o/+BIPrMf5Zf+As7iiuH/tf4kf9Cp4V/wDCnuf/AJX0f2v8SP8A&#10;oVPCv/hT3P8A8r6Pq8v5o/8AgSD6zH+WX/gLO4ooorlOsp2X/HzqH/Xcf+i0q5VOy/4+dQ/67j/0&#10;WlXKAM7Sv9Uv0rRrO0r/AFS/StGkhnjPij9qHQNF+IA8F6Xo+reIvEKzGGW3so0QKVXcwVpGXcwA&#10;PA4OOtUvFX7X/g/wq0Fpcadri63Kyq2lXVg1tNDk4BkMmBj3UtXgWmSJF+3jIzsqL/bEwyxwMmBg&#10;P1p/7cX/ACXjwz/2CLb/ANKp6Yj7tooooApxf8ha5/64Rf8AoUlXKpxf8ha5/wCuEX/oUlXKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCnZf8AHzqH/Xcf+i0q5VOy/wCPnUP+u4/9&#10;FpVygDO0r/VL9K0aztK/1S/StGkhnmdz+zh8PtS8R6xrup6DHq+papI0k8l9IzquQBhFyFXp1xn3&#10;qjD+y54A/t2HVLyxvdXe2RYrS31PUJriG1QMWCIGbO0FmO1iRya9aopiCiiigCnF/wAha5/64Rf+&#10;hSVcqnF/yFrn/rhF/wChSVcoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKdl/x8&#10;6h/13H/otKuVTsv+PnUP+u4/9FpVygDO0r/VL9K0aztK/wBUv0rRpIYUV8r/ABm/a5e21TxP4F8K&#10;aRqMniJJRp9nqNqQzGbIEm2PbuyDuVcZyeRjiuY+HP7XWtfDWzXw58R9H1m71wXymS6vf3UkNs+3&#10;JKFQzFfmYD+LOMimI+z6Kajh1DKcqRkH1FOoApxf8ha5/wCuEX/oUlXKpxf8ha5/64Rf+hSVcoAg&#10;mu0gnt4WWUvOxVCkTsoIUk7mAIQYHViATgDkgVWu9ags9Z0/TXSQz3qSvGygbQI9u7POf4hjAPeu&#10;T+LHgG+8e2Nrb2UttF5cN9E/2h2XPn2U0C42qejSKT7A4yeKwrr4Fadc395AdL0n+wHuLm4t9OMf&#10;7uNpLW2iB8vbtB8yKVzjuwb72cAHrNQ3dytlaTXDglIkaRgvUgDJxXh9x8CddvXmSaXSRcywTJJr&#10;/myvfSq9k1v9lZSmDCrsHzv6IPkDfNVvxB8LPFPiu+uNT1bTPDN7LPKx/sme9mktUJt0iWcOYMmV&#10;CjFRs6SHDAjNAHrmgazD4j0LTdWtlkS3v7aO6iWUAOFdQwDAEjODzgmr9Y3gvRpvDng7QtJuWje4&#10;sLCC1laIkoWSNVJUkA4yOMgVs0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFOy/4+dQ/wCu4/8ARaVc&#10;qnZf8fOof9dx/wCi0q5QBnaV/ql+laNZ2lf6pfpWjSQz4c+KGpeO/h/+0jqXxIu/Bz3ek6JKIvtF&#10;vC4tpbZ4zGrGUg4fY4yRwrYBGOuTr/jjxt8evip4b8eeFvAsrWmkzwWFuZY2uIPMDl8zOFAABkyT&#10;0UYOea+69c0Ow8SaTdaXqlrHe6fdJ5c1vKMq6+hqn4T8G6J4F0r+zdA02DSrEyGUwW4wpc4y314H&#10;5UxGwm7Yu/G/HzbemfanUUUAU4v+Qtc/9cIv/QpKuVTi/wCQtc/9cIv/AEKSrlABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBTsv+PnUP+u4/wDRaVcqnZf8fOof9dx/6LSrlAGdpX+q&#10;X6Vo1naV/ql+laNJDCiq+oahbaTYXN9eTJbWltE0000hwsaKCWYn0ABNUvC/inSvGmh22saJfR6j&#10;plyCYriLOGwSp4OCCCCMH0piNWiiigCnF/yFrn/rhF/6FJVyqcX/ACFrn/rhF/6FJVygDw/9p8aW&#10;q+ApfFkcE3w/i1t211NQ/wCQeQbO4Fr9s4IEH2gxZLgoGKFhgCvC4/i9rfhfwBo9j4KbQvh54TuP&#10;EepWra8viMS6LCEhiliSzvp9NlijglkkmCqbfaTC6I65FfclFAHxhN+0R46svin4J0q68VaUZJLv&#10;QdO1PSobiFYtSF5FEZbu1gay+0PDumBEpnhVXUx+WxHzUfE/xH1f4gfDPVIb34kC58TXVxZPqHhA&#10;aVCf+EcuV1uzRBvRAybN23y7lmab76EKjA/btFAHyRdeLfGFl8QPDUOp/ETWnsNH8e3vh/c5sbRd&#10;WB0sXNrbXO23VGeSVjCu1VzuG0CXY46D9kz4oeOfiPql9P4o8UaBq8T6bFcXWi2d6Jb7Rr4yEPBJ&#10;Ctjbm3UDcpimkmkUxj52BLV9L0UAfFXhLxv48+GXg/7T4e1KfxENSsPGd/ZeHJrKEw29zaaiTC0R&#10;jjE7kmVyys7bs4UKcVEfjr8SbbwFDdRfEHwrquk3uu29pJ4uttdgdNJha0kkaO4uxpC28JaZIVVn&#10;tX2+YUcqxVx9tUUAfL3w3+LPi+BvE3iDxj4ug1jTfC/hWx1FrDQI4WstUmm+1/vFme2SVmcQQ7VQ&#10;Iu9jhSCBXPeNb/4g/CnQ9b0/SvGU2i3vhzwXD4ovYILG1uYb/V7i+unu2kaWJn8p3D/KjIQCuGGD&#10;n651HTLPV7b7Pf2kF7b+ZHL5VxGJE3o4dGwQRlXVWB7FQRyKs0AfIPxI+LHxF+Heo654WXxjHcWt&#10;rrthBP4x11rTTf7Otrixkm2STJYzQRAzxqiyyW7DEmwkFlcb+gfEv4knVfh74evtcstUuvGVvaTw&#10;a3o0KTWcSWk0kmouHaCPPn2wtlUsgAklcoAAuPp+igD490v4s+K7fwB8O7/xf8WLjwlYeI9IvdYu&#10;PFNxpthj7YogFvp0am38sIVaaXaQZpSrKjqBtGjD+0d4ms5rPTfE2qW/hnxbrE/gl7Lw/PBHFNtv&#10;bm2TU44o3Uu6jdcRsTuMZHBVsV9Y0UAfHFh8a/izdava6PJdum/VB4Da/FhCXbWIbxHmvwvl7RG+&#10;nmaQLjZuhOAM19c6Jrdh4k0m01TS7yG/067jEsF1buGjlQ9GUjqKuOgkRlOQGGDtJB/MdKo+H9B0&#10;/wAK6Fp2jaVbJZaXp1vHaWtshJWKJFCoozk8AAc80AaFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBTsv+PnUP8AruP/AEWlXKp2X/HzqH/X&#10;cf8AotKuUAZ2lf6pfpWjWdpX+qX6Vo0kMzPFEVxceGtWitLG31O6e0mWKxuyBDcOUO2N88bWOAfY&#10;mud+DNpqNj8NdFh1bQNO8MXwRy+l6Vj7PFl2IK4LAbgQxG48sec10+uaRB4g0XUNLuWkW2vreS2l&#10;aFyjhHUqdrDocE4Pasn4eeA9O+Gfg/T/AA3pUtzNYWQYRveSeZIdzljkgAdWPAAHtTEdJRRRQBTi&#10;/wCQtc/9cIv/AEKSrlU4v+Qtc/8AXCL/ANCkq5QAUV578W/E/iXRLzwNpPha60qw1DxFrj6ZJeax&#10;YS3sUMSafe3ZIijnhJYm1Vc78AMTg8V5jqf7UGs+GfDGs3upaFHqmveG9M8Q3Wp6RpKqsF22mTWa&#10;NLFczSqYY9l2khQxyttLhSWjVZgD6QorhvEnj650iDwM81nc6Hc+INXi0+SwvbaK5li3QTSmN2iu&#10;NiNiE/vEaUAgDawORn/Bv48aJ8b7e+udD0/UrW0t1jkS5vPIaOdH3YwYZZPLcbTuil8uVcjcgoA9&#10;Jor57sP26PhXfzeIcaoY7XR7Oe+F39qs5Fuo4pkhbYkc7SRMZJYwouEiLBtw+UMRa0H9sXwv4ttL&#10;H/hHPD+ueJdUu76509dL0abTrqRJYII7hyZkuzblTHIpDLKwJBXhhtoA96orybxZ8f00jwX8PPE+&#10;geFdU8Vad4zubKO1W2nt7aSCO5jEkbMJpFBYqRhc4yDll4zgx/tn/DiXxd4g0BLuaWbR4NRnee3m&#10;tZ/PNirNcokEczXCsAkhUyRIsgQlGYYJAPd6K8PsP2oI9ffwU2i+Bdd1K28R63JozTreacUtttnJ&#10;dCVZI7l4p1KRscRyHAjlyRII4paFp+2JpV/p8N7b/D3xvNBcaRJr1uy21j++sImCzTj/AEvgISoK&#10;Nh23Aorg5oA9/orx/Wf2pPB2h/EPw54RuBcm4182osb0XFoschuFzDiFpxcup4BdIWRScFhg44Kw&#10;/ac160Qa3Ho99400290nwo9vp2nw2unPFLqep6haPMRNO2CRFbIE81xvC8xo0kiAH07RXz54j/bD&#10;8J/DnSXm8SzTS30mqaraxWQNlYSpFZz+XISbi8EchUsijY++U5KRcMF910PWbPxHoun6tp063On3&#10;9vHdW0y9JInUMjD6gg0AXqKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAzIb6C2vL9ZH2sZgcYJ/5ZpU/wDa1r/z1/8AHT/hWHf/APIU&#10;vf8AfX/0WtfNut/tO+PtM1m/s4PgT4muYbe4khSffKfMVWIDfu7d05Az8rsvozDkgH1TpX+qX6Vo&#10;1naV/ql+laNJDCiiimIKKKKAKcX/ACFrn/rhF/6FJVyqcX/IWuf+uEX/AKFJVygDkPiL8Ol+IKaA&#10;6a/qvhrUND1E6nZaho4tmlSU209swK3EM0bKY7mUYKZzggjFcuP2a/CjaLJpstzqtxHcaNrOjXk8&#10;9yrzXi6nJBJdzyuVyZS1um0jCqCRtwFC+r0UAcfqfw1tte0/wnb6tq+qalceHb1NQivpXijnuplg&#10;lhzMY41XlZmJ8tU5AIx0OT8NPgjpnw013VNaj1vWfEGq6hbQWT3msyQPKIImdkQvFFG0rZkbMkxk&#10;kPd69GooA8jtP2bNDtvDGq+F38QeI7nwndQvFZ6HJdxLBpWZlnRrZ0iWbdHIilDLJJsAwOOK3dH+&#10;EUVlrOgaxqnijXvEuq6LNdSwXeqvbAv58SxMrLDBGgVVQEBFXksTuzXf0UAed3HwR0h/hj4S8E22&#10;qarYW3hZdPGl6nA8LXkTWaqsTkvE0bEquGzHghmwBxitpvwKtNGOuW2n+LPFOn6JqZvJE0W0vo4Y&#10;LGa5YvLLbyLEJ0bezOoMrKjMdqgcV6bRQB5Fon7NejaCtvcQeItdbWYtej8RNrG2yjnluFtWtCrR&#10;x2yw7GgkdGIjDncSX3YYXdI/Z68OaLpOnadBe6o8Nj4aufCsbSSxljaztGzu2IwPMBiXBAC8nKnt&#10;6hRQB4wP2WtAi12xv7fxF4jtba3vNL1CTTIprb7NdXNhHFFbySkwGQ/JBGrKrqhwSFDfNVi1/Zj8&#10;OWHhmTRrPV9btR/Zuj6dDexywGe3/sy8mvLSZN0JTzBNOS25WUhFG0c59fooA8J8I/s538dhFqeq&#10;+I7/AMNeMhqWrXTaj4Wuo5P9GvrozPbO1xbbJB8sTbvJRlZcpt7+yaRpEulS3jPql7qEc7o0cV4Y&#10;2FuFiRCqFUDEMULneWO52wQMKNKigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigDnrixnudSvmjTcokUZyB/yzSk/sm6/55f8Ajw/x&#10;rWsv+PnUP+u4/wDRaVcoAztK/wBUv0rRrO0r/VL9K0aSGFFFFMQUUUUAU4v+Qtc/9cIv/QpKuVTi&#10;/wCQtc/9cIv/AEKSrlABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBTsv+PnUP+u4&#10;/wDRaVcqnZf8fOof9dx/6LSrlAGdpX+qX6Vo1naV/ql+laNJDCiiimIKKKKAKcX/ACFrn/rhF/6F&#10;JVyqcX/IWuf+uEX/AKFJVygDA8WePNB8DSaEmuaguntrepxaPp+6N2E13IrtHFlQQpYRtgtgZAGc&#10;kAxR/EXw7N8Q5vA0epq/iqHTRq8mnrG5KWpk8sSF9uwHdxt3bsEHGDmuF/aO+FOo/F7TvB2lWJaC&#10;O11me8nv0kVWsT/ZV/Fb3IBILFLqW2IC5OcHGASPEtS+A/xW8WWniHxJeWMWi+NvFHh++XUhaX8I&#10;EEpvLERWEch3jDWdoybyrRh3ct945APsC61axsbyytLm8t7e6vXaO1gllVXuGVC7LGpOWIVWYgZw&#10;AT0FW6+R/BX7Nq+HtT+Hutr4C1K5j0rxbLey6dr0ehC502CWy8pbmFLMR28USXCQymOIs+5DKqlz&#10;ivTPiN8KNb8Q/GXw/fWEEL+D9Ua0m8TbpFVhJp0j3FjtXOX8yaRVfA+7AoPGKAPYJ9Vht9VtNPaO&#10;5M1zFLKkiW0jQqEKBg8oUojHeNqsQWw20Ha2LlfH1h+zV4v0b4VeHNH8N6Tb+GNf/wCEH1uw1O5t&#10;p4Y3bU7mfSmCvIu7c8kVpMnmgOFCKCQAoMvgf9l1ZZ/Cdpqng7VD4Uj8QXOoaloXig6MYIVOmSQr&#10;Ittp6JAEaYxgqAxJUOwUlqAPqfxV4p0zwT4c1DXtauvsWlafC09zceW0nloOp2qCx+gBNN8YeJ7X&#10;wV4S1vxFfRzS2WkWM9/PHbqDI0cUbOwUEgFiFOMkDPcV8Y+JP2dfG178N7bSdU+Hj+MNcPgrT9G0&#10;m7k1GzB8P3cEkxnXfJMCN6PF88W7ds8tsIAa2tY/Zw8W3vjD4l6pc6br19rupQ+IFsNVhu9ITT72&#10;2u7eZLO0kcxrfN5YkiQRSv5KNCHVtuFoA+k9b+L+j6D4f1PWLiw1p7bT7GbUJTHpc2wxx2ouWCyl&#10;RESUYKDv2lwybtysB1+m30eqada3sQZYrmJJkDjDAMARnHfmvjPx38P9dfx3q/hpLSN9e16z1m50&#10;+wW5iMksTeF9OsFkbDfu0N1DJEGfaMrnoQS7Wf2cfHcvhPT9F1fS73xJBa622oazeaYdKe78QRS2&#10;zLAWhvw9uWtGPk+VIFj2LG8RDDaoB9p0V81fFzwtD4M/Zt8D2OuxS6loGg3umtrOj+I9Ts1e9tVy&#10;v2aadzFbPsdom+YpGwhwTzmvOfgf8HLjx/YR+JdH8PWuhaW1j4p/4Rq9naGVNKu7jUlNlNDtZvuo&#10;rsskeV2j5WIZSQD7bqrJqlnFqUGnPdwJqFxDJcQ2jSKJZIo2RZHVM5KqZYgxAwDIgP3hn46m/Z+8&#10;Z3ngzXbPw34Mm+HllLpmlWuo6FBqFjJLr1xBdiW7lVsywFpIQ0fmXKgzb9syBM1p+E/g5afBjWPD&#10;Pj678BaldadoOl6+9w+sLoxvtHVntriBkW1EcMcQEN6Fjt95jN2+Pld8AH15RVTSb19S0qzvJLWa&#10;xkuIUla1uABJCWUEowH8Qzg+4q3QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFOy/4+dQ/67j/ANFpVyqdl/x86h/13H/otKuUAZ2lf6pf&#10;pWjWdpX+qX6Vo0kMKKKKYgooooApxf8AIWuf+uEX/oUlXKpxf8ha5/64Rf8AoUlXKAOQ8ZfEKHwd&#10;4n8IaVcW6NBr1zcwSXkk4jW0WG0luC5BBDAiLb1XGc54xUKfG34dya5Y6Kvj7ww2sXwhNpp41m2N&#10;xcCVQ0Plx79z71ZSuAdwYEZzXH/tH/Aa6+PMHhaxi1UaRaabd3NzcTAkuS1pLHEPL2lZU8x03xsV&#10;DpvUnnBqN4O+KGt/Ezw/rfiDS/Cd1pGl2cKWsNrrdyg0+9eMrd3iQNZMJ3AYpEGkTahfkGRiADsN&#10;U+O/gm18Paxqula9ZeK20u4gs57Dw7dw3tyLmeZYIINivhXeV1QbyoyeSACRkaj+0j4Z0L4X+IvG&#10;2sWOraRHoF1LYX+i3MEbagl2mD5CrHI0cjMrIyskhQqwYsACR4z4U/ZV+Iek3J1C8v8ARTqtlpul&#10;xWskuu6hfRXl5Y6hFdh3SWJUtIZRG6eVApWLzCVD10viT9lrxH488I+KLnVPFMnh/wAWavc6tfQ6&#10;dos0NxpUct1aJaIkj3Fo0j4iiCmVEjcCaYIBuoA9fvvi5pmn+LvB+gSaXrDS+KB/ol+tp/ocTfZp&#10;7kRySlgN5jtZflTcRhc4DAna8W/EDwv4AhtZfE/iTSPDkV1J5Vu+r38Vqsz/AN1DIw3HnoK5Rvhn&#10;qwg+E8Umr/2pJ4S1Nr2/u77Ystwh0u9tMIIokQsHuo/4UG1WP3uD598b/wBnDXvFdpDZ+EtQmuNP&#10;ns9Tt7u217xZqsTpNdLAqyrOhlleFBCwNnuSFt+SMjkA9t8b+MrDwD4O1bxJqIlmsdOtmuGitVDz&#10;TkD5Y4lJAZ3YqqrkZZgM81lp8YfBsPgXQ/F+p+ItO8PaDrMEM9pc63dx2YbzEDqhMjAB8dVzkEH0&#10;rk/Fnwi8ReLPAPw88KDX/wCxLfSJrK51i/09kkuHa0i3QiATQvGw+1JDITKmNsf3cnjjdM+AXjnw&#10;Pe6dNpNzoHjO30ebWbfT4PFEpti9pqRt5pHk+z2pRJY5450CpHsaGYqDHnAAPUrP46eB7jxZrnhu&#10;58Rabpes6Vc/Zza6hfQQyXS/YoLxpoEL7niWK4XLYGCj9hks0j9oT4Za34RtfFNt498PJ4eurprK&#10;HULrUYreJrgdYcyFcPjnaecEHGCDXBWP7PWr2l2LgDw/by/8JhpGvY0+F7eJbW00q0s2ijTaxTEk&#10;Mxjj3MAjjL5JFcfqH7LXi250fwzbTLpWqpoUOr6QNPXxPqelRXdldzpKk7S2kausnyBJLch43GD5&#10;gIGAD6B1D4veBNJu9RtL7xr4ds7rTdn22C41WBHtdxATzVL5TJZQN2M5HrUd18ZfAFjpGkatc+Of&#10;DdvpesO0em30ur26wXrK21lhcvtkIPBCk4PFeX6f+zjf6f4cvNJi/spbeTxppXiCONpZZQLK0SyU&#10;xMzqWaTFq+3cWzlcvknHFfEb9lbx34i0vXtP0u+0d7LVX8Q4tjrV7piwG/u/OhldraLdchUyr20h&#10;EWecv3APpaX4heFoPF0fhWTxLo8fiiVPMTRGv4heuu0tuEG7eRtBOcdBmsGL9oH4XTpvj+JPhCRN&#10;8cW5ddtSN8gJjX/WdWAJUdwOK8i1H9nfx3qHxW0XXpr/AE240yx1zTtW85tcvo2SKCzjt5IBYpGL&#10;eRyyyMLiRi5VgmFA4k0/9lvVrbwPa6RL/YL30XwqHgYyjeV+2lBukB8rPkl/m3Y3HrszQB9L0VS0&#10;W1msdHsba5kEtxDBHHLIGLbmCgE5PJyR3q7QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFOy/4+dQ/67j/ANFpVyqdl/x86h/13H/otKuU&#10;AZ2lf6pfpWjWdpX+qX6Vo0kMKKKKYgooooApxf8AIWuf+uEX/oUlXKpxf8ha5/64Rf8AoUlXKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCnZf8fOof9dx/6LSrlU7L/j51D/ruP/Ra&#10;VcoAztK/1S/StGs7Sv8AVL9K0aSGFFFFMQUUUUAU4v8AkLXP/XCL/wBCkq5VOL/kLXP/AFwi/wDQ&#10;pKuUAFFFIzBVJJAA5JPagBaKqafq9jq32n7De2979mna2n+zyrJ5Uq43Rtg/KwyMqeRmrdABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAU7L/j51D/ruP8A0WlXKp2X/HzqH/Xcf+i0q5QBnaV/ql+l&#10;aNZ2lf6pfpWjSQwooopiCiiigCnF/wAha5/64Rf+hSVcqnF/yFrn/rhF/wChSVcoA8M/av1a+8B+&#10;HfDfxC0mxN9qnhrUXRIVGTKLu3ltEj+huJrU/wDABnjNfPkvhzVfAHh74geEbnZqlv8ACnwtfQWd&#10;7qVul1FenVXiuEd45QyybEhniKspGCQc5Ffe1FAHyB4Mvr/S/wBoSzZ/GepaBoV/4t8R2smmJLbp&#10;Z310v2R4YnEkZZndTLgBtwEfybSX3dl8RPjpqHg/4ma94Wn8R2+m39zrvhSDQtNnjhE1zaXV/DFf&#10;GJWXdIpTzlZ+dh6FTtr6NooA8J+LnjLxrpHxK1i38M6jcyRaN4IvNftvD1vaQyrql8jukMTs0bS7&#10;Sdo2xspJxz1B8Xs/j745i8B/arn4neHb231DVbO2g1+w1q0MenFrW5mmhu7p9JSG2BMUQRGtppQz&#10;GNiCysPt6igD4T8QftNeMJPhFFr2o/EaLwRq0PgOXV9M8mwtZF8Q6qk11FLGBPAc+WsFuxjjEZBu&#10;dxGxCo63VPjZ8SG+Kvja0HiXQdGh0iXVYofC11eIL5rSGzkkt7yK1NgZCWZY5fNa5aFlLJsDdPo7&#10;xz8JfDPxIuLeXxDa3l6kKiNrWPU7q3trhAwbZPBFKsc65H3ZVYe2K7GgD4v1X4s/FPSdd8G6SPHm&#10;lWUl5ommatBd+KLi3sBrlzcSsbi3jji06XzljURoI4XhlQSB2aQMNvaeGvEPivxX400/S/EPim61&#10;fwz4t1XxhoVxon2eG1S2tbO8uIIDDPAiTrII4ypcyHgggBhvP05RQB5D+zV4LtfC/hXWtR0+20rS&#10;dM17VZb+z0bQXR7CwgVEgRYzGSjO4h82Qrgb5GGMgk+vUUUAFFFFABRRVXS9Us9b0201HTruC/0+&#10;7hS4tru1kWSKaJ1DI6OpIZWBBBBwQQRQBaooooAKKKKACiiigAooooAKKKpnWLAapHphvbb+0ZIX&#10;uEs/NXzmiVlVnCZyVDMoJxgFgO9AFyiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKAKdl/wAfOof9dx/6LSrlU7L/AI+dQ/67j/0WlXKAM7Sv9Uv0rRrO0r/VL9K0aSGFFFFMQUUU&#10;UAU4v+Qtc/8AXCL/ANCkq5VOL/kLXP8A1wi/9Ckq5QB4b+1FoP8Awk8/wp00eGdD8YmfxbJ/xJPE&#10;cvl2Nzt0bVG/eN5M2NuN6/u2+ZV+794fPdt8TvG3gbwF4Q0Pw/4h0T4fWc8esXUj6zera22n6gt8&#10;wGiq0tldbxbhiohURvKBmJ1UBa+0PGfw90vx59j/ALSutctvsm/y/wCxtfv9L3btud/2WaPzPujG&#10;/O3nGNxzzX/DPfhb/oK+OP8Awvtd/wDk2gDwiD9obxyfj5Bo0OrWV6kmoX+lyeEWuoPOEsOlT3Mb&#10;xwi0WZIpJoQEmluT5iscQryU5aL9pHxrDo11NoPxHi8bTP4a07UNTlntbWCPw/czX0cV2zNDas0a&#10;wxM52yxytFjfIrgYP1RpvwK8N6VqNrew6l4yea2lSZFufG+tTxFlIIDxyXbI65HKsCpHBBBxVaD9&#10;nXwVapc/Z18Q209wYg95B4q1WO6EcYfy4VnW5Eiwr5rnyVYR5IO3KggA+b/EPxw+KFj4X8Mwf8LC&#10;8IWtpftqjxeNl1qH7FcvE0P2a2e6OlNBJJh5iUjt4vNEQ8uRSrBvefgDr3izxdqvjbUPEviE3q2O&#10;pppkGk2cEK2NviztZneN/KWd8vNJgyN93Hyg1sf8M9+Fv+gr44/8L7Xf/k2j/hnvwt/0FfHH/hfa&#10;7/8AJtAHyzP8a9VbxBp/iu78aT634s03w14lnvvDltZWu/w1cCS2VYAqorYTbyZzISIi4yp2no/h&#10;r8YPH/xE1/TvCcfxGiKSeKJ7BvEWhPYam01qNIN2qJObGGByJlI3rbgYyuXxuPtk3wq+HNvqZ02X&#10;xf4ni1ETx2ptH+JOtCUTSI0kcew32d7IjMFxkhSRwDVu1+CXge+v72xtvEXjC4vbIoLq2i+ImuNJ&#10;bl13IJFF7ldy8jOMjkUAca/xI8X6/wDs1/DPW4dfbSfEviG90SxvdWtLSBnxcXEcUzrHIjxhmDMf&#10;u4BPAxxXn+o/Gz4raf8AEPxpZ2euaLc3mgDVYrTwbqF2i6jqMNvYySWtylolgshaWRYpDKLnyWDM&#10;iojYx7nqnwR8EaJafatR8Q+MLC18yOLz7r4ia5Gm+R1jjXc16BlnZVA6ksAOSKt/8M9+Fv8AoK+O&#10;P/C+13/5NoA8L1PX5viA3gWz0X4yTeNh/wAJfpxTXbXSbWOXT5H06/MsaOsQt2bC5ETozwlv3u/K&#10;iqOn/ErxjFqmi63qnxJvbG6k8J+KIrO2u7aE2F/f2F4YY5ZLaGAySOsYE7rD82Im2AJ5iN9Bf8M9&#10;+Fv+gr44/wDC+13/AOTaqL8EfBL6rJpi+IfGDalHCty9mPiHrnnLEzMqyFPtuQpZGAbGCVI7GgDw&#10;jwp8U/EHiw+A7/Uvihqdrpdn46Ol3uqWN1pc1hexy6TPLFE13FbJFcL9oEcQXyomVp8MplSKRK+t&#10;fGH4mad8O/AeoSeP7XTF8Ty6rPdeIdels9LtLGSB1S1s0m/s+4jHmL5r7ZE3uYWCyLwp9/8A+FI+&#10;CP7V/sv/AISLxh/afkfafsX/AAsTXPO8rdt8zZ9tzt3cbsYzxVv/AIZ78Lf9BXxx/wCF9rv/AMm0&#10;AeJeFPjF8Ttb+Nmk6LqnibwtpAin0+KXw/JfGNtWtpLGOSe6tIH08zSgytNskFxGi+UEkjDAluQ+&#10;E/xg8XaJ+zRZQX3iK28Eatp2h+HI9Ktb1I1thpLwQKL5bo28yo8xE0ZkmRoYGVFdB/rH+nP+Ge/C&#10;3/QV8cf+F9rv/wAm0f8ADPfhb/oK+OP/AAvtd/8Ak2gDh7T4s+I7n9lFPGFrqk0mr+eLabXLizhn&#10;Nvbf2l9nmvglvmKZYrffOJEASQRh9iq2wef6j8ctViuNJs5fi/8AYPA8vii402L4ieRpq/brVdLN&#10;xjzXgNqdlzmLzY41U7dv3gxPvH/DPfhb/oK+OP8Awvtd/wDk2p7T4CeErSVJi/iO8uIvMMFxqHiv&#10;VbuW2LwSwO0Ly3LNCxjnkG6Mqc7WzuRSADze8+LHipf2YvCfii+1o6JdajeWlvqXis2cafZbB7ry&#10;/wC0fJkUxp5kQjb5lKJ524jauK8Ms/i54s8OaffWvhfx7pVho2qeI9euP+E41q7t7K3v7iM2wt4/&#10;M+w3MJLq0kmxI4zNs/dOgG1vrT/hnvwt/wBBXxx/4X2u/wDybVPUfgn4H0j7L9v8ReMLL7VOtrb/&#10;AGj4ia5H50zZ2xpm9G5jg4UcnBoA8kv/AIza6/xTvNN0r4m293rmjaI17feCWl04w6nqjWXmw2Fh&#10;GbdL10z+8eQuT8yoOd4j6f8AZZ+JPjLxzpXiK+1rxRoPjWOOytbiC20rUUnubO6ZZTLbzbLG1WHO&#10;1AInDyRlW3s2Rj0D/hnvwt/0FfHH/hfa7/8AJtVNU+CPgnRLM3eo+IfGFhah0jM918Q9cjQM7hEX&#10;c16BlmZVA7lgByaAPJf2d/i38WfHa392+q+DvFt89hDPc+HLnXntbjR7syESQyLFpQe3AG5fJmM0&#10;gMY/eEEsZrTxN8RfEvjrS7WL4k6lpen6z4w1/QTa22l6cws7azFw8JhZ7dm8z9wFLSFwVY/LuG6v&#10;VdO+B3grV7d57HxB4xvYEmlt2kt/iHrkirLFI0cqEi9I3I6OjDqGUg4INWv+Ge/C3/QV8cf+F9rv&#10;/wAm0AfL3ij9qbxzp2j+EbtPFFrYajBptjcXdreyWtsutu2oTW8zQwm0lknOyDLrFJbrDvDbmBAH&#10;o3w18VWOlfF3+29audP0mzt7PxklxdeVFawqsfidYUZ9oVSxVEBc/M7ZZizMSfW/+Ge/C3/QV8cf&#10;+F9rv/ybVjSfhl4T8A69peojXPEUd7JMbazh1nxpql3DcStG/wC7EFxdPHK2wOwUqSNu4YK5AB6H&#10;RRVRdWsX1WTTFvLdtSjhW5ezEq+csTMyrIUzkKWRgGxglSOxoAt0UUUAFFFFABRRVT+17H+1f7L+&#10;22/9p+R9p+xeavneVu2+Zsznbu43YxnigC3RVPVtYsNB0+W+1O9ttOsYtvmXN3KsUaZIUZZiAMkg&#10;D3IFP1LUrTRtOutQ1C6hsbC0iee4urmQRxQxqCzO7EgKoAJJPAAoAs0U2KVJo0kjdZI3AZXU5DA9&#10;CDTqACiqlzq9jZ39nY3F7bwXt5v+zW0kqrJPsGX2KTlto5OOg61boAKKKKACiiigAooqrquq2Wha&#10;bdajqV5b6fp9rG01xd3UqxRQooyzu7EBVA5JJwKALVFFFABRRRQAUUUUAFFFVbvVLOwuLKC6u4La&#10;e+mNvaxzSKrXEojeQpGCcswSOR8DJ2ox6A0AWqKKKACiiigAoqnpWsWGvWKXumXttqNm7Mq3FpKs&#10;sbFWKsAykgkMrKfQgjtVygAoqnBq9hdald6dDe282oWixvc2kcqtLCr7vLLoDlQ21sEjnacdDVyg&#10;AooooAKKqWurWN9eXtpbXlvcXVk6x3UEUqs9uzIHVZFBypKsrAHGQQeho0rVrHXdOt9Q028t9QsL&#10;lBJDdWkqyxSqejKykgj3BoAt0UUUAFFFFABRRRQAUUUUAU7L/j51D/ruP/RaVcqnZf8AHzqH/Xcf&#10;+i0q5QBnaV/ql+laNZ2lf6pfpWjSQwooopiCiiigCnF/yFrn/rhF/wChSVcqnF/yFrn/AK4Rf+hS&#10;VcoA8W/aV8X6H4el+G2n+INe07w9pd/4qtrm6utUu0toBFZxy3ilnchf9fBbKAT951rivEXxl8W+&#10;KP2h9K8PeFPF3hzSvDiNpVzb21zqCebr9nP++uJ7dPskpuIzCHjRop4Qki5csrKD9PUUAfLHwv8A&#10;HureFf2OdY8eWHiSbxVq+oXN5qi32qeTKmnGe8KkyLBGgCQKxlkQjKlZFGxQqpzN3+0DqVjd2OmX&#10;fxgey8H3Wu3ptviBNZ2CSX2n2unRGZISbf7PIv264WNJEiJfy9qlzy32Hquq2WhabdajqV5b6fp9&#10;rG01xd3UqxRQooyzu7EBVA5JJwKpy+FtLm8VW3iR7bdrVtZS6fDcmRvkgkeOSRAudvzNDGScZ+Qc&#10;4oA8i+A1rrni7XbDxx4qvNPk8Qp4P0vTLnT4H23VpdSF7q5NxCBiFpFe0ITJ+43QYr5d0O18WanJ&#10;4ZXTmu7GC/vdZ+GWlglsrFJcvJe6io4GQsb8HobEY65r9FaKAPnL4Z+Pdf1X4p6V4X066it/Cttq&#10;GumCxigj2xaZpottNhhV9u7Bu2mkzncdjLnYNteaab8X9W8P/E/x9rvhnXJPEmq3Wua9c6j4KtrW&#10;GXbZabpj29vMzLH5yGS5tLaNPn2OJnwC2SPrqy8DaLYeMdS8VRWjtr+oW8dpNeTXEkpWCPlYo1Zi&#10;sSZJYrGFDN8zZPNb1AHxLofiDx38XtH8JaNqfxJ0LXotc8W6fJaap4YuIb5rT7HazahcEbrGCMBZ&#10;IbTYkiSsjsQ7OQRVDVf2nfHU2g/D6w07xEYvE98NNuA97PZQf21Bf6k8FqRbfYpGl/corSvFJbIh&#10;kGCWKrX27q2sWGg2El9qd7badZRlQ9zdyrFGpZgqgsxAGWIA9SQO9Qaz4o0bw4UGravY6WXilnQX&#10;lykO6OJd8rjcRlUX5mPRRycCgD5L1L47fEDR9MufGFl4ik1qyv8ATvE+r2uiXGn24trGxtb2O3sJ&#10;yY4xMxAmSRyZCGRXAGVLnl7v4r6/oWr+Itc0H4k2WtWWra1ZeGD8QNZubOwtBBZ6fJeskdxHZzW6&#10;F576RI2aB1IRlyzEPX3HHrFhNc2lvHfWz3F3A91bxLMpeaFSgaRBnLIDLGCw4HmL/eGblAHw5rvx&#10;M8d+HNQvdaute0Ox12ZdA8Ial4umultNNtzHY3GpXEqzSWsqQvKbu3RTJbldzAbVyorptN+JfxPu&#10;5rb7V44ga70278L6M0OlWVvLZ6rd3k4luZHeS3WTb9hnhciMQ4KEqFGQfrLUNXsdJ+zfbr23svtM&#10;620H2iVY/NlbO2Ncn5mODhRycVboA+bv2i/jzqnw08W67o1hrUOnXsvhAvodg8UbyXmrXN2beCSM&#10;MpMnk7AWQfLiUFh0I4/xR8bPirp/jrUNC0e8W8tovE9z4Vt7qeyjPmXd1ZPNZZ2xj5LURrLKf4hO&#10;BkhSK+waKAPE/iZ4s8UaT450zRtE1jUJItC8LX3iLVLe0tbZ7jV5YpIFtbclomCeaVug3lqp7LtO&#10;Cvhuh/tE+Nrf4eS6rrPxC8P6l/wkF1Z2enano2s20cGlXX2e4ubpJZpNKKxBkSGOO3aG5m37lLkk&#10;Y+3qr6dqNpq+n2t/YXUN7Y3USz29zbyCSKaNgGV0YZDKQQQRwQaAPkX4WfHLxd47k8EWfiP4gr4P&#10;1i60fRdQtNOi0yC7m8RteSu7u0flBvJECxozwCIRO0kjlUVVrK8N/FrxP4V0bWta8O+JL7xheXmp&#10;+LtfvNLuo7eZ4YdOVrW3tnWKIPHuaWwldRhhgBRhmD/a9FAHzx8F/if4ns/hH468beLfFej+P9J0&#10;mCW+tbjwveR3rYhtfNuIVkS0tUb5gNi7GZd21nYivHfDXxm8RePr06Z4i8R22t6DbeL9Ju47m31C&#10;1vQkVpZzaxOBPBaWqSIv2a1AIRgGb/WOCDX3TRQB8NfBPx/8Q7bxD4M8J2XiDRdFgtbfT9Ru/Dt9&#10;dKuoaul3b/2jfTRQtZu0o3Tywo6XEKrJAwcHcAbfgD43fFXxxp2n3I8c6B53ibVNK09LPR5Ir250&#10;KeWd57iFonsovKK2kE6NHM87q6btygivtqigD5+0/wCLuqeGP2aNa8Y61rFxrMsWp3un2Gryta2c&#10;rQNqj2VpcTSeT9njAUxyPJ5WwICxQ4IPjfhT4teLfGlvpV/q/ifTZrzwzN4q1ew1q/lWa0j+ywR6&#10;dby3DwWtvvjE19c/OsCHy0PBwTX3LRQB80eCvjX4jg/Zj8deNm1K58T6vpL3S2t5eC0uLYskUY8y&#10;KaziijubVXLyeYEVtodTkpuPk938V9f0LV/EWuaD8SbLWrLVtasvDB+IGs3NnYWggs9PkvWSO4js&#10;5rdC899IkbNA6kIy5ZiHr7vooA+UY/i5rt3418IeG2+KtsfGGj6RbX3iTQdMk07ydamEJmW2tYZr&#10;YXTTXC4ZmjKLGgGEDOMb/wCyn8SfHHxE03W/EPiDxRoHivTpLC2nj07QrtbiWwu2EjyQEC0tzD8p&#10;jXyZXmkRkOX5r6PooA+LdB/aG8a3nhi/8V23jMa/p9jouna/4hgtdOgNvoc5v4XuNMjZYt5b7H9q&#10;R1lLyoyK+YywA0Nd+Kfxebx/4b8NHxPonhLVdQt7bV007Xp4rWS6a6vZdunxRiymNwtvBGkUmx4p&#10;BJIXMm3FfYVFAHgWg/EjxTZfAfx98UJtSufEMpj1e+0PRntIVt7a2gnuRaY8pFkffGsTOzM3A+UA&#10;5LeG3fxV1/R9V8R+ItC+JGn+I4ry/wBI8JP4/wBVls7HT7VIrS5v7jy7iK1lhj3yXMUSNJDIMsqs&#10;WYKT930UAeF33jzxb4a+Fnws/tbXdPuPEet6rZQ3+raegeCa0RJLy5dQ0SfftbaQMRGmN7FQhC48&#10;N1zxj8QfG3w6TQNb8WT6k3jrwzozTWk+n2scenyavqSW8McflRqxAtlu94kZs+USNvIr7mooA+Nd&#10;c+N/i3QLe/0nVviLdaJpsN/4gTT/ABRNp1k9/qkli8FvDYRRiDyXla4e5yqxeYyQhV53ONmz/aC8&#10;XnxTF4X1DVI4fGdxr2hWT+HLS2ia5t7caXDqGpOqFSSkn+kwhmPGxthBXNfWNFAHyf8As2+NL74x&#10;fFnSfEl/4uTxVcad4PN5e2VtDAltol5qVxG32JDGgfdEli0ZEzO+QxJG7aIdT+O/jLR9D8T3Wqax&#10;NZ2WhaxdeFjqUn2SwjmvptSf7PPLPLbypDDb2S25LiJwzXLAq7IDX1tRQB8RaR8dviF4l+GMOpHx&#10;xcaZLpnhzxN4iu7+xtLO5mvI7a++z6bGWktETL+XPkrBGXAA2KzfJ7P8XfjXd/By/wDh5L4m1e10&#10;uzl07Ub3WAVRUvp7e0QrbRMwJDNLLvVU+Y+URyMg+7UUAfFepfH/AOK3g21snvrmXWTpeneGtZ1x&#10;VsIVkdbsx281nGEiGJZ7iV3X+6tuwBBPPrfxc+IF58Kvg14btfFXxCTQPHepNFbJqUU+n2cdxeFd&#10;0oL3UEkMdsmSSxTftRQN0jBX95ooA+NtY+PvirR/il4H8KaX43HiVrW+03TtXuPOsF/txJrT7bNd&#10;w2cVmziIwEhJFuY1LrtCybWJ4W6+PHjH4z6Z4o0fT7638RaTryaD/Z+kT6pay+RLeX7ubOSeCyhE&#10;R+zWtwsiE3BjIA3khlr9A6KAPnef4u67Zfsq6X45fxNCdW1uSx+0a3PZRx2uhC7u4op2MXGEtBJI&#10;P3pY7ov3hI3Y8Z8cftO+KPCvwz1i4s/H9xqEs19rl7oPiO6m06z+12Gn+VbiFANPlS6kefzXCxxI&#10;SoYmSNBkfa3irwrYeM9HfTNRe+jtmdZN+m6jcWE6spyCs0DpIvPowz3qTwx4Y0vwZoFloui2aWGm&#10;WaeXDAhJ2jJJJJJLMSSSxJJJJJJJNAHyfP8AtEeLr/45aB4aTXW0xbeafT9f0qO4tJZQYNLkuZ7m&#10;O1+xNLGpkCiJ3uSHK/6kqSR61+yHqUF18DPCiSeMB4t1m706LWr1pLmCWa3a7aR2QiJVwglW4QFh&#10;ndFIufkwvtVFAHyx4S/aA8J+Hfh58W/Elr4n07VfEc2u6lqEul2Gp2wvraFLiPTbaeRX3eTGEhtn&#10;MkiFURlJU/dPmN7+1X4w0z4U6y114uQ6qNX1dtM1+LVbBYpbOwtbVpIlmbStly7zTyGNEtEZkQku&#10;FQu33rRQB85/s/6xrPiz40eMNS1/xPPcatYeG9Bsbnw8rQLbwzS2oupZ0RYxIFLysFYtglpVO4JG&#10;I/H/APhfNxrXiK38a6p4pudWuvD+kaxq9x4ctEtIE8OXMt1Fp9pA8jRExyLHPM0rXHmBfLLBAjbT&#10;92UUAfBV7+1X4w0z4U6y114uQ6qNX1dtM1+LVbBYpbOwtbVpIlmbStly7zTyGNEtEZkQkuFQu3eP&#10;8XfiAfCureJdR8Yx6HY2uo6J4cuJ/slr9g02Se1s5NQ1CVniLYSS4eNMusauPnDLX1zRQB8U6x8b&#10;vH134O1WXTvHeoWtro+h+IdftdcGk2RudYtoriKHSSyPB5YEr+f8yRoJEVSAN4ZfYfAnjvxT4U0v&#10;4uXvi/Xh4ktvCCxyG4NtDbrHOumxXd1FGIlXMSmVNu8s4yQzMRmvdaKAPhXRvG/j74F/DyHwxaeK&#10;oZIrbSfDcN1qeurb2droN5etdPcsZktn2JtiiG+dJgslwjNlcrXonwm1jxJ4o+OPgSPxP4/j1K+0&#10;/wAH3uqC00u4t3s9Vjub944JN32WF5WSCGLzHRI1DqhVUV3WT6mooA+V/Evxc8W61441yxs/F114&#10;b8P2eoa5dy3NhaWks0Gm6XZ2kUoVpoXUFr6eQlnVsBdowBXMD47+O7/XPDGjXvjRtF8XiXw3Zv4X&#10;srG0M2rLPaw3WpXjLLEzhArTxJ5bIqvCQ2SRj7PrlB8L/Dp8cjxfJb3lzriEtC9zqVzNb27mLyme&#10;G2eQwxOY8oXRFYgsCfmOQD5Y8C/Hf4l6r8OfE/xA1DxjoF9pmnRabqd9pGkTJd3Gkr9tSS7tXj+x&#10;RNCfsgmjaOR5pVddwdcitXxX8dPHfhGTV9K1fxGmmeLtY0CwuND0GS1t/PgvtT1O4ghSNTHmU2kS&#10;wI+7cpdstncAPr2igD4X8W/GjU/B8fjjUovF7eDrbWbrxJ4gtLyOOCWbWrixki0yzsYDMjjDLaB2&#10;CDzNhQqyAM1df8IPFHjnT/i5o3w6tPEehaVoPg9bfRJfC91dKt/dWUGnIDci3+xs5DSsjpMtyke1&#10;dhRmzX1zRQAUUUUAFFFFABRRRQAUUUUAU7L/AI+dQ/67j/0WlXKp2X/HzqH/AF3H/otKuUAZ2lf6&#10;pfpWjWdpX+qX6Vo0kMKKKKYgooooApxf8ha5/wCuEX/oUlXKpxf8ha5/64Rf+hSVcoA8a/ac+J1n&#10;8P8AwrpdmvjlPA3iDWLzyNMu5Lqxt43ZVPmNNJeRSxrBGGDuQu84VUO5wreOat+0R4l0f4weFfDe&#10;m+Ln8RW+m3Uen6zGZbLztYjj0t76e9js4rPeiOg/duLpFZ1wsbKGavsiigD4D/4Xf4w+MPhfxpo0&#10;GpWviay1eXw5BpemyarbTBZry7llmtGubexgVMW1uyOCJ9jdJGO4L1cPxk+Inirww2t6N8QJjNba&#10;Jo19JaWuk2Yjk1bU9Qkgj08iSJ3WKHYsTLu80lgTJuzX2jRQB8eeJP2otd08a7BYeIYbzVNHvPF1&#10;/e6fDbwtJaWlh5lrY20q7MqZJ5LWVSfnbcmTtbBv6b4t+KGg+PhpuofEW51u1sfFekaBJFLpdhFH&#10;dyS2KXmoozpCCsccJLx7SHDZDs4HH1pRQB8PXfxb+Kt74XufEFt8Qr60N34Ok8V29gukWDJDLdXj&#10;R6RbKWhLbJF+WQuWYhPlKkk1ta58ffiEnjD4najb+J9As9N8Lwa0i+EWuVbUUW3jaKzmNubMMrTT&#10;mGRXa5aN45sBMq2PseigD5u/aFF54Y+Evgjw94s8emO51bxNpqal4mv4rSFLdYGN7IwURLEsYa0A&#10;HmKRhgHLZOeJt/jt4/1Tw5Z21lrsst1cafHb2l/dadAk14+o6+1lpd5JH5QVW+x28s20KEPmMSuA&#10;uPsesHxD4G0XxXq2halq1o95c6JcNd2CvcSCGOcrtErRBgjuoztZ1YpkldpJoA83/aJ8TxeCrjwf&#10;qTa3b+DFvr6TSbzxjcLE39lWTQvcSLGZg0SyTSWsEYMisuSOGIVT4uvxd+KeueGGvIPFd5pl9pGj&#10;aVIIP7ItUk1S91DVJ7eyFwkkTGPfAkDvHGEIM42lMYr7OooA+IPFnxl13xH41bVbfXG17VvCtz4n&#10;14eBIrSErpaadDPY2ZnCJ9o8yVrlJm3OwIceWnygt0vwx8ffEzxtq3hjQ5PiZpGq2mtahdXTa54V&#10;mtdReK0trJRPCsjWEMQH2m5tWX907IMqzvyK+uqKAPj3RPjR8VfEXxAs/C0GoeTBqF9rfh631L7D&#10;Fk3VlqsZmu1zHt2RWLSxoGGHmiIYEkGsnwb8c/in4z0LVdXj8aeHoLjVrjTtMttFs5UurvQL681K&#10;KJYpYGsojE0MH2jzI5ZZ2LRBlIVhn7YooA+TdD+LXiO/+NR8Naf8SLnX5bXxYNBbwzPa2Iml02HT&#10;1a8vp2hgjkjIufMCOhRNyhMMWwvSftOePb34L+HPCWk+FNft/ClhBBLGNMsDbLqdzDEkccMNhHdR&#10;SRTspYZgG2RxtCMvJr3nw54X0zwlYz2ek2otLee7ub+Vd7OXnnmeaZyWJOWkkc4zgZAGAABq0AfH&#10;PiH4nXng7xh8VtRj8d3v9p3niXT/AAlZ291fWFjBpeywF0LiRpLSfyld/tcaZikMh2qAzEMvJf8A&#10;DVHj7VPCHw2t7PX0tfF2oJplxItxd2ca6tHf6k9vbhbc2DPMFiQGV42tVUyDHzFUr7zooA+Y/CHx&#10;X8TTfEPSNZ1bxsqeDtU1HxI7WF3b2kFlaaVp8/2aKczeWJAxmeE7mk2lZQCuea+nKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAp2X/HzqH/AF3H/otKuVTs&#10;v+PnUP8AruP/AEWlXKAM7Sv9Uv0rRrO0r/VL9K0aSGFFFFMQUUUUAU4v+Qtc/wDXCL/0KSrlU4v+&#10;Qtc/9cIv/QpKuUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFOy/4+dQ/wCu4/8A&#10;RaVcqnZf8fOof9dx/wCi0q5QB//ZUEsDBBQABgAIAAAAIQBHEQDf3QAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U0UU5tmIyK2JxGqhdLbmB2TYHY2ZNck/vtue7GXgcd7&#10;vPdNthxNI3rqXG1ZQTyJQBAXVtdcKvg8vD0tQDiPrLGxTAqu5GCZ399lmGo78Af1e1+KUMIuRQWV&#10;920qpSsqMugmtiUO3sl2Bn2QXSl1h0MoN42cRlEiDdYcFipsaV1Rcd5fjIL3AYfVLN702/Npff0+&#10;zHdf25iUenwYV68gPI3+FoZf/IAOeWA62gtrJxoF4RH/d4OXJMkLiKOC+ex5ATLP5H/6/AcAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxz&#10;hI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaq&#10;gZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+Wszl&#10;jJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oa&#10;SAPvWv71WfcCAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6+yI4o8FAABeGAAADgAAAAAA&#10;AAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEApvGTEwmmAAAJpgAAFQAA&#10;AAAAAAAAAAAAAAD3BwAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0AFAAGAAgAAAAhAEcRAN/d&#10;AAAABQEAAA8AAAAAAAAAAAAAAAAAM64AAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBY&#10;YLMbugAAACIBAAAZAAAAAAAAAAAAAAAAAD2vAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsF&#10;BgAAAAAGAAYAfQEAAC6wAAAAAA==&#10;">
                 <v:shape id="Image 32" style="position:absolute;left:57;width:42291;height:34150;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, email  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCg9UGQwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3gu8QjnB3mqpwkWqUIgi69H97aI5tsTmpTWrrffobQXA5zMw3zGLVmVI8qXaFZQXjUQSCOLW6&#10;4EzB6bgZzkA4j6yxtEwKXuRgtez3Fhhr2/KengefiQBhF6OC3PsqltKlORl0I1sRB+9ma4M+yDqT&#10;usY2wE0pJ1H0Kw0WHBZyrGidU3o/NEbB36VtX82Md8l1d0kaezyfH1mp1M+gS+YgPHX+G/60t1rB&#10;dALvL+EHyOU/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKD1QZDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, email  Description automatically generated" r:id="rId37"/>
                 </v:shape>
                 <v:shape id="Graphic 33" style="position:absolute;left:32067;top:4210;width:2019;height:2768;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="201930,276860" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m201930,l,,,25400,,251460r,25400l201930,276860r,-25400l25273,251460r,-226060l176657,25400r,225552l201930,250952r,-225552l201930,25273,201930,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBW8NB8xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeAVvmm2Fpa5GaaUFL4K1Fa/PzXOzuHlZkqirv94UCh6HmfmGmc4724gz+VA7VvAyzEAQ&#10;l07XXCn4/fkavIEIEVlj45gUXCnAfPbUm2Kh3YW/6byJlUgQDgUqMDG2hZShNGQxDF1LnLyD8xZj&#10;kr6S2uMlwW0jX7MslxZrTgsGW1oYKo+bk1XwmZuPZnHibuf343y1Lde3cbtWqv/cvU9AROriI/zf&#10;XmoFoxH8fUk/QM7uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFbw0HzEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 34" style="position:absolute;left:32067;top:4210;width:2019;height:2762;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="201930,276225" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l201929,r,276225l,276225,,xem25273,25273r,225678l176656,250951r,-225678l25273,25273xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0kM5VxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAq+1ayXim6NImKh4AVvIH07bE53l25OliTVbX99Iwg+DjPzDTOZNaYSF3K+tKyg20lA&#10;EGdWl5wrOB3fX0YgfEDWWFkmBb/kYTZ9ak0w1fbKe7ocQi4ihH2KCooQ6lRKnxVk0HdsTRy9L+sM&#10;hihdLrXDa4SbSvaSZCgNlhwXCqxpUVD2ffgxCpbb1etp9enCdr0728H4b6NNVyvVfm7mbyACNeER&#10;vrc/tIL+AG5f4g+Q038AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdJDOVcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 35" style="position:absolute;left:63;top:4210;width:3823;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="382270,330200" o:spid="_x0000_s1030" fillcolor="red" stroked="f" path="m382270,l,,,40640,,288290r,41910l382270,330200r,-41783l382270,288290r,-247142l341122,41148r,247142l41148,288290r,-247650l382270,40640,382270,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByLr4ExAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96aZKRFPXUIRSDyLWFnt9ZJ/ZmOzbkN2a9N93BaHHYWa+YVb5YBtxpc5XjhU8TxIQ&#10;xIXTFZcKvj7fxgsQPiBrbByTgl/ykK8fRivMtOv5g67HUIoIYZ+hAhNCm0npC0MW/cS1xNE7u85i&#10;iLIrpe6wj3DbyGmSzKXFiuOCwZY2hor6+GMVOPNN6f50SPgya3fv+0WovV4q9fQ4vL6ACDSE//C9&#10;vdUKZincvsQfINd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHIuvgTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 36" style="position:absolute;left:63;top:4210;width:3823;height:3295;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="382270,329565" o:spid="_x0000_s1031" filled="f" strokecolor="red" strokeweight="1pt" path="m,l382270,r,329565l,329565,,xem41148,41148r,247269l341122,288417r,-247269l41148,41148xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCZcwy1xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/7DcgXf6kYDtkZXEUvFPhSp+gGX7DWJZu/G3TVJ/75bKPRxmJkzzHLdm1q05HxlWcFknIAg&#10;zq2uuFBwPr0/v4LwAVljbZkUfJOH9WrwtMRM246/qD2GQkQI+wwVlCE0mZQ+L8mgH9uGOHoX6wyG&#10;KF0htcMuwk0tp0kykwYrjgslNrQtKb8dH0bB/WX+9hm2m4/2mnZFerE7d+inSo2G/WYBIlAf/sN/&#10;7b1WkM7g90v8AXL1AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJlzDLXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2780B19E" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
@@ -9974,51 +9975,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="6C999BA3">
               <v:group id="Group 37" style="width:333pt;height:197.95pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Graphical user interface, text, application, email  Description automatically generated" coordsize="42291,25139" o:spid="_x0000_s1026" w14:anchorId="749BA01C" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKaRPU3UBQAAPhkAAA4AAABkcnMvZTJvRG9jLnhtbOxZ227jNhB9L9B/&#10;EPScja2rbSHOotg0QYDFNuim6DMt0ZawkqiS9CV/3+FlLNnyNUC3L1lgTco6Is8czhzSyt3nTVU6&#10;K8pFweqp690OXYfWKcuKejF1/3p9/DR2HSFJnZGS1XTqvlHhfr7/9Ze7dZNQn+WszCh3YJBaJOtm&#10;6uZSNslgINKcVkTcsobWcHPOeEUkXPLFIONkDaNX5cAfDuPBmvGs4SylQsC3D+ame6/Hn89pKv+Y&#10;zwWVTjl1gZvUn1x/ztTn4P6OJAtOmrxILQ3yDhYVKWqYdDvUA5HEWfKiN1RVpJwJNpe3KasGbD4v&#10;UqpjgGi84V40T5wtGx3LIlkvmq1MIO2eTu8eNv22euLN9+aFG/bQ/crSHwJ0GaybRdK9r64XLXgz&#10;55V6CIJwNlrRt62idCOdFL4MfX/iDUH4FO75kRdM4shonuawML3n0vz3M08OSGIm1vS2dJoiTeC/&#10;lQh6PYnOpxI8JZecunaQ6qIxKsJ/LJtPsJoNkcWsKAv5pjMT1k2RqlcvRarUVReg5gt3imzqBlAX&#10;NamgIp4rsqCOus6oSCE1n0w2ktJZCqiNopaUz0lKbxwJst44pGnKIoXJWH3jQJUUpeM8qEeLRn3n&#10;kKVkUC0AKcs3Z0FryomkmZIdOShGaoV7BGdl0TwWZanWVfWtFMBqL+EOqGmS+YGly4rW0lQnp6Um&#10;KvKiEa7DE1rNKITPnzMPkgKcQYIEDYcgTVoIyalMczX/HHj8CQWsiJJke0OTbnmqEIRN33dlZDQO&#10;1dTbvCJJw4V8oqxyVAe4AgdYTJKQ1Vdh2SDEamgIaGbAR5kPuJlA9eCqp99VBfs9Jw0FCmrYTgpN&#10;MIVsxjjBREViUaqm7dURfYIoDKMRFCfUZujHQyMESbB4Yz8ehZGp3SAYgt3uCZUujVBdccACMyMT&#10;CJZjL93U2FVyKjcutRtLSAqQ2HXAjWdqeJCfSPUcdp311EUmORSOIaLuVmxFX5nGSeUkiEIbgiVt&#10;IWXdhUbjKJqMdOQYFAKwbfSYHWDogZVZBRCEbQ/sj8f+5DQ69LwQql4Z4zXgq2hcBT5N1+TJJZjz&#10;k5qxLgjbAHeSDyXH1kjfWfvr0EAiHnknl7Uz9gWUO+jzQuyAI1/XL6QtxoZtL8b9ZUhLJihUDzyr&#10;ymfb0XUEX3YrVbCyyNDkBV/MvpTcWREoycfHIfyzWnRgsNUKa7KqN2PZG2xja9inpq74Z0nUnlk+&#10;1+BysF4SOxw7M+xwWX5h+iCmixbc9XXzN+GNNVq1vX1jaHY9vzVY9WTNfoM9bl5oM24ZQdTqAoz3&#10;JzlwCOGaTRwdGL6xngs+fbUDB3AK0BZ40IH9SWQOT7CeuNN11xW3p//cgQ2RQw5syhUz6Jj5dpIe&#10;oZjo2PYSPlCT4kaNKGwN2nrFpcD9qXslZEppf/s5Hnzr56Hnj/QxF1bqmAgtGjwl9OKTDtTZha5D&#10;d5mgWtga1Voeh7A9UazBHPKVslZaQehgISo5OgYCF5f4jDl6PRCRGz/SI2yFseVtDjNt1X/4kBvC&#10;WXrPh/SOpkS6yIfAWDw46MFRZBLEsa/rrD0H+lEYB/Yc6I/icYyl89NdCJnAOdASOeRCiIJwAt8L&#10;cHM/Vom+D9VqDmJdOJYJtqZcOmA/DEdnduwOk+vQh4j0arE1KJznYl1wBY9psmvkKAG2O37rjSIc&#10;De9j28X5YeSdOT6bSXcyDEfC1i6CTUh1dO7mI6Kw7aPPkwi88cj8MLiAcQsOzsqAa6Sy8hrwvri9&#10;NDhhyddb8MdRD8+f1jzt+5rQ71msf9VRT1lsiBY7Hu0d9DA59GuyUez7eHz4ny1WETlksbv+cMxF&#10;dFQm6P0sPlCiBggF3UaPKGx3DOVS4P7UvQI65qPHgu9W/XiEJ7djIrRo2ALC7bkQQ8LWelW7F12H&#10;VrMgExwSWzN0y+MQtifKCVf5OOjZn8DdH5z6dTS8pNc/vRfmFa76K0D3WuPbP3vc/wsAAP//AwBQ&#10;SwMECgAAAAAAAAAhAIbR0464WQAAuFkAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBK&#10;RklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhAN&#10;DhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAY0CmwMBIgACEQEDEQH/&#10;xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMA&#10;BBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0&#10;tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEB&#10;AQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2Fx&#10;EyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZ&#10;WmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TF&#10;xsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP0q8NxJ5C/KOgrp&#10;Fgj/ALgrnvDn+oX6CukUcUnuAnkx/wBxfyo8mP8AuL+VPopgM8mP+4v5UeTH/cX8qfRQAzyY/wC4&#10;v5UeTH/cX8qfXlV18Ydb067uNPvvCdvb6rI1mllbLqwkXdcStGiXTrFiBwFLkIJRgHBOOTd2Dpc9&#10;S8mP+4v5UeTH/cX8q8wX4u659jsLxvCcCWjXw0y8J1YeYLn7W9s0dsnlZn2lC5LeV8pGMkMBpeB/&#10;ihdeLtZt7efRY7DT9Rtrm80u7S88554oZkiYyx7F8pj5kbABnGCckEYppX2E3bf+v66ne+TH/cX8&#10;qPJj/uL+VeSD473oginbw1F5OqKToZXUsm7/ANMitQJx5X7jLTxP8pk+Ut3G0tPx21JJtQhbwtD5&#10;uhjfroXU8i2Q3DxK1ufJ/f5EbvhvKwAB1OKS96yX9bf5r713CT5b3/rf/J/c+x675Mf9xfyo8mP+&#10;4v5V5e/xi1Vdc13Sv+Ef043WnW7XRQa9Fm2jEqqGvjs22oMb+cAGkJRHwMjBo3Px5vYPDOla2NB0&#10;57W7nlt941xdt3IkxiVLD91uumcKXXKxgjHPPAvetbrb8dF/X9Jv3b36X/BX/L+u/r3kx/3F/Kjy&#10;Y/7i/lXJ6P8AEOLW/iDqvhq2s2MFhbCVtR8wbJJd+14lXHOzIBbP3ty4yprNtvH2sTzXtwulG606&#10;zdzObZU3IiluMvMuW2gHhcc0dE+4dWu39fqd95Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+V&#10;PooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBx&#10;fyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5&#10;U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf&#10;9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8A&#10;uL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx&#10;/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP&#10;+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooA&#10;Z5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8&#10;mP8AuL+VPooAZ5Mf9xfyo8mP+4v5U+igBnkx/wBxfyo8mP8AuL+VNuLhbaMOwJBdU49WYKP1NS0A&#10;M8mP+4v5UeTH/cX8qfRQAzyY/wC4v5UeTH/cX8qfRQBzHhziAfQVe8T+KtL8FeHb/XNavI7DS7GI&#10;yzzyHgDsAOpJOAAOSSAOTVHw4MwLz2FfIf8AwUW8fXMcvhjwZbyvHbPG2qXaA8SfMY4fwBWXj1we&#10;1erlWA/tLGQw97J7+i1f9eZ4+b5h/ZmCnibXa0S83ov8/kcJ8Yf27fGXjK/uLTwhI3hTQgSsbxqr&#10;Xky9mdzkIe+EwRkjc1eRWn7QXxNsrpLiPx/4jaRDuAm1OaRPxRmKkexFekfAf9jnU/jh4IbxLH4j&#10;ttGtzdSW0cMls0zNsC5YkMMckjHtUnib9g34o6RrVxa6VZWeu2CEeVfxXcUAkBGeUkcMpHQjnpwT&#10;X6/Rq5FhJSwceSLjo7pfi5LV/M/HK1LPsZGONkpyUtU4t/govRadj1b9nj9u651TVbTw98SDAv2h&#10;hFB4giQRKHJ4FwowoB6b1AA4yMZYfbAORkdK/Gfx98P9d+GPia40DxHY/wBn6pAqO8QkSQbWGVIZ&#10;SQQQex9utfpV+xt8QLn4g/AjR5b2Rp77SpH0qaVur+Xgxn6+W8YJPUgnvXx3EuUYahSjj8FZQk7N&#10;LbXZr1+7sfZ8L5zia9WWX41tyirpvfTdP03113TPb681tvglHDZXVrJ4v8Q3STXY1BJJRZCWG7Ei&#10;yLOHW2DOw2hQJC67Pl24Ax6VXyxqf7WviDQfBHgC/vtK01tbvPEN1pvimKKOTytPs7S8Nrd3EY8w&#10;spVpLdhuLABzwetfnsVzSUVu7L73Zfjb00P0eUuSLb21/BXf4X9dT1+H4KR2V9pt5ZeLvENncWKz&#10;YcCym82WaVpZpmEts4WRy5BKbRt+UADNTaf8DfDdvdMdRWXxFp6JLHZ6VrMcNxa2KSSiV1iXywT8&#10;6rguXICgAgcVzFp+0H9k1Hx7c6laC80nS/EkPhfQrLSoS1/qV75ETSx/PIEJ8yRgCdiqsTljgEjC&#10;8Y/tI3Y1LwX/AGNoniC3vR4rl0HXfCrWls+os39nzzxxZ8xogrHyJRKkoTZyzgBwFf4bdbfj/S9L&#10;ra4pPlUm+l/w/przs1rY7wfAfRvLniOr6yYVVl06PzogNKzcJc/6ORHniWKMjzTJwgX7uQWf8KF0&#10;ku0ja5rbSXX/ACFXM0IOrL55mCzgRYUBmYDyvL+VivSq/hn9ovQPEmp6LpraTrWk6jqOr3egzW2o&#10;wRI2n39vCZzBOVkYZkiBeNoy6sMfMM1Rsv2ndE1nU/Dlho3hnxLrc/iCXUFsTZW1vsaKzuVt5rhm&#10;eZQkRLblZiCyjpuKqzjo0o/L8P8Agfcn0uiTSTcvn+P/AAf01evSyfCOKXUpr9/FHiM3YjkispTd&#10;Rb9PR5kmZY28vdIC0aDE5lG1duMEg1rj4I2NzpDaa3iLXha3TTNqSCaDbqRlk8yTzU8rahJJG6FY&#10;2wcZ6Yh0b48WGp+MtK0C88MeJdAj1me6ttJ1TWLOOC31CWAMzoieYZ4yUR3Xzoow6oSpPGW6V8e9&#10;NvvF2maHf+GvEnh6DV5rq30rVtZtI7e2v5LdWeRVXzTNHlEd1M0UYZUJBPGZTSSa/q2v9XKlu7/1&#10;/Wu2i11Wps+Gfg/4f8IeJjrelyarHOYJIPs8+rXNxbgPIZGYRySMASxJ9MknGTmrF14Rv7cavBpU&#10;9lBZ6ihDJPE7NGxUqxBDc56/jXD+Gf2otD8VeIPCdhb+F/FFtpviu6uLbQ9durSBLK+EMckjSjEx&#10;lRGWIlPMjVmDAhSMkbXjT4rXHgX4taBouqfY4PC2q6JqN6LxlYTR3VoYpGUtu27DA8jY25zGTnHF&#10;Ddoq+2v4Jt/ggXvSdt9Pxdl66/qemUV8xfDj9qLxT468FeBJJtF0/TvGOueLV0S/06SOQJb2fkNe&#10;tKq+Zu3/AGMxHJJG9+mOK9Q0f48afqXjHS9BvPDHiXQI9YmurbSdU1ezjgt9QlgVmdETzDPGSiO6&#10;+dFGHVCVzxm3Fx0f9aJ/r96a6MnmVrrb/gtfpf0s+qPTaK8t0P8AaB03VfE+n6NfeGPEvhs6rDdz&#10;6Rd63ZxQJqS22DKEjEpmjbYd4WeOIlQSBxWz8IPitb/GXwjb+JdP0DW9E0m7RJbOTW4YoXuo2UHe&#10;iJI5CjplgucZXcpDFJX/AD/G35/PyG2k7P8Arr/XTzO5orwP9n/9oM+M/DfhzStVa/8AEXiqaxu9&#10;R1a8sLWPydPhS4lSE3ATbtaQJtjjjVnbYzbcAtXTaN+0Ppt/fz2WqeFvE3ha5Ojz67ZRa3awRPf2&#10;kJHmtGqTOyOu9MxzCNxvGVHOFK0dW+l/la/+f3PsUk2+Vb3t872X36fetrnq1FeUfDn9orSPiNrW&#10;hacvhzxF4e/4SDSm1jRrnW7eCOPULdPL3+WI5nZWUSodsirkHcu4YNcn+0P8Z9a8EDx/p+g6q1lq&#10;ekeE7bWrYHTY3WJ5LySHzBM8jBiQhBjaHAwGDnJUWoPmUOrv+Ds/u6mfPFptP+mrr70fQdFcl4I+&#10;JemfELUvEEGjW95PYaNdmwfV2RBaXVwv+tSBt25/Lb5GbaF3ZALFWx51r37WugeHrnWGuPCPi6bR&#10;9J1s+HrvWraygltkvdwVI1UT+c4dmRQyxkZdQxUmoWtrdf1tb77q3e67q9vS9+mn5/lZ37Wd9nb3&#10;KivDtd/aPtZPD+ubLDWPCHiDRNZ0nTr/AE7VrC3up41vJ4liYLFdeWySK7LvWUlMMdpK7Slp+0ha&#10;6TLqsF5Zaz4mvX8Z3nhWws9J0uKKQTRW/nrH81wQy7VYeexjGTlljVS1O36fja35kuSX9ev+R7lR&#10;XI/DL4mad8UtEvb+xs77S7iwv59Lv9N1NEW4tLmFsPG+x3Q8FWBRmUhgQa8g+An7S9z4g8MeDLbx&#10;lpWuxXuvXl1p1t4oubS3h069ukklKwr5bh1YohVWaJVcxsAzHq1Ft266fjt/X3DbSjzPbVfdufRt&#10;FeSaR+0r4c1jWtNgj0nW4dA1XU5NG03xVNbxDTL28VmXykIlMo3OjorvGqOykKxyM3bL9oHw9f8A&#10;hzwfrUVjqn2bxTrcugWUZij8xLhGuFLSDzMBCbWTBBJ5XgZOJWqTXX9f6/LugbUb36f1+j+59j06&#10;ivI/D37T/g3xJqvgHTYBf2954ztLy7so7mJF+zfZgfNjuCHOx8pIABuBMTjIwMov7Rtpe+D9E8R6&#10;R4G8Y67Z6rpkmsLHZWMCtb2iniSR5Z0iLOPmWJHaQqc7KHorvYa1fKtz12ivnvxv8Y9f8SfEv4Ta&#10;Z4LTW28J+I9Pm16bU9Hh04ve26iDZH/pcmY41E4aXEYkIZBGSd+3uvCXx88O+Nm8CppdrqUkni6z&#10;ur23jeFA1lHb7RN9pG/5CsjrFhd3znHTmmk397X3Nr80/u9COePR6WT+/X8mvv8AW3pVFFFIsKKK&#10;KAOU8Zy3N7qei6FFcw2tnqhuEvH+0NDctEsLfLAUZWD7mU7geAp9a801t7Pwzo3iTVtKkOg+IPBq&#10;yyQ2X2qXF7p8XzhZo5GPmLIC6iTqGIIbIIPr3iPw5F4gggYP9l1GzZprG+VAz2spjaPeFPDfK7Da&#10;cg5rmNW+G+p+LbjTE8Sa7De6ZaohnsrLTxb/AG2RXD/vHLuwiJVCYlwCU5JHFAHeRSebEjhWUMob&#10;a4wRn1HY14gnxB8VWK3tpplzYSNCuv6k82rQy3DFba/ZEhXbKm0bWCg87QowDjFe5Vmjw3pAZ2Gl&#10;WQZ0mjc/Z0yyytvlU8ch2+Zh/EeTk1LT6f1v+tilbS/df8H8Lnjk/iDUrHxn4n8VbdKmn+x6TZWJ&#10;urRt1kLpwMtN5n+rVnZnCqu/C8rtroNN+IHia78XW/ht5dHe4t7+4t72/itZfKmjjhgmxHH5uY3x&#10;MUIZ3AI3c/dr0V/D+lyQ3ULabZtDdRLBcRmBCs0ajaqOMfMoBIAPGDUemeF9G0WG1h0/SLGwhtA4&#10;t47a2SNYQ/39gUDbu74696uVtVHbp+P+a9evQzSdtd/+Av8AJ+h4/B8UPHknh+11N5fDgFx4bk8R&#10;iNbC4O1YwhaD/X8lvMUh+NuCNrda2Nb+K2uw+M7Kw022t30qW6ttOuJpbUEW9xPCJF/eG4VnIDo2&#10;xYSCM/vFPT0oeG9IFuluNLshAlqbJYvs6bVtzjMIGMBDtGV6cDjioJ/Bfh651eHVZtC0yXVIQqxX&#10;z2cZnQLyoVyNwx2weKel/L/h/wBLfPUbvrY8ZT4qeJdB8O6Xqmotba5qkthfFHiRraPd9vtrePdG&#10;ZhEQvmFizFTgY3JlmN+9m8VeMdX8EWniax06wWPXJvNtLuzSVblY7VpUkMcd1IsbD5wAzvhgj9tp&#10;9Zi8H6DCk6x6Jp0a3AmWZVtIwJBKQZQ3HO8qpbP3sDOcU7S/CmiaJb2sGnaPp+nwWrtJbxWtqkaw&#10;uwIZkCgBSQSCR1BNStLN9Lf194SV7pdb/j/wNDyax+M/iS9l1QQ2NlLDPp7X+jT3CR2qzL9oSFR8&#10;10xfd5g27/s5Yjbgbsqlx8X/ABhPb6bpml6Za3/iKWS9FwBZiIR+R5X7toZrqIK5EyklZpAAMjeD&#10;8vqEPw/8L273zxeG9Iie/V0u2SwiBuFcguJML84YgEg5zgZom8AeF7jRrfR5fDekS6Tbv5kNg9jE&#10;YIm5+ZY9u0Hk8gdzS6W9P1/rzKe915mlo13caho9jdXduLO6mgjklt1kWQROVBZQy8NgkjI4OKu0&#10;1EWJFRFCIowqqMAD0FOqm022iUrJJhRRRSGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQBT1X/j1T/rvD/6NWrlU9V/49U/67w/+jVq5QAUUVwOq/EDVU+KOh+GNO0DU&#10;pNPeSUanqs+mzfZY0Fs0kZiuBhMl9qHOecjrQB31FcD4H+IOq634p1/Q9Z0DUrCW0vrhbK9/s2aO&#10;zmtUKiNvObKs7ZJ44IHArvqAOY8NACFT3AFfFH/BRrw1dQeOvCviAqTaXWnNYhh0DxSs5B9MiYY9&#10;cH0r7Y8N/wCoH0FY3xp+EOmfG3wDd+HNTZrZyRPZ3ajLW06ghXx3HJBHdWIyDyPayXHRy3Hwrz+H&#10;VP0el/lueBnmAnmWXzw9P4tGvVa2+eq+48w/YFYN+z/CAQSNTuQcdvu19HV+Tni/QPiv+zZqE+iT&#10;aprvhuzlmLxz6TfTQ2d42AN6MhCscAcHDAYyBXPf8Lz+JH/RQfFX/g6uf/i6+2xXC88yrzxlCvFx&#10;m7rRvfzWh8Tg+KoZZh6eCr4eXPTVnqltfo1c9R/by/5OFv8A/rwtf/QK+pv2CfDdzoHwCiubhSg1&#10;bUri/iB67MJCD+JhJ+hFfKfwS/Zw8a/tFeKIte8Sz6lH4ekZXu9c1KR3nu1XA2Qs+S5IG3fyqgdy&#10;Ap/S3RtIs/D+k2WmafAtrYWUKW9vAn3Y40UKqj6ACuXiHF0sNgKOUwmpSjbma2XLf8W3t0W508OY&#10;OriswrZvUg4wlzcqe75v0SW+zb02LlfPFj+ysZviF8YtS1W9t5vD3jCxls9KtInYyWRuo1+3uwKh&#10;QXlihdSpP3ecV9D1Q0PXbHxJpkWo6dP9os5S6pJsZclWKtwwB4ZSOnavzhq9/Rr7/wDhtH0Z+m3t&#10;b1T+a1/4ddVvofOMn7K2uah8APC3hrWbjQPEHjPSdffxPfLqkBn0rVbuSWdpopg0Zby2S4ZQ2wlS&#10;qnacYrRk+B3i3TLTwnqPhbwt8OPCGp6L4lk1ltE0dZrexltzYzW2x547dTJMxlP7zyVCgj5X2Yf2&#10;/TfFsOreKdW0W2srtv7LCLc35CC3WVkVxCPn3l9jqx+TaAfvZ4rdqm7vm7tP8l92i027WMvZxUeT&#10;tdffd/rvufOWs/s9+MvEPwz8ZSS6tpGm/ErWfEaeKdOuLR5HsdMuYVhigjEjRh5B5MAV3MYyZHwu&#10;MV2nhT4KSeCvF3w8n02e3/sLwt4VuvD7K5InlkkezKSABdpBFtIWJIOWHByces0hOBk9KnRLTRaf&#10;gnH8m/nruVKKlv5/i1L80vlp1PlHwF+yv4r8M/EjwLrl9Y+DJJPDuq397qPiqF531zXVniuER5me&#10;H5WXzUzGZZF4+VlChTX8I/sl+JtK8deDdS1Sx8Gyromo6jcap4pt5J313Xo7mC5iVpmaH5GXzkzG&#10;ZZF4+VlCBT9UWOuWWqPALOY3cM9ut1FdQIz28kbHgrMBsJPXAbOOcY5q/ScVbla0/pf0tF5FO7bd&#10;9X/wf8/PytY+Ivhfq2pap8RPgZ4DsdW8OeItP8DXN+JZtIluTqMNrDZT2sT39rJCn2F/njQxuzF3&#10;bK4AIPvP7TvwN1D45+F9C07SdRh0m9stTDz3UrMpaxmhktryJSqn5mhmfAOBuC5I617JRV72b3vf&#10;1d0/0+evclJJvl0TVvRe9/8AJO3ay7HicHwAuLT9p2L4iQXNrF4ai0do00xWbzV1Mqlv54Xbt2/Z&#10;Y1jzuzkdMc15z4I/ZU8WeHfiH4I1m8tPBvneH9T1C81DxbA88mua4s8NxHG8zPD8rL5yExmWRePl&#10;ZQoU/WVY2teKrTQtZ0HTLiOZ59ZuJLa3aNQVVkheUlySCBtjYcA8kfWpetov0+9t+vV9e3ZByq0l&#10;0e/ySX5JdPzPmL4efsoeK/C/j/wLrN7p3gq3bw7FqUWpeILGW4k1fxBJcW8ka3Ny7wghtzBmRpJA&#10;CzbXwAtfQvwb8HXvw8+E3g7wvqMsE2oaNpFrYXElqzNE0kcSoxQsASuQcZAPsK7GqGi65Y+IrJrv&#10;T5/tFus0tuX2Mv7yKRo5BhgDw6MM9DjIyKq72/re/wCYOKvzf1t/kfO/wp/Zj8T/AAl0u1g0LWdP&#10;0yfV9PvbHxM1vLKwMzPM9nf2xKAmeLzBGytsDJt5/dJnn/AP7KPinw74h0+/m0bwLoP2XwnqGgXV&#10;3oks73eq3U6RAXlzK9uhYkxsSGLspZjvfdgfW9FTJKSs+1vlZr8m7f8AAVtOZp83nzfO6d/vSv6e&#10;bv4t4a+C2t6Nr3wUvZ7rT2i8E+GrnRtREcjlpZpILWNWhyg3Jm3fJbacFeOuMf44fs+eIPibr/jy&#10;906802CDX/B9r4et1uppUZJ47yWdmfahwm2QAEEnOeB1r3K012xvtWv9Mgn33tgI2uYtjDYJASnJ&#10;GDkKehOO9X61lNylzvvJ/wDgTu/x/wAjCFOMFyx6WX/gKsvwPN/hN8NtQ+FOoa/odjJZnwBJMLzQ&#10;7NXYXGmvIS1xbBdu0wb/AJ0IbK+Yy4wqmuI1j4AeIdQ8D+LNGjvNMW61bx5F4ogdpZNi2q3lvOUY&#10;+XkSbYWGACuSPmxkj3C012xvtWv9Mgn33tgI2uYtjDYJASnJGDkKehOO9X6m70fp+DTX4xXyVvMt&#10;xTjKD2d/xTT/AAk/m7nzv8Qf2e/EPiXxV8RNXt7/AEqC11/UvDN9bfaJpFaOPTphJceZiMgFgDsw&#10;SD3K1zXwP8I3HxB1278W6Nd2dxoNl8U9Y1uK8EhaO+tWsHtA9uygrIPNfrkLhGwSRg/U1pI0sTFj&#10;kiR1/AMQP0FY+ueNtN0C9WznF1cXXliZorO2edo0JIDMEBxna2B1O04BwaUXb8Pw/wCAE48979d/&#10;Q5n4N/DnUvh5N4+fUZ7WYa/4qvNctfsrs2yCVIlVX3KMODGcgZHI5NeV+APgH8RLLSPh94U8S3Hh&#10;mLwx4S1p9c+26TdXEt5euGleCAxSQqsaq0xLOHYsEACrkmvo6DVbO50tNSjuYmsHhE63O4BDHjdu&#10;z6Y5zWH4T+JPh7xs1wuk3krtBDHcst1ZzWpaF87JUEqLvjba2HXKnHWmpNO/ZL8NvuHJcyafVv8A&#10;Hf7zxnQf2f8AxlZaV4P8DXt7ov8AwgXhXXk1m21OGeY6leRQzNPbW0kBiEce12UNKJW3LGMIpY4p&#10;aP8AAP4iaddeAdAeXww3hDwl4tuPEEeoLeXH2+7hke6ZIzB5Hlo6/aiD+8YNgH5cYPvmgeOtB8T+&#10;FR4l03UorjQtsr/biGSPbGzK7fMAcAo3PTAyOKb4S8eaL44juW0i5mka2KebFdWk1rKoddyN5cqK&#10;21hyrY2nBwTg0RbjJPqrP7rWb+5CmlOLjLZ3Xpe90vvf9JHzX4p/Y68R3+mfE2TR/EFhZ63qerRX&#10;vhK4cuqaTCZ5p50fCEqXe9vBhQwwU57Dpviv+zXqfiHU9BTRtK8KeJvD+meGj4ftNH8YmVrfS5QV&#10;CX0MSxSJLJsAQqRG2EXEgBIr1u1+MPhG7uL6JdWMYs4bi4knntZooHjgbbM8UzoElCHhjGzYoT4w&#10;eFZNIl1D7bdqkV0lk1rJpt0l4ZnUOiLbGMTMWU7hhDlckcAms7JwUOll91nH8n6310epafLPm63f&#10;5qX5rbtdaptHDfDj4J674Ql+DTXt1p8g8GeFbnQ9Q8iWRvNnkSzVWiygyn+jPkttPK8HnEPw7+BG&#10;s/Db4h/EfxRaXWn6lHfpIPCunXErxpZCeR7q6jlYIdiyXT5ygchEXjPFd5e/GfwhYaXY6hLqkrWt&#10;5HLNG0NjcStHHEwWV5UWMtCqMdrNIFCng4NdojrIiujBlYZDA5BFaNtty/xf+TO7/wCB2uzKEIwS&#10;ivJ/+A3S/wCD3ORtbrx819bi50zw3HZm4txOYtRuGkWEwE3BUGAAus+AgOAyZJKN8tdhRRSbuWlb&#10;qFFFFIYUVw/xe8WS+E/Cc81tfWmnXkqstvPevtj8zHC+vPt6eleX+CfiVqqeIdGku9c0OXS7u1Ec&#10;i20vzTXgxuRc/UcH14oA+iKKK+d/DOs65pGvWOt3k97LYXOvavaZXXLm6e6WM3ZSE2cgEUKr5Qw8&#10;ZZvkUYAZsS5JPX1DW2h9EUV4GPiH478TeFbe8nsoNFjvbnSZ9PvozGF/e3catG6xXcjSxlSMsfK3&#10;DcCq1qa58WfE+m6E0VvDY3niC2uNRWYW9iTDLBasA0oWS6jEQ+ePOZHIJ4Vu1P3b83T+vw6hH3mk&#10;uv8AX49D2iivHtO+K3iPU9TN2sOlxaJHqOmWL2hhka5YXdvA5YS+YFGxpv7h3AdjycC7+LXiO0/s&#10;7xRcTWF1aXPh+/1C20eyLx+UfPtUQXDNJtdk3kF8R7T5g4602nF2YotSV1/W3+Z9AUV4bfeM/EFv&#10;c6Fqni2wi0qTS72+mWUJGBJCumzSbmiiuJ9pByMeYSQAQBnFT2Hxe8VPp+qWV5p8UHiKO8tbayiF&#10;ihabz42kCmEXpQEKjHLXCcdQDgFf1+X+YX/r7z2uivLvh58Rdf8AG+qaRHLFp9jbHT5Lq+TyWeV5&#10;FuJYNsZWUqgJjDdZMcgFs7hz8fifWZvivrOj6hd3lh4U/t6ONdQS5I3XH2S2eKyB3Awxs25iQMOz&#10;BON5DO3vKPf/AIH+egN2Tfb/AIP9P/gHuNFeSeGXS/8As/iK/wDFGoWesSa9c2JtDdyNbOEnkjS0&#10;Fru8sHy1U7wu/PzFsZp3w5aO6svCHiC68U6gda1oSG6sZruSaC5k8t2kgSAsUh8plPKKpHl7WJLU&#10;lr/Xcb0/rt/wx6zRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FAFPVf8Aj1T/AK7w/wDo1auVT1X/AI9U/wCu8P8A6NWrlABXA6tZ+NrT4o6Hc2erfbPB93JKt7p3&#10;2OJfsarbNsbzc723TBTx0zjpXfUUAcB4Hs/G8/inxBf+INW8vRkvriDT9J+xxDdACpim81Tu6bhg&#10;/jXf0UUAcz4b/wBQv0FdKOgrmvDf+oX6CulHQUuokQX+n2uq2ctpe20N5ayjbJBcRh0cehU8GuYs&#10;/g94C067S6tfBHhy2uUO5ZodJt0dT6hgmQa6+itoValNNQk0n2bX5NGU6NKo1KcE2u6T/NMQDAwO&#10;lLRRWRsFfN938DtW1jS/K1Pw9BeS2/hnVLa0WeSF/Kv5LsyW5TLfK+05D/w56g19IUUrdf66/wCZ&#10;Slb+vT/I8GvvhBeJD4pvR4XtbyXUNcsb26s4vISXVrRLe38+JnJCnMwlcpIwV2DZ4fJPDXwk1A67&#10;a3l74ahstKt7bVZNM0yeSGX+ynlktzBGoDFVb5JmHlkqm8qG6Z95ookuZOPfT701+unbpu7xBcnL&#10;5W/C3+WvfrsrfNUn7OzW/hmRLXwnZR6ovg63giZTCGGsJu/eht2POGRibr2DYrV1D4W65rPxnTVt&#10;Q8PfaNOkvpUurry9PNpcae1i8YjkJzdSMZCoaNj5XAIU4BH0BRVTfO231v8Ajf8Az+6wlG0eX0X3&#10;W/yv66nzRa/BvxQngG00uy0V9Ekh8OWen3NtbzWitcyxXhkuUXl4yZk3EGQFW8zDgZYDRsfgnqdl&#10;o+m22kWGoWVnqVxNp+sWery2SSQadLJHI+xLQLCo/dSKqR5x9qdvXH0NRT5ne4ONz5u1P4La7c+I&#10;vGd7JY6vc6reR6oLTUIZtNSzuYZoJEgt3bYLo7QyJ5bt5atGGBwAK2r74XWkHjrwrs+GMUml6PDB&#10;Omp6ZBpyyNeZPMrvMkojiJMhChi7tnnbh/d6KlaJLt/wV+v36javfz/4H+X3aHzfZ/CPxV/Yt5Z6&#10;box8Na4NGvLPUtbW7hzr11I6FJQyMz87ZG3zKrJ5m0AjNUJfgP4huNH0q38PQat4bI1Wa6nj1STT&#10;4lhU2MkR2JYbERJWKxsY/wB5yX4PNfT9FK39en6eW343q/6/j/W+/wByt5b428LXeveC/CEQ8ILc&#10;6dYXEM2o+D1lt9rwiF0EI3OIXEbtG4VmCsI/XArzu2+Eus2/h3ToNR8B/wBs2y22qQ2mj/bbb/iU&#10;3E168sM+5pAo/dsg8yMtImz5R8xr6WopvVt9/wCvX0e66MUfdSS6f1/w62fU8E0v4Y+I7TxTZS32&#10;j/2hr8eqWd23jf7RENtnHDGs1vgt53zbZE8sJ5Z8zeSDmt/Q/hnqWkfAO+8O2FjDpXiO9tJjOsci&#10;o00zEg75UJ5ZAE35O0Y/ugV65RTbumu/+d/T5deu7FFcrVun+Vv67dOh8x6j8HtX1FdYbTPBNz4X&#10;8PXGo2E8nh6zfTGluoY7eVH2xOZbXiV432ScNt3ZD9NkfBLUv7LvEtNPuBcw+F0sNLuNXuLdrqCY&#10;zXLPDvhAWI+VKse6MBVVsKSAa+g6KL6W/r+v+G2YJWf9eX+X672PmPUfg9q+orrDaZ4JufC/h641&#10;Gwnk8PWb6Y0t1DHbyo+2JzLa8SvG+yThtu7Ifp7r8NPDx8KeBdI0orfRi2iKiPUpYZJ4wWJCMYQI&#10;/lBCgINoAAGQM109FF9LCtrcrWH+ob/rrJ/6G1eZeKtRsz4t1b7LqsOnXkMkEVxHe2ssgEqRiSOa&#10;JomB+7NtKtwcdhy3qkcaxKQowCS34k5P6mmRW0MEkzxRJG87+ZKyKAZG2hdzHudqqMnsoHakUcx4&#10;E1HS7vwWIdHaXVLaw8yyYSIEeaSPIYYbA+Y8joPm7c488svC3izx7p2spquk3fhDWtUWJLm51GO1&#10;vLFbONyRp8S292JCrB33SHaW3P8Ad+RV9sihjgUrGixqWZiEGBkkkn6kkk+5p9K2t/6/r+u47/1/&#10;X9X9FbyP4f8Awr11fBlxo/inV3is5rnUkm0fTLWCG2ubeeeUjzC3myDIcsvlyJtDKpBKkmLwF8OP&#10;Ex1PW9Uv/EHiPRHuFtLO1a7k0+4vmt7fzjiTZC8KqzTHAUF/kBL5YivYaKa0d/66f5fmS0mrf1/X&#10;+SPCfEfh3xR4+TxTbX3g/UNMuZbC707RZJLiyNjbRH5tzFJzJ5k7Rx5Pl4QbVHR2bSnXxpbP4q8T&#10;af4Ouo9W1WeztrSwnuLOS4tI44mWS6P7/wApsb3CoJMtgZ2hjj2SiklZWX9f8P8A15VfW/8AX9L+&#10;ut/BNR8G69Z6fv0Xwfq0i3vh++0SS3v72yF1HcSyiT7TOyzlGV2aRmMZZgeic4Htuhae2kaJp9i7&#10;iRrW3jhLgYDFVAz+lXqKu+lv66/5v+kiba3/AK6f5L+mwoooqRhRRRQBi+LPBuj+N9OWx1qxivrd&#10;HEqLKM7HAI3D8CR+Nc5ovwT8KaLPBImk2rfZ7hbqFRHgLKBhX5JyRgV3tFABWHp3gbw3pGsTatYe&#10;H9KstVmLGW+t7KOOdyxyxZwoY5PJyea3KKPMPIxLHwR4d0s3Bs9A0u0NzMlxMYLONPNlRtySNheW&#10;VuQTyDyKXU/BXh3Woli1DQdMv41na5VLmzjkAlb70gDKfmPdupraooDzM2Hw1pFuhSLSrKJDJFLt&#10;S3QDfGFWNuB1QIgU9goxjAqtbeB/Dlle3l5b6BpcF5eK63NxFZRrJOHxvDsFywbAznrgZrboo33B&#10;abGLp3grw9pFpHa2Gg6ZZWsbvIkFvZxxorOpR2ChQAWUlSe4ODxVaL4b+EoNLuNNi8LaLHp1wVaa&#10;zTT4RDIVJKlk24OCSRkcZro6KAM7TPDulaIEGnaZZ2ASMxKLW3SPam4sVG0DA3MzY9ST3p02gaXc&#10;xXkUum2ksV7IJbpHgUrO4CgM4I+YgIgyc/dHoKv0UAZK+EtDTX21xdG09dbZdrakLVBckYxgyY3Y&#10;wAOvSiy8J6HpusXOrWmjafa6rdZE99Baok82Tk73A3N0HU9q1qKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAK97btcwqikAiWN+fRXDH9BViiigAooooAKKK&#10;KAOZ8N/6hfoK6UdBXNeG/wDUL9BXSjoKXUSFooopjCiiigCC9uGtYN6IJGLogUttGWYL1wfWovNv&#10;/wDn2tv/AAIb/wCIo1T/AI9k/wCu8P8A6MWrlAFPzb//AJ9rb/wIb/4ijzb/AP59rb/wIb/4irlF&#10;AFPzb/8A59rb/wACG/8AiKPNv/8An2tv/Ahv/iKuUUAU/Nv/APn2tv8AwIb/AOIo82//AOfa2/8A&#10;Ahv/AIirlFAFPzb/AP59rb/wIb/4ijzb/wD59rb/AMCG/wDiKuUUAU/Nv/8An2tv/Ahv/iKPNv8A&#10;/n2tv/Ahv/iKuUUAU/Nv/wDn2tv/AAIb/wCIo82//wCfa2/8CG/+Iq5RQBT82/8A+fa2/wDAhv8A&#10;4ijzb/8A59rb/wACG/8AiKuUUAU/Nv8A/n2tv/Ahv/iKPNv/APn2tv8AwIb/AOIq5RQBT82//wCf&#10;a2/8CG/+Io82/wD+fa2/8CG/+Iq5RQBT82//AOfa2/8AAhv/AIijzb//AJ9rb/wIb/4irlFAFPzb&#10;/wD59rb/AMCG/wDiKPNv/wDn2tv/AAIb/wCIq5RQBT82/wD+fa2/8CG/+Io82/8A+fa2/wDAhv8A&#10;4irlFAFPzb//AJ9rb/wIb/4ijzb/AP59rb/wIb/4irlFAFPzb/8A59rb/wACG/8AiKPNv/8An2tv&#10;/Ahv/iKuUUAU/Nv/APn2tv8AwIb/AOIo82//AOfa2/8AAhv/AIirlFAFPzb/AP59rb/wIb/4ijzb&#10;/wD59rb/AMCG/wDiKuUUAU/Nv/8An2tv/Ahv/iKPNv8A/n2tv/Ahv/iKuUUAU/Nv/wDn2tv/AAIb&#10;/wCIo82//wCfa2/8CG/+Iq5RQBT82/8A+fa2/wDAhv8A4ijzb/8A59rb/wACG/8AiKuUUAU/Nv8A&#10;/n2tv/Ahv/iKPNv/APn2tv8AwIb/AOIq5RQBT82//wCfa2/8CG/+Io82/wD+fa2/8CG/+Iq5RQBT&#10;82//AOfa2/8AAhv/AIijzb//AJ9rb/wIb/4irlFAFPzb/wD59rb/AMCG/wDiKPNv/wDn2tv/AAIb&#10;/wCIq5RQBT82/wD+fa2/8CG/+Io82/8A+fa2/wDAhv8A4irlFAFPzb//AJ9rb/wIb/4ijzb/AP59&#10;rb/wIb/4irlFAFPzb/8A59rb/wACG/8AiKPNv/8An2tv/Ahv/iKuUUAU/Nv/APn2tv8AwIb/AOIo&#10;82//AOfa2/8AAhv/AIirlFAFPzb/AP59rb/wIb/4ijzb/wD59rb/AMCG/wDiKuUUAU/Nv/8An2tv&#10;/Ahv/iKPNv8A/n2tv/Ahv/iKuUUAU/Nv/wDn2tv/AAIb/wCIo82//wCfa2/8CG/+Iq5RQBT82/8A&#10;+fa2/wDAhv8A4ijzb/8A59rb/wACG/8AiKuUUAU/Nv8A/n2tv/Ahv/iKPNv/APn2tv8AwIb/AOIq&#10;j4t8X6V4I0K71jWbyOw060TzJriTOEGcduSSSAAOSTivHT+278JAePFBI/7Bt3/8arso4PE4lOVC&#10;nKSXZN/kcVfG4XDSUa9WMW+7S/M9w82//wCfa2/8CG/+Io82/wD+fa2/8CG/+Irw7/ht34S/9DOf&#10;/Bbd/wDxqj/ht34S/wDQzn/wW3f/AMaro/srH/8AQPP/AMBf+Rz/ANrZf/0EQ/8AAl/me4+bf/8A&#10;Ptbf+BDf/EUebf8A/Ptbf+BDf/EV4d/w278Jf+hnP/gtu/8A41R/w278Jf8AoZz/AOC27/8AjVH9&#10;lY//AKB5/wDgL/yD+1sv/wCgiH/gS/zPcfNv/wDn2tv/AAIb/wCIo82//wCfa2/8CG/+Irw7/ht3&#10;4S/9DOf/AAW3f/xqj/ht34S/9DOf/Bbd/wDxqj+ysf8A9A8//AX/AJB/a2X/APQRD/wJf5nuPm3/&#10;APz7W3/gQ3/xFHm3/wDz7W3/AIEN/wDEV4d/w278Jf8AoZz/AOC27/8AjVH/AA278Jf+hnP/AILb&#10;v/41R/ZWP/6B5/8AgL/yD+1sv/6CIf8AgS/zPcfNv/8An2tv/Ahv/iKPNv8A/n2tv/Ahv/iK8m8J&#10;/ta/DLxnr1no2meJUl1C7cRwRS2k8Idj0UM8YXJ7DPPavY0cSKGHQ1x1sPWw0lGvBxb7pr8zsoYm&#10;hiU5UJqSXZp/kUZby9hkhQ2sBMr7FxcN12lufk9FNSebf/8APtbf+BDf/EUXv/Hzp/8A13P/AKLe&#10;rlc50nM+G/8AUL9BXSjoK5rw3/qF+grpR0FLqJHOeOvHWn+BfD2rajcyRz3FhYy34sFlVZpkjHO0&#10;HnGcDdjAzXzv4M/bhv8Axz4ktdF034dSXF3OJHEUOsBpGWONpH2KYQGbajYXIycDIzWp+0x/yOep&#10;f9iJqn/oxK+HPDniTU/CGs2+raNey6dqVvu8q5hOHTcpVsfVWI/GmM/WPwl4t0vxvoNtrGj3IurK&#10;cHBxhkYcMjqeVZTwVPINbFfMH7DGv6h4m0TxrqOp3T3d7cajFJLM4ALsY8FjjAycDJ716B8U9fi0&#10;nx3oCW+t3UeqPdWKnTBqMsGYGuQrGC2VQl0XBdZNzHy1UMAD1APU9U/49k/67w/+jFq5VPVP+PZP&#10;+u8P/oxauUAZXivxFbeEPC+sa9eJJJaaXZzX0yQgF2SNC7BQSAThTjJFfPumfti6xrthDf6X8GfG&#10;upafON0N3a2jyRyrnqrKhB/AmvX/AI5/8kS+IP8A2L2of+k0lfB3w+s9Om8A6WHTw8lw1uR5l38R&#10;vsEobJwWttw8s/7P+NfYZNgMNicNUq1oczUkt2tOW/Q+LzvMMVhcTTpUJ8qcW3onqpW6pn1BpH7X&#10;kz+LfD2ieIPhn4q8Krrd9Hp9rd6nbmNDLIwVfvquQCwzgkgc4NfRNfkv8OZtVg/aB8C6ZqWs/wBs&#10;G08S2CCaG++1wMftMfzRuCVYe4r9aKjiHLqGXToqirc0W3ZtrfT4tdjThvMq+ZU60q7vyySV0k9t&#10;fh03Od8YfEHw/wCAf7K/t/UV04apeJp9ozxuwknfO1SVUhc4PzNgDuad468e6D8NfDk+veJNQXTN&#10;KhZEedo3kO5mCqAqAsTk9geMnoDXkn7V3hSLx1H8P/D8rCMalrUtskpH+qdrK4CSD3VtrD3AryD4&#10;u+Nbr44fC5bS6ykvhPQLjUvEMJAO3VAXtI4mx90hluJcemz1FcuCyynioUajk0nJqflG6Sa9X7uv&#10;Vo7MbmlTDV6tBRTajFw85NSbT8klzadFI+14ZVniSRDuR1DKfUHpT6+ZfFGr+IfGPxG8SaDFD4ye&#10;y0TSbKOwTwjqEFmEmniLm4mLzxGQggKqncg2NkZPNnQNP8UfEL4jaRpHi/W9e0K6j8EW13fWGjaq&#10;1qrXpuJY2mzA2MkDd8pwflByBiud5byx55VEtHJrd2tdaJ66eln3HDOObliqTbbUb7K7snutFd6a&#10;ttJ7dfpGivkrwhqHiG2+Gnwx8cz+MPEF/rd/4kttLu0ub9jazWpuJLYxtbj92TsQNvILliWLE1p6&#10;jqOtav8ADT4gfEqTxjq+na/omp3wsbCC+ZLK1S0mZI7WW2B8uQyBRuLgk71wR3uWUuMnF1Fa/Lez&#10;+LmUbW3tdrXt0vo6jm/NFP2Tu1zJc0duWUnrtdKLVurtqle30hoHiLT/ABRp7X2mXH2m1E81uZNj&#10;J+8ikaOQYYA8OjDPQ4yMitKvnPxno2qprej22kJrUvhpNHmvrzw94S10WeqWd3cSvK10yPKjzIWZ&#10;1VC2Awb5T0r0DRPF81z+z03iHRtYm8R3cWhTz22oz2/lS3Escb4Lx9n3Lgj1BrlrYLkhGpCV02lb&#10;te6V3t0fS1tU3Z26sPmCrVHTcel791o9FvtKPW97ppXjf0yivmy+1CLQvF1lpVvr99DcxNoKaFYJ&#10;fyBNStpZv9NlaENtuSymVpJGDFcBsr1PrfwhmkPhzUbPLNZ6dq99YWTMc/6PHOyogPonMY9oxSr4&#10;J0KftOa/yt1t/XzW6YYbMViZqny2+afRS6eXXro1o0dxRRRXmHrhRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABXmN/+0X4MsL26jE2o3dhZymC71i002aawt3HUPOqlePUZHvXoWsWkuoaTe2sExt5&#10;54HijmH8DFSA34E5rwfwN8WND+HnwzsfBWtaBqUPijTLT+z5PDsOmTSm/cAgvG6oUZJTltxOPmPt&#10;kA9/tLuG/tYbm2lS4t5kWSKWJgyupGQwI4IIOc1LXmP7Nbwr8FPDFvFfRXsltAYZ/LYnyJAxLQsD&#10;yCmQuD6DsRXp1AHz1+29IR8AvEq54Jtf/SqGvzJr9NP23/8AkgviT62v/pVFX5saNrmo+HNSh1HS&#10;dQutL1CHPlXdlM0MseQQdrqQRkEjg9Ca/Y+Dr/2fUtvzv8kfi/Glv7Rp3/kX/pUilRX2Hq/i3XNX&#10;+PGs6a+tXd7qkHhSOfw3aXt00kceqNYQkPEjnYJSGlIOMlj6mtXwpJrsV7YvrcGqXPxLXwRqp1KH&#10;TZvJ1hx9oj+yAuqOyzbM7SVZgNuQa9mWbyhFSlBapO1+9+62VrN9G0jw6eURqytGbte23+HR2e75&#10;vdXVJs+J6K+qfAtjf/FXWvEnw+8Zpr+lyG5svEFrH4xu3nvYY4SqXIaR44y26B3K/IBhAOcZrW0n&#10;xp4s+Idn/wAJF8OfMXUL/wAWzPrqW4QSJYqsS2azg8/Z1iVwc/JkNmtJZo4ycXBaW15vdSls7672&#10;kvVeZgssTjzqT+1py+83FXaS01s4taK/N5HyBRX2Td3N1bfDrX/+Fead4u1DTG8aaoLb/hA9QktV&#10;jh2R7C/lwS74v7o+UehpunWOrax4R0q30jVJ9P8Ah7/whhF1u05LrS2vBHIbsXbedH5Vx5gXa5DN&#10;uIxgdcv7Z91ycLK9tXrsnqtXd3slbVp7nT/YvvqCndvstH7zjo9E0rXbvon03PjiivsTx1c+JPtX&#10;w4ht9O8bf2B9j8Pma9i1CX+wusPDQCDbu3beTL97HHaj4yHQ9d8AfG3xHpXl2moSava6Zq2nL/DP&#10;b3rKtwv+zLGVJ/20f1qo5veUU6ejdtHe3v8AIr9r6vp0XVMz/shcraqapJ6q1/c53ba9tut9WnpY&#10;+afhAxX4teCSOo1uyP8A5HSv2A0li9lGT1xX4/fCL/krHgr/ALDdl/6PSv2A0f8A48Y/pXxHGv8A&#10;vFD/AAv/ANKPvOB/92r/AOJf+kjr3/j50/8A67n/ANFvVyqd7/x86f8A9dz/AOi3q5X5yfpRzPhv&#10;/UL9BXSjoK5rw3/qF+grpR0FLqJHgHx70Ka8+IFrNc6Trl7ouoeGb7SJbrQ9OkvZIJZHQqSqA445&#10;5xnBr5s/4Znsv+f3xz/4QNz/APHq/ROimM8X/Za+E8Hwv8E3bw3uoXZ1W488pqemNp80QTKANCzM&#10;wzgnJPIIOK9ooooAp6p/x7J/13h/9GLVyqeqf8eyf9d4f/Ri1coAgvrG21OyuLO8gjurS4jaGaCZ&#10;A6SIwwysp4IIJBB9a+cfiH+w74O8X+LvDl3pVvbeHNCtDIdTsrFGEl5kqUCtnCjhgT2B49vpWiu7&#10;C47E4GTlh5uN/wDK221+ztocGLwGGx0VHEwUrffvffe3dX1PONA/Zz+GnhfV7TVNM8G6ZbX9o4lg&#10;n2F2jcHIYbicMDyD1B5r0eiisKterXfNVm5Pzbf5s6KOHo4dONGCin2SX5IyNc8J6V4jvdIu9Rtf&#10;tFxpN19tsn8x18qbYybsKQG+V2GGyOelYs3wh8ITWPim0bRYlg8USGXWFSWRTdsRjJYMCv0Ujkk9&#10;SSexopRrVYK0ZNL187/mk/VXHKjSnLmlFN+i7Nfk2vRtdTjPFXwf8JeM76C91TTJDew2xshdWd7P&#10;aSvbnnyneF0MiZ/hYkcnjk1p6T4C0DQtXh1PTtNjs7yHTo9JiaFmVEtUYukQTO0AEk5xn3roKKbr&#10;1nHkc3btfvuZrC0FLnVNX01sum33HI2/wo8K2nhrSPD8Wl7dI0m9XULK3+0Snyp1kaVX3btzYdmO&#10;GJHOMY4qlqvwN8D634gm1m90JZryeeO6uIxczLbXEyfcklt1cRSMP7zoTXd0VSxVeL5lUd9er67/&#10;AHhLC4eceSVNNaaWXS9vzf3vu0+R8Y/Cjwv481CC/wBY0+V7+GBrVbuzvJ7SYwsctEzwujMhPO1i&#10;RyeOTW/ouh6f4d0e00nTLOKy021iEMNtCuERAMAAVforOVWpKCpyk3FbK+hoqNONR1VFKT621+/5&#10;L7l2RS0nRrPQ9Kg02wh+zWMCeXFCrtiNOyrk5CjoAOFAAGAAKXSNIs9C023sLCBba0gXbHGpJx3J&#10;JPJJOSSckkkkkmrlFQ5Sd7vctQjG1ltt5BRRRUlhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQBy+l/DvTNE8b6j4m0557K41KHy76zhcC2uZAQVnZMf6wDI3AjIJzk811FFFAHzx+2/8A8kF8&#10;SfW1/wDSqKvzLr9iPin8OtP+J3hK/wBA1RHexvECv5TbXBDBlYH1DKD+FfND/wDBPrwqGIXVtex7&#10;zwf/ABmv0ThzPMHlmFlRxLablfRX0sl38j834kyHG5pi41sMk0opau2t2+3mfB1Ffd//AA778Lf9&#10;BXXv+/8AD/8AGaP+Hffhb/oK69/3/h/+M19V/rblf80v/AX/AJnyf+qGa/yx/wDAl/kfCFFfd/8A&#10;w778Lf8AQV17/v8Aw/8Axmj/AId9+Fv+grr3/f8Ah/8AjNH+tuV/zS/8Bf8AmH+qGa/yx/8AAl/k&#10;fCFFfd//AA778Lf9BXXv+/8AD/8AGaP+Hffhb/oK69/3/h/+M0f625X/ADS/8Bf+Yf6oZr/LH/wJ&#10;f5HwhRX3f/w778Lf9BXXv+/8P/xmj/h334W/6Cuvf9/4f/jNH+tuV/zS/wDAX/mH+qGa/wAsf/Al&#10;/kfHvwi/5Kx4K/7Ddl/6PSv2A0f/AI8Y/pXzF4C/Yd8KeEPFWm62LvVryewnW4hiup4zH5inKsQs&#10;ak4IB69q+pbWHyIVT0FfAcSZph80rU54a9opp3Vt3c/QuGcqxOVUasMSleTTVnfZWIb3/j50/wD6&#10;7n/0W9XKp3v/AB86f/13P/ot6uV8gfZHM+G/9Qv0FdKOgrmvDf8AqF+grpR0FLqJC0VleKfE+neD&#10;PD99rWr3AtdOs4/Mml2liBnAAA5JJIAA6kivPrv9pHwtpug6hqmoWetab/Z08EV9ZXtg0VzbJNny&#10;5mjY5MbEYyuTkjimM9Woqrpep2utaZaahYzLc2V3Ck8EyfdkjZQysPYgg1aoAp6p/wAeyf8AXeH/&#10;ANGLVyqeqf8AHsn/AF3h/wDRi1coAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACkwPSlooATA9BRgegpaKAEwPQUYHoKWigB&#10;MD0FGB6ClooATA9BRgegpaKAEwPSloooAp3v/Hzp/wD13P8A6LerlU73/j50/wD67n/0W9XKAOZ8&#10;N/6hfoK6UdBXNeG/9Qv0FdKOgpdRI8s+NPiHStZsLzwEdG1jxJquo2qztZ6Kih7ZQ+YpnlchI/nT&#10;K5J5TpivHtZ8J3N/pmo6f8SoPFmkTeIZ7K2uvEU4s7iDyYpP3NuTbkrBukYfMynJwT1r37xX8GPC&#10;PjXXW1jVtPuJdSaFbdp7fUbm23RqSVBEUig4LHt3rKH7OHgDfGzaVey+XIsqrNrN9Iu5WDKSrTEH&#10;BAPI7Uxlr4R+OvDOs2t54T0OObT7vwrt0y40y6A8yER5jUhgSHU7D8wPPU4zXoVct4d+GHhnwn4n&#10;1nxFpWm/ZdY1hi19c+fK/nEtuPysxVeeflArqaAKeqf8eyf9d4f/AEYtXKp6p/x7J/13h/8ARi1c&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKd7/x86f/ANdz/wCi3q5VO9/4+dP/&#10;AOu5/wDRb1coA5nw3/qF+grpR0Fc14b/ANQv0FdKOgpdRIWiiimMKKKKAMzXL62tI7KKe4ihluru&#10;KG3SRwrTOG3lUB+8diO2BzhWPQGtOvPPir/yMnwv/wCxo/8AcdfV6HW04KMIS73/AAdjGE3Kc4/y&#10;2/FXCiiisTYKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAp3v8Ax86f/wBdz/6LerlU73/j&#10;50//AK7n/wBFvVygDmfDf+oX6CulHQVzXhv/AFC/QV0o6Cl1Ej5s/ai+Ovin4c+OPCnhrw7q2ieH&#10;YtTtprm41XXI3eFNudqnarFQdpHCkksvQZrzD/hoX4kf9Fj+GH/fu5/+Rq6T9sS31LR/jH4A8Sxw&#10;63DpltZXMEmo6Hp6Xk0UhDAKEkwmTvH3iOCxGSK+dvid410f4o6G9lZaz418Ra1ZN5traXuhWUEK&#10;EsqyF2gkLj5c4+U84HGc1+pZVgaFbC0H7NNNe8+VSs7vdvbpvax+T5tj8RRxdde1aafux5nHSy2S&#10;367J3Z9ofso/GHxD8WNL8Ux+IrzS9Un0bUBaxajpMbJDcoQTuG4DI44O1Tg8iveK+Sv+CePh3VdD&#10;8E+KpdR0270+O5vojC11A0fmBUIYruAyATjivrWvic7pUqOYVadFJRTW22yvt5n3eRVatfLqVSu2&#10;5NPffd238rHnnxV/5GT4X/8AY0f+46+r0OvPPir/AMjJ8L/+xo/9x19XodedV/hUvR/+lM9Ol/Fq&#10;+q/9JQUUUVynWFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAU73/j50/wD67n/0W9XKp3v/&#10;AB86f/13P/ot6uUAcz4b/wBQv0FdKOgrmvDf+oX6CulHQUuokLXF/Dj4QeF/hUNUbw9p/wBnn1O4&#10;a5u7mVjJLKxJIUsedoycL0GSepJrtKK2jVnCEqcZNKVrrvba5nKlTnONSUU5RvZ9r729QooorI1P&#10;PPir/wAjJ8L/APsaP/cdfV6HXI+PfDlzrep+DL2B4ki0fXFvrgSEhmRra4twEwDk750POBgNznAP&#10;XV0VJJ06aT2T/wDSmzmpxaqVG1u1/wCkpBRRRXOdIUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQBTvf+PnT/wDruf8A0W9XKp3v/Hzp/wD13P8A6LerlAHM+G/9Qv0FdKOgrmvDf+oX6CulHQUu&#10;okLRXzD+158ePFvwn1zw9YeGbuGyS6tpJ55JLdJWchgoHzAgAYPT1ry7wl+3p4r0jTWg1zRrPxBd&#10;eYWW6En2Uhf7pVVIOOeRimM+76K8l/Z2+Or/AB00HVb6bSF0iawuVgKJP5quGXcDkqMHqMV61QBT&#10;1T/j2T/rvD/6MWrlU9U/49k/67w/+jFq5QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAU73/AI+dP/67n/0W9XKp3v8Ax86f/wBdz/6LerlAHM+G/wDUL9BXSjoK5rw3/qF+grpR0FLq&#10;JHyB+3J8PfE3izxH4YvdD0DUtat47SWGRtOtXuDG28H5ggJGQeCeuD6V8x/8KY+IP/Qi+Jf/AAUX&#10;H/xFfq5RTGfNH7Dvg3XvCHhLxIuu6NfaM9xextFHf27QO4CYJCsAcc9cV9L0UUAU9U/49k/67w/+&#10;jFq5VPVP+PZP+u8P/oxauUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFO9/4+dP&#10;/wCu5/8ARb1cqne/8fOn/wDXc/8Aot6uUAcz4b/1C/QV0o6Cua8N/wCoX6CulHQUuokLRRVGTXdN&#10;iv1sX1C1S9YgLbNOokP0XOaYy9RRRQBT1T/j2T/rvD/6MWrlU9U/49k/67w/+jFq5QAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAU73/AI+dP/67n/0W9XKp3v8Ax86f/wBdz/6LerlA&#10;HM+G/wDUL9BXSjoK5rw3/qF+grpR0FLqJHkP7RXxYtvAnh+20aDW49D1vWJ4bZLyRTm1t3fE1wDj&#10;B2KD05BKnFYtr8M/hnF4j0vwjN4X0y5tNV0l9Qi1fUAft91MHQECZsSbyrFyAQR6AV7B4l8JaT4r&#10;itBqem2moSWUwubQ3cXmCGYfdcD+nevNdWuvidqdoukap8PvDOu3EUqvFrEmpbbIOp3JN9nZDKpU&#10;gcAk5zhqYzX+C99qFhP4r8H6jfTaq3hm/S2tb64YNLJayQpLEsjfxOobaW74FemVx3wx8By+BdGu&#10;/t99/auu6pdvqGp3+zaJZ3ABCL/CihVVR2A7ZrsaAKeqf8eyf9d4f/Ri1cqnqn/Hsn/XeH/0YtXK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCne/8AHzp//Xc/+i3q5VO9/wCPnT/+&#10;u5/9FvVygDmfDf8AqF+grpR0Fc14b/1C/QV0o6Cl1EhaKKKYwooooAp6p/x7J/13h/8ARi1cqnqn&#10;/Hsn/XeH/wBGLVygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAp3v/Hzp/8A13P/&#10;AKLerlU73/j50/8A67n/ANFvVygDmfDf+oX6CulHQVzXhv8A1C/QV0o6Cl1EilrGu6b4dsXvdV1C&#10;102zT7093MsSD6sxArH8O/Ezwn4ttprjR/EemahFAC0phukJjA6lhnKj3NfO3/BQT/kUfCX/AF/S&#10;/wDosVS+JHgvQbr9ivStek0eybW7TStOMOoCFROu6aFCN4GSCrMMHjmmM+p/DvirR/F1nNd6JqVt&#10;qtrDM1u89pIJEEi4JUMODjI6etatfOv7Cf8AyRS5/wCwvP8A+i4q+iqAKeqf8eyf9d4f/Ri1cqnq&#10;n/Hsn/XeH/0YtXKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCne/wDHzp//AF3P&#10;/ot6uVTvf+PnT/8Aruf/AEW9XKAOZ8N/6hfoK6UdBXNeG/8AUL9BXSjoKXUSPIv2h/gXcfHOx0Cw&#10;j1aPSLexuXmnmaEyuVK4AVcgE/Uj8a5vxR+zv4vu/hw/gLTPG9veeGJo4IPK1jTx59qkciSDypIi&#10;u7lANrqeD19PoKimM4D4I/CSD4LeCv8AhH4NRk1XdcvdSXEkQjyzBQQFBOB8o7mu/oooAp6p/wAe&#10;yf8AXeH/ANGLVyqeqf8AHsn/AF3h/wDRi1coAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKAKd7/x86f8A9dz/AOi3q5VO9/4+dP8A+u5/9FvVygDmfDf+oX6CulHQVzXhv/UL9BXSjoKX&#10;USForn/GXj/w98PbG2vPEWqwaTa3E4t4pZ84aQgkDgHHAJyeB3NeCaN+2ppN/wDF240C6SwtPCIk&#10;kih11pX+bavysRjGGYY7YyOaYz6borG8I+MdF8eaJHq+gahFqWnSO8azxZA3KxVgQQCOR3HIwRwQ&#10;a2aAKeqf8eyf9d4f/Ri1cqnqn/Hsn/XeH/0YtXKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigCne/wDHzp//AF3P/ot6uVTvf+PnT/8Aruf/AEW9XKAOZ8N/6hfoK6UdBXNeG/8AUL9B&#10;XSjoKXUSPln9vptJXwRoAurK6l1c3Tiyu4wfJiXC+arnOMsAuBgn5T0wa8s8V+Kvg1c/sz2Gm6bY&#10;WkfjdLaBfks2F2t0GXznebb8ykB/4iCCoAGAB91az4f0vxFBDBqunWupwwyieOK7hWVVkAIDgMCM&#10;jJwfevH9F/ZN8K6N8Vp/Gaus8LyyTJoslpF9ljZ1I4GOxJI44OPSmMpfsUPpD/BaL+y7K6tZhdyC&#10;+kuSSs9xhcvHzjbt2DgDlT3ya99qnpGjaf4f0+Ox0uxttOsoyxS2tIlijTJLHCqABkkn6mrlAFPV&#10;P+PZP+u8P/oxauVT1T/j2T/rvD/6MWrlABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQBTvf8Aj50//ruf/Rb1cqne/wDHzp//AF3P/ot6uUAcz4b/ANQv0FdKOgrmvDf+oX6CulHQUuok&#10;LRRRTGFFFFAFPVP+PZP+u8P/AKMWrlU9U/49k/67w/8AoxauUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFAFO9/4+dP/AOu5/wDRb1cqne/8fOn/APXc/wDot6uUAcz4b/1C/QV0o6Cu&#10;a8N/6hfoK6UdBS6iQteOeH5/DzftP+J4oL/X38RjR4TPaTD/AIlqxfusGPvu+714yz4JJIHsdcZp&#10;2i+Mofinqup3Ws2MvguayjitNLSDFxHMNuWZ9vTPmH7x+8BgYzTGdnRRRQBT1T/j2T/rvD/6MWrl&#10;U9U/49k/67w/+jFq5QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAU73/AI+dP/67&#10;n/0W9XKyPEf+otP+u/8A7I9ZFAFjw3/qF+grpR0Fc14b/wBQv0FdKOgpdRIWiiimMKKKKAKeqf8A&#10;Hsn/AF3h/wDRi1cqnqn/AB7J/wBd4f8A0YtXKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigDI8R/6i0/67/+yPWRXRXv/Hzp/wD13P8A6LerlAHM+G/9Qv0FdKOgrmvDf+oX6CulHQUu&#10;okLRRRTGFFFFAFPVP+PZP+u8P/oxauVT1T/j2T/rvD/6MWrlABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQBTvf8Aj50//ruf/Rb1cqne/wDHzp//AF3P/ot6uUAf/9lQSwMEFAAGAAgA&#10;AAAhAO2g8X3cAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdxNJgYzal&#10;FPVUBFtBvE2TaRKanQ3ZbZL+e0cv9vLg8Yb3vslWk23VQL1vHBuIZxEo4sKVDVcGPvevD0+gfEAu&#10;sXVMBi7kYZXf3mSYlm7kDxp2oVJSwj5FA3UIXaq1L2qy6GeuI5bs6HqLQWxf6bLHUcptqx+jKNEW&#10;G5aFGjva1FScdmdr4G3EcT2PX4bt6bi5fO8X71/bmIy5v5vWz6ACTeH/GH7xBR1yYTq4M5detQbk&#10;kfCnkiVJIvZgYL5cLEHnmb6mz38AAAD//wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJ&#10;FPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZp&#10;NCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfB&#10;SDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCK&#10;FT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKaRPU3UBQAAPhkAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;CgAAAAAAAAAhAIbR0464WQAAuFkAABUAAAAAAAAAAAAAAAAAPAgAAGRycy9tZWRpYS9pbWFnZTEu&#10;anBlZ1BLAQItABQABgAIAAAAIQDtoPF93AAAAAUBAAAPAAAAAAAAAAAAAAAAACdiAABkcnMvZG93&#10;bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAAAwYwAAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAAAhZAAAAAA=&#10;">
                 <v:shape id="Image 38" style="position:absolute;width:42291;height:25135;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, email  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7+E4wwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3Zbk20wRjWKDJ1etR709myeTbF5KU201b/eHAY7fny/p/PBNeJGXag9a3jPFAji0pua&#10;Kw37YvX2DSJEZIONZ9JwpwDz2ehlirnxPW/ptouVSCEcctRgY2xzKUNpyWHIfEucuLPvHMYEu0qa&#10;DvsU7hr5odSXdFhzarDY0o+l8rK7Og392j6U4v70W1yrxaEs1vfjkrV+HQ+LCYhIQ/wX/7k3RsNn&#10;Gpu+pB8gZ08AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu/hOMMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, email  Description automatically generated" r:id="rId39"/>
                 </v:shape>
                 <v:shape id="Graphic 39" style="position:absolute;left:35445;top:4260;width:6268;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="626745,330200" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m626745,l585597,r,41910l585597,288290r-544449,l41148,41910r544449,l585597,,,,,41910,,288290r,41910l626745,330200r,-41529l626745,288290r,-246380l626745,41529,626745,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDek9MVxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvhb5DOIXeSM22xaXdGkWkQksF8Qfay8Pm7GZxc7IkUde3bwqCl8PMfMNMZr1txYl8aBwreBpl&#10;IIhLpxuuFex3y8dXECEia2wdk4ILBZhN7wYTLLQ784ZO21iLBOFQoAITY1dIGUpDFsPIdcTJq5y3&#10;GJP0tdQezwluW/mcZbm02HBaMNjRwlB52B6tAu8+zPrnd1hdypX71pUc54v8S6mH+37+DiJSH2/h&#10;a/tTK3h5g/8v6QfI6R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3pPTFcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 40" style="position:absolute;left:35445;top:4263;width:6268;height:3296;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="626745,329565" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l626745,r,329564l,329564,,xem41148,41275r,247141l585597,288416r,-247141l41148,41275xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSKXOowAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3abiUOGVKNIQSnYy9TBjs/m2RSbl9JkWv/75SB4/Ph+L9eDa8WN+tB41jCdKBDElTcN&#10;1xpOx+3HHESIyAZbz6ThQQHWq9HbEjPj7/xNt0OsRQrhkKEGG2OXSRkqSw7DxHfEibv43mFMsK+l&#10;6fGewl0rP5X6kg4bTg0WO8otVdfDn9Nwzn/LfWGLU3ktlXrseIp59aP1+3jYLEBEGuJL/HQXRsMs&#10;rU9f0g+Qq38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUilzqMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 41" style="position:absolute;left:565;top:9366;width:2546;height:2768;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="254635,276860" o:spid="_x0000_s1030" fillcolor="red" stroked="f" path="m254635,32131r-31877,l222758,244729r31877,l254635,32131xem254635,l,,,31750,,245110r,31750l254635,276860r,-31750l31877,245110r,-213360l254635,31750,254635,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCm1ZXIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvhf6H5QVyq6slFDHZhBAoLZRCoh5yfLgvKnHfirsa8++7gUKOw8x8w2x2s+nERINrLStIohgE&#10;cWV1y7WCsvh8S0E4j6yxs0wK7uRgt3192WCm7Y1PNOW+FgHCLkMFjfd9JqWrGjLoItsTB+9iB4M+&#10;yKGWesBbgJtOvsfxhzTYclhosKdDQ9U1H42C4tfSRU+pJzOei6+fY9nqVanUcjHv1yA8zf4Z/m9/&#10;awWrBB5fwg+Q2z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAptWVyMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 42" style="position:absolute;left:565;top:9368;width:2546;height:2763;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="254635,276225" o:spid="_x0000_s1031" filled="f" strokecolor="red" strokeweight="1pt" path="m,l254634,r,276225l,276225,,xem31877,31876r,212599l222758,244475r,-212599l31877,31876xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqwdh9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeIVexM0qYmU1SikUvPoH2t6em+dmafKybNLd9dsbQfA4zMxvmPV2cFZ01Ibas4JploMg&#10;Lr2uuVJwOn5NliBCRNZoPZOCKwXYbl5Gayy073lP3SFWIkE4FKjAxNgUUobSkMOQ+YY4eRffOoxJ&#10;tpXULfYJ7qyc5flCOqw5LRhs6NNQ+Xf4dwrG3S7a3sgfu/j9fseS5+fpxSv19jp8rEBEGuIz/Gjv&#10;tIL5DO5f0g+QmxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqsHYfcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A3E2B5" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
@@ -11115,51 +11116,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="3813429" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="562B023C">
               <v:group id="Group 43" style="position:absolute;margin-left:70.85pt;margin-top:25.8pt;width:453.6pt;height:248.45pt;z-index:15737856;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="57607,31553" o:spid="_x0000_s1026" w14:anchorId="45704D0A" o:gfxdata="UEsDBBQABgAIAAAAIQDQ4HPPFAEAAEcCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHKEhAqB7DsSWKIx5bHhPb2OGkrQdVWYumZef/Pt10uN3ZgIwQyDit+mxec&#10;ASqnDXYVf18/ZfecUZSo5eAQKr4F4sv6+qpcbz0QSzRSxfsY/YMQpHqwknLnAVOndcHKmI6hE16q&#10;T9mBWBTFnVAOI2DM4qTB67KBVn4Nka02qbzb5MNDx9njbnDyqrixk8DcECcZj6eRqX6aCDDQkYv0&#10;fjBKxnQfYkR9lCXb58gTOc9QbzzdpLBnHKbO3xi/DfbcS3qAYDSwVxnis7QprNCBBCxc41R+WWNa&#10;0lLm2tYoyJtAq5k67HROW7tvDDD+V7xJ2BuMB3Uxf4P6BwAA//8DAFBLAwQUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69jODwTJ621G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkX&#10;W9uRzLGIapQsBuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/&#10;7BQdk9BUO0dJ0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q9&#10;6XL8AgAA//8DAFBLAwQUAAYACAAAACEArfAH3GgEAAByDgAADgAAAGRycy9lMm9Eb2MueG1s1Ffb&#10;buM2EH0v0H8Q9L6xdbMsIc5isWmCAItt0E3RZ5qiJDaSyJL0JX+/M6TouHacrYMUaA1bGlrD4ZnD&#10;uVCXH7d9F6yZ0lwMizC6mIYBG6io+NAswt8fbj7Mw0AbMlSkEwNbhE9Mhx+vfv7pciNLFotWdBVT&#10;ARgZdLmRi7A1RpaTiaYt64m+EJIN8LAWqicGhqqZVIpswHrfTeLpdDbZCFVJJSjTGv69dg/DK2u/&#10;rhk1v9a1ZiboFiFgM/aq7HWJ18nVJSkbRWTL6QiDvAFFT/gAi+5MXRNDgpXiR6Z6TpXQojYXVPQT&#10;UdecMusDeBNND7y5VWIlrS9NuWnkjiag9oCnN5ulX9e3Sn6T98qhB/GLoI8aeJlsZFPuP8dx86y8&#10;rVWPk8CJYGsZfdoxyrYmoPBnls+meQzEU3iWRFkGP8c5bWFjjubR9pcfzJyQ0i1s4e3gSE5L+I0U&#10;gXRE0Y9DCWaZlWLhaKT/RzZ6oh5X8gPspiSGL3nHzZONTNg3BDWs7zlFdnEAbN6rgFeLME3DYCA9&#10;ZMRdTxoW4LhimkJofqqXjHWYQUEPgWvYozZB8GllBOQAh8wIGtawgSnGVMWCJcxqFf9zDROQWr8O&#10;roq7eARi2XF5w7sO9w7l0V1Y+SCoXmDMBey1oKueDcZloGId4BKDbrnUYaBK1i8ZuKjuqgg2HrLf&#10;gJtS8cG4rddGMUNbXL8GHL9BkiJQUu4eWNDPONEFPYbo2VEX51lSFCkuvYsdUkqlzS0TfYACYAUM&#10;sGGkJOsvekTjVUYOHQCLDPA4nkH4/0RcdhBxNhGRWozK/0K0xP96tKRRMZvNICqhGsXzIkvzxIWk&#10;r1d5nBbT3JWrOEPld4+bjYROp33Wwego784q5t9aIhmELprdKy8zv9m3Y29LrSejFtZ7yAccncir&#10;KEqgdjumkmQ2TaO/E5XMI/iOhT3OizhPbDPdSzG6cim2n1bQICuXYJBqrZfodvAiJiL26s72agPl&#10;BJIzDKBXLx0AqLI4D42iGGygr3gsLezqCAWf92LNHoTVNNhpkjzN4zkcSLAXzWdRMe7ts1437OuD&#10;dxgneV4khU0WcM5r+Lu0lkHBmcXl4TMa9kr+7pSTPIMYLKzxLEqnNgRPmj4F2tukndDM1Tbk4228&#10;FHkaj7xEkevQAOgUL+BAnqXOgWRP30Pyd+/ubDbHIwBwmSZF+r7k5GmaOtt5Nt/tqEfg7x7Jy356&#10;rXeh8mVqTlP5ckh6SP7uHTgvcs4k/tVNfQ9yIE/T2MWNLxaniYmLdO7qT5TGse/fnhB/98ScSeOr&#10;rh7afj1qDrRf8NFrHFEIObYrZyDvF0wtOl75U5pWzfJzp4I1gcp4czOFz1hh9tTgPOyrOUpLUT3B&#10;WXMD5X8R6r9WBA+23d0A7QbyxXhBeWHpBWW6z8K+LdlaAsejh+0fRMnxpGSgVX4VvuscHZicLs4c&#10;BB5Za25PU8+I4DSFA+iAVrIvNvZkNr6E4ZvT/thqPb8qXn0HAAD//wMAUEsDBAoAAAAAAAAAIQCN&#10;+nhvgC4BAIAuAQAVAAAAZHJzL21lZGlhL2ltYWdlMS5qcGVn/9j/4AAQSkZJRgABAQEAYABgAAD/&#10;2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQDQ4RDgsLEBYQERMUFRUV&#10;DA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAJaBOsDASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEA&#10;AAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJx&#10;FDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNk&#10;ZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJ&#10;ytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQF&#10;BgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMz&#10;UvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3&#10;eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna&#10;4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD9RLInyl+lXgOKo2X+qX6VeHSgAxRilooA&#10;TFGKWigBMUYpaKAExRiqOu6xD4f0a91K4WR4bWJpWWJSzsAOigdSegFcYvxhgtLXU21bRNQ0e7so&#10;EuRaTmN3nRzhShRiMk8YJBHelcdj0HFGK8/T4uKYLiCTw/qUWvRXENsNFJjaZzIGZGDhvLC7UkJJ&#10;bA2HNJ/wuCB7C28nQ9Qn1ma7lsv7HUxiZZIz+8y5bZgcc7sHIxTEeg4oxXO6V4803UvB0/iRy9pY&#10;20Uslysw+eDy8+YGA7jaelc3B8arSOxvJtU0XUNGnitYryG1ufLaS4jkbahXYxAJbjacEdwKOtg8&#10;z0bFGK8+/wCFwW8On3pu9E1C01i2ngtho7mNp5HmOItrBimGOed3GDnFaNl8TtPl8M6xq99bz6W+&#10;jyPBe2VwVMkUigEJlSVbcGUggkHcKTdk2+gLWyR2GKMV51d/GzT7XwLpnikaRqk1nfIJBHHBkwru&#10;2/vGztX6E5rd+IfxE034b6PDf6gks/n3CW0UEABkdmIGQD2Gck1TVtH3t8wOoxRiuYl8dxP4lg0W&#10;y0+51C42JLdSxFFjtEf7pcsRk/7K5PtV3xF4rt/Ds1tDLDNPLOkkqrCucIhQMSe3Mi/nSA2sUYrD&#10;8P8AjCx8QF0jJglBwIpWAZvcAGt2gBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigB&#10;MUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKA&#10;ExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRiloo&#10;ATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWi&#10;gBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpa&#10;KAExRilooATFGKWigBMUYpaKAExRilooATFGKWigBMUYpaY80cbojuqs5wqk8t9KAHYoxS0UAJij&#10;FLRQAmKMUtFACYoxS0UAJijFLRQAmKMUtFACYoxS0UAJijFLRQAmKMUtFACYoxS0UAJijFLRQAmK&#10;MUtFACYoxS0UAJijFLRQAmKMUtFACYoxS0UAULL/AFS/Srw6VRsv9Uv0rM8feONN+HPhK/1/VZNl&#10;raJu2j70jdFUe5OB+NXCEqklCCu3oiJzjTi5ydkjV1fWrDQLCS91K7hsbSMZeadwqj8TXjviL9sb&#10;4a+H5/KTULvVTnBbT7fcB+LFa+J/ix8avEfxb1ma61O7eKx3n7Pp8bERRL2GO59zXAV+jYPhWmoK&#10;WLk2+y0S+Z8JiuI6jk1hopLu/wDI/Rrw3+2D8NfEU3lNqVzpLE4H9oW+wH8VLfrXsWmapZ6zZR3d&#10;hdRXlrIMpNC4ZWH1FfkHXpHwg+OfiH4SaxDLZ3UlxpZcfaLCRiY3Xvj0NLG8Kw5HLCSd+z6/MeE4&#10;jnzKOKird1/kfp9RWJ4L8X6d488MafrulS+dZXke9D3U9Cp9wQQfpW3X5zKMoScZKzR93GSnFSi7&#10;plLWr2fTdIvLq1spNRuYYmeK0iYK0zAcICeBk8ZNeKNoOueLPC+syXvh7VoPFF20d3LJerCkJ2MC&#10;tvCVkYhQOmRyeScmveKKlaO/9f1sXc8cudS8X2b+J/Eum+Fb5L7UxZ2NrZSeU08Cp5he4dd+0hfM&#10;4Xd8xXnGar2ui32kx+GNV03wzrcv9k3Fx9sgvjCL26eYKWn4kKsSwJOSOvFe10ULTb+t/wDN/wBI&#10;T13/AK/qx49Z/DHxBqvw61mym1e60ybVbW+Q6MUgMAaZXCeY/lmTI3KTtcDI798bXPC3iXx3BJen&#10;QLjSZbDTbaBLW7kTdcTRy+Y4QqSNuOATjJ7Cvd1lRnZA6l16qDyPrT6Ot15fhsH9feeHar4d8Q+I&#10;tQvPFY0C6tZIL/TriHSZnQXMyW7MZOjFQSHO3nnHOKll+H/ivxY2p6tG9rokd3qsmoLpOrWpuGkC&#10;wRwxeYI5VAPyM2MkfMPSvbKKTStYadjxRPBPidv2e/7BvLWOfW8YW2t08shfNzg7nYE45zn8KsfG&#10;f4c+K/E01/qWkXun3SfZoLa20+4s3eSICZHkZHEyqCxVScqeIwB617HRVN3d/O/4WEtFb+t7nz54&#10;p+GerS6zqczeHE1PXtRjtTYeILZVQadKgwx+Zi8YB5+XOcc16H8T9MkmbTb2RUe0gUQzM+MZe7sy&#10;Mj0IjavQKhu7SG/t3guIlmhf7yOMg85ovpYVtbnI61b6TFrOgGxjskl+18m3VA2Me1dpWZaeGtLs&#10;bhZ4LGKKZfuuByK0XdY1LMwVRySTgCkMdRTIpo50DxusiHoyHIp9ABRSMwRSzEKBySe1IjrIoZWD&#10;KeQQcg0AOooooAKKKKACiiigAooooAKKKKACiiigAooooAKKZJKkKF5HVFH8THAp9ABRTHlSIqHd&#10;U3Hau44yfQU+gAooooAKKKKACio0uYpJWjWVGkX7yBgSPqKkoAKKKYkqSFgjqxU4YA5wfegB9FNE&#10;iGQoGUuBkrnkfhTqACiiigAopCQoJJwB1Jpi3ET7NsiNv+7hh830oAkooooAKKKKACiiigDn/FXi&#10;p9Ct3i0+xOtayU82LS4ZljkdNyqXJPRQWGTg/Sua1j4ka74ZtbW/1Hw4lzpqxg6hJpt350lk/wDE&#10;Cm0bgPbB9qsae+nR/GnVUlt511mTR4WhuJDmNrdZWDqnoQzKT9Vqppq3XgrV/EcOr2LzaNqVzNep&#10;fxfNFGrDJSQdV+p4oA77S9TttZ062vrKZbi0uIxJFKh4ZSMg1k+NPFq+D9PtLprY3QuLuK12h9m3&#10;eT83Q9MdK5r4BJKvw2tHIKWslzcSWin+GAysUH5Vc+Lml3mraHpcdlbS3UkeqW8rrEhYqgJyxx2F&#10;OOskn3X5h0fz/I0Lj4neGLTU20+XVo0uknFq6+W+1JTjCs23audwxkjOaxtO+Jjar8R9Z0SOW2tt&#10;M0iMee89tN5kj7QWIkOEVVzjkHPUcVzHifwpqVx4E8fwwaXPJe3mrCaBEhJeVB5OGXuQMNz7GtfW&#10;/CuqatdfEWG3t5Izfrb/AGaRxtWbbDHuAPflStStuZ9v0T/C7HbW3n+p12l/ETw7rJuRaakkht4z&#10;NIGjdDsHVl3KNw91zVVPiz4Uk0+C9TVg9rcOY4ZFglPmsAGIQbctww6Z/Q1w19Zah4svdMls9Cv9&#10;NTStLuYZ/tNq0JkdoSixJkDeMnORkcVrWPhu7hg+Fsf9nSIun2oFyvlYEDeQg+b+6cgj65q7a/15&#10;6/gLpf8Arpp+J0Vt8WvCV5Lbxw6zG7TuI0PlSABycBWJXCHPZsVduviD4esta/smbUkS+3rEU8ty&#10;iuRkKXA2hiCOCc8ivMdY8Iak3gnxpBBpM/2m51vz4I0hO6RN6kMoxyOvNZ3jzTPEGqahrFvJp+uy&#10;3P8AbFvLbRWEBFi1srxHzGYDDNwc85GOmBUJ3Sfe34pflf8AAHs36/r/AJHcQ/GrT79fEi20Swya&#10;PMse+882OOQE43E+X8vPbk11Gq+P9A0PU00++1FILttmU2OypuOF3sAVTJ6biK8q8T6BqzWXj7To&#10;9Jvp5r+4gurZ4rdmjkXgEBgMbh6daXWvBso8U+K7bVrTxLdWusXEM9uNIJNvMnlohSQhSEKshOWI&#10;4IxTWrS/r+v8hu26Oyi+JxvPiTfaFFPa22m6dCJLiWe2mLyNjJ2ycIoA7nOe1dDovxB8P+IDcix1&#10;JJPs0Xny+ZG8WI/743gZXj7wyK5WfR9XtNY8ZTadYO0kunwR2fnplJHWMDbk8MRXF+HtC1K/8VNP&#10;LpXiG+tX8MXVnONXjMKvMzw5hjyBtBAbHb0PBpPRadv8/wDJB5/10/zf3Hr2i/EHw/4hM4sdSSQw&#10;J5riSN4sJ/eG8DK+4yKl8P8AjjRPFFzNb6ZfC4niXeyGN0JXONy7gNy57jI6eteQweHte1vTNY0n&#10;T7XUxYtpZhil1i1ME8EmeIkkIG9cdxxXTfDHQoBrlneyWXiSO/tNONs0ms5WGLJTMaZUbuVyCMjC&#10;+9XZX/rz/r+kRfT+vI9VoooqSgooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKTcC2MjPpmgBaKKKACiiigAooooAKKKKACsnVv+&#10;QrpP/XR/5VrVk6t/yFdJ/wCuj/yoA1qKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiqEuvadBrMGkyX0CapPE00Vm0gEroOrBepA9aAL9FUdb1zT/DemTajqt7Bp1hDt8y5u&#10;XCRplgoyTwMkgfU1dVgyhgcgjIIoAWiiigAooooAKKKKACiiigChZf6pfpXx7+3l43nl1TQ/CsMh&#10;W2iQ3k6D+Jjwn4Y3V9hWX+qX6V8Iftx2ksXxgguGB8qbTogh7HaWz/MV9Rw3TjPMI83RNr1/pnzm&#10;fzlDAvl6tJ+hwn7PXwps/jH8Ql0LULyeys0tZLqR7bb5jBSo2gsCB97rg9K+ltc/YI8KNpVyNH13&#10;WY9S2HyGvZIXh3dtwWJTj6GvI/2GP+S03H/YJn/9Dir7/r2M/wAzxmEx3JQqOMUk7aW6+R5mS5fh&#10;cTg+etBNttX+7zPgT/hhT4if8/ugf+Bcv/xqvGPiD4A1b4Z+J7nQdaSNL6ABiYX3IynkMDgcH6V+&#10;sVfnj+2r/wAl1vf+vK2/9BrsyPOsVj8U6Ne1rN6K21vM5c3ynDYLDqrRve6Wrv3PT/2B/G00sXiP&#10;wpPIXhi2X9sp/hz8kn4f6v8AX1r6/r4R/YLs5ZPijrV0oPkxaS0bntuaWMr/AOgNX3dXzHEdONPM&#10;Z8vVJv1aPoMhnKeAjzdG18rnNfEzR77xB8O/E2m6Zdz2GpXWm3EVrdWsrRSxTGNtjKykEENg5Br5&#10;G8f/ABh8X+Nf2a/hjY+E9Xu4PGOrqJry8huHSYLaLuuNzKQcMQQfWvt6vkf9nr4G+IPDvx28cvru&#10;mTW/hLSmurfw+8qERyx3MrSSFex4bHHpXzCTcnFdr/ON/wA7r7nufR3Sipdnb/wLT8LM6Cb4lX/x&#10;P+JfwHtNK1W5tdPutOufEuspZztEJEjtxGkcgUjcnnSjKnIylXrn9rW9+wT+KrL4f3t98M4Lv7M/&#10;icagiSsgfY06WpTJjDdy4JHOK5b9mD4L+JfDfxM+I8niWxubHTLC2Og+H53QqktnNNLcOyE9cFkX&#10;I9K818BfAe08F6JH4M8UfBzX/Euv2tyYF1Sykc6ZeRF8rKZM7U+XGQe9aXUmrbP3rf4pbfKNuq79&#10;GZ25U/LT7lv8299ex3eifELxHo37TvxQl8GeDH8bS32n6dc5OoLZQRxBJCCZGRyWbcMLt9ckYr0v&#10;w7+1XZeILXwTdf8ACO3NjBrupT6LqAubgB9IvosgwyAKQ4LKwDZXoDjnFcJpmo+KPgz8fPHerQ/D&#10;bxBrXhnUNOsLa2m0i3MxWSJHwigfeXsWHAOM9aTRvgf4n1H9nnxheX+mPYeM9a1248X2ml5y9rOZ&#10;fMiiOP4tgwQO7EVEWowTfwpfP45af+Au/wAlrrYqScpvu3/7ZHX71b70dn8T/wBrBPh5B8Rbq38L&#10;SazY+DFtI550vvKNxcTuF8pR5bY2qd2cnPAwOtabfHjxpD4bsbif4S6pF4g1S9e307RxqCOrQqqt&#10;59xOqFYPvY24Y5HBNePeJ/hJ4wvv2MPEMVzol5d+PvE19FquoafFCWnEhuIzs29flRP516V+1Po3&#10;iXUZ/BEtrouseJfBtvcyHXdH0Nj9pnyq+USo5ZAQ2QKpx5Vyyet0vwu39+n/AA90XT1S01f4pL9X&#10;/wAMb/g79ol9X0/xnH4h8JX+heI/CqCW90WylF+80bKShgZVXfuwRgqOao+Gf2itfbxv4Z0Dxr8P&#10;J/BsXidJP7Iu/wC1Euy8iLvMUyCNfKbYc8Fh2zXiXgjwB46tH+M154K8E6p4BuNX0mEaJFe5R2YA&#10;g4ckhZD6E5HFU/C/gS6v/ir8HtT0T4S+KPDcOjXkp1rVtZjcyO72zLlskkjdnL4xlhRDVxv1Sv8A&#10;Pmv+S66X21JlpGVul7fLlt+b6a99D2nWP2o9bkvfE1z4U+G934q8LeHZXgvdZj1OO3aSRP8AWCGE&#10;od4X1LLXrnwx8aj4kfDzw74pWzOnjWLGK9FqZPM8reobbuwM4z1wK+X7PVfFHwD8E/ETwVL4G1jX&#10;LSa5vb2w1uyQNZtHNlj50nSMr3zXuH7OF01h+zP4BuRBJcND4dtpBDEuXkxCDtUdyegqIv3W30UX&#10;83e+ny/4cqa99JdXJfJWt+f/AAx47+0b8QvGTfFU3vhHU7m30L4dww6nrdpbyssd+XYboXCn5sRk&#10;nac81uftq+LdX1H4I6CPDdrFqGg+JdS0+3u7gai9o8kE0sZSIbY2JWUEqzBgVHZskDK+GH7M2v8A&#10;jHwtrfiDxR4p8TeF9a8WXM15qGkWk/koqsSER0I6hcAise88C+OJ/wBnHRfBNzoGqXeo+FvGtla2&#10;8jQMWutOhuleO5HqgjYAntsNNR91QlveL++S5l8tNPJ9Ljb95zj2kvujLlf3p/evI9e+GXi6y+Hn&#10;ifR/he/g2y8GwyaOdUtF0++NxbswP76MZiQ5XruPX0FRWf7Sd9rXgqbW9G8CajrN1ca9Noek2VrO&#10;Ct4IyQ1zLKUxBFlJBkhuVAGSazf2s/BfijUfDnh3xN4I0+XUPFWi3HlJbwKS8lvMvlyg45wBzXPf&#10;Ff4Y+I/B3wd+Gfh3R9L1TXvDek3UX/CTaToblbu9jMbFtuOWXz2Dso5IFNy5ruXdL73e/py6ev4S&#10;lypJdr/ctvVvU29S+Nd7468HfE/wn4i8Lv4S8VaNpLzzWQvVvIpIJEOyRJQiZz6FRiu5/ZwhFz+z&#10;z4HhLMgk0eJCyMVYZXGQRyD7185/D/4e6u3jH4t6jpXw21nwfoms+GIrbTbW8ibfPKocMCMnDE87&#10;TzzX058ANHvvD3wV8GabqVrLY39rpsUU9tOu143A5BB6GmknGafVR/Oaf6feKTalG3Ry/KD/ADv9&#10;x8yp8S/GEX7J114Uttbvrj4kLrs/hFNQa5c3QmSdwJPMJ3E+WoOc55reufiXr/jn4YfBbw7bazeW&#10;3iLV/EUGm6vcWdy8dwYrR2e5y6nd8yxc88h+etWdG+CviOH9s7VdQk06ZPACSt4iguihET6hLDHG&#10;wB6Egox/4FT/AIafBrxHon7Xut315p08PgjS4rrVNHuihELXN2I45EB6EhVc496dNtuLlu7N/wDb&#10;nTyu1f7tx1LJSUel0v8At/8AyuvNWO58cftG+JfDN34ju9L+GGo6t4W8PTGHUNYub5bN32H949vC&#10;0ZMqKOd25Q2OKb4q/afu7Xxl4X8OeEvBVz4uu/EWktqtnIt+tqiKNvEpKNtGG5YZORgA5rwn4k+C&#10;PFOr33xR0/xN8NPEnjbxPqN3df2Fq8DFtPhsjkwKjAhVKrgFepPFelfCTwJ4j034r/DHUbzQ760s&#10;rHwZJZXU88DKsE5ZMRsT0bg8VFP3uW/l+MZu3yaXo9LvqVHy3t5/+lRX5N/nobs/7XLaZ8KfFfij&#10;U/BV3Za/4X1ZdH1Lw6L1ZGEjMm1o5gmHBSRWHyjOccda1/Cn7RWuXnxA0Lw34t+H1x4Qg1+3kn0u&#10;/bUkuhIUXeUlRUXy22gngtXlvxG+GnirUtE+NkVr4fv7iTVfGGnXliscBJuYUitA8ieqgo4J/wBk&#10;16p8S/CGr6z8TfhFc22n3M1lYPci9uI4yUtg1q6Aue3JApQk3FSa3cVb1g2/xS9L2FPRyS6KX4SS&#10;X4NmPqv7WF/Da6r4l0r4f3mrfDfSrx7S68TLqCRyN5bmOWWK22EyRo4IzvUnBIHFdD4r/aDvR4mi&#10;8O+AvCMnjnV1sk1G8Bv1soLWFxmPMhR9ztnhQv1Ir5o8JfAay8B6bqHgzxN8H/EXi7Vor+dbTVdP&#10;kc6ffW8szPG8j52RlVYBgfSur+IfwMh8MfGW98R6t8PdY8W+F9W023ggj8Ps8k+nzRKAUdEOShHR&#10;qa2jf7/Plvb779Fta/UuWkpW/pXtf7vzvbSx6N4g/bEisPAfhTXdI8F3+tarrety+HZtBF0kVxZ3&#10;0auXjLbSrAMgGcgbW3e1ev6X4q12X4eNr2q+Gf7J1tLV7iTRDeiXaygnZ5wTB6ddtfO0nwsubXS/&#10;g23hzwBf+GbO38Yy6rfaex86S2ja2lQTzEZ2lvkBz0Jr60kjWWNkcBlYFSD3BqpK8JW3u16aR/Vv&#10;e/boyE/fXayfrrL9Ev6Z8/a1+2Jomi+C/hd4gk0eWQeNr6O0a3W4505C3lyyu2z5ljkKIeFzvHI6&#10;HovEP7SWleF/EXjm0v8ATZRpXhW0t5ptRhmDNcTzAFYEj2j5sEc7u/SvC/Bv7NXiXWvEHxd0LXrG&#10;S30Gxsbuw8JzSIVRmvJRdNJGf+mcsUQyPSr/AIY+BvjTxx+zV4nl1zT5NP8AH+u6r/a8lldDyyWh&#10;fEUZz0BRRSbTi5baX9FKyS9Y2k/mi0kpKO+tvuu7/P3V23PUPD37SGuQ+J/DOneOfh5c+CtN8TS/&#10;ZtJ1I6kl2rXDKWjhnQIpiZ1U4wWGcA+tV/Cf7T2r+LPHvivSIPh9cQ+GvC+p3Wnap4lk1NBFGIcn&#10;esWzcxIGdoPGeprmNfvvF/7Q2vfDnRJfAWt+EbPQNbtde1jUdYg8qIG2yVigP/LQu+3lf4cmtr4R&#10;/DPWZtC+OWk6nY3OlDxB4k1KSyluIygmikGEkX1U+tOV0pNLZSt56pL832va9kTHVpS62v5b3/Je&#10;h5H+0z8dPEnxV/Z41W9g+Hd1p3gi/v7MWXiCXUo2kkRb2LbI9tsBRHKkDDMeRkYOR6/o3xU+JNz+&#10;1hqHg250vT4/CsOlR3IgXUQxRDJIBcg/ZgxdgoBiLbVxwxrxzx8fiDq/7M8XwlX4YeIpNd0yW0tp&#10;b+G2zZyxQXUb+bG/8e5VHyjnqe1e2anpuueGv2uodf8A+Ee1LUdB1jQIdOGo2UBkitpUkkY+aR90&#10;YI5NXFRUklrHml8/3as389OmvmTJtwd1Z2Xy9/X8DI/bW1aTQl+EmoQ2Fxqk1t41sZEsrTb5s7Dd&#10;hF3EDJ6ckCuv8EftBahfeN9Y8KeOPCDeB9UsdL/tmJxqK30M9oCQ77xGm0qVIK4Psar/ALS/hTWP&#10;E+rfCeTSdNudQTTvGNle3jW8ZcQQKTukfHRR3NZvxI+G+seMf2g7yWKyuI9IvfAdzpP9p7D5KTvM&#10;+ELeuCDj0rJXUHbX4/8A0lNfiv0NWk2r9l/6V/k/1KyftaX8VlZeJ734fXtj8Nr26W2h8SvqCGUK&#10;77Eme1CZWMtjneSAc4p3wy+KnxI8QftOfEDwprGmafH4b0u1sJI7eLUFc2QkSQiRCLZWlMm0EqzA&#10;JjgtXivw6+Cem6TpWj+EfEPwU8Q6n4hs51tp9Q81hpkqq2fPEpOzGOcdc17l4d0vW/B37XnjW/n8&#10;Palc6F4q0zTUtdXtYC9tA9ukqusrjhDkjGfUetapRUlbXf5+6rfO9+3bczbfLLo9P/Stfw/z2PTf&#10;il8Qbr4faHb3GneHL/xTqt5OtraadYjbvkboZJCCI0Hdj0964jwn8efEHiPUvFvhbUPBKeHvHui2&#10;MWowaVPqwltby3kLKsi3CxZXDI4IMfBA654rftYaT4o1Xwv4f/sPT9T1nRYdTR9d0vRnK3d3ad0T&#10;HJ56gdq82+A3gi9sv2hvE+v6f8OtX8EeF73wrHa2o1GNgZZkuJN27JOxyCDsPOADjmufWUZryl+E&#10;br73638tC3Zcr9P/AEqz/D0OU/Zt8Zz/AAw+FzfE3W/BFrd3mtat9l1PxIurvNeOjzlS7o0PCoew&#10;bkelfTHiD44waH8TNR8KRaJdanBpfh1/EF/e2bGR4x5myKBIQpLvJhyPmH3PevP/AIKfCXUNR/ZP&#10;uvBfiLTbjTL27S8Q21zGUkQs7FGwfwIrnPg38PPibB8FPiPr97byaT8U9dtlsLMT/I8cdrAIYSC3&#10;Qu3muD6uDW1V2cktoq6/8BSS+Urv0/GYK9m95O34t3/8B0O50T9pLX4vFXhjTvGHw4uvCOl+Jpjb&#10;6ZfvqaXMhlxlUmhEa+WSPRmxUH7Mf/I//G7/ALGdf/SaOvB9J8BahqXi/wCE91pfwk8VaPe6PrEM&#10;+ua1q6OzucYZuT8wzklgMV9Gfs+eFtX8O+Nfi7c6nptzY2+peIVuLOSeMqtxF9nRd6E9RkEZ9qaS&#10;U3/hkvxhb9e1+xEm3FesX+E/+B39SnqPxC0Hwz8bPiRND4Xd9f0Xw7bXtzqf9oPi8iwxSEREFY8Y&#10;PzAEnPNYXh/9rzXL/T/BniDV/hhe6J4M8S3lvYRaw+qJLLBLM2yNmgEY/dlyF3bgcHO3sYvF/gTx&#10;DefGX4x6jBo15LYan4TtrSyuEiJS4mCsDGh7sMjiovEHgLxHcfsvfDDRItFvZNXsNU0KW6slhJlg&#10;SK8heVmXqAqqSfQCs4Pv/c/GUk/ws/LfqaVdG7dpP7oRa/HT8D2v4yfEhfhH8Mte8Xtp7asulQCb&#10;7GkvlGXLBcBsHHX0NeN6h+1z4n8O3Phv+3PhDqdpa+JwsOiNaatDcS3Fy67o4ZUKKIg3Pz7mAAyR&#10;2r0H9qTw9qfir4AeL9J0exn1LUrm1VIbW2QvJIfMQ4AHXgGuP+J3gvXdUvP2f2tNJu7ldG1m0m1E&#10;xxE/ZUW2ZWaT+6ASBzVQV5a9ZJfJp3f3pCk7Ruuzf3Wsamg/Ha+8R3Pjjwr408DSeGta0jSG1FrF&#10;NTF1DfWjo/KTKiFTlGU/Lx1Ga474a+NPBl5rHwIXTvA8mnS6rYXzaTIdYmlGlosbl0IPE+4AjL8j&#10;PFdL408Ha5e/HTxnqlvpV1Np114G+wQXKRkxyXG+4PlA92+ZePcV5V8O9A1Lwt42/Zi0vV7GfTtS&#10;tdN1RJ7W4QpJG3kyHBB6U4O6i3u7fnUX5JP5+Y38M/K//pMH+bf5dD7Uorzq2+K2qzralvAXiGIz&#10;a1NpLB4R+7iQti8b/pi+Bg+4rovBHiu78Xafd3N3oGoeHngupLZYNRQK8qqcCVf9luoqVqr/ANdP&#10;81/Sdk9P69f8n/TV+jooooAKKKKAMfxT4ai8UaXJaNeXmmynBS80+byp4yGDDDc5GQMqQQe4Nczq&#10;3wnHieLT7fX/ABFquq2FtGqS2RdIYrtgfvTbFBbPoCB7V31FAEVtbRWdvFBBGsMMShEjQYVVAwAB&#10;6VLRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;U9Y1e00HTLnUL+dbaztkMksrdFArifBPx08K+PdXbTNOnnivMEolzGE8zH90gmtz4k+ET478Earo&#10;azfZ5LqMBJD0DKwZc+2VGfavEPg7+zr4g8K+N7XWNZeCCCyJeNYpA5kboOnQV51epiI1oRpxvF7v&#10;+tjzq9TERrQjTjeL3f8AWx9KHgV4z4M+Ol/4i+Hutaje2NtZeINPha5SDa3kzxEnZIoLZxwQfm6g&#10;17MehrwjUvgtrlx8I9LsrMRWniuxgkgx5gKSxO5LRs3THQj0Neh0fy/P+vkemraX7/p/XzO/uPip&#10;a2EFsjadf6ne/Yo727TTIVdbZGUHLbnHvgDJ46VNqXxV0m0ksUsra+1xruzGoD+zYlfy7c/dkbcy&#10;4B5wBk8HisC38O+JvCN9dXOl6XDqv9o6fbwSK1wsf2eaNCuTk/MpyenPFYMOiXnwluLZLVrTVH/4&#10;R6Gzuo5bpYWjMJk/egMRlCXbgc/LRJ2u15/rp+C1JSvZf10/4Oh6t4d8U2vinwxb63YpKltcRGWN&#10;Z12uAM9QCcdPWuA+GPxQ1Lxld2v2/V9HiaeF7j+zI9KuYJ9gOBtlklKvjjO1T17VvfCG3uk+E+jI&#10;QILtrZiu4ZCkkkHHcc1kweHPFHiDXvDc+p6da6S2iJMXvYpEZbmRk2DYi8qnViG9qpq0mv66/wDA&#10;EtYlf4c/E/VPF+rW8V7q+j25mLkaaulXMU7KpI+WZ5djHjnCmu18S+ObXw5qVrpwsr7VNQuI3nFt&#10;p8as6RKQGkbcygDJA65PYGuUj8PeJvEGt+HP7W0y2sE0a4NxJfwSoRcHGAEReVB75rU8SaNrWm+O&#10;7fxJo+npqwl09tPntmnWIx4fejgtwRksCOvSk9l8/wAtPvY+r/r+tCh4P+JVzL4J0i/vrLUta1G9&#10;3kR2VsgfCk8tkoi4HvWrL8WNJNjpM1naX+p3OpmQQWFpEpnXyziUuGYKoU4B+bqRjOa4dPh34jh8&#10;PeG7e80qLVYbVJRd6Ut2I08xidr7sgMB6Zqp4b8Max8NpPDF49pZNqMSajavpf2xI8wyzLKHjdjg&#10;7digg84ai+oPy8zv7P4vaTqGjW99a2WpTzXNzLaw6esKi5keMkP8pYAAY6lhTW+MOksmnJBp+p3V&#10;7fSzQJYwwp5ySxDLo+XCg4Oc5x715j4a8E3vi7wzpWuNpVvqxg1W+mk055tizRyyH5kckDjqCetd&#10;54e8CXWn6/4avoNDtNDtLV7yS4tbeYPsMkYVSTn5mOOccdKcVf4tP+GB6Xt5/mdp4U8U2fjDSF1C&#10;zSaJN7xPDcKFkidWKsrAEgEEEdTWzXJ/Drw9e+HLDVYr5FR7jVLq6jCsGzG8rMp49iOK6yktUn6f&#10;khIKKKKBhRRRQBy/xB8aJ4J0UXIjE11K2yGNuhPcn2H9a8FsviHq9l4nk1wSrJdSE743z5ZB/hxn&#10;pXoP7Q7fudCGf4pjj/vivGK/HeJsxxKzH2UJtKnZq3e17+up+l5FgqDwXtJRu53Tv2vax9XeD/E0&#10;Pi7QbfUYl8svlZI852OOo/r+NbVeafAJs+DrsZyRfPx6fu469Lr9OyvETxeBo16nxSim/XVfofB4&#10;+jHD4qpShsnp/XzCiiivUOAKKKKACiiigArJ1b/kK6T/ANdH/lWtWTq3/IV0n/ro/wDKgDWooooA&#10;bJIsUbOxwqgkn0FeS+EPjzYeP/i+PDnh26s9T8ProrX0l2kUizLciYIUy2Bt2Mp+71PXtXrMrbIn&#10;baXwCdo6n2ryn4d/Fe08ReO38Ny+CL/wnqv9ntfg30McZeISKnAHOCxPt8poAj8J/H3T734jeJPC&#10;Wu3dnYX9tqgsdLgiil33C46sfmXOeP4RXrteSaf8WbTWPiTfaDY+Br+8ex1AWd1rUUEbQwv/AH2b&#10;qB39a9boAKKKKACuA0z42eHL34g6t4NubgafrNjKsaLcMAlwCit8jevzYwfwzXf18LfEj4TeJfif&#10;+0h4pg0O3dI47mJpb5srHAPKTkt6+gHNAH1z4z+IS+EPE/hHRzYG6PiC7e1Ewl2eRtUNuxtO7Oem&#10;RXYV8/8Ai/w7d+FPE3wS0u+1SbWLq31OZXu5/vP+6H6DpX0BQAUUUUAFfNfj79q/UvB/xdbwvFoE&#10;M+mwTpBM77/PkJxlkwcY54yDXtPxM+I2mfC3wpPruq72hRhFHFGPmkkOcKPyP5V8mat+1xpepeKo&#10;NZb4f6bcXMJHl3dw5M6gdORxQB6f8Yv2p9S+G3xSXwzaaFBdWUHk/aJZi/mS71DfusEAYDAcg8g1&#10;9E2dx9rtIJwpQSor7T1GRnFfNGpfHDw5488FXPjuy8JWOoav4dkiF7BqP+tgjc4R42HBG7PWvSvg&#10;j8fNJ+M0F1DbWsmn6laIHmtpCCNpONykds0Adr4i8c6J4Unih1O9MEsqGQIkMkpCA4LtsU7V/wBp&#10;sCtqCeO5hSaJxJE6hldTkEHvXm/xW8V6RpF7Ho0lza6dqer2xinv7ngQ2gJDc92JZgo9ST2rvPD5&#10;szolj/Z8yz2IiUQyochlxwQaFqrg9GaFfntbeGPjF8SdTk8W6Q2sXxMs0EF/BqAiZFDkMifOpVc9&#10;hgV+hNfPXwW8TN4N/Zj1LW0Te9jLfTKvqRM2KAPnPxP4H+MLWrab4ivtSNtcYzaapr8eyXBBHyPN&#10;g4IBHHUV9M/sja54h1Pwlr9j4kvri+vdL1JrQG5m850ARSV35O7knnJrjoPAfh7TvCPhPxP4zgTx&#10;DqHibUI476+v5mEdnHJHI4Kdhgqo/Gup+FWlwfCb40ap4L0uY3Ghaxaf2tbb23NEwADAt3zxj6UA&#10;fQFFFFABRRRQB5h8MJ/iVL4v8SL4xjtU0MMf7OMIQH73GNvJG3ru5zXp9eO/Bzwk+g+PPF923jWP&#10;xH58mGsUl3NbEtn5x2I6cV7FQAUUUUAULL/VL9K+ff20vhVP4w8F2/iPToDNf6NuMqIMs8B+9j6Y&#10;B+gNfQVl/ql+lXHjWWNkdQ6MMFWGQRXbg8VPBYiFeG6/FdUcmLw0cXRlRns/6TPy5+CnxYuPgz42&#10;XxBBp8epg2720ltJIY9yMVJwwBwcqOxr6H/4eED/AKEI/wDg4/8AtFSfHD9i1ry7uta8DFEMjGST&#10;SZDgAnk+Wew9vyr5e8RfDLxX4Un8nVdAv7N84G+BsH6Yr9QjHKc7aryScrWs20/uuvvPzuUszylO&#10;jG6jfsmvvsz6d/4eED/oQj/4OP8A7RXzj8X/AIm3Hxe8c3XiK4sk09pkSJLaNy+xVGAC2Bk++BVP&#10;w38LPFvi6by9J8P394c4JWFgB9Sa+qfgb+xiujXdrrfjZo7i4jIkj0uM7kU9t57/AEpSWU5I3Wgk&#10;p2tZNtv5XdvUcXmWb2pSbcb3u1Zfkjsv2NfhXN4C+H0+sahEYdT111m8thgxwKD5YPudzN9GHpX0&#10;DSKoRQqgKoGAB0Apa/LsXiZ4yvOvPeT/AOGXyR+iYXDxwtGNGGyCisXxrqk+ieDtd1G1YLdWlhPc&#10;RMwyA6xsy5HfkCuFsfjBfraaXaJoNzrWqS6PHqk7wSJFGFOQ3XgHg4HeuTv/AF3/AMjq/r8v8z1S&#10;ivFNZ8ear418X/D+HRoL6DQdThlvp2trxbeRyhVSrd9qFiSv8XSuji+M9u8sV1/Y90PDkt2bKPWi&#10;6+W0m4rnZ97aSCN3SnZ7f12/MX9f19x6RRXlsnxyKaXq2pjwzfPp9hfJp4lEiZnmaZIgEXqf9YDn&#10;2xTZvjXqFvfatp8ngy/XUdKiF1dwi5jKpAVyJA/RujfKOflNTfr/AF3/AC1KtZ2/rt+Z6pRXn2uf&#10;Fr7Bp1lfadolxqlrcWf24zGZIEVMA7QX+8/+yOeKwP8Ahberap8QtLtdNsTL4Xv9AOqx3PmRh2Ug&#10;MJMHkYzt2+vNN6Xv0v8Ahd/owWu39bf5nsFFeU6X8Y0j8O6AsNtPrOrahbyXIimmit2EasQWZj8o&#10;5wAB1rQ0f43aRq9vLP8AZpreBNKbVFeQj5xG7xzRD/aR48H13Ch6X8hHPeMP2WtB8Y6tqtxL4p8X&#10;abpmrS+bqOh2GqhbK7Y/e3K6M6hu4R1Br1vR9Is9A0my0zTrdLSwsoUt7eCP7scaKFVR7AACvOr/&#10;AOOcFtHmDRZ7mSG1S8vYzcRxtbIwyo+b77Y5wtaOnfFc+IPEs2laJodzqcUVlBfNeiVI4tk0bPEO&#10;e5249s57U1dLlX9W/r/IHq+Z/wBf1oegUV5gnxqkstX1ay1nw7Ppcel2v2q6uEu47hY8/dQ7P4j6&#10;Vdsvi9Fb3E8PiLR7nw2y6fJqkJuHWQTQR48zBXoy7kyp5+YUul/6/rRh5f1/WqPQqK8b1740tqHh&#10;/VLZLKfRL6bTnu7CcXCSF1Xr93lGA5wa674eePU8Xj7LawS3VvZWkIuNULDy3uCgLRr3YgHJPQZx&#10;TswO2orzD4ifE67sIfEenaJpN3fzaZa7rq+t5FQWzsuVAB5YgEHim6d8Vbq30ewtrPRrzxJfWmk2&#10;99qUkMiqYwyZH3vvu21jtHPFTdWv/XX/ACHb+vu/zPUaK8+ufi9BeGzXw7pVx4iknsE1J1gdYhFA&#10;33SS38RwcL14qO3+McOrapoNlo+i3epvq1s91uDrGLdUkVH356EFj+WO9VbW39f1o/uJvpc9Forl&#10;vGPjg+Gb3TNOtNNm1jVtRL+RZwuqfIgG92ZuABkfnXBeEfi3cWGgXk+p29zc6rea5PZ2enTzKrLt&#10;AOwu3CqoDHPSpWv9edirHs1FeWD46xXCadBZ6Dd3mrXV9Np8lhFMh8maNVY5f7pUqykMOOayPid8&#10;WtTPhbxGND0m9jSwIt5dXgmUCCbjcAOrBc8sOKdtl/XT/NBb+vv/AMme1UV5rr/xssdC1S/t0sJL&#10;yx0uWKDUL1Z0TyJHCnAQ/M+A6k46Z9q9HhlW4hSVDlHUMp9QelG6uSJDOk4Yxtu2sVPsRUlZ+j/c&#10;uv8Ar4f+lGvap/YujXl9s8z7PEX2+uKBmhRXls/ibX9GjXUbrVIrh1ghvJtP8lVQwyPtIjbruXj6&#10;5HrXqEb+YisOjAGgB1FeS618U9Tf4x+G9A0sRjw+1zNaajcuoJkmFtLKEQ9tvlgk/wC0BXZeMtU1&#10;KTw1e3Phm+08XUCNI8s371VCqTwF78d6nmXLzDt73KdRRXBeFda8SeLPhbo+p2lzZRa1dwh5Z7iI&#10;+WOSCQq98DjtUnwm8Zz+Jfhj4e1zXLqBL29t1klkO2JWb2HStHFpyj2/Um90n3O5oryPx54h8beG&#10;7XUNfTULO3tIbuKHT9HWJJTfIWUYL/eDNnAA6Unifxf4qub/AMaXej6hBYaf4XMafZXt1kN24hSa&#10;Tcx5UbZAox6VF1a/9dP80VbWx67RXknivxL4xXQL/wASwalZ6BpNtYR3NrC0KTG7kK7irE8qM8DH&#10;JzTr3xX4s8T6zPYaVdReHpNP0O31O4SS3WZpLiYOREd33VXyyCRzzQ3a9+n+Tf5IFra3X/gL9T1m&#10;isDwF4ik8WeDtJ1eZFjmuoA7qvQN0OPyrfqmrOzJTurhRRRSGFFFFABRRRQAUUUUAFcAfgxpM/xa&#10;g+IV5qerahqtpbvb2VlczobOzDjDtGioDuIyCWZutd/RRs7h0sFFFFABRRRQAUUUUAcl4/8AiBZe&#10;BdNa6umKoGVSVXccnoAO56/lXJJ8cdMt7vS45Lxpv7RVZIR5PG09MkdP1rm/j54gv7LVzpSeHxql&#10;ncRpMZZULISDjAx3GP1riLfxBcX2kJet4SgS/wBI2CFWhbaUJ6KPUUAfV9ndJeW6Sp0bt6Gue+IP&#10;jCfwXosF5bWCalcT3UdrHBLcGBcvnBLhHwOPQ0fDi/udV8I2d7dWj2M1xlzBJ1XnH9M1h/HDRptc&#10;8I2sEWnT6oiahBLNbW8ZkZowTu+UdaOq9V+Y0aOgePbm41zVNI17TrbR7uwtlvHlt777Tb+USQSX&#10;aOMqRjoR078VV1f4s6VJ4Z1e/wBFulnu7GBZ/KvLeWEFCQA+HCll6/MvHvXAXfgK88QQeMLXwxot&#10;z4d0q+0hrdYLyM2/n3OcrhTyBt3An/aqZ/Cp1jRdUnt9F8S/2n/Zy2+dYmdwCXBMUat94DHUcUbr&#10;5f5/8AFZNf12PSvD3xL0HXraQpqCxz29sLq4E0MkKqmOXBcAMoPcEj3pbL4oeGb+1vbiPUWSKzhF&#10;xMZ7aWEiI9HAdAWXg8qCK5DxJoGvR63BdaPYE3EXhme2iZ0Hlic+XsRs8Z4PB9K4uTwvrOqapqE8&#10;Gl+IpYZPD7Wpk1gszNP5ikoqn7o64A464pvVu3n+v+RMel/L9D2nRPiL4d8QzzxWOo73hh+0MJYZ&#10;IR5f99S6gMvuMisOz+LOn674x0bTNHuEuLG6trm4nlmt5YjiMxbGQuFDKd7fMAQcDBrA8X+CdV1r&#10;UbOCztXhV/DU9kZtuFSVgu1Sex61Uaz1bxdqGh20Ph6/0YWmhXthLPcw+XHHM6Qqqqe4+UkHpSem&#10;q8//AG7/ACX3huv68v8ANna33xT0Wax1IaVepcahb28k8STQSJHLtHOxiAJAO+0mm2nxT0ix8O6H&#10;d63di3vr/T4r6SG1t5ZRGrICzkIGKJknluODzwa840fwVLJocNpPo/iR9XsLKaNTeXDtaxuUK/uw&#10;eG3dsetSa3oviFND0zT57DW2th4agtoIdIyh+17CJEnYchQNmAePvUm7X6/0/wAy1rb+u35Hqusf&#10;Ebw7oRgF3qHM0YmX7PBJPiM/xt5attX3OBT7v4gaBZ6rYaa9/vvb+NZraGGGSUyRscB8qpAXPc8D&#10;vXj82i+JIdA06wu9O13yBoqQww6WSjefjDLOw5A+vFdZ8NPDeo6dr2g3F7YTQLB4YhtHklTGyUSA&#10;lM+uBV295rs/8/8AJfeRfRen+X+b+47jxx4rTwX4au9VNs17JEAIrVG2tM56IDg8n6VzXir4rJpH&#10;wvj8UWtsftVz5cMNvJHJKsczOEIfy1zhTuz0ztwMEipPHuhax4s8U6HYWU0um2Fnm+lvhAsqGUcI&#10;mG4JHX8a5W68Ja/pXhvxN4dMdxqyNqFlqFrdrAEEga5jaVQF4G3YWIHZs1K10fX/ADSf6/cN6f15&#10;P/gfed/ofjiwl0aeW/1OGS5sYEmvXSzltQgZQwPlSEsAQRxknt1om+KHhmC+htH1LEspjG4W8pjQ&#10;yY2B5Au1CcjhiDzXJfEnwbqup+K9LfTbdnsNVRLPVXUf6uONt6sfrnH4VyfxQ0HxDqq+I7FNN1y4&#10;leeE6fHp+VsjApUkvjhnBDcHngU1q1fq/wBUv1/Bi2X9f10/I9N0r4ho/jHW9G1GSG3WC9js7EpG&#10;+6UtAkhDHkZ+Y46cCtW9+IGgafDdyTX/ABa3AtJFjhkdjMRnYqqpLnB6KDXn+t+D9Wu5/Hd3b2Uo&#10;vFvra+01iuPOeOCMHb69GWszUPAOrW2heEtTnt9ReaG8lvdTg0uRkukaZWXcuOSVyoIHYGoi7xV/&#10;L8f+G1+Q+r+f4f1+Z6TP8UvC9tptlfSaoBb3kjRQAQStI0inDJsC7gw7qQDVhPiH4ee0t7n+0lSG&#10;4uxYxmSN0JnJACbSoIPI6iuC0XwgYtW8M3dlpGqQ239o3V1cNqjmSbLKqiR88rux0NZvif4aavrf&#10;jLxBbR27ppIhfU7C4x8v25kKce4yD+FW9NX/AFa3/BsPfb+r3/4F/mek3nj2xXXLTTbO5tpZmvWs&#10;bhJTIrLIIhJtTCEMcMpOSBz1zxVW0+J+kQ6DZ6hqd5DG91I8cUdjHNcFypOdqiMOcY5O3AridD8L&#10;a0YvAuo3umyxahNqt3qmppt/49zKrlQ3pgFF/CsnwDBeaTb+GfEKaZdarYxR3drJHZx+ZJEzSEhw&#10;vpxjPvSS3T/r+thPo1/W56H4Z+KVje+FDrWq3EcMUuoXNpbC2hkdpljldU2xgM7NtXJwPXgVpXHx&#10;R8MWtjYXcmqDyb92jt9kErO7jquwKWDD0IBrykeENYk07w5qtxpmr2kFrqmqy3FnpztHdxJPMWjd&#10;QvJwB0HZq6Xw/wCEPs2t+Frm00nUoLRbu8uJ21NzJKrPGcO5PKknsaFrb5fkhN2/H82dRD8UNIto&#10;bubU723t4l1FtPg8lZpGdxEJNjL5YIfGeBkdACScVveHfE+meK7JrvS7n7RCrmN90bRujDqrI4DK&#10;fYivLtL8J6oviO3lm02byF8YT3xZk4EJsGRZPpvwM+tdF4QjvfDeueKpbjS7x4r/AFfMDRREgoV+&#10;/wD7vvSjqrv+tv8AN/cVJWbt/W/+R6JRWPpfiB9Su44W0y+tA8TyeZcRFVXa+3aT6n7wHpWxTEFF&#10;FFABRRRQAVnav4c0nX/K/tTS7LUvJO6P7XbpLsPqNwOPwrRooAaiLGiqqhVUYCgYAFOoooAKKKKA&#10;CqOr6FpviC2Fvqmn2upW4beIruFZUDeuGBGeavUUARW1tDZwRwQRJBDGoVI41CqoHQADoKloooAK&#10;KKKACiiigAooooA43xV8LtN8Yakb2/vtQDBQqRRSoI0AH8IKHr1PNcjb/BOyk1uW1ltdQi09QSt8&#10;L6Jt/oNnlZB/GvYKK8PEZJgMTU9rOmua92+/rd/lY9ajmmLoQ9nCbtay8vTT87nKeEPh1YeCrqaa&#10;wvL6RZV2vDPIpQ88HAUc/wCJrq6KK9TD4elhaapUI8sV0X/Ds8+tWqYiftKsrvuFFFFdBiFFFFAB&#10;RRRQAVk6t/yFdJ/66P8AyrWrJ1b/AJCuk/8AXR/5UAa1FFFABWO3hLSW8WL4mNoDri2f9ni73tkQ&#10;b9+zbnb945zjPvWxRQBj6J4S0nw5fareadaC2udVn+03kgdm82TGN2CSBx2GBWxRRQAUUUUAFRxW&#10;8UDSNHEkbSNvcqoBZsAZPqcAflUlFAFS70qyv7i1uLqzt7me1YvbyzRKzQsRglCRlT7irdFFABRR&#10;RQBg+NPAuh/EPR10vxDYDUbBZVmEJkeP5wCAcoQe57964X/hlb4W/wDQqR/+Btz/APHK9YooA8+0&#10;r4B+AtE0XV9JstASDT9XWNL2EXMx84RsWQZLkjBJPBFXvA3we8IfDa9ubvw3oy6bcXEYildZ5ZNy&#10;g5xh2I6+ldnRQAUUUUAFeBr+zh4p07Q77w/pHxLksfDVy8rf2dNokM5CuxZgZC4J5PXivfKKAPnf&#10;TtG+KXw38P8A/CIt4Y0v4jaAi+Vb3Ek6wMIz/DKkhIIB6AZx6nt1vwj+F+s6Tr174s8VtZrrdzCt&#10;tb2Gngi3sIFGBGufbGfp36163RQAUUUUAFFFFAHCeBPgx4c+HXiLWNa0hboXmqE+cJ5t6oC24hRg&#10;YGeeSa7uiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAMjxfpE3iDwnrWl27Ilx&#10;e2U1tG0pIQM6FQSQCcZPoa43wz8N9T0W+imnntGRfD8elERuxPmqWJPKj5eevX2r0mijv/XdfqH9&#10;fl/keX+Cvhfqvhy48FPdT2ci6JZ3tvc+U7ne0zqylMqMgAc5x+NZsfwo8SDR7bwi9xpv/CKW16Ll&#10;L0SyfbGiDl1iMWzYCOm/ec4+7XsVFO7vf+t7/mg/r81+TPLW+FuqnwPdaMJ7P7TLr0OqK299giS6&#10;ilIJ253bUIxjGcc960r74f6jdeLPGGprNbC31jSY7C3Uu25ZFVwS424C/MOhJ9q9AoqWrq39bJfk&#10;h31v/W9/zPC774KeIPI06Nbfw9rnl6ONNMesPI0dlKP+W0KeWwfPodh4HzVp6L8J/EGgDwc8Mmm3&#10;EuneHBoN+r3EiAEIuJIiIzu+YHhtvH5V7DRVN8179f8Ag/5sS0tbp/wP8keHQ/A7U9MtvDN0LDw9&#10;4hvtOs5LK6sNX3fZnVn3B45PKcqwOP4ORnkVr+LPg9qHiTQfC0FvJpWj3lhMUvotOhMNs1q7h5YY&#10;1A7sicnGfmPGcV61RRf87geReIvhHeL4xv8AWNL0XwxrtvqEEcbReIIyGtHQYDRkRSb1x1X5frXR&#10;6H4M1bw/rfifUrVtO8y+sLSCyiQNHEksMcg+ZADsTcy4ALEDP491RU9Lev4jv1PFdC+Fviq48Har&#10;4e1y10aGXVA813rdrqctxNLcHlW8prZBtzxjfwPWtDUvhh4i+IdxJJ4vl0ywSHSLnS7ZNJlkn3vP&#10;s8ydy6Jtx5a4QA9T81etUUNJ/wBeVvy0F/X6/meL2Pwk1p/Dl9pc+heDtLmewa0W/wBMiYTXDnjc&#10;x8pPKBHUAv8AWup+Hnw/vvh7ftaWclt/wjk9pGz2odt8F2oVWaMbcFHAyckEFQcHccd/RVXe4raW&#10;PKvFPgDxWmpeKv8AhHH0iWx8RRqZjqU8scltKECEqEjYOpAHBK4PrUVn8PfF3hFpZPDsmj3L6hpd&#10;vZXYv55YhbzRIUE0e2NvMGGPyHZ0HzDNetUVNla39W2t+JV9b/1/Wh5Jpfws1/4evZP4Sm07UD/Z&#10;MOl3KarNJb/NECFmUokmTycoQOn3q0fAvwsvPB2vaPdtdwXMNrplxbTuNyu88sySkquCNvysOuen&#10;FelUVV9b/wBdf82TbS39f1ocT438Lazd+ItE8ReHzYy6lpyywPa6jK8UU0Um3PzojlWBUY+U5yel&#10;cLJ8E9eu9Jtrq/TQNS1q21mbUxY3QeSxnjkXa0bM0ZKnGcNsbBAOK9woqUrf153Kvf8Ar5HmOk/D&#10;jU4tV8NX72Hh/RV0+6uZ57HRkZI1WRFVAG2L5jfLyxVOwxxWN4n+F3i+XSvE2gaLJor6NrNy12tz&#10;fTypPAXwXTYsbBhxw24Y9DXs9FVfVP8Aro/0QX/r7/8ANnj1z8IL+w8W61eWWi+FdastXuo7w3Wu&#10;QlrmyfaqSKqiJvNUhAygumCx6169EnlxInyjaAPlGB+A7U+iktFYXW5n6P8Acuv+vh/6VR8b61Bo&#10;Hhy5urm2+2W/EckWTyrHB6An9K2YLdLcOEGN7Fzz3NNvLG31GAw3UKTxEglJBkZHSgDyO4ufC9jb&#10;B5NV13ULCxBmt9MnsZliyvzKpfyQSuQOGOOBnpXp2h6xB4q8P299aie3guosrvTZImR6HuPyrQlt&#10;op4nikjV43UqysMgg9RT0RYkVEUKqjAAHAo3A8bk/Z/urDXvC0+meKtVfTdNv57y5ivXt2c+ZFIr&#10;bMW/zFmfB3n7pOMECvSD4P03TtC1Kw0XTbHSzdwuhFtAsKsxUgFtg5+tb1FK2jiPrzf1/WpzXw88&#10;N3XhPwNpOjXjxSXVpB5TvASUJyTwSAcc+lZHgD4ZW+jfDbQfDfiSx03WJtOhCMHiE8O4d13qPzwK&#10;7yiqbbbb6/pqSla3keT6h4S8av49/tf+yfDuqaXYAJo1pNq09qtqMYMjRraupfsDnCjpS+Ifh/4s&#10;lvfFEWkPpP8AZ3igRPeNdXEiy2UnlJFIY1WMiUFUGMlMGvV6Km2iTH1ueSeIPA3jC48Q6QsFloes&#10;+GtIgj+yWV7qc1qz3CgDzZQtvIGxjhc4B55xV7WvCfjFfEF3rujR6MLzV9LisL+1u7yUR20iGQrJ&#10;FIsJMg/esNrKmdo5Ga9NooaurPz/AB3+8Fpt/VtjE8F+HB4R8K6Zo4l882kIjMuMbj1Jx9TW3RRV&#10;N3d2JKysFFFFIYUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAQXdnFex7JV3DsRwRVODw9aQyB&#10;/nkI5AdsitOigBAABgcCloooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAr39&#10;jFqVnNazhzDKpVxHIyNj2ZSCPwNRaPo9noGmwWFhAttaQrtjjUk4H1PJ+pq7RQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAVRvrGS5vbGZSoWBmZgTycjtV6igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAoo&#10;ooAKKKKACiqWpRJNJZJIodGm5UjIPyPTv7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv&#10;++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn&#10;9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/&#10;AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/&#10;AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQ&#10;Bboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f&#10;/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyK&#10;P7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfW&#10;L/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboq&#10;p/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF&#10;/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vkUAW6Kqf2TZ/8+sX/AHyKP7Js&#10;/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZNn/z6xf8AfIo/smz/AOfWL/vk&#10;UAW6Kqf2TZ/8+sX/AHyKP7Js/wDn1i/75FAFuiqn9k2f/PrF/wB8ij+ybP8A59Yv++RQBboqp/ZN&#10;n/z6xf8AfIo/sqzx/wAe0X/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/7&#10;5FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8A&#10;PrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt&#10;0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A&#10;59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9&#10;k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/&#10;3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/&#10;smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv&#10;++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/&#10;AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKA&#10;LdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR/ZNn/wA+sX/fIoAt0VU/smz/&#10;AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6xf98igC3RVT+ybP8A59Yv++RR&#10;/ZNn/wA+sX/fIoAt0VU/smz/AOfWL/vkUf2TZ/8APrF/3yKALdFVP7Js/wDn1i/75FH9k2f/AD6x&#10;f98igC3RWWdNtP7SRPs8e0xE42jGcirP9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZNn/z6xf8A&#10;fIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3RVT+&#10;ybP/AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/&#10;75FH9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8&#10;+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3RVT+ybP/AJ9Yv++RR/ZNn/z6xf8AfIoA&#10;t0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH9k2f/PrF/wB8igC3RVT+ybP/&#10;AJ9Yv++RR/ZNn/z6xf8AfIoAt0VU/smz/wCfWL/vkUf2TZ/8+sX/AHyKALdFVP7Js/8An1i/75FH&#10;9k2f/PrF/wB8igCOy/1S/Srw6VRsv9Uv0q8OlAC0UV5b8TP2kPBvwn1xNI1uW8a+aMSmO0g8zap6&#10;Z5HWt6NCriZ+zoxcn2RjVrU6EeerJRXmepUV4x4T/a08A+MNVhsbWXULYyyLF9ou7by4Vds7VZtx&#10;wTg4+lezBgwBBBB5BHeqr4athmo1oOL8yaOIo4hOVGSkvIWiiiuY6DxWbUbo/teQ2P2mb7EPCfnC&#10;28w+Xv8AtJG7b03Y4z1r2qvDZv8Ak8uH/sT/AP26Ne5V6ONSXsrfyR/9uODCNv2l/wCeX6BRRVfU&#10;L1NNsLm7lyY7eJpWx1woJP8AKvPSu7I7m7K7LFFfJ1x/wUA0mOeRYvCF3LEGIVzequ4djjZxXsPw&#10;q+O+n/EmZLO602bw7qssEd3b2d3IG+0QOoZZEYAA8Hp2r1a+U43DQ9pVptL5fo7nm0czwmInyU6l&#10;38/8j1CiiivJPTCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiqA17TDd/ZRqNobnOPJE67/8AvnOav0AFFFIelAGN4q8X6V4K&#10;0efVNYvY7GxhGXmlPH0A6k+wryxv2w/hcCR/wkTn/twuf/jdct+25O3/AAqtY8nB1CH+T18H19xk&#10;2R4fMMN7etJp3a0t0t5M+QzXOK+BxHsaUVayet+vzP0Y/wCGxPhf/wBDE/8A4L7n/wCN0f8ADYnw&#10;v/6GJ/8AwX3P/wAbr856K97/AFVwX80vvX+R43+smL/lj9z/AMz9GP8AhsT4X/8AQxP/AOC+5/8A&#10;jdH/AA2J8L/+hif/AMF9z/8AG6/Oeij/AFVwX80vvX+Qf6yYv+WP3P8AzP0Y/wCGxPhf/wBDE/8A&#10;4L7n/wCN0f8ADYnwv/6GJ/8AwX3P/wAbr856KP8AVXBfzS+9f5B/rJi/5Y/c/wDM/Rj/AIbE+F//&#10;AEMT/wDgvuf/AI3R/wANifC//oYn/wDBfc//ABuvznoo/wBVcF/NL71/kH+smL/lj9z/AMz9GP8A&#10;hsT4X/8AQxP/AOC+5/8AjdH/AA2J8L/+hif/AMF9z/8AG6/Oeij/AFVwX80vvX+Qf6yYv+WP3P8A&#10;zP0Y/wCGxPhf/wBDE/8A4L7n/wCN1a0z9rT4ZapfQ2sXiMLLKwRfNtJ41yfVmQAfia/N2lBwcjg0&#10;nwrgraTl96/yBcSYvrGP3P8AzP2At7lLqJZI2DowyrKcgj1FS1yHwxuGm8GaJk5P2KH/ANFiuvr8&#10;snHlk49j9Gi+aKfcqN/yFU/64t/6EKt1Ub/kKp/1xb/0IVbqSgooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHS&#10;gDz39oHxDqPhX4OeJtW0m6ex1G2gRobiPG5CZEBIz7E18UftcXEl38UrOeZzJLLotk7uerMUyTX2&#10;P+1F/wAkE8Yf9e0f/o5K+NP2sP8AkpWnf9gOx/8ARdff8MxXNGVtbz/9JgfFcQSfLKN9Pd/ORR+B&#10;3xN8J+BtH8WaV4t0a81iy1pLdUWzCbojH5nzZZhg/OMEehr60/ZI+Ilz468La1bPcXF1YaVdLBZT&#10;XqgTmIqSA+CQSOnWvzxr7a/YA/5FLxZ/1/Rf+izXr8RYSlHCVcR9puPXTtoummj7nl5HiaksVTo9&#10;Epf5699dux9KeKdS1TTdOjbRtNXU76WZYljll8qOMHOXduSFAHYE5I4qj4B8WzeLtLupbq2itbu0&#10;upLSZbeXzYi6HBKNgZH4Cn+O7DVdR0VYdLtrG/JlH2mw1EDybqAgh4ySG25yDnB6dOazfhV4RvfB&#10;+i3lvdxW9kk93JPBpto+6CzjY8RocDgewA9q/Nkqf1Zt25r6d/P+vxvofet1PrCSvy217f1/Vran&#10;BTf8nlw/9if/AO3Rr3KvDZv+Ty4f+xP/APbo17lWuO/5df4I/wDtxGE/5e/45foFeEfEq/uU+Pdp&#10;aLcSraP4PvpGgDnYzBmwxXpn3r3evAfiZ/ycRZf9iZf/APoT1eWpOrK/8sv0Ix7tTj/ij+p+e9e0&#10;6r+0f/afgnw3oy+GorTVvD9tDb2OtwXhWZDGoXJXZyDjlc14tR1r9qrYaliHF1Ffl1X5fl3PyalX&#10;qUVJU3bm3/M/XLwveS6h4Z0i6nbfPPZwyyN6syAk/ma1KxfBXHg3Qf8Arwt//Ra1tV+CVFacku7/&#10;ADZ+0U9YRfkvyR4LqUXivxx8bvEeg2PjXUPDunafYwzxxWkSOCzHB+8K3/h94u17w7491PwF4s1C&#10;PVZreyXU7DV9gjae3yVbzB0DKwPTtXLwePPD/gX9o7xhNr2qQaZFNptusbTZ+Y7s4GBUVvBL8Zvi&#10;b4m8U6JDKui23hyTQ7G+kUoLuZyzlkBH3RuAzX0cqbdNRqRSp+zTvZL3tLa2TbbvdXen3ng86VWT&#10;hK9T2jVrv4dL6XslbrZW7nU3P7SmkRfaby38Pa/feHbaUxTa/b2e60TBwzZzuKjuQK6jxl8XNF8I&#10;aRpF4i3Gsz6xj+zbHTI/NnuxtDEovoFIJJ4Ga8k8JfFbw14X+Bv/AAjWpN5PiGztHsZNFaFjNLLy&#10;AFXHO71qhpem3Pwnn+D2seJ0eLTbLS7mxu7hlLLZSyEOm/HTj5c+1DwFHns4NWbS1+NKLat6tLa6&#10;1stRLG1eTmUk21d6fA+aK19E3vb4b7Hq2kfHXS9QtNd+2aRqui6po9sbufS9RhEc7RY4ZedpB+ta&#10;Gr/F7TNG+FsHjqWzu302aOGUW6BfOAkdUHfHBYZ5rkdf8Y6J8T4fFdn4a0qPVbmHSZI/7ejiABJH&#10;+pVyuT9AcV5V4u+KPhrUP2XLHw3b6h5mvRxWkEtgI28yFknTdv4woGO/qKilgIVpQtTablBNXvaL&#10;Wvml66r7iquNlRUv3ia5ZtO1rtWsuzevTR/ee3+KPjxY+HPFZ8OQ+H9a1rVTapdpDptuJS6sM468&#10;Y7k4FZNn+0zp2qxTQ6b4T8TalrNq5S80e3sCbi0A6GTJ2jPYA5NVfDn/ACcre/8AYv2/8hVv4ND/&#10;AIu58Xz3+32X/ohqh0MNTptundqCl8T1bla223pqX7bETqWjOyc+XZPTl5r+v4HT2Hxq8NX3w7Xx&#10;j58sWnE+WYXjPnibO3ytg5L7hjAqn4W+N1nrviaz0LUvD+teF7+/RnshrFsI1utoywQgkZA5wcGv&#10;nsaPd6j8EmuoUu5LSw8UTXF2LF2WZYhK2XUrzlevFemeErT4deIPG/hqWw8WeIPFWrQyNc2kd1qN&#10;xdR2xCMSzhyQnQr9SBW9TAYanGbs3rLa75bJNXtp115t1tqYRxuIlKMbpbb2XN7zi99en2dm+xty&#10;/tM6e8usJp/hLxJq40m6ltrySxtA6RbDgsW3Yx3xnOOorF+Mfxuv08K+ENX8J2+pPY6pfW7m9tlQ&#10;LIhfDQEMchm5HTHvU/wW/wCRM+KH/YZ1L+Rrz+9cWv7Mnw+vpQVtLLWbe4uJQCRFGJzljjtWtHDY&#10;aNeKUPhlFatu/NC+3rsRXxGIdGfv7xqWsrW5W0tfRfqj3zxH8W7bwzp+kfaNF1SfXNTTfDoNrEsl&#10;2APvFgDtAGeSTis60+PmjzeGfEeqXOmanpt7oMRnvdIvIRHdKmMggE4IOOoOK82+Ks+l3nxd8M+K&#10;r7WdT0/whqGjm2h1rSLqW3CSeYWAZ0wQpDDrVXxDpvgyT4f/ABJ1Pw3q+reIL46O1vcalqFzLcIy&#10;9QiySHkgjt0zXPDBUHTg5Rd5W2vZPntyt7Ky7+9ex0PF1vayjGSsvTVcrd11eu1tNGeg2P7Suk3V&#10;1o73HhzxBp2jas8cVrrN3Z7LV3cZVc5zyeAcYOMjjmvV9R1CHS9PuL2dwkEEZkdj0AAzXgvxd/5I&#10;R8Ov+v3R/wD0AV7L4v0V/EfgvVNLjbY93ZvCrehK4rhxVGjFQlBcq5pRet9ItK+vkzqwlatOTjUf&#10;N7sZbW3Wxytl418W32haXeWmiWs0upQyahvvJmgt7S34MUbuFYmQqQcYwPm54yV8O/FC41W68M3N&#10;zbLb6Zr8bRwg/ehuFBO0noytjg1kC11Txp4H8OxwaLpOv6dFZ/ZNS0PV8J5d1GAu4MUbBUhxjHII&#10;INQ2nhnULS48AeGri6+3X2lzm/u5VJYQRqDsXcecZwozyRWzp0fei0k7v7kpf5R8tdG7u2KqVrRk&#10;m9l6X93T73Jd9Nkkm/ZKKKK8I9sKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACvGf2rvGWt+BvhjDqOg6hLpt82oxQmaEAnYU&#10;kJHIPcD8q9mrxn9q6/8AEWnfDGGXwzcanbaidRiUvpTyLL5eyTIynOM49ulAHzNrvx8+IVr4H8LX&#10;kXie8S6unuxNIFTL7XQLn5ewJrbvvjf48i+K/hrTF8R3YsLlNGM0G1NrmW2tmlz8v8TOxP1rE13x&#10;J8VE8D+FpIdT8Xi8d7v7Q0c115hAdNm/Bz0zjPvW3feIfiWPiv4aiTUfFQ0x00bz0Wa58klra2M2&#10;4ZxyxfdnuWz3oA+5KKKKACvL/wBobxNqPh/wTY2elXBsr7XdUt9HS7H/ACwEpbc/5KR+NeoVzHxI&#10;8BWfxI8JXWiXkkluZCssFzEcPBKpyjqfUH9CaAOEl/Zg8GrobRxxXSauI8jV/tLfaN+PvFs461rf&#10;s9+K7/xT4BddUmN1faXfT6ZJcn/lt5RGH/Ij8q5t/DvxsmsToT63oIsSvlNrSxN9rKYwTs+7nFQ/&#10;B/xP/wAKu1YfDbxLaR6bc+Y8mm6kpby9RDHJLMxP7z/9XpkA92pD0paQ9KAPmX9tz/kmKf8AYQh/&#10;k9fCo68191ftuf8AJMU/7CEP8nr4Ur9b4X/5F/8A29L9D8y4h/33/t1fqfQGg+Evhbqvwu1Xxe+i&#10;6+q6bcx2ksA1BMyMyglh8nA5rLi8E/D/AMLeENJ8ReJrfWbpNemdrCxsZkVoIFONzsRhj7Cuc8Of&#10;EHS9K+CXiTwpMJ/7U1DUI7mEqgMexUAOWzwcj0rZ0jx34K8WeAdD8P8AjRtVsbnQ5GFrdaXGknmx&#10;MclGDHj610ypYiEptubjz9Hd8vL0/wC3t7a2OaNShKME1Hm5X005r6X+Xyudlpf7Omh2Xijxdb3N&#10;rq3iKws9NtdU0q301tlxcRTE4UrtOSMEf8BzWTYfCrwv4l1fVdBj8N+IvCuurpkt1YQa1LtaWVef&#10;ulASMA1oWn7Qfh7WfEXjFtSfVNE0q/0210rTH09BJPBFATgklhyeT/wLFcIPHOjeEPiJ4f8AEOg6&#10;5reupaSBrl9XjCybc8ovzHIIzXPShj5uSqOSlyq29r2vrb3eiTv1bN6ksHCKlBRa5nfba62vrb4r&#10;W6WNvwZ8D9N8Q+C/B7XM00PiLxRq0sNr8+Ejs4V/euUxycg45HWrL/DbwD41tfE+neEBrFvrehwP&#10;cLLfOjRXYThgAOV6d6Z43+P9jP8AGTw54j8N2csfh/QIxFa2UyhCwbcZjgEgE7yP+Ailf4leAfBl&#10;r4n1DweNZm1zXIHt1jv0RYrNXOWKkZLHnvVy+vSSqe8nLVLom5bS8lH831sKKwcXyXi1GybfVWd3&#10;Hzu/XRdLm1f/AAc8M6H4V8O6gPBPi7xGb7So7+5vdLcmCJjncpIQ4wBnr0Nc5H4G8AeCvC3hzUPF&#10;0Wr3l5r6m5iisJVQWtuTgFsj5j7CtXW/iV4I8WeHfDdtdeJvFOiz6dpUdhPbadAvkyMucn74znOO&#10;nQU3wn8ZfDH9leGm1O/1vQtc8OxtaWt/pUSSfaLbOQrqx+U/Soj9b5Hzc+7va97e9a3le1+XpYb+&#10;q3XLy/CrbWvaN7/jvpcZ4E+EfhDxBD4+vbO21nxnZ6NLaDTodHyk86SswbKFSSVxz/uk1o+CPgl4&#10;U8da/wCKNOuNK1zwfJp1hFJDDrEu2RZnY4LgqPlPHp1p7/Hnwr4i1L4jHULvW9Dh8QvY/ZbvT0V5&#10;0EGdxY7lwW4/M1y1v8QvC/hvTfGttpur65rE+tadFBBd6jCBIsyuT8x3HAAxg0Wxs+de8m1G27tp&#10;C/8Ad/mvpfcp/VIONuVpN3213t/e7dbWMrxR8KIvCXwrudVv4p4fENr4gbSpUZv3fliItkLjqcA5&#10;z0NeW17d8S/jrY/Eb4NaLoVzBKnia2vUlu5xGBHOixsgctnO7BAPHbrXiNe3gXXcJPEK0uZ/dpt5&#10;PVr1PJxioKUPq+3Kvvu9/NbfI/VL4Vf8iZon/XlD/wCgCu0ri/hV/wAiZon/AF5Q/wDoArtK/Dav&#10;8SXq/wA2fr9P4I+i/JFRv+Qqn/XFv/QhVuqjf8hVP+uLf+hCrdZGggIPSlr4y8D/ABT8RfDPwW0f&#10;hnTdP1PUdd+Id1pQi1FnWNRI4Gdyng+/P0r3X4UfETxbq3xA8YeCvGdrpI1TRILO+gvtFSSOC4t7&#10;gSAApI7lWV4ZAfmwRjgUo+8k+6v+Cb+65U1yNp9Hb8XH8Wj1fIzjvS180eKJvGi/tW6zH4Li0f7Y&#10;3hmIzT60skkSKJRgBI2Qkk8Z3DHXmo5v2tNQm8H+FrVLPRdI8daxrF5olyNVuSum2Mln/wAfMrNu&#10;VmXBTau4EmQDPHLXvJNf1q1+gSXK7f1smfTWcUtfEPxE+NGu/EG78K6YItC1LxZ4e8Z2sCS6Vcsd&#10;PvAy7o3U7nZRg8jcee9e3+F/i744tNY+IXh7xLoem6t4g8OadBqliugl4I7+OUShYyJXbYweEgtu&#10;xg5xxSvo3/Tsk/1E9Gl6fe21+n4nt9FfOfhH9obxMPHtr4Z8Qz+EtVm1DSLjUYW8NTu5s5Yly0M2&#10;ZX3dhuG3vxWN4U/aL+Jl94T8E+NtY0Xw1H4W1zW4NGntLQTi8jE1ybZJ1dnKgBymUKnjJ3c8Uldp&#10;f1vb89BdL/1tf8tT6kJxS18p/Fv4n+PPiH4C+KEvh7TdEi8HaM9xpT/bhL9su2iOyaSN1YIgDAgA&#10;q2cdRVxfjxrGljwx4I8L3nhfSb6y8M2mo3uoeK5ykJ3xARQxqskZLMQctnCgdDUp3V/T7mm7/dr8&#10;ymrfj+DS/Nn0/mlr5CtPivF8WvH/AMJvF8doltJPoOtCe1WXeiTRMiSKHGMruRsEdsVZ8D/Gnxba&#10;+HfhJ4e8HaJosU3iqPUGf+0ZbmWO08ppG3AtKXYcElS3PQFeoau9Ot/1t/wSX/X3Xf3bH1pRXzY3&#10;7SPi/TPC+tadfaJpVx4/s/FI8LWyWpkWxnkeNZknKli6qImBK7icjrXW/Dr4j+Pbj4w6l4G8ZWmg&#10;4ttIXUor7RkmTzSZFXaVkdtoGT3OaF7239aX/Jg9L36f52/M9morx/x58S/GM/xXt/AXgSz0g3tv&#10;pY1fUtQ1tJZIY43keOKJFjdDuYxuSScAY4NeewftV+Io/h/pct/YaBp/jDVdeuNEtxcTtHp1v5R+&#10;aWVmcMQFBOARnpxSTulbr+OtvzT+5jat/Xlf8j6ior5T1L9rPxNpnh7xFZwWvhrXvFui65pmnedp&#10;sznTr2C9YiN0IdmjYbXUgs2CM85xXXRfHbxV4C8R+JtM+Idjo7w6don9u21zoSypujB2tE6yO3zA&#10;/wAQIB9KG0v68r/kFmml/W9vzse/UV8+6T8aviDoU3gbWPGmj6HF4X8YXUdlBHpXm/a9NlmQvbCV&#10;ncrKGClWKqmGI6iua1b9oj4o2XgzxN42ttE8MT+HdB1e4sJLJ/PW6uoopjHvV9+1G6cFWz146U37&#10;rtL/AIbVLX5tCWquv+H0b/Rn1PRXgGl/HPxf4W8eaRpfj6z0SLR9c0O81q0n0dZRLai2RZJI5d7s&#10;JP3b/eULyDxXMeFf2sdb1C58J6zqj+Ej4Z8TXgtodMsLwvqlgsmTC837wq2QPmARcHvTs72/q92r&#10;et00K65ebp/wL/lqfU1FfKEX7S3xO/4QbWvHsuieGh4V0TXX026tFE/2u4t1uViaSNvM2owDA4Ks&#10;Cc9K+rlbcob1Gadna/8AWqT/ACY9nb+t7fmLRRRUgFFFFABRRRQBQsv9Uv0q8OlUbL/VL9KvDpQB&#10;59+0B4e1DxX8HfE+laVbPeahcW6iKBPvORIrED3wDXz74y0vRfiJLp13r/wg+ITala2kVo81nbeW&#10;HCKAM9c+1fYlFevhMxlhIcqjezbTUnF6pJ7eh5mKwMcTLmcuiVrJrRtrf1Phn/hVPgv/AKJF8T/+&#10;+B/hX1F8Dvh/oXgPwXCdE0m/0ZdQAuZ7XVDm5RsYCyehHpXolFXjM0q4yn7N3S/xSf4MjC5dSws/&#10;aKzf+FL8gooorxT1jw2b/k8uH/sT/wD26Ne5V4bN/wAnlw/9if8A+3Rr3KvSx3/Lr/BH/wBuODCf&#10;8vf8cv0CvFvir4T8ZQ/FTRfGPhbQ7TxElvpUumzWVzdrb/fctuy3UYOMV7TRXNh68sPPnSTumrPa&#10;z+43r0VXhyttap3XdfefKE/wt8QXM8k0vwB8MtI7FmP9tqMk/jWr4Q+EN1P4m09NY+CHh7SNN83M&#10;17FqomaEAEhgmfm5xxX01RXqSzetKLiopfOf/wAmefHK6Sad7/KH/wAgMiiSGJI41CIgCqo6ADoK&#10;fRRXhHsGfeeHdK1CczXWmWdzMRgyTW6Ox/EirlvbRWkKwwRJDEgwscahVH0AqSiqcm1ZsnlSd7FG&#10;TQ9NmvBdyafavdA5E7QqXz/vYzVi6tIL6BobmGO4hb70cqBlP1Bqaijmemo7LsV7LTrXTofKtLaG&#10;1iznZDGEX8hVX/hG9I3yt/ZVlul/1h+zpl+c88c8jNaVFHNK97i5Y2tYgWxtkuTcLbxLcFdhlCDf&#10;j0z1xSw2dvbyzSxQRxSzEGR0QBnI6Fj3/GpqKV2OyK8Fha2sLxQ20MUTklkRAqsT1yBUVjoun6ZI&#10;0lnYW1o7DDNBCqE/UgVdop8z7i5V2IIbC2tklSK3iiSVi0iogAcnqTjqTTDpVkbL7GbOA2fT7OYl&#10;8v1+7jFWqKV33HZdipJpNjLZLZvZ272igBYGiUxgDphcYpItHsILN7SOyto7V87oFiUI31XGKuUU&#10;+aXcXKuxXm0+1uII4ZbaGSGMgpG8YKqR0wO2O1WOlFFK7Y7JDI4Y4d3lxqm9tzbRjJ9T70CGNZWk&#10;CKJGGC4HJHuafRRcYUUUUgCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKyNf8JaR4oaybVLGK8e&#10;ynW5t2ccxyKcgg1r0UAJ0oPSlpDQB8y/tuf8kxT/ALCEP8nr4Ur9Nfjf8MIPij4Vm0i4le3y6yxz&#10;IMlHGcHHfqeK+XZf2LNRRiB4jQj/AK8T/wDHK/RMgzbB4PCexrz5XdvZ9bdkfDZ1luKxWK9rRhdW&#10;S3XS/c+bKK+kP+GMNS/6GKP/AMAj/wDHKP8AhjDUv+hij/8AAI//AByvo/8AWDLf+fv4P/I8H+xM&#10;f/z7/Ff5nzfRX0h/wxhqX/QxR/8AgEf/AI5R/wAMYal/0MUf/gEf/jlH+sGW/wDP38H/AJB/YmP/&#10;AOff4r/M+b6K+kP+GMNS/wChij/8Aj/8co/4Yw1L/oYo/wDwCP8A8co/1gy3/n7+D/yD+xMf/wA+&#10;/wAV/mfN9FfSH/DGGpf9DFH/AOAR/wDjlH/DGGpf9DFH/wCAR/8AjlH+sGW/8/fwf+Qf2Jj/APn3&#10;+K/zPm+ivpD/AIYw1L/oYo//AACP/wAco/4Yw1L/AKGKP/wCP/xyj/WDLf8An7+D/wAg/sTH/wDP&#10;v8V/mfN9FfSH/DGGpf8AQxR/+AR/+OVf0f8AYruHv4TeeIPMtgwLxx2m1mHoCXOPypPiDLUr+1/B&#10;/wCQ1kmP/wCff4r/ADPrP4Vf8iZon/XlD/6AK7SsTwtpKaNpVtaRAiOCNYlB64UYH8q26/HJtSm5&#10;Lq3+bP1OC5YpPsio3/IVT/ri3/oQq3VRv+Qqn/XFv/QhVuoLPnSw/Zn1y0ttDjbVdPY2HjVvE7kb&#10;/mgLhvLHy/f4+nvXp2hfD280r4zeK/GUlzA9jrGlafYRW658xHt3uWZm4xg+euMHsa72ikla1un+&#10;SX5JDk3K9+v+bl+bPFPGXwx8fx/GG78ceDtU0KNLjSl017LVhKNxDbt+5FOMfr7Vyk/7J19b+EfC&#10;89tqOl6j430jVbzWbibVLYvYX0t4R9pjZcEquAm1sEjyxxzX0tRTXurT+tW/zYN8zu/60t+R8+t8&#10;AvE+ry+GrzUJPDGmXGmeIIdWe10W0aKJYUGPLD7QXY9csBWz4++BGqeNNd+JN3BrSaXF4o8PWukW&#10;0sO7zoJIpJ3LNx90+ao4Ocbq9poqWk/x/FJP8kCbTT7W/Bt/mz5o8K/s7eNLXxtoOuarJ4QsLbS9&#10;LutN+y6HbSRtKZYwokZygJORkg9PU1v6f+z7rFp8EPBfgltSsWv9D1yy1Sa4G/ypEh1BbllXjO4q&#10;MDIxn2r3iirvf77/AI835i6W+X4OP5M+cPFHwC+IMGn+OvDvhLXtDg8L+Kbqa9P9ppKbizkmbdKi&#10;BVKspYkgkgjNTat+zlrem+IdI8Q6CvhrVtQXRbfR9RsfEUDNbv5KYSWJ1RmUgk8Ecg19E0VKVkku&#10;n+Vrfdp93Ybd9/62f5o8NX4Ea5NrvgrU7i/0dZdG0m/srxLG1NtE81xtIMUajAUEHOcE9cVR8Afs&#10;6az4S1X4U3VxqdhMnhCHUI7pYt+ZjcBwvl5XtvGc46V9AUVS0d1/W7/UW6t/W1vyPmP4t/CeTwto&#10;njbxTea7BpdxP4rt/Eel3q28s0doy20VvtuAqkqh2PlhkAMOaqfs6+INd+JPx98T+Lbu/wBK1rSo&#10;NFj05dQ0JXay83zFYokjgGQ4BJIHHSvqeilBcmnTp91vyHJ81/Pf77/mfNXx+1tfhX8X9N8Z6f4n&#10;0jw5f6hozafdxeIo5ksrmKKRnjKTIjDzlMj/ALvqQRXIfC/4G698RfgtoWsTNZW/ia01271ux/te&#10;zP2W6SU4xJGQWVGUnHGR1xX2JRSirK33eWt/z/Ng3f8AXz0t+X6Hz1q3wB8U+KPCps75vCujXv8A&#10;wkGnaolvolo0cEcFtIHZDJsDSO3zYyoA9ea6vx18Dj4+8dalqV/dRLo1/wCHX0SWFM+cGZ928cYx&#10;+NetUUNJ7/1py/l/mF3p5f5835nz/pPwQ8ea3c+B9K8aa9o934X8H3SXtsdNSQXWoSwoY7YzBlCo&#10;FVixClssBVu6+AGr3HwT8Y+CxqVkL7W9Tu72G4O/yo1luDKobjOQDg4HWvdaKcvf+Lr/AJp/mkJa&#10;WS6f5NfqzyHxb8ELjxb478C6rc3VsdJ0TRdR0i/tju8ycXMEcWU4xgbGznHUVyvw2/Z/8VeBZdD0&#10;iUeDbnQdIk2pqg00nUrmFeI1cFAqvjGXDnpX0RRVNtu/r+Lb/Nsmy5eX+trfkfPjfs460f2f/Fng&#10;H+1LD+0dY1We/iuvn8lEe4WUK3y5zhSOB1r6BRdqKvoMU6ihybVvT8El+SK/4P4u/wCYUUUVIBRR&#10;RQAUUUUAULL/AFS/Srw6VRsv9Uv0q8OlAC0UUUAFFFFABRRRQBw118O4E+L9r45+2SG5fTf7H+x7&#10;Bs27ml37uucjGK7mql7/AMfFj/12P/ot6t1pOpKpbmd7JJei2/MiEIwvyrd3+bCiiisywooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAjkiWQcioTp0JOSoq1RQBU/s2H+6KP7Nh/uirdFAFT+zYf7oo/s&#10;2H+6Kt0UAVP7Nh/uij+zYf7oq3RQBU/s2H+6KP7Nh/uirdFAFT+zYf7oo/s2H+6Kt0UAVP7Nh/ui&#10;nJYRIchRVmigBqoEGBTqKKAKjf8AIVT/AK4t/wChCrdVG/5Cqf8AXFv/AEIVboAKKK87/aE16/8A&#10;DPwb8Talply9nfQwoI54zhk3SopIPY4Y80AeiUV4ppv7O6XunWtw/wARvH4eaJJGC62AASATj93V&#10;n/hm2H/oo/xB/wDB4P8A43QB7FRXj37Pl1qEN1460O81e/1m30XWWs7W41Kbzp/LC5+Z8DJr2GgA&#10;orD1fx14b8P6lBp2qeIdK03UJ8eVaXd7FFLJnptRmBP4CtzrR5gFFQveQR3Mdu88a3EoLJEzgO4H&#10;UgdTjIqagAooooAKKKQkAZPAoAWist/E+lJdadb/AG6J5dRLi08s71l2fewwyOM+talABRRRQAUU&#10;VXe/to53gaeP7QsfmmEMC+zpu29cZGKALFFV7G+h1K0juYC5hkGVLxsh/FWAI/EUjajAmoJZEv8A&#10;aHQyACNiu3OPvY2g+2c0AWaKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFry3xl8fN&#10;N8K+ILzSbXRtS16awTzL6TT4tyWq/wC0a9OnnjtoXlmkWKJBuZ3YBVHqSelfKfjfxtp3hPxt4iuf&#10;CfxF8P2sPiAj7fDfW085hkxt3xvErKeOx4+tAHq2u/tJeG9AvfDJnhuG0fxBAJrXVUx5QO7ayMOo&#10;KnGfTNesRyLNGsiEMjAMpHcGvk/U/g9pfxE8O+CtP0Xxdpl14O8LWzvd3URd7t5JJN8p8oL8inaM&#10;ZPGT1xz9QeHtT03VNJt5NKvYb+zRAiywSBxwMckd6ANKiiigCpe/8fFj/wBdj/6LerdVL3/j4sf+&#10;ux/9FvVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAPNfCZ8XeOvDeneIV8TR6RDqc&#10;K3cNlDp8coijcblUs3JOCM1rf8Ir4v8A+h5b/wAFMH+NHwV/5JB4L/7A9r/6KWu0r0K9V06s4RSs&#10;m1suja7eRxUaSnSjKTd2k931S8zi/wDhFfF//Q8t/wCCmD/Gj/hFfF//AEPLf+CmD/Gu0orD6xPs&#10;v/AV/ka+wh3f3v8AzOL/AOEV8X/9Dy3/AIKYP8aP+EV8X/8AQ8t/4KYP8a7Sij6xPsv/AAFf5B7C&#10;Hd/e/wDM4v8A4RXxf/0PLf8Agpg/xo/4RXxf/wBDy3/gpg/xrtKKPrE+y/8AAV/kHsId397/AMzi&#10;/wDhFfF//Q8t/wCCmD/Gj/hFfF//AEPLf+CmD/Gu0oo+sT7L/wABX+Qewh3f3v8AzOL/AOEV8X/9&#10;Dy3/AIKYP8aq6rpHjLRtNub9PF6Xxto2mNvNpsSLIFGSCy8jgdq76svxR/yLOr/9ec3/AKAauFeT&#10;kk0v/AV/kTKjFRbTf3v/ADJPD2q/27oGmakE8sXlrFcbP7u9A2P1q1dTGC3eQDJHSsT4d/8AJP8A&#10;wz/2C7X/ANFLWvqX/HlJ+H8xXPUSjUlFdG/zZtTblCLfZfkgEFyRzc4PoIxS+Rcf8/X/AJDFWaKz&#10;NCt5Fx/z9f8AkMUeRcf8/X/kMVZooAreRcf8/X/kMUeRcf8AP1/5DFWaKAK3kXH/AD9f+QxR5Fx/&#10;z9f+QxVmigCt5Fx/z9f+QxR5Fx/z9f8AkMVZooAreRcf8/X/AJDFHkXH/P1/5DFWaKAK3kXH/P1/&#10;5DFHkXH/AD9f+QxVmigCt5Fx/wA/X/kMURPJHc+TI4kyhcNjHQgf1qzVVv8AkJR/9cW/9CWgC1RR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAVG/5Cqf9cW/9CFW6qN/yFU/64t/6EKt0AFeWftQ/8kH8&#10;Wf8AXKH/ANHx16nXC/HDwlqHjn4VeIdD0tEk1C7iQQo7bQxWRXxntkKaAOr0D/kBad/17R/+gir9&#10;eLWHxJ+KVjY29t/wpySTyY1j3/8ACRW43YGM42e1T/8AC0/il/0RmT/wo7f/AOIoAPgR/wAjl8WP&#10;+xjf/wBBr2KvKvgV4Z8QaTJ4v1jxDpa6Lda9qrXyWAuFnaFSMYLrwa9VoA8Y8B+G9A8SeHPG17r9&#10;pa3l7Nq2oRXk90oMkaJK6xjJ5UKgGMdgK5XwTpWs+PNU0fRT4t1rSdEt9AMyJptwYZZSLhkhfeOc&#10;CMD/AHuK9Y8SfBPwd4s1mXVNR0ydrufb9oFtqFzbRXOOB50UUipLwAPnU8cV0ln4X0rTtTXULWyj&#10;t7pbVbJWiyqrCpyqBR8oA9hRHRa9rfcmr/eNve39ar/I+e/DemXvj/xP8J9Y1PxDrEWpTaHdiV7O&#10;8aFJHVUBcoOMtnJ9ePSugtfiJqRWz02+1eexl8MpqF7r94BvPkwRkR7h/FnzYnx32NXpc3wn8Ly2&#10;+hQjTpIU0Ni2nm3vJ4XhzjI3I4LKcDKsSDjkVpReCdCh1LWb9dMgN1rMaw6gzgsLhFDAKykkYwxB&#10;45zznApO/Lb1+96r8W7/ACBWUr9P0vt91reZ89eF/Evi/wAO+Iobe7XxJbWeraFf3iza/q0V07yR&#10;IjJJHEp3QffJKn2HatzwwfEPhWf4ea1c+K9X1yfXxPHf2l5Nut2AtZZUMcfRCGjXkdefWvRtC+A/&#10;gjw5dJc2ekzvcpby2iTXmo3V08cMgAeNWlkYqhCj5RgDtjJrpV8G6OqaKosl26MxawG9v3JMbRnv&#10;z8rMPmz1py1vy6f0/wDNfcJef9Oy/U8O8Kya7a2Pwt8SyeMtUv7nxXPHcahaT3O+0/e2sk2yJP4E&#10;RiBgddoz0o8LnxBp/jCLTvFeq+JrK61dbqGO4S/W4068+RyPJ2/8e7KACO/y+9aPh74EXsPxLsdV&#10;l0DSfD2h6ZeT3cH2LXr3UDcM4ZVVbWWNIbRSHYssRYZwBwOfRPD/AMGfCHhfXRq+nabMl6pcxCe/&#10;uJ4YC2dxihkkaOLIJHyKOCarR62snfTsnsv6+Yaq666f1/XyPBfB3gdj4a+E2nQ+J9atxeXWoySX&#10;T3pedQAFMcTnlB8oPHfd61oeIPFnjDSZY/A2mXuqeIM629mL6LUI7e+eARGUR/aJCAHGNpbrz616&#10;5dfs/eBLy1NvJpFx5QvJb+IJqd2ht55TmR4SJQYc88R7QMnAGTm//wAKa8H/APCJjw5/ZLHSxN9o&#10;BN3ObgS5z5v2jf5u/P8AHv3e9K+mv9fD+Vn63G7X0/r4v819x5r4d1zxj4AtNM1bxfLe2OiWuqXF&#10;hJDqGoR3kq2ksEckc08iEhnSaN0BPO2UVz2r+IPH2valoWjwxa1df2lZTa3NDperRWE8W6UiOISS&#10;EfIox8o/Gvdk+F/hlfB0/hZ9Oa50S4O6eC7uZZ3mbcG3PK7mRjlV5LE4UDoKXxZ8MvDnja3sotVs&#10;ZWNlxbTWd3NaTxDGMLLC6OAR1GcHvSf9f16iX9f16Hi+t23xIuPD3h2XWP7cK2lpcC+t/DerRJex&#10;MJsQzSlT/pH7oDKrnLZqz4csIdf+LFv4ntfEus3ol8HxXcbG5MUU37xwC0I4AOM7fXJr07XPgl4O&#10;8Q2+nw3Wm3Ea2MJt4nstSurSRoyclJHikVpVJ5IctkknqTV+f4XeGJ9R0q+Gmm3uNMt/stqbS5lg&#10;VYf+ebJGyq68n5XBFPv8/wAU1/l/VgXT+uqPKfCk2s/E3UtE0u98U6rpNvZ6L/aDNp10YZruZ53Q&#10;M7DlkQJyvQ7xntWJZ+PPE8/gfS5/7euWvZvDMly11n703mYEmPWu/wDif8Jm1Cw0OHw14U0zUpNP&#10;SWGN7vxHfaQ9ujEHAkto5HmQsMtG5AOBzxWz4J+C+jeHfBOi6JqUEeo3Njpq6dJPGXiR06sFUNwM&#10;9Op96l+8nb+tyk1Fq/8AW39fM87utS8QfCf/AImC+I9U8RyXXhK/1WW31SbzYxdQRxyI0Y/gB3MC&#10;o4OfatnwzpWreD/Hvga3bxnq/iC31ixu57xL+582OWRFhIeMfwL85wo45r1ibwnpM95Z3Ulkks9n&#10;bPZwFySqwuFDIVJwQdq9QeleQfDL4Ial4f8AiDZa7eaNpnhyx0u2nt7W1sNfvdWM3mbRwLhEW2RQ&#10;gxHGCOTzwK0unN9tfu10/FGdrQt1t+Nkr/gz3aiiioKCiiigAooooAoWX+qX6VeHSqNl/ql+lXh0&#10;oA82+P8A4R1/xt4Gh03w7HFPcm+hlngmm8pJoF3FkLehO3iuO0i0+KGg2KWdh8NvCNtboMCNL3iv&#10;e6KAPnfw58O/HNz8WNC8Q33hXRPDVjCJo9SOlXe77WjIQodO+GA/P2qf9m/4R+L/AIZ+K/Es+uCK&#10;LSL1S1vFDcCQb/MznaOny19A0UAFFFFAFS9/4+LH/rsf/Rb1bqpe/wDHxY/9dj/6LerdAFXVdPi1&#10;fTLyxmLCG6heByhwwVlIOD2ODX5v/GTwFr/wm8X3Gl3V5dSWjkyWlz5jYljzwevUdDX6VV4B+2tp&#10;9tP8Iku5IEe5gv4lilI+ZA2dwB98CgD50/Z1+F+s/FfxdFLNd3cWhWDrLdziVhuwciNTnqcflmv0&#10;JAwK8r/Zf0+2sfgh4ae3gSJ7iJ5pmUYLvvYbj74A/KvVaAPn+38efEG607xf4jtNTsbjT9Au5l/s&#10;uW1VTLFGNzDeOc4zXW658eLbSNPs9Qi0S8vNOlsINQlulkVFjjlUMNoPLkA8gVzkfwk8fRWnijQo&#10;NR0Kz0LXrqWWW7V5pLuOKQYZVQoq5xkfe71D41+AOtahdajBozaJd6Xc6Zbada/2yZDJp4hjCfug&#10;qMPmwCTkEEnrQBek+N+r2/xE1qH+y3ufDNnof9qRhHQOV4PmZ64P3dvY10198a7KxtfDs7abcMNa&#10;0aTWYwHX92iRLIUPqSGxmufPwX1wawJVu9P+xXvh7+w78F38yPA4eL5cNyP4sVk2/wAF/HN6ugw6&#10;pd6ALfRtEudGgNpLNukDwiON23R8dBkDpgkZzgAG3p/7Q76g2kqvg7VFfV4DNp670PnkdR7fU13/&#10;AIA8bQePvD/9pQ2s1jJHPLaz2s/34ZY2KspI64IridE+Eur6bdfDqWW5smXw5bPDdhHfLkqQPL+T&#10;kc98V1fw08IXng3TdYt72WCV7zV7zUIzAzECOWQsoOQPmAPPb3NAHWu6xoWdgqgZJJwBVL+39M/6&#10;CNp/3/X/ABq1c20V5byQTxrNDIpV43GQwPUEV89r+xt4dHxN/tsz58Of67+yMHPnZ+7u/wCeffHX&#10;t0oA+h0dZFDKwZSMgg5Bp1R29vFaQRwwxrFFGoVEQYCgdABUlABRRRQBxfwV/wCSQeC/+wPa/wDo&#10;pat/EzxPceE/B17d2Kh9Uk221jGwzvuJGCRjHcbmGfaqnwV/5JB4L/7A9r/6KWmeO/AEvjzxBoAv&#10;nQ+HrB5LmeCO4linkn2lYipTGAu4tncDkCvRkofXJe0+FSk38m3b57fM4YuawsfZ/Fyq3zSV/lv8&#10;jkda8d6zc/BK9vZro2fiXT7lLC+ktvkKzJOsbkY6BhyPZqZpXxRl8N6v4wfU559R2Xtpa6fZmQDM&#10;kiH5VJ4UE8k9sZqXXPglfRQeJdO8Pz28OkauLa4EV9dzSSR3Mcg8xizByQyKvfOR0xVbXvgXqWr3&#10;Os3nm6XPcvqFrqFjb3itJBIYkKtHOCnAbJGQGxnOO1ejCWDcWpNWk79mr8unW2qfXRHnyji4yvFO&#10;8VbunZys+l9GumrRuv8AHSzg0m9km0uVdVtb+PTn09LhHBkkXeh80fLtK87vwrrvCfiqfxNp91LN&#10;pU+m3dvIYmt5nDBiOhVxwwPqK42X4fa3P4ZuraPQ/B1hNLdrKdJt4GNrLCFwVkm8tW35yQ4j+XgY&#10;PWtv4VeC9T8F6bqEWoywItzcmWCwtbiS4hs0/uJJIFZh/wABFcVaOG9lJ07KV+9+2349/W616qUs&#10;T7SKnrHXpbvv+Hb0104/wd8aNZfStcn13SHlvF1+XSdOtbeRC0rDnyuP7gBJc8H8K27/AONsWk6X&#10;fvfaFeQatY3cFrNpayKz/vWwjqw4ZTntWQvwk8R2NxqUtlPpm+DxA+v6ZJNNJ+9MqFJYZlEfyDBO&#10;GUv2yBUl98J/EHiCe/1fU59Ng1m9v7OY29tLI8EMEDA7Q5QMzEDrtUV1OOCnPmdktNm/7ulu3xXf&#10;RnM5YyEGo3bV90v73X/wG3dGwPjRbWNn4hOs6VcaTqGjtbq9k0qyGbz8iHYw4+ZgR7YNUrj4829h&#10;p+qPeaLPHqFgYd1lBcJMZFkOFZXXjr1FQeNPgzfeLdW8X3f2myRdSTTpLFZ1MiiW2eRiJkxjY28L&#10;wTwTxxgsufhZreq+H7u0OkeFPD88k0DomkK+GCMCxeTykJz2XZx61MI4FpOXW19dtFfzfW/Y1nLF&#10;xk1HZXtpvvb06HYeD/Hz+JNc1TRr7SZtF1SwiiuGgmkWTfFJuCsCvuhBHatvxR/yLOr/APXnN/6A&#10;axNN8IXln8UdZ8SPLAbG8023s441ZvNDxySMxIxjGHGOfXitvxR/yLOr/wDXnN/6Aa82fs/aQdPZ&#10;8vyfVHbD2nJNVOjdvNW0f5lL4d/8k/8ADP8A2C7X/wBFLWvqX/HlJ+H8xWR8O/8Akn/hn/sF2v8A&#10;6KWtfUv+PKT8P5isq38Wfq/zZtS/hx9F+SLVeZfED4x3XhDxtZ+FdK8K3niTVbrTn1JRbzpCixox&#10;UhmboeOPWvTa4DVPAGoXvxitPFiTWw06HRJNNaJmbzjI0hYEDbjbg9c59qwd/wA/ydvxsbq2t/61&#10;X6XOatP2joPEOneGx4Z8N3uu65rME1yNKE6Qm2jibZI0kjfKMNhR6kirXhn9ozRvEV9oUD6fdaam&#10;p2180kl0Qptbm0kCXFrIvXepzz0IBrjfB3wJ8cfDE+H9a0CXQNT16ygvbC8sb+8nt7Wa3mn85WSZ&#10;YHZXUqvBjIPIyOtM8Q/swa3q/wAIoNIg1yztvGsmtXOuXepRq6W4ku5JDdRR8FtmyZlXIydik47P&#10;v/W7t9yTu/Rolef9b/jpZetzfk/aftbnT9GOm+HZrzVdTt5b5NPmvorfy7VG2+a0j/L8xxhepzVY&#10;ftUJrQgPhbwdqPiNW0FNflKXEcAhiMs8Txnd1dXt3GB17dKi8cfs8XJ8VeH9f0DQ/CnicWOlf2Rc&#10;aP4sQpAUGCk0UiwzFXBXkbOQTyK2fDXwc1rStf1HUZxoFnHeeE4NF+yaPC9vbxXKzXUj7I9uBF/p&#10;CgHOSQxKjOKUtnbz/BO332X3/c1q1fy/G1/u1+4q+Gv2lE8VS6Bv8Maho+keJYphpOq3EyfvZEjL&#10;FWjHzJ0OCeuK5z4IfH/WF8I+CIfFmh6kLLWrqfToPE11cK4nuQ8hVXT7yghGVWPB21saZ8BPEFl4&#10;Z+E2nPeaaZ/CUsr3zLLJtkDROg8r5Mnlh94LWP4O+BnxETRvBHhTxLc+G4vDHhrU21Vr3S7meS7u&#10;2BkMUJieFVQAyks+9idoAUZrVct2vP8ABPf7n8yHfl/rs/1t950Vv+1RpFzrNuE0mU+Hbm+bTbfW&#10;RdxHzJwcD9z98IWGAx4rr/g98VLn4t6PdauPDd3oelLK0VrcXcyMbopI6OVUcgAp1PXPtXmHgP8A&#10;Zx1nwHfrpkHh7wDf6RDeSXEPiO7tS2riJiSIzGIMbxnHm+cfXaelet/BvwVffDz4c6XoGoy2895a&#10;vcM72rM0Z3zySDBYA9HGeOuaiNrXfZf8H7tS5b6d/wANf+AeZeOPFvxP8GXVrrl7qthDHd62ljZ+&#10;FIbeOU3Fsz7Q3nY37yvzHHArP8Y/FLx4lj8RPGWk6tbWWg+C9QW1GiPZo/2+ONIpLhnlI3ISspC7&#10;e689a2F8D/FM/Fm/8Wajovg/X4YpDBown8QXdsdPtSeSIhYupmYclt/sMCqnin4IeOL+Lxt4a0u6&#10;0JfCHjK9S8vr26uJlvbAMsaXEcUQiKTbkiAVmkj2liSDjmYXtH9fWO/yUm+l20ug3a7/AK/m2+dk&#10;utlck+Jni74l+F7HVfFf9sWGk6ZBdwxaVoC28c7alGxUfNIRvV2ySFXpioPGHxE8f6xe/EO88Par&#10;baDa+CtOjuf7PmtEm+3z+S0zxyOwyi4QLlefmJ7Ve17wD8Tbz4qLrzaP4S8Q6FpSrHoNnfa9dWZt&#10;uMNNJGtlKrSnsd2FHA7kt8XfCX4gzX/jYeHJvD0dn44sI7bUn1C7nEmlzeW0UkkCrCRcDa5wrmLl&#10;RzycGvL7u+tvJ20v+b6LYcbc3v7aX9L62+Wi6s9m8Ja8vinwvpOspGYkv7WK5CH+EOobH61cb/kJ&#10;R/8AXFv/AEJar+G9Dh8MeHtN0i2Zmt7C2jto2bqVRQoz+VWG/wCQlH/1xb/0Ja1qcvPLk2u7el3b&#10;8DGHNyLm3srlqiiisywooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAqN/yFU/64t/6EKt1Ub/kKp/1xb/0&#10;IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/wAfFj/12P8A6LerdVL3/j4s&#10;f+ux/wDRb1boAKwvGvgzS/H3h260XV4BcWc45HdG7MD2IrdooAwfAng+18A+EtN8P2csk9rYxmNJ&#10;JcbmBYtzj61vUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAcX8Ff+SQeC/+wPa/+ilrtK8s8A+M&#10;rfwP4L0Xw7rOl69BqWlWkdlMLfQ7y6ido1C7kkhidGU4yMHoecVv/wDC29D/AOfPxJ/4TGpf/I9e&#10;hiKFWdacoxum2/xfmcNCtTjShGUrNJfkvI7SiuL/AOFt6H/z5+JP/CY1L/5Ho/4W3of/AD5+JP8A&#10;wmNS/wDkesPq1b+R/wBfM2+sUv5l/XyO0ori/wDhbeh/8+fiT/wmNS/+R6P+Ft6H/wA+fiT/AMJj&#10;Uv8A5Ho+rVv5H/XzD6xS/mX9fI7SiuL/AOFt6H/z5+JP/CY1L/5Ho/4W3of/AD5+JP8AwmNS/wDk&#10;ej6tW/kf9fMPrFL+Zf18jtKK4v8A4W3of/Pn4k/8JjUv/kej/hbeh/8APn4k/wDCY1L/AOR6Pq1b&#10;+R/18w+sUv5l/XyO0rL8Uf8AIs6v/wBec3/oBrn/APhbeh/8+fiT/wAJjUv/AJHqjrnxM0/VdGvr&#10;LT9L8RXV5cwvDFE/h++gUswIGXkhVFHPUkVcMNWUk3F7r+tyZ4ilyv3v6+46H4d/8k/8M/8AYLtf&#10;/RS1r6l/x5Sfh/MVT8I6bNo3hTRdPuABPaWUMEgByNyxqp/UVfvY2mtZFUZY4wPxrCq06kmu7/Nm&#10;1NNQin2X5Inoqr/aEfdJgfTyXP8ASj+0Iv7s/wD34f8AwrI0LVFVf7Qi/uz/APfh/wDCj+0Iv7s/&#10;/fh/8KALVFVf7Qi/uz/9+H/wo/tCL+7P/wB+H/woAtUVV/tCL+7P/wB+H/wo/tCL+7P/AN+H/wAK&#10;ALVFVf7Qi/uz/wDfh/8ACj+0Iv7s/wD34f8AwoAtUVV/tCL+7P8A9+H/AMKP7Qi/uz/9+H/woAtU&#10;VV/tCL+7P/34f/Cj+0Iv7s//AH4f/CgC1VVv+QlH/wBcW/8AQlo/tCL+7P8A9+H/AMKSJvtF4JVV&#10;1RYyuXUrkkg9D9KALdFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBUb/kKp/1xb/0IVbqo3/IVT/r&#10;i3/oQq3QAUUVzXxI8aw/DrwRq3iOe3a6jsIw/kocFyWCgZ7csKAOlorxqD4mfFm6gjmi+EcLRSKH&#10;Rv8AhIrYZBGQaf8A8LF+Lv8A0SKH/wAKO2oA9iorg/hR8Srr4h2+sxajox0LVtIvDZXdn9oWdVcD&#10;PDrwa7ygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf&#10;6pfpV4dKo2X+qX6VeHSgDM8TeI7DwjoN7rGpy+RYWaeZK4GSBnHT6kV44f20fhyD/rNU/wDAP/7K&#10;uo/aZ/5IV4t/690/9GpXz78ONT1GHwNoyReJfhPaRrbgLBrW37YgyeJc/wAVAHrP/DaPw5/56ar/&#10;AOAf/wBlXpXw3+KWgfFXSZ9Q0CaWSGCTy5Fmj2OjYyMivjbxd8ftd8KeIrvSk0/wFrS2+zF9pemr&#10;Lby7kDfI+ecbsH3Br1n9hec3PhzxdMyqrSahG5VBgAlCeB6UAfT1FFFAFS9/4+LH/rsf/Rb1bqpe&#10;/wDHxY/9dj/6LerdABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQBUb/kKp/1xb/0IVbqo3/IVT/ri3/oQq3QAV5Z+1D/yQfxZ/wBcof8A&#10;0fHXqdeWftQAn4D+LMDP7mH/ANHx0AeiaB/yAtO/69o//QRV+uC0T4v+BIdGsEfxp4fR1t41ZW1S&#10;AEEKMg/NV3/hcfgL/odvD3/g0g/+KoA434Ef8jl8WP8AsY3/APQa9irxb9nm/ttV8SfFG9sriK7s&#10;7jxA8kNxA4eORSvBVhwR7ivaaAPHYJvHnxEuNc1bQ/FS+HrGwvp7Gx01LGCZLowuUZpnkQsAzKfu&#10;FcA1p6t8U/EVle/2Vpfg8+ItZsLGK71dLe+WCO3ZwcJEWU+YxKPheOg55qrN4N+IPha91mz8I3Og&#10;yaLql3LeLPqc00dzYSSsWk2IkbLKNxJGWTHT3pb7wR488Ma1daj4TvtH1WfU7GC1vpNeklgaOaIM&#10;FuEEUbh872JjO0cD5qlX5Vb+nb8r3/DbUp7/ANbf1+vkV5/j/c6teW0HhLwnc+I1m0eLW/Oe7W1R&#10;IXLDacq3z/Kfl7+1R6V8XPEniT4oeFbHS9CjfwvquizX00s14iSxOs0SMduwk7CxXaD827PGK1fA&#10;HwhuPAt4Ql9HeWq6Bb6SsjgrI8sbOWkYYwAd+eD61U8PfDLxJ4U13wdf2cul3aafZ3Wm6ik80kZ8&#10;ma4SXzISIzuYeWBtbaDn7wxWispL+v5l93w/n5KHtp/W347/AIlbSfj9qOs+HLDVrfwZcY1aRINI&#10;tmvlEl3Jzv3fJ+7Rdv3znII4Gar+IfilqWr6NFaT2Nz4V8Q6f4i0e2vrNLnzAYZryNflkUDejrvB&#10;4HcVfg+FGv6N8PvBtppl5p58S+GtrR/aGcWlx8u10ZgpZQeDuCkjHTmoD8J/E2vi81bXbrS4tdvt&#10;X0u8lt7KSR7aC3s7hZPLR2RWdiN/JVRnHTrUw6X8v/bf/tr/ANXqXW3n+cv05bf1Ztp+0lp954mS&#10;1Swtv7Blv302LUxqkRnaZWZCTa43BCysA2eeDjmlt/2h3bwcfEt34abT9PuJhaab9pv40a7nMhjA&#10;OVAjTIzvJPGeKg8HfBbUPCHiH7MmheDrvQorya6g1mW2/wCJqEd2cRsvlbSVLbfM8zJCg7QTgWtR&#10;+Cd7e/CfRPD7Ppd3rGj3IvIFvojLZTOJWfy5AVztYHaTtJGcgGkvhV99P0v92v8AwQduZ221/W33&#10;6XKqftJF7GCGPw39t8QyarHpR0zTtSjuYw0kEk0cgnUYKERkHgFSD1xz3fw+8eXPjAara6no7aDr&#10;GlzCG6sjcCdV3DKMsgADAj2FcrpHwt1Vh4curjSfC/hy5sNbGoz2fh9G8kxLbTRACTyoy7lpQeVU&#10;AZGTjnsPDfhO50fxb4r1WaWJ7fV3gaJEJ3IEjKndkY6ntmr/AMn9+lvv1J/r8zzHx38Xtf1Syik0&#10;fQbuy8Pf8JDa6amvxXoV5WS8SOYGELkRkrIm7cc46c13V38Wbe08IeIteOnSNHo1/PYvCJBmUxyb&#10;CwOOM9cVx118K/HRtB4agutB/wCEWg1xNXhvZJJvtrR/bBctA0Qj2DDM4DhzkBQVGSQ3xP8ACfxx&#10;eW3ifw/pV1oS+G9Zvn1AXd1LMLuJnYO8XlrGVIJ6NvyP7tKFrJPq1/7Ze/8A5N/W7l1a/rf/AIBv&#10;X3xUGiXGvW+m6ReaxrTeIV0e1sJb3CTzGziuGKswIhjWPcSACMqT1auV0n423/hybxnd+IbCW21D&#10;+1bexstGudQURRyNApIWZgFWMnJ3Y75xXQax8KvEUOpalrmi3WmtrC+JRrtjBevIsEsZsEtHilZU&#10;JQkb2BVW6L6nGJqPwP8AEviODV9V1j/hHbrX59Uh1O2sZUeew+SJUaGQvHkg4++Ez329qmO2vb/5&#10;Hb8fT827X/rz3/AsWvxgm8a694Lt4caTeReI3s9Ts7K/W6hkjOnXkqDzUwHUsinGOGT2FPt/iNb6&#10;h4S0q4sv7Us5bvw79vhmuNReQxrn+Mk/O/8AtnmtbR/hfqgl8K3k+l+GvD0+may+o3NloKMITGbO&#10;4gUB/KQu+6YHLKuBnr34jw14Zik1vTvAdvqen6nquieFxp+pfZZPMjt5CxwsnGVyBkBgDg9KU02u&#10;WO+v5P8A4A42Wr/rU2PF/wAX5dS+E+tajoJu7i30u2tN+sWU2TPPvj3xRY5Y7ScnOMsB3roYfjfP&#10;osetf8Jf4bl8NPp1kmoR/wClrcLPE7FF+YKoV9wwVPTI5rMm+Buo6VoWp6BoFzYWug6hFbzNZSbl&#10;W2u45Iy7RBVI2OqnI4wyjg7jjoviT8Kn+IUmoRS3EEVpdaYtmBIm/EiymRSykYK5wCM+taTesmur&#10;/R/rt8iILSKfRfqv0vf5nJSftCW2qaNrtvqml/YLq3086hFFpOtpO8sAZVP7yIAxOC68c9TzxVv4&#10;qfFnXLex8W2Xh3w9c3dno6C3vNahvRC8EzIr4jj25faHXJDDGT6VBH8Hte1Lwfr2mXOh+C/D19d2&#10;n2SGfQYmHnHIJeRvJQoOPuAMMnrxzb8W/DfxxNd+LdP8P3Oh/wBg+JJRcyT6jJKtzZyGNEdURYys&#10;itszkspG48HHMtXVv66f8H5lRdrN/wBf1+R6n4cme48PaXLK7SSvaxMzscliUBJNaNU9Hsn07SLG&#10;0kYM8ECRMy9CVUA4/KrlXOzk2u7IjdRVwoooqCihZf6pfpV4dKo2X+qX6VeHSgDh/jh4Yv8Axl8K&#10;fEWjaZGJr+6gURRk43EOrY/IGvkO91fxB8IPC+mQeJPhD4XMS/6Omoapp6yTXDgE5Zg3Jx/KvvWu&#10;T+IXww0L4n2lha69DLPBZXAuY0jfaC2MYbjkYPSgD4k8QeFvGXxo0fS9R0L4Yabo1jGZCtxoVotu&#10;LjO0fNlvmA28fU19GfsifDfX/h34V1pPEFi2nT3t0kkcMhBYKq4ycV7rZ2cGn2sVtbRJBbxKEjij&#10;GFVR0AFTUAFFFFAFS9/4+LH/AK7H/wBFvVuql7/x8WP/AF2P/ot6t0AFFFQ3t3HYWc9zMcRQxtI5&#10;9FAyf5UATUV4vZ/tKHVrZbvS/h34x1XT5CfJvLTTw8UygkblOeRxU3/DQeo/9Er8c/8Ags/+yoA9&#10;iorz34e/GO18e69faJLoer+HdWtIFums9Xt/KkaIttDAZPGTXoVABRRRQAUUnSk3r/eH50AOoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;opAQScHpS0AFFICCMg5paACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoqpqurWWh6fNfajdw2NlCN0lxcSB&#10;I0GcZLHgVZR1dQykMpGQR0IoAdRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUVy3xI+Ien/DLwpca/qMU1xbQsqeVb4LsT0AyQKAOporz/4QfGfSPjJp&#10;l9e6Xa3VktnIsckd2FDcgkEbSRjg134OaAFooooAqN/yFU/64t/6EKt1Ub/kKp/1xb/0IVboAKhv&#10;LODULWW2uoY7i3lUpJFKoZXB6gg9RU1FAHG/8KZ8An/mStA/8FsP/wATR/wpjwD/ANCV4f8A/BbD&#10;/wDE12VFAGfonh/S/DVkLPSdOtdMtASwgtIViTPrhQBWhRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFJgA9KWigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooA&#10;KKKKAKl7/wAfFj/12P8A6LerdVL3/j4sf+ux/wDRb1boAKyfFn/Iq6z/ANeU3/oBrWrJ8Wf8irrP&#10;/XlN/wCgGgDiP2av+SGeEf8Ar2b/ANGPXpteXfs2XMKfA7wkrSorC2bILAH/AFj16X9sg/57x/8A&#10;fYoA8j0f/k63X/8AsWIf/R4r2KvG9EkWX9qvX2Rg6/8ACMQ8qcj/AF4r2SgArl/iheT6f8O/EVza&#10;zyW1zFYyvHNC5R0YLwQRyDXUVQ13RbbxFo17pd4GNrdxNDKEbDbSMHB7UAfMPhDxlqVhcWQmudbu&#10;LG80Gee5tfE9y9zDezKhI8rczED15XIrN8X+LIdb8OpbJoWlaazaLpF151lCUdQ1zjygST+7XHA9&#10;zzXvGl/Abw3phUtLqN8Y7V7OH7ZdeZ5EbjDBOODjvXLaT8CBqHirVk1S0ks/DUNhZ6bYItyGmmWC&#10;QyCQkdOSBg80AQy/HjUtK8b6do7Q6Zc6XPeDTwtuJWnT5fvtJ/q+v8IBPvVK0/aA8URS+HtT1DTN&#10;KHh7Wl1OeFIPM+0pHaxSPgksV3MUHb8K7tPgH4Xi1mLUk+3LJDd/bo4Bc/ulm7sFx371wnh74Iag&#10;fiZp93Pop0zwzpr37LFPfrcLOJ1KbUjH3FIZiQfWgDIj/af8UtoUt7/YdmzSiB7af7NcJAod8FHZ&#10;mG5gO6nHtXrfw28c6x4i8Q+K9C122sotQ0OWAebYbhHIkqMy8MScjaQeearL8BPDY0l9MafU5NPL&#10;Rslu92SkWxtyhBjgZrrNH8HadoXiHXNatRKL3WDCbou+VPlqyrtHbhjQBuUUUUAFFFFABTJohNC8&#10;ZZlDAjcjFSPoR0p9FAHznZafq+i+OPiZ/Z2ua5qT+GIbS406z1HWLqaBi1uJJBIvmfODlsA+1Wm/&#10;aH8QazHJdaDp2my2QksrRWuhJn7TMwDqSG6DnHH51603hG10PU/E3iDTbOS91fWI4/Pt5JQElMcY&#10;jRRnheBzzXlFp8C9Stfhfp+jC1RNQuNZj1G+jinVTEnmhiofODtGcYoAj1f9ofxBokT6Rdafp3/C&#10;SprEumtLFFNJa7EiSXeEVi5JDgYzxzXrPwy8X3fjjwfZ6rfafJpl25ZJbd0ZPmU4yA3IB6jNYw+B&#10;XhgaQtkBeiVb1tRGofaD9qE7AKW8zHcADp0FdnoWjRaBpkNjDNPPHEOJLmTfIfqe9AGhRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAV4l8UNBnf4weBrSHX/EFlaa9NeLeW1nq9xDHiK23JsVXATk&#10;ZO3Gea9trD1jwdp2ueItC1u6EpvtFaZ7Qo+FBlTY+4d+KAPn7xx4x1vQJfEVv4bWy0mSy1y0s574&#10;LI1zdqwABkcv8x9Seorpbf8AaA1yb4irokejw3enRalDpVw1vbzGUM64abfkoqKxHynJx3rv9X+D&#10;fhzW11oXMdyTq1zHd3DLNgrKn3WTj5cU+0+Eei6f4i/tm1n1C2uXeOSaKK5IindAAHdccngZ9aAO&#10;e/Zi/wCST23/AF/3n/pQ9er1h+DfB2neBNDTSdLEq2iyyTATPubc7Fm5+pNblABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB88/t&#10;q6nqlj4K8C2ul63qugnU/GWn6fc3Gj30tnO8EiTb08yJlbBwOM9h6V5ovxm8U/A7xP8AEXwfa+IF&#10;8QW2l3FmdKu/GN3PdyQeecNGXXM0+OoXJb3r6Y+Lvwe0L41eH7DSNflvoILG/i1O3m0648mWOeMM&#10;EYNg9N5/SuKl/Y/+H8+hSWEo1WS8k1CPU31l70m/Nwn3H83Hb0xQB4DD+098SvibrXwtn0m80vRY&#10;pPGOoeHdSjggnWK/NugbfsdwyIY2GEb5g4yTj5a7fSf2u/Fd74Q8EapNpOjrd654vuvDtzGscoWO&#10;GJiFdAZMhzjnJI9q9J039kTwFpWjWWn251ZfsevyeJYbs3pNwt5IipId+PuuFGR3JPPNQj9jj4fL&#10;4ot9cT+145bfUzq8Nmt8RbRXJ+8yx44z3oA8Y0P9rn4v60vhsJong5W8S6HqWrWDGO6AgNlJhxKP&#10;N+YMowAMYJzk4wfpP4VfF+38dfBTR/H+qxJpUNzp4vbuNCWSHAy+O5HXFZWl/sv+CNH/AOEb+zx3&#10;4/4R/Tr7S7Ldc5xBdtum3ccnPQ9q7TwH8OtG+HXgjT/CelRSPo1lD5Ecd23msU9GJHNAH58ftg+K&#10;fG37SHwL8ZeP45Lrwz8J/D7W39kaewKS67M93DD9omH/ADyVZGKL64PavZ/hF8QvFf7LPijR/hn8&#10;R7q513wXqWyPwz4rdS7x5A2205HcdAf6cV2P/BQrT47b9i3x7aWVusUUaaekcECYCgahbcACvf4d&#10;HsdW0jTFvrOC7EKRyxieMPscKMMM9DQBr0UUUAFFFFABRRRQAUUUUAct8Tm1ceB9UGhXsVhqrR7Y&#10;J5nCAMewY8Ansa+ftd8WeIPC3hHxUuna9rul61Z6fBPc6X4gla6lj/ehWnt5yx4JIGOnXj0+mPEX&#10;h6x8VaPc6XqUPn2dwu10zg/UHsa4+D4GeGUtNVguftupNqVqtlNPe3JkkWFTuCK2OADg/UUAcT40&#10;+OHiDwKbGGUaNeSQ2tvJeIqTtLKz4ztwSsY543k5rJb4teMfDmt/ES9nmsr+zsL/AE6C3tZY5NsK&#10;zlcbcPx8jHPq2DwOK9B1L9nvwtqzFriXUmLwRW8pF3jzhHjYX45YY61o6j8FvDeqS6486XRGtQQw&#10;XiLPhXMRUxyAY4cbRzQBxnin43eI9K1rxDp+n6VaXK6fNbxpMY5H8tXUFndFbLYz0XFeifDLxbc+&#10;NPCkWpXf2MzmV4maxZjE204yA3zKfVTkisO3+Avhu1F4yT6n9punSR7s3Z84MgwCGx6V1ng/wdpv&#10;gbRhpmlxulv5jTM0jbnkdjlmY9yaANuiiigAooooAKKKKACiiigAooooAKKKKAMXxpDrFx4T1aLQ&#10;JI4daktnW0klOFWQjAOfbt74r8/Pht8PfEvxa8XyeDrrWrm2tbR3muFmlaSOJgcMVTONxPev0D8a&#10;adqOr+E9Ws9IvDYapNbOltcj+CTHyn8+Pxr4K0vw58TfgRdL43fS57JBI0MslyMh8nnevXB9TQBL&#10;8avhDrP7P09smn+IbmbTdXjaN2t3aAttwSjhThhzn8K+wf2erHxDp3wp0S38RyJJdJEPJKsWYQnm&#10;MMfULgV8f6/f/Ef9qGWXUIdM+222jx/6m1AVULegJ+ZjjoOeK+w/gB4d1/wx8L9Is/EdxLLqITd5&#10;U33oEP3Yz7gYFAHo1FFFAFRv+Qqn/XFv/QhVuqjf8hVP+uLf+hCrdABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFCy/1S/Srw6VRsv9Uv&#10;0q8OlAC0Vx/xe8YXPgH4ba7r9lGkl1ZQh41k5XcXVef++s18awftnfEVJ0aWbTpIgwLRi0A3D0zm&#10;gD76or5gg/bv8PeRH53hrUxNtG/y5I9u7HOMnpmvYfg/8YtK+Mmi3eoaZbXFmbWURSw3GNykjI5H&#10;B4oA76iiigCpe/8AHxY/9dj/AOi3q3VS9/4+LH/rsf8A0W9W6ACmTQpcQyRSoJI5FKsjDIYHgg0+&#10;igDya4/ZV+FlzPJK/hVQ7sWOy+uUXJ9AJAB9BTP+GTvhV/0K3/lRu/8A47XrlFAHHeBPhD4Q+Gct&#10;zL4a0ZNNluVCSyedJKzLnOMyMxAz2FdjRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFY/izwjpHjjRJtI1yzF9p0xBeEuyZI6cqQR+BrYooA5jwL8NfDfw0sri08N6aNNt7hx&#10;JKvnSSlmAwDl2Y109FFABRRRQBUb/kKp/wBcW/8AQhVuqjf8hVP+uLf+hCrdABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFCy/wBUv0q8&#10;OlUbL/VL9KvDpQB5j+0z/wAkK8W/9e6f+jUr83q/VPxx4RtPHnhPUtAv2dLW+j8t2jPzLgggj8QK&#10;+fD+wfoGf+Ro1If9sI6APi+vs79g7/kVPFP/AF+xf+izS/8ADB+gf9DRqX/fiOvYfg58G9M+DWi3&#10;en6ddz3pupRLLNOACSBgcDjpQB6BRRRQBR1JzHJZMEaQib7qYyfkf1NP+3Sf8+Vx/wCOf/FUXv8A&#10;x8WP/XY/+i3q3QBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/ny&#10;uP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4&#10;/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/&#10;AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8A&#10;xz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDH&#10;P/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/&#10;+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4&#10;qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iq&#10;t0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3&#10;RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/nyuP8Axz/4qrdF&#10;AFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3SEhQSTgDkk0AVft0n/Plcf8Ajn/xVH26T/nyuP8A&#10;xz/4qrEM0dxEkkTrJG43K6HII9QaaLmFpHjEqGRMbkDDK56ZHbNAEP26T/nyuP8Axz/4qj7dJ/z5&#10;XH/jn/xVW6KAKn26T/nyuP8Axz/4qj7dJ/z5XH/jn/xVW6YJo2laMOpkUAsgPIB6ZFAFf7dJ/wA+&#10;Vx/45/8AFUfbpP8AnyuP/HP/AIqp1nieV4lkRpUALIGBZc9MjtUlAFT7dJ/z5XH/AI5/8VR9uk/5&#10;8rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4/wDHP/iqt0UAVPt0n/Plcf8Ajn/xVH26T/ny&#10;uP8Axz/4qrdFAFT7dJ/z5XH/AI5/8VR9uk/58rj/AMc/+Kq3RQBU+3Sf8+Vx/wCOf/FUfbpP+fK4&#10;/wDHP/iqsLNG0jxh1MiAFkB5UHpke+D+VPoAqfbpP+fK4/8AHP8A4qj7dJ/z5XH/AI5/8VVuigCp&#10;9uk/58rj/wAc/wDiqPt0n/Plcf8Ajn/xVW6TcN23I3YzjvQBV+3Sf8+Vx/45/wDFUfbpP+fK4/8A&#10;HP8A4qrTMEGWIA9TS0AVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58&#10;rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+&#10;Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAV&#10;Pt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5&#10;XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8&#10;VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+&#10;fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP&#10;/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFA&#10;FT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8&#10;+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T/nyuP/HP/iqt0UAVPt0n/Plcf+Of&#10;/FUfbpP+fK4/8c/+Kq3RQBU+3Sf8+Vx/45/8VR9uk/58rj/xz/4qrdFAFT7dJ/z5XH/jn/xVH26T&#10;/nyuP/HP/iqt0UAVPt0n/Plcf+Of/FUfbpP+fK4/8c/+Kq3RQBnwzNNqi7oZIcQtxJjn5h6E1oVU&#10;b/kKp/1xb/0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/AMfFj/12P/ot&#10;6t1Uvf8Aj4sf+ux/9FvVugAqtqN6mm6fdXcgLR28TSsF6kKCT/KrNZPiz/kVdZ/68pv/AEA0AeS6&#10;J8cvH3ivS4NW0L4TyahpFzlra6bXoIjIgJGShTK9DxV7/haPxU/6I2//AIUdt/8AEVq/s1f8kM8I&#10;/wDXs3/ox69NoA80+HXxa1TxV4v1Hwx4h8KSeFtZtLRb4Qm+S7V4iwUHcgAByenNel147o//ACdb&#10;r/8A2LEP/o8V7FQAUUUUAFFFFAHynrf7dsOnatd2tr4Ne6ghlaNZpNS8tnwcZKiJsfma9K+Fn7RU&#10;HjufToNZ0N/C76tG0ulSyXInhvArsjqH2rtcFfukcj8M/FvgHRbTxF8YLPTr6ITWk+oMsqMPl27j&#10;19q7LxP8bJdE8NXXw9k8MWTWOlXdwLK5keRbiA+c7o6kHgjd26igD9AqK4/4P6rda78LfC2oX0zT&#10;3dzp8MksrdWYqMk12FABRRRQAUUUUAFFFNlbZG7egJoAdRXz34W/aNvbjw34dj07w5qfirU9Ug1O&#10;8BluIYCkdrdtEwdsbR22+oA71tW/7Sa6/ZeH28MeFL7X7/U9MfV5bRZ0h+yW6tsYs7DBbdwAOtAH&#10;tVFfPa/tgade+H9I1DTvDlxd3N1o5127spb6KB7O182WNcluHdjBLhF5+WmeH/2hIrj4jeILXTzc&#10;+IpdWOltoujxzBSsclsXmkGeFUfeY+1AH0PRXjesftGJpmparND4YvL3wrpGpx6TqOvxzoEguG2A&#10;4ixudFMqBmHAJPpWDP8AtYTx2kmpQ+A9SudCGtvoKX8d3HmS5EhjXbHjO1mHXtQB9BUV4hN+09a6&#10;XpGs/wBseHZ9M8R6dq9voo0ZryNvOuJ4/NjxNwoXYHYk9Ahplt+1BHf2ltDZ+Frq98QSao2kS6Vb&#10;3kTiKYKGB84fKUKkHcPWgD3KivENN/aa/ty202y0vwleXni28vruxbQvtUaeSbYKZnaYjbtAkjwc&#10;clwK5b4P/HnWj4F063n0rUPFHi/V9b1pbfTJbpUkhggvJFw8jcKqLtUfTAoA+mKK8WtP2kl11dLs&#10;NA8K32reKbv7T9o0RrhIWsxbsiymSRht4MkYHrvGK0NA/aDs9dfXozoV/YT6P4ei1+eC7wkmH84G&#10;Hb2ZTCwz05FAHrNFfPuo/tYyRQ6jcab4G1DVLXTNBt/EN9Mt5FGIbeVXbABHzMoQ8DrWrYftO2cV&#10;xcnxB4du/D1k2h/8JDY3E06SG6tN2ASo5jc5T5G5+YUAe20V8/n9reytNP1GW/8ADNzBewWUeo21&#10;lb3sVw91A8ixggrwrAuuVPPNZXxN/aV8VaV4O8Xx6T4Rk0nxZ4evNMS5gubyGVEgupowkgOMNuBZ&#10;NvVSc9qAPpWiqOiXVzfaPZ3F5bfZLqWJXlg3h9jEcjcODV6gArzPwXqd1c/HP4j2Ut3LLbW2n6Q8&#10;Vu8hKRFzebiq5wu7aMkddo9K9MrgfGvwU8O+OdbfV7qTU9O1GW2FncXGk38lo11ACWEUuwjeoLNg&#10;H+8fWgDwP4R/E74iXngLwdpWianpRlfw1Lq91qfiCCe+mZ0kcBQFmTduC4yW4689K6DTvjb43+Lm&#10;l22n+Ho9D0O4XwqNc1WXUbeW5WYyNJEsEAWSPywTFITIS+3Kja1e06X8JfDGivaGw0/7IlppZ0eG&#10;KFyqJbEk7QvTPJ561zt5+zX4KudO0mzii1HT102zfTo5bC/lglmtmbc0MrqcyITztbigD51+Hn7Q&#10;/iDwt8MvA3hjw7DGk2keD9OvJxL4d1HVTeyvCGECG1GIflx+8fdycbeM1qSePLr/AIWPr2stpZt7&#10;jVtX8CwzWV750T2xnvJFcEKyNuTccBsqSPmVhkH3Y/s2eDItO0ays11PS49K0+LS4pNP1GWCSa1j&#10;GEimZSDIo/2q0rz4E+Eb7U5b+Wzn+0SXWl3bFbhwPM0+QyWpxnorHkfxd6APNU/aM8Q2l1/ZF3Za&#10;fLrujXOqN4gighkCJaWuTC8Y3EqZlaNlJ3DGeK42D9rHxsvhLXtc/s2G/i/4RjUNbs2HhnU7KDTp&#10;4YGmhinnnwlwrgEboynPAznNfSFv8K/DNt4x1/xQumo2sa9ax2eoSuSVmiRSqgr0+6cH1GK5qD9m&#10;/wAHQ6RrGlN/atxpep6fPpjWU+pSvDb28ylZEgUnEWQSPl6UAef/ABO+MnxB+GVvbWOp6t4WTW00&#10;6bVJ0sdD1HUTKA7bIVhhYtEgC4NzI20nOIxgiuf0nxz418U+LfEnjLwfNoemPJ4WsNRnttZtJrgS&#10;sFkPlKUkj8sEg/Od2OPkNe5eP/gh4a+I+s/2pqh1G3vWsjp0smnX0lt59sWZvKk2Eb1y7HB/vGsG&#10;8/Za8DXUSxIurWcX2CPTJEtNTmiE1smcRSBT8ynJyD1oA8Og+P7+H/Efjjx9Y6eVvPEWkeFmtLaS&#10;GW5WB7q3d8ukSmRwiluFGWIA4zkex/CH4leNfiFLqdlcC2RtLvrcnVrjw5f6ZDqFq3MixQ3LB0kX&#10;GMlnXJBweldVefAXwXejWFfSyiapbWdrKkcrKsaWqlbfygP9WUB4K+gq1oPwh0fw9bJFBfazcOLy&#10;K+e4u9TlmmleM5VXdjlk7bTxigDjvi0Lnxh8ZPA3gS51K/0nw9eabqGr3Z0+6e2kvpIHto44PNQq&#10;6gCd3IRgThew54WPxx4q+GOseKvB/hq+TW47TxDpGn6dceIZZbkW6XhHmRPIDvYpngsSfXNe8ePv&#10;hlofxHi08aslxFdadKZ7O+sbhre5tnIwxSRSGXI6464FZuj/AAQ8KaHpFvp9vazusWpw6w1xNcPJ&#10;PPdRvvSSSQnLnI70AfPXxD+IfxM1nVdM0I+I9H03UvD/AMQbTRrq9sNLuEi1BJrFbmImP7XlVUO6&#10;vGXcOdhBTaQ3o0Hxx8TjxXH4NkttLfxPBrksF23lvHCNNRPNE4UuSrNGRySQDng13Wu/Anwn4hk1&#10;mW4gu4rnVdVt9bmuLa7eORLuGFIY5I2BymEQDA68+tao+Fnhv/hNrnxa1hv125sBp01y7k74R2I6&#10;ZxxnrjigDwHSv2qPEJ8XRWFxNpGqW2p2WqzWqWGj38MVnNaxPLGPtkuIrxWVGDGIJtOMZHNaFl+0&#10;J458Myadc+KYdC1K21bw3LrlvbaVbzW72sif8smkeRxKDkfMFTHPBrvtN/Zc8DaXqFldomqzfYI7&#10;qGyt7jUpZIbSO4jeOZIkJwilXbgdOPSug1D4OeHZI7GeKw+0XWmaTLpNnHcSsYjC64KOO+eOetAH&#10;k8nxj+Knh3VtLttRt/DWvy6z4R1LxDYWOm28tq/2mFYDDamWSZ1YEzBS+Fz6LjnjfHPxg+IHiz4R&#10;eO7ePxHpWm6ppcNnctJHod7p19Cskyq0RgknyuD0mWRlcZG0da6f4b/s2X83jn7f4n0d9P0C28PX&#10;WhLp9xrD6h54naLcIyT+6iVYyFTqN3tXqVl+zr4QtdK12xnGp6mNato7O7uNR1CW4nMMZ3RxrIxJ&#10;VVPIA6GgDye71L4i+HPG/wARtZ0PVPDs13pfhbSL6+Oo6fOVvXRLxhHGFn/chgGy5MmDj5Tnipq/&#10;7XXiDWNWu5fDGlsLLTrewlfTH8OalqFxftcQRTsi3EC+Vb7EmAG8MWKk4AIJ9Z1z9mfwf4hmuJb2&#10;bW3kurCHTLsrq0y/a7aLftimwfnX942QevGelamsfAbwpq+uDVEjvtLmZIY54dLvZLaG6WIBY1mj&#10;QgOFVVAz2AFAHAH9oHxGmvL4Zews4vEUmtwKInt5Bs0lojcPK0e7d5giinXrjeF47Hmfhp+1L4v8&#10;bXOkaiui/wBpaXr2n3F9bWEHh/UbP+zSIxJbpLfzL5E4deC6BVB6bgQa9/8A+FYeHP8AhPYvGX2B&#10;f7fisTpy3G448kkHG3pnjGeuCR3rB8P/AAA8JeGrmZrOO/Ni0MsEWlTX0kllbRyffWGEnbGDnHAo&#10;A8H1741fELxX8NvHlhPq2k6FrUHh+fUREdFvbK8stpAZFDzbZwVJAuI5AFODsPSrtx8XvEnw7l0l&#10;7tNP1/XB4F0ydL1vtFuks9zfG3j3oZpFCr5iFmxuYhvmAIVfZtF/Z38H6KNQHlahqC3lg+mFdRvp&#10;LgQ2rnLRRbidi9OB6VQ179n3QI/DNzDYWMus6hHoi6HAmr30kgktkmMqIzk5BVmO1uq4XsKAPKfi&#10;X8XPH/hnTviBoHik+HNaOmaDDqcM2m2t1ZK7PIqlGAuWYAZ6q4J68dK6TxB8bPH+k6trOqR/8I//&#10;AMIxpfjGz8Mmxa0ma7uI5xbAy+d5oWNka4zjY24D+HHNT4c/szS6lqnjC58Z2F3aaZrVhDpi2Fxr&#10;L31yY0YMWafOQMgAKOgr2PUPg94Z1Sx1CzuLWZoL7WodfnAnYE3cRiKMDngDyI/l6HB9aAPHPEfx&#10;1+IcWm3vivS/+Ecg8Lw+JBoMem3VpNLeOgm8p5jMsyqpJ5CbDju1fTNfL3jz9nfW/FvxCb7Lo/8A&#10;ZejT67Fq1zqEGrt9mkVW3Fvsecec3d+nevqGgAooooAKKKKACiiigAooooAKK81+OnjPWPCejeHb&#10;TQriOx1LX9bg0eO9liEotg8csjSBDwxxCQAeOa5PRPjFrXg3SvGun+KZ11/WdDvorLT5beFYZdSe&#10;Zcwp5ajaGzxwMUAe7UV49+zr8S9Y8WfDw3fjnUNPi8RLrepaYyxFIkY2928IWMcbsbQM9TxnrTPB&#10;ni3xuvx41zwp4h1HTrvT00RdStYbK2KCJzPsALH5jx70AeyUV434C8Y+MYvjj4t8K+K9U0660+z0&#10;Ky1i2Fnb+UkHnXF3GQWbk4WBeSfWtD4naz4kuolv/DnizTfDvhiztZJ73WFSK6dpRnbGFbKhfU9e&#10;cUAeqUV81eG/iT8RfiVf+E/DVrq0PhPWLnw3c67eXxsEmM5W4SG3AjcEIrq4kPcZAFOHxJ+IHiv4&#10;Wab43PiDT/BOmR6MtzM4to7lrq+5zEA4O1CQAMcnNAH0nRXzpF4/+I/xA1zTvDul6lB4Q1iDwpFr&#10;t3vs0nM9zIwVIiHB2JkMTjnkelevfCXxlN8RPhd4T8U3EC20+s6XbX8kKHKo0kauVHsM0AdbRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVTVdVtND064v7+dL&#10;Wzt0Mks0hwqKOpNW65r4k3Gl2ngPXJtatWvdKS2Y3Fugy0iegoAu+FfFukeNtHj1TQ76PULB2Kia&#10;MEcjqCCAQfqK2K8z/Z4v/DepfDa3m8LaZNpGmefIpt7htz+Zxklu/GOfavTKACiiigCo3/IVT/ri&#10;3/oQq3VRv+Qqn/XFv/QhVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgBaKK4b4gfF7Rvh/PBZTJPqWr3&#10;H+p06yTfK3ufQe5oA7mivHV/aHbSZoj4p8Ga14YsZWwt7cKJIxnoW2/dH1r1qxvrfU7OG6tZknt5&#10;lDpIhyGB7igCxRRRQBUvf+Pix/67H/0W9W6qXv8Ax8WP/XY/+i3q3QAVleLOfC2s/wDXlN/6Aa1a&#10;RlDqVYAqRgg96APEv2e/iL4U0f4NeF7K/wDE+jWN5Dbsslvc6hFHIh8xjgqWBH416J/wtfwR/wBD&#10;j4f/APBpB/8AFVVn+CvgK6meabwfosksjFmdrJCWJ6k8VH/wo74ff9CZon/gDH/hQBxHg/W9O8Rf&#10;tP6/eaVqFrqdn/wjUKfaLOZZY9wnGRuUkZ9q9vrD8N+B/D/g7zv7D0Wx0nzseZ9jgWPfj1wOa3KA&#10;CiiigAooooA/O2z1Hw78PNJ1TVjOmseJtSkmt47ONyq2kZY7mc4zuxxxg+nrWPrfxlbxHo01lf8A&#10;hnRjM0Qhju4Y3WVQFwpZmZmYjscj3yOK++r/AOD3gfVLyW7vPCej3NzK26SWWzRmY+pOKgHwP+Hy&#10;kEeDNEBHIP2GP/CgCP4FKV+Dfg0EEEaXBwf90V3dR29vFaQRwwxrFFGoVEQYCgdABUlABRRRQAUU&#10;UUAFNkTfGy5xkEZp1FAHj/w//Z6TwINDA11r3+zLDU7EZtNnmfa7rz933zjZ93HOeuR0rzfxX8O7&#10;34IWPhgaFq+uDULTRp9Kmv7DwvLq0F4jSF1jaGGTfDJkjbISUGPmNfVFFAHyh4B/ZHu5/AXgrULy&#10;XSNL8VRaDFpup2+vaDDqyBBLLMm0F08uZTO6lgWU8DB2ivRLr9mazXU9Q1jTdXTSvEDGxbTtSt9P&#10;RTYm3j2FdisoaOTug2jHHvXtdFAHiOsfs6X+oXGr6da+L/sHgzWtUj1fUtFTTczSTAxtIkVx5o8u&#10;ORolZlKMeWwwzxZg/Zzit/BUHh1NdYRxeKP+EkWf7J/03Mvkbd/vjfn3x2r2WigDw7xt+y7YeNdQ&#10;8UX9zqsTXWqaxZa3ZrdaclzBaT28DQBZI2bEyMjuCPkPzcHIzWh4X/Z+Ggy6HcS6lpcdzp2pNqMi&#10;aNoUenW8pKBQgjR2K4A+8zOa9hooA8Mg/ZrvdC1RNd8PeLV03xJDqt9fw3lzpn2iDyLtY1lt3iEq&#10;FuYUYMHXlRwelQ+Hf2Z9T8IaPosukeNEi8WaZeajcjWbjSRJFOl5O00kUkAmXgFuCHHPPfFe80UA&#10;eGaZ+zbqHhabTdZ8OeMjZeMYftYvtWvtNFzDfLcMjSK0AlQrgxRFcSHG3nOadrv7O+u3ks1xpnj5&#10;7XUNS0JdC1m81DS1upL1AZGEi7ZYxE+ZnHRhjAxxmvcaKAPEtO/Zpj07RvFOnr4hZ11zwzb+HN5s&#10;8eQIo5E87G/5s+Znbx0681Y8Qfs1ad4pk01NS1V5rK08Lnw08C2wBlG5GE2SxAIKA7SCPevZaKAP&#10;n/S/2Vfsuh32nXGr6FEZY4YYLjSPC8NjIqRyK+ZWWRmkY7QCcqOc7a3/ABt+z0njG/8AiDd/281n&#10;J4rh0xEH2TeLN7J96N98eYGYDI+Xgda9hooAp6Pa3VlpVpb3tzHd3cUSpLPFCYkkYDBIQs20e24/&#10;WrlFFABXnnjP49+Dvh9q/wDZ2vzazYy+dFbi4Xw7qMtqZJSFjUXCQNESSwHD9TjrXodeEfEDw94+&#10;1z4z6dqknhK18ReDtCRZdJtv7XS3BvGBD3MqMh3FFJVB23Oe4oA7mf46+CLfxanht9Zf+1GuFs8r&#10;ZXDWyzsMiFrgR+Ssn+wXDe1OT45+CJPGMfhddZZtWkuTZIwsrj7K1yELmAXXl+SZdoJ8vfu46V4T&#10;4++BvxK8W+MbqcpJLZnxFHqlvMuuvDaR2qvuEZs1+VpAON5ySeaNe+BfxK134h6Xe3XmXFnY+L7f&#10;WRdDXHSzNkjg7FsR8glAzlzknn1oA9f+FPxptPFul6Na6xcxJ4l1I3Dx2dlbSsBFHIyb2wGEY4xl&#10;yATnFM+KHxV8W+DrnW5NB8FQ6vpOg6YdU1DUtU1I2EToA7GK3PlOJJAsbE7iiDK5cZrj/gr8EPEv&#10;wh8Q2mowpBdR6s0ya5FLc7zFiRmhkiJHTaQpQYHArX+OPh7xz4z8T6Zpdt4Xt/EPgGBVury0Grpa&#10;PfzhsrDKGQ5hGAxX+I4B4yCAV9b/AGktUmlv5vC3hBdZ07R9KttX1Z7+/NnPDHNGJQkUQifzHWMh&#10;iGKDtnNP8a/tC+ItA0DVfFel+BRe+DNIsIdSu7/UdR+x3E8Tp5jfZYvKZZWVezOmSQBk1leKfh78&#10;QTr3i3UtD0PT/wDitdJtrS8jn1BQdJlWLypAPlxMoXpjGTTfFHgfx9NrfhnSJPCdt4n8FeG7S1Ft&#10;bjWUtReXUSqBJOjIcqpUMq9M8noKAN/xv+0Dq2geIPE8OieE49Z0Twotsdbu57821wnnRpLiCDym&#10;8wrHKjHe0fUgZIrsPiJ8U4/BfgnTtbsdPbV73Vri0s9MsGlEPnz3LqkSu5BCLlxk4OBng9K8x8af&#10;DLx9Pr3j0aJplhJY+PEs3urqe9CvpbpbxW8q7cfvRtiBBGOTWx46+AN2fDenT+HtU1LUtd0q+07U&#10;bey1fVZpLKR7WWOTYsbMVi3eXjKgYzQAy6/aN1fR4dU0bVPCcEPjq01m20WHTLbUjJY3ElxAZ4pV&#10;umiVhH5avnMW4MhG08Eq/wC0dqdnpl3p954Uii8cw6zBoaaRHqBazlmmP7uRbkxA+XjJJMe4Y+6T&#10;XP6z8HvHXii/1PxrdWFjZ+Iz4hsdWstA+2B4xBbWrW4jacADe3myPnGB8oxS3vwb8b6ybrxhc2lj&#10;D4p/4SK01qDQ/tQaIRQcCIzAY3FSfmxgHHFAHoPhn43q3hzxnd+L9MXw5qnhC8+x6naWtwbuKQtD&#10;FNC1vJsQyCRZ4woKq28lcdM874b/AGi9c8VfBqTxxp3gG5nuY7i5il03+0YUFukRPzySPtPIH3UV&#10;iD+dZcP7P/ifx5d6tr/iHXZfB+p3/iFNaTS9NWC9hjWG0itoFkMqFZCPLaTpgM44+UVofCL4N+LP&#10;BPwb8WeGtb1ZdV1PUri8ktVZYkRBJnacoo+9nJz07UAdx/wt6ytfg1pHj6+tHhGpaZaXkGmwt5ks&#10;s9wiGK2jOBuZndUBwPU4GcefL+1nZj4UeDvFFxpdlpmr+J1Y22napq0drbW+0Zdprl1ARQO4Ukng&#10;A1pp8BNX1jwV8KbWbxXd+HNU8HaZBEYLK3t7qB7pbZITIRKjAlAJArY4Dt61554K/Zy8aeBPC/w7&#10;1C5gsPGOv+G1uIZNKvpIoYlilBA8uQLjcp5ywJPSgD6d8Maudf8AD2n6iZbCZrmFZDJpd19qtiT1&#10;8uXau9fRtoz6CtSvPfgV4E1D4d/D+PTNU8mO9lvLq9e1tmzDa+dM0giQ+ihvzzXoVABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBxfxU+HJ+JGiafb2+pnR9U0y/i1OwvvIE&#10;6xTorqC8e5d6lZHBG4detcbpn7MWg6lHdXfja6l8V69dah/aUmoWsk+mrHKFKr5SRTbkAUkcu3Wv&#10;ZqKAPI/hT+zP4S+Gelz2s1nB4jnOr3eq211qsTXD2hmmMirH5zyFGUbAXUguUDNzXV2/w7W3+LN3&#10;43+3lmn0hdK+w+TwuJfM37934Yx+NdjRQBxUXwyg/wCFp674xuLpbqHVtDtdEl0yW3BQJDLcSFix&#10;J3BhclSpX+Hqc4HJ/Eb4DXXiRdGs/CmqaH4S0CwlNzNojeHxcWt3NnKs6xzw8Drt5BPXNew0UAeP&#10;6x8HPF1/q+l+JLLxvp+l+MbfTp9JudQh0Etaz20jo67bc3OUdGjUq3mMOTlT2xdR/Zs1m2tPBum+&#10;H/GNja6F4ZtUjh0zWtEbUI57hf8Al5kK3MWW9AQQK96ooA8d8S/BbxTq+sR+INN8cWujeJ7jSX0f&#10;U72PRTJDcRF9yvFEbgGF15wS7jk5Br0fwT4SsvAXg/RfDem7/wCz9Js4rK3805by40Crk+uBW3RQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVh+N7y+0/wl&#10;q1zpmnLq9/Hbs0Ni2CJm/ukd/pW5RQBwXwT1fWta8BWtxr3h6LwzfeY6ixhh8ldgxhhH1XPPB9M9&#10;672iigAooooAqN/yFU/64t/6EKt1Ub/kKp/1xb/0IVboAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAyvF&#10;HinTvBuiz6tqsksNhBjzJYreSYoPUqisce+MV4d+zR4o0Pxz4j8U688sl74ju7pzua1k229sDhAJ&#10;Cu1dw525z7V9CTQx3MLxSoskTqVZHGQwPUEV5hr00nwUtrRPC3gsX2gySPJf/YDiaNj/ABBf4qAJ&#10;fhv4ji8ZQ+LPD3iC6jvdQt9WvYW066AWRbQyHyTswCUKYw2OfWsv9nV5NMj8YeGRK09joWrPbWsj&#10;HP7sjdgH0HSsPWfi3D4z1C2m8JeBNQv/ABTCrRW9/qVn5C2hYEEljyQM9BXo3wj+HzfDzwv9luZ/&#10;tmqXcrXV7c/89JW5P4DoKAO3ooooAqXv/HxY/wDXY/8Aot6t1R1KJJ5LJJEV0M3KsMg/I9P/ALJs&#10;v+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6&#10;Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/&#10;AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fS&#10;H/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2&#10;TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwK&#10;P7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vg&#10;UAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8&#10;+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Js&#10;v+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6&#10;Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/&#10;AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fS&#10;H/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2&#10;TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwK&#10;P7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vg&#10;UAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8&#10;+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Js&#10;v+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6&#10;Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/&#10;AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fS&#10;H/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2&#10;TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwK&#10;P7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vg&#10;UAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8&#10;+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Js&#10;v+fSH/vgUAW6Kqf2TZf8+kP/AHwKP7Jsv+fSH/vgUADf8hVP+uLf+hCrdZ8NrDa6oohiSIGFs7Fx&#10;n5hWhQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQBQsv8AVL9KvDpVGy/1S/Srw6UALRRRQAUUUUAFFFFAFS9/4+LH/rsf/Rb1bqpe/wDH&#10;xY/9dj/6LerdABSMQoJJwBySaWsrxYSPC2skcEWU3/oBoAx5/i74GtZnhm8Y6DFLGxV431KEMpHU&#10;EFuKj/4XJ4B/6HXw9/4M4f8A4qvPf2f/AIYeD9d+Dnhi/wBS8K6Nf309uzS3NzYRSSSHzGGWYrk9&#10;O9ehf8Ka8A/9CV4f/wDBZD/8TQBs+H/GGg+K1lOia1p+riLHmGxuUm2Z6Z2k4rYrw7wX4f0zwx+0&#10;7r9jo+nWulWX/CNwyfZ7OFYo9xnGW2qAM+9e40AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFIT&#10;gZNAC0V5PL+0r4Wi1GVPsWsPosV82myeIlswdOW4VzGU8zdu4cFd23bnvXoE/jLQLW9is5tc02G8&#10;lYIlvJdxrI7HoApOSfagDYoriPDfxm8I+KvE3iPQbHWLY6hoN5HYXKyTxgPK8KSgR/N8wxIFPH3l&#10;Ydq6W98TaPpsVzLearY2sVqwWd57lEWEnoHJPyk+9AGlRWPc+MNBsrCC9uNb06CynQyRXMt3Gsci&#10;ggFlYnBALAZHqPWnXnizQ9P0+3v7rWdPtrG4x5N1NdIkUmem1icH8KANaisW58beHbOztru417TI&#10;LS6YpBPJeRrHMwOCEYthiDxxXJ678ePC+j+Ite8PR3cd3rmkaZ/aklqsyASJkjYpyTu4yRjgEGgD&#10;0aiua8FeP9G8caJaX1hqFlJNLaRXU9rDdJK9tvQNtfB4xnHIHSrtl4y0DUY2e01zTbpFlEJaG7jc&#10;CQ9EyD94+nWgDYorNvfE2j6bFdS3eq2NrHakC4ee5RBCT0Dkn5c+9Q3fjDQbCwtr651vTreyuf8A&#10;UXMt3Gscv+6xOG/CgDYorh5/jL4Wh8enwcuowy64dOfU0iWaPa8asq7Qd33zuBAx0BPatSz+IOiN&#10;4f0XVdS1Cz0RdVtY7qGC/u4kbDoG2g7sMRnkqSPegDpKK5uHx5pkur3do08MdrBbx3H9oNcxeS6u&#10;cAA7s/iRj0q7a+L9BvtOudQttb064sLYlZ7qK7jaKIjqGYHC9R1oA16KztH8RaT4ijkk0rU7PU44&#10;8b2s7hJQueRkqTjNaNABXlfif4peJrrx9qXhPwL4esNcvdHsorzU7nVL82sERlL+TAhVHLSMInPI&#10;CgbcsMivVK8d1zwf408F/FDxB4s8F6dpevW3iOxtoL2x1K8a1a3uLfzBHMjhW3KVlwyYH3AQRk0A&#10;O0n9p/wlN4Y0bUdVW/0/UdRaeEaTBYzXlys0BInjCwq5YoQelUr79qbQf+E78CaNpVhqesaT4otL&#10;q6XVLXTLuRYvKOAoCxEEhg4cEgx4BYDIqr8P/gVrXg7UvCt1cXdteTW0ep3GqTISga6uyWby15+X&#10;cT1PSsvwV8EfFvg69+FN95NheS+HbnWYtRhF0UCwXtw7rJG2w7mVSuVwM5IyOtAHqCfHDwS+naJf&#10;jXI1s9ZsJNTs5mjcK1sihmkYkfIMMPvYyeOtZVr+0p8P7nRdZ1WTVrmwtNIt4ru7/tDTri1dbeRt&#10;qTKkkas8ZPR1BX3rhNA/Z88T+G7r4gzWOpWkL3EMtn4VYjd9it5JWnKsCOCHkZAeflVfTFcPYfs0&#10;/EG9v9fvL5Fha/0GDTUXUfEt1qrtOl3DKz75h+7QrG2FUAA4H0APe7H9obwNe6Xrl++qXGnxaKIz&#10;exanp9xaToJADGRFKiu4fI2lQQ3bNVbP9pfwDeW2ry/2hf2smlC3N1a3mk3VvcqZ32QosLxh3d2w&#10;FRQWJI45Fee/GX4Tao2u+OvF0t9YWNhLBpU1lJdMzIZbZjuWUBflU7sbucde1cbpOn+IPjp42+J9&#10;5/Y3h/UCbXRoPsqXzz2UrQyySFEulClZR1EiD5G2nnFAHqni/wDau8O6LZeHrjR7DVtZ/tHXV0S7&#10;gGk3iTWL7GZllj8kskowpEbhWZWLDgE1L4Y/aW0NfEfiHRvEtzNYz23iJ9JtZxplwttGjCPyVnn2&#10;GON2LkYdlJ9K5W1+Cvj4eDLJJzFcX1h4uh12y0u/1iS7aC0SExeQ15IheRsszBmBwCF7U7xH8Ifi&#10;H4jsfF3hVrDR7bw94j8R/wBqvqovnNxbQExF1EWwbn/dkA7hjrzQB6fe/tBeB7DxNcaFLqc/2u3n&#10;e1knjsJ3tRcKhka3FwEMRmCgnyw2/jpV5PjV4Ne20e4/tmNLfVrSa+tZXjdUMESlpHYkYQAA/exz&#10;x1rxbQ/2Z9Y0rxtLDeWs2r+Hz4judfiv5fFWoRxxma4kuAp09ZBEXVpCu/o3UqSSTPH+ytql/Y/E&#10;zSr7VI4dO1Wzn0zw48TsWsrWY73RgMY+cDoeQTQB6bpv7R3gLU9K1TUF1S5tYNOhguJUvtOuLaWS&#10;KZykEkUckatKkjgqrIGDHgEmuZ8b/tZeHPD3h6z1LSLDVtYmfWLbSbqybSLyKe0MjgEyxmHejYOV&#10;VgC/QZrjbD9nbxDfaXrdxqXh60l1d7CCwiTW/FOo6yl2iTLK4Bnf/RxlQybQWRudxqxH8DvH03gH&#10;UbSTyhcpr9hq2maRfazLfeTFbuGaI3cilzuI4yDt6UAemv8AHjw/ox8V3GtajHBa6TqltpsVvBa3&#10;L3bSzW0UyQmHy9zynzCdkYfjrghgKdt+0b4Y8RXmmRaHqQBfVl0q7g1KxuraaOUruMYRosh8f3to&#10;Hc15146+H2u+E9b1rxvdT6RZXMnjWx1/TrW+uSLeYDSfsMkMsuzERy0pVyCMqvriuX+GPg/xL8WP&#10;FOqeJ0g0+CC38a/2hK0FyZIHiSLY3lSbR5mDxkAA0Ae/eHP2jPAfirX7TSNP1W4NxdvcR209xp9x&#10;DbTyQBjNGk7oI2dAjsVDZAUnGOaTwz+0b4E8XeItN0XTNRvJbzU/MNg8umXMUF4qDLPDM8YSROfv&#10;KxB7GuEm+AOu3+g/DXTLqW1hi0PUdZn1KSOUllhu7W/hQx/L8zA3UeRxjnrivP8A4b67q+vfEz4N&#10;eHm/sW+tfDlleZvNHumlZ4xEiLJLEVHkZ2/cJJzmgD6C+I/x68LfCl5z4jh1+2tYFRpL+28PX1za&#10;JvbaoM8ULR5LEDG7OSPUU/Wfj34K0DxP/YN5qcyXqzR20ssdlPJbQTSAMkUs6oY43YEEK7A89K47&#10;4reFvH/iT4q6Df2/hrS/Efg3Q1F5a2FxrJszLqGcLNKvkuGEYyUHZju6quOD+LfwH+JfxA8Qayyy&#10;LNZXepWl5aMPEdza21tCjRs8LWcYEczfK37x859KAPbn+PHguPxjH4ZOpzf2jJeDT1mFlObT7URk&#10;W/2nZ5Xmkfwbt3tWb8PvjNa6u403Wrhf7du9f1rTrK1s7aRybezv54EdwobYAkaAu2FLH3xXk/if&#10;4C/EjxF8Q9Ovrmf7ZYWfi6w1pbpvENzFbiyhuIpGiGnqPJ8wBG+c5JPoeR1vw8+B/iH4a+PLzxTp&#10;rW00+ua3qj61bTXLMjWU19cXFrJFkHZIiy/MgwCWOckZIB79RRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFc14/8f6Z8ONDTU9TW4nE1wlpb2tnH5k9xM+dsaKSAWIBPJHANUPBnxZ0Pxpo&#10;mq6jGLnSTpMjRahaapGIZrRlGSJAGIHHOQSKAO0orkPhX8UtD+MXhFPEnh1rhtMe5ntka5i8t2aK&#10;Ro2O3J4ypx7dhWf4S+Nvhzxp401Twxpyagt/p9r9skkubRoonj37MoW5PPtQB39FcF4J+NHh/wAf&#10;+L9Y8OaXHqCX+l28V1K13amFHikkkjVk3ckboXHIHSpfH/xb0z4f6hZ6dJpura3qd1E9wtlo9sJp&#10;ViX70jbmUBR9c+1AHcUV5TeftIeGE0vRLvTLHWPEE2rWc9/DY6VaCS4jghYJK8is6hQrkKRknPAB&#10;pNT/AGkvC9tZafdaZZ6v4lhvNOXVs6NaiXyLVukkm5l29DwMnjpQB6vRXlmv/tGeGNGt9Ols7TVv&#10;EJvdNOseVo9qJngtBjMsgZlwOcYGTweOK9E0DXbHxPolhq+mXC3enX8CXNvOnSSNwGVh9QRQBfoo&#10;ooAKKKKACiiigDC8beMtN8A+HLrW9VkZLO3AzsGWZjwFA9Sa8VP7a/hEH/kC60ffZD/8cro/2tf+&#10;SLaj/wBfNv8A+jBXw7o2jXviHVLfTtOt2ur24bbFCmMucZwM/Svi84zXFYTExo4e1ml0u7u58zmW&#10;PxGHrqlR7Lpc+v8A/htjwl/0BNa/74h/+OUf8NseEv8AoCa1/wB8Q/8AxyvmC4+E3i211C0sZNEn&#10;FzdsVgQMjByOoDA4z+NTD4O+MTfrZDRJGuWhe48tZoziNGRWYndgAGRBz614/wDbGbdv/JDzv7Sz&#10;Dt/5KfTP/DbHhL/oCa1/3xD/APHKP+G2PCX/AEBNa/74h/8AjlfMVx8JfF1qAZNFlwZUgBWRGHmP&#10;91eGPJqkvw98RvdX1sNJn8+xnitrlDgGKSVgsann+JiAPrSedZqt1/5KJ5nj1uv/ACU+qv8Ahtjw&#10;l/0BNa/74h/+OUf8NseEv+gJrX/fEP8A8cr5otPgz4zvkuWg0KV1tpXhm/exjy3VirA5bjBBFQwf&#10;CPxfc3a20eiTNM0DXIXegBiVgjNndjAYgfjVf2xm38v/AJIP+0cw7f8Akp9O/wDDbHhL/oCa1/3x&#10;D/8AHKUftr+ESQDoutAepSL/AOOV8yw/BzxjcSXCR6LIxtyqykTRYUkZAzux0rl9V0q60TUZ7G9i&#10;8i6gbbJHuDbT9QSKznneZ01eei84kSzTHQV5af8Abp+mPhLxTp/jXw7Y61pcplsrtN6MRgjnBBHq&#10;CCD9K168n/ZZ/wCSGeHf965/9KZa9Yr9FwtWVbD06st5JP70fZ4eo6tGFSW7SYUUUV1G4UUUUAFF&#10;FFABRRWJ42tdRvvCeqwaTfrpmpSQMILxzgRN/eJ7fWgDborhPgrpev6R4DtoPEmuR+INS8x2+2Rz&#10;ecNnGF3/AMWOeff2ru6ACiiigCo3/IVT/ri3/oQq3VRv+Qqn/XFv/QhVugAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2&#10;X+qX6VeHSgBaKKqXmrWOnyRpdXlvbPIcIs0qoWPoATzQBboppdQpYkBQM5zxiorS9t7+IyWtxFcx&#10;hipeFwwyOoyO9AE9FFFAFS9/4+LH/rsf/Rb1bqpe/wDHxY/9dj/6LerdABWT4s/5FXWf+vKb/wBA&#10;Na1VtSsl1PTrqzdiqXETxMy9QGBH9aAPO/2av+SGeEf+vZv/AEY9em14boHwY+JHhDSLfR9C+KEV&#10;lpFoCltbyaFBKyISTgsTknk81of8K8+L3/RWrf8A8J23oANH/wCTrdf/AOxYh/8AR4r2KvMvh18K&#10;ta8NeMtR8U+JfFH/AAkusXdmtiJEsktVSIMGA2rwTkda9NoAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKZMnmQugOCykZp9FAHyPa6f4j034DzfBc+D9dm8RrcSWCakthIdOkgN2ZBeG6x5YymG2lt+4&#10;4xUPjz4N6i3hH4kTQeGrm+186hYnT7uO0Z55Fj2gvCcZxxyV/Gvr6igD5Z1P4UTXXir46W1p4ams&#10;9Tu9QsPEGgX8WnssM7wWdrhEmC7dxnhlVkzn5ySOc1iar4U8UL8P/D3iDU/C12+t+IdbfVdZDaRL&#10;qcumAoRGrWacyY+7g8DOa+waKAPjr4HfDDWdT1PwPF4t8MXs2m6df+JZETUtMa3iijmltWgJhbIR&#10;XBlKqSRwcfd4oeEPB+oeENL8E3ni/wAG6xq+h2dlf2Y05NOlupLSYyMY3a3CltpTADYwPUV9qVyn&#10;jr4X+H/iMtt/bUF2ZLbcIp9P1C4sZlVhhl8yB0YqR1UnB7igD4u8P+FZtS+DvgnU7Lw/rMpSx1y1&#10;to4dEfVrUl9SlYW8sKZaFztUCbouG5r0U+AdR07xPqN3deCLmG81fwFFZxNZWD3CxXiM/mRNMqna&#10;5BAG4gt719S+HPDmmeEdCstG0eyi0/TLKMRQW0IwqKP8kk9SSSa0qAPiO/8Ah94j8W6Ja2vgDwjq&#10;/g7VLPwFeaXqdxe6dJYC7uZIoRHArOFEj5WQ7wSF9RV7wz8HNT8TWHiC7totWs7200q3+z2s3hVt&#10;GiN1A5dNoZyZZByu9QQQw5NfZ1FAHxfrXw58cal4S8I+MNS027tL7Udfm1nxFpq6M2pzW+YHhgDW&#10;gYNKqEKdozgvuwcVSv8A4YajpPhHQ7lrDxNfrv1OW08zwq08UPnylvJk09WaSFW6oxxsBwcYr7do&#10;oA+TfD3gXUdK8a+HNU1DwTPaT3vgi704Naae84tbzzY2VZJApMZKKwBcjrtz2rkYfC8/gz4f6PJ4&#10;z8FatrEbfCvS9NsxHpslydKu4bZxcRzIFJt2yUJdgB8pGcrivuCuJ8d/Bvwp8SbyO616yupplhFs&#10;5tdQuLQTw7i3lTCGRRNHkk7JAy8njk0AfJGh/DzXPEXgu8MPh/ULywv/AAxpEEZit3ZZSs4LopA5&#10;IXk46Cuv+Inww1LTfH3jqbTfCt5J4QTUdAvptPsLZliv4o4pknESKMSsGMJZVyTtGQa+t7Gxt9Ms&#10;oLS1hS3toEEcUUYwqKBgAD0ArO8V+EtL8baLLpWsW7XFnIyviOZ4ZEZTlWSRCGRgeQykEetAHh37&#10;L9xpt38RvjBPpGi3OgWD39iY7K7s2tHX9w2SYmAKZ9CB9K+ia5rwN8OdA+HFhc2uhWckAupTPcz3&#10;NzLdXFxIf45ZpWaRz7sxrpaACuW8TfFLwd4L1az0vX/FGkaNqV5j7NaX17HDLNk4G1WIJ544rqa+&#10;a/j1qfgqfxBr3gOzudC03xL4wtIk8R6rq11GgtNPXcqkCRuZTlxGq8KxLnoNwB7d4i+J3hHwhqdj&#10;p2ueJtJ0i/vsfZbW9vI4pJ8nA2KxBb8KZr3xU8G+F9fs9D1jxTpGl6zeY+z2F3exxzTZOBtQnJye&#10;OK+a/Gt/4Z0LxF8YbTW7q2nh1HRdPi0j7Q4eS+jFsigQMcl/3g6KTzzR4pm8HXui23w0+16Lomv6&#10;/p2nT+MtV1e9SOW1hjijAVfMbJnbYQmOIyWfrgMAfS+q/E7wjofiS18Paj4m0mx126x5Gm3F5Glx&#10;LnptQnJz9K2Nc13TvDOlXOp6tfW+madbLvmu7uURxRr6sx4Ar5A8YX2h2ekfGzRtVlt5vEGpa3av&#10;pNs5DXV0m2HyGh7sABwV6YPSu9+N+oeKJvDXhaXxXoNlpXh/TfFeizXV1HqRvBLbrdJuknQwoECt&#10;sY8sB1J4zQB7GPiV4I1nwZP4h/4SPRb3wrykupG7ie04OCGfO3rxzVfS/HXw+0TwS3iLTdb8P2Hh&#10;MNk6lazwx2YOcffUhc5IFfMniS/0i9+KWpeJLJ4JfAQ8eadNe38eGsJJF09UeXj5SBJwX6bhnNNu&#10;r/SW+JVr4lgeFfAy/EKOebUCQbEsLCZPNz93b5rQ/P03AHPFAH19ofinR/E+hQ61pGqWmp6RMhkj&#10;vrSZZIXUZyQ4OCBg/lVB/iR4Uj8NjxC/iPS10JiQNSN2gtyQcH5844IPevl621HV9U07xhY+D/DW&#10;s6x4L8Q+MbuW7v8AQfJJNoqRCYQ75EBWaYSDcpxjf13Zqn8PdF0bxB+w74h+2eExA2iWOq/2e+q2&#10;sLtAR5oDQtlipA+XPB+tAH2MuqWb6YNSW6hOnmH7QLoOPLMe3dv3dNuOc+lZM3xB8M23hRPE8viD&#10;TY/DroJF1VrpBbMpOARJnbjPvXhPxMuvEWofCDwF4d07w1rer+HL7RoJtbu9G8kyCJIEK2+HlQgO&#10;3LEZ+VSMHcceO+DWuNa8C/AeC91G4+HvhewtrsJqV/a2siLcqH8pkEoliUbchWdc5HABwaAPu/Td&#10;StNZ061v7C5ivLG6iSeC4gcPHLGwDK6sOCCCCCOoNWa86/Z/8X6x45+Funarrky3l6bm8tl1BIfJ&#10;F9DDcyxRXIjAAXzERXwBj5sjAIFei0AV7/TrXVbSS1vbaG8tpOHhuIw6N9VPBpNP0600m1S1sbWG&#10;ztk+7DbxiNF+gHAqzRQAVnaf4d0nSbma4sdMs7O4m5llt7dI3f8A3iBk/jWjRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAeTftE6PqN7o/hDVdP0671VdA8R2+qXVrYRGW&#10;doFhnjYpGvLkGVTtAJwDXl83gHx78T28V6noul2uiaJrutQTz6d4mFxYT3tpChBVkEbOgdiMhlBI&#10;zX1TRQB84/s5+C/iXpvhW8gv7jT/AAZDF4p1a6ksVsHuGvIZL13+UyeX5aEbtjgNuV1bAxiu4sdC&#10;1FP2ndT1hrG4XSn8Lx2y3piPktKLgMUD9N2OcdcV6tRQB5FaeHtYP7SvjHVIbeezsrrwdplna6o9&#10;uXg+0LdX7MoPAZlEkbFc9GHTNc/8VfEXi/wXpFhoci6r4i1jVd8dx4o0TwvPMthbZ5XZAJDvPQDP&#10;Xk4r32igD5g0eOD4X+OvDfizRvCniq+8KDwtdaNHBBoly18l0LmKYGaAoJF80iQ7yoXPUjIrHSbx&#10;F4D+FvgvwBP4b1/Tbi801P7b1nRNBudQ+yxfxWqtDG37w5I54Ar63ooA+ZTIfhn49j8TaT4N8R6l&#10;4ZvvCKaTp9naaPcSTxzQyErFPFs3xbwfvOAOCSRXsXwN8LX/AIH+DXgjw9qiLHqWl6NaWdyiNkLI&#10;kSqwB78g13FFABRRRQAUUUUAFFFFAHjf7Wv/ACRbUf8Ar5t//Rgr5G+CupWmj/FPw7eX1zFZ2kNw&#10;WknncIiDY3JJ4FfbXx78Eah8QfhnqOkaYFa9Z45o0c4DlGztz6mvjc/s5fEcEj/hFrk/9tYv/iq/&#10;P88o4j69CtSpuSSWyb2fkfIZpTrfW41YQbsl0fRnq3gPxDo3gprDTdU8UaXqM9xqz3avHeJJDax4&#10;I+aTOBu9M1Qs/Eul+HPEHiHULiXwwYp9BvI4bfT9QEyXEnn27BHw5IZgDgDrtb0rzj/hnP4j/wDQ&#10;q3X/AH9i/wDiqP8AhnP4j/8AQq3X/f2L/wCKrzVWxiSisO9NtJdmu2u5xe0xKSSovTbR9vTzO6+H&#10;XxA0e48P3Ul3Np+iSPr9nMtl5+0LGq4ZwGOceproo/iV4a12w1q9uNSs7bWTr1jHLulVRc28V8rp&#10;MvPICFsn0UGvI/8AhnP4j/8AQq3X/f2L/wCKo/4Zz+I//Qq3X/f2L/4qiFfHwio+wbt5P79vMI1c&#10;XGKj7J/c/wDI6y58X6d9t+NRTV7fZqEhawK3AxPmdzmPn5uDniuz0HxloUthp0B1fR5Jz4UltDFf&#10;3iRxGYzxERu24YJAJx14NeQf8M5/Ef8A6FW6/wC/sX/xVH/DOfxH/wChVuv+/sX/AMVShVxsJX9g&#10;+vSXWTl287CjUxUXf2T+59W328ztrjxhpvhLwZ4kSVPD+p3VxqVvJFptne+dDs8rBZSrZOCOeeCa&#10;8K1O9Go389yIlgErlhEhJVfYZrv/APhnP4j/APQq3X/f2L/4qlH7OXxHJA/4Ra5HuZYv/iq4q9PG&#10;V7J0ZJLyfn5eZzVYYmrZOm0l5P8AyPrL9ln/AJIZ4d/3rn/0plr1iuF+CPg698A/DDRNE1Er9tgS&#10;R5QhyFLyM+3Ptux+Fd1X6ngoSp4WlCSs1FfkfeYWLhQhGS1SX5BRRRXadQUUUUAFFFFABXN/Ee10&#10;698C63Bq96+m6bJbMJ7tDhol9RXSVT1jR7LX9LudO1G3S7srlDHNDIMq6nsaAOA/Z50zw9pXw2to&#10;PDOsy67pvnyN9rmUq2/jK7T93HHHv716XWL4R8G6N4E0WPSdCsU0+wRi4iQk5Y9SSSST05J7VtUA&#10;FFFFAFRv+Qqn/XFv/QhVuqjf8hVP+uLf+hCrdABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFCy/1S/Srw6VRsv9Uv0q8OlAGP4zupbHwf&#10;rtzBIYp4bCeSOReqsI2II+hFfBfwDgf4rfGOwsfFF1c6rBcQ3Dv5szZDCJiGB7EEZr7v8ff8iL4j&#10;/wCwbc/+imr4C/Zj8T6X4R+MOlalrF4lhYpFPG08gO0M0bKoOB3JFAHpH7UXh3U/hBp2iWGi+KNX&#10;fRtUafNhPOWEXliPo3U53/pXsf7HEjS/BO0Z2Lsb24JZjkn5q8v/AG5NYsNb03wPcade299AWvcS&#10;W8odekHcGvTv2Nf+SI2f/X7cf+hUAe5UUUUAVL3/AI+LH/rsf/Rb1bqjqQkMlkI2VX87guuR9x+2&#10;RT/Lvv8Anvb/APflv/i6ALdFVPLvv+e9v/35b/4ujy77/nvb/wDflv8A4ugC3RVTy77/AJ72/wD3&#10;5b/4ujy77/nvb/8Aflv/AIugC3RVTy77/nvb/wDflv8A4ujy77/nvb/9+W/+LoAt0VU8u+/572//&#10;AH5b/wCLo8u+/wCe9v8A9+W/+LoAt0VU8u+/572//flv/i6PLvv+e9v/AN+W/wDi6ALdFVPLvv8A&#10;nvb/APflv/i6PLvv+e9v/wB+W/8Ai6ALdFVPLvv+e9v/AN+W/wDi6PLvv+e9v/35b/4ugC3RVTy7&#10;7/nvb/8Aflv/AIujy77/AJ72/wD35b/4ugC3RVTy77/nvb/9+W/+Lo8u+/572/8A35b/AOLoAt0V&#10;U8u+/wCe9v8A9+W/+Lo8u+/572//AH5b/wCLoAt0VU8u+/572/8A35b/AOLo8u+/572//flv/i6A&#10;LdFVPLvv+e9v/wB+W/8Ai6PLvv8Anvb/APflv/i6ALdFVPLvv+e9v/35b/4ujy77/nvb/wDflv8A&#10;4ugC3RVTy77/AJ72/wD35b/4ujy77/nvb/8Aflv/AIugC3RVTy77/nvb/wDflv8A4ujy77/nvb/9&#10;+W/+LoAt0VU8u+/572//AH5b/wCLo8u+/wCe9v8A9+W/+LoAt0VU8u+/572//flv/i6PLvv+e9v/&#10;AN+W/wDi6ALdFVPLvv8Anvb/APflv/i6PLvv+e9v/wB+W/8Ai6ALdFVPLvv+e9v/AN+W/wDi6PLv&#10;v+e9v/35b/4ugC3WRqHhHQtXuTc32i6de3BABluLWORyB05IJq55d9/z3t/+/Lf/ABdHl33/AD3t&#10;/wDvy3/xdAENx4b0m7e3efS7KZrYAQtJboxiA6bcj5fwqC/8HaBql09ze6Hpt3cP96ae0jd2+pIy&#10;au+Xff8APe3/AO/Lf/F0eXff897f/vy3/wAXQBFL4e0qa7hu5NMs5LqEARTtAhdAOm1sZH4VaurS&#10;C+t5ILmGO4gkGHilUMrD0IPBqLy77/nvb/8Aflv/AIujy77/AJ72/wD35b/4ugCKPw/pcWnHT002&#10;0SwPW1WBREf+A4x+lH/CP6X/AGadO/s20/s89bTyF8r/AL4xj9Kl8u+/572//flv/i6PLvv+e9v/&#10;AN+W/wDi6AJLKxttOto7a0t4rW3jGEhhQIij2A4FNTTbSOza0W1gW1cENAIwEIPXK4xzTfLvv+e9&#10;v/35b/4ujy77/nvb/wDflv8A4ugCwkMccSxKirEq7QgGFA6Yx6VTuNB0y7sUsp9OtJrNPu28kCtG&#10;v0UjAqTy77/nvb/9+W/+Lo8u+/572/8A35b/AOLoAnggitYUhhjSGJBtWONQqqPQAdKkqp5d9/z3&#10;t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA97f8A78t/8XQBboqp5d9/&#10;z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff897f/vy3/wAXQBboqp5d&#10;9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA97f8A78t/8XQBboqp&#10;5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff897f/vy3/wAXQBbo&#10;qp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA97f8A78t/8XQB&#10;boqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff897f/vy3/wAX&#10;QBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA97f8A78t/&#10;8XQBboqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff897f/vy3&#10;/wAXQBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA97f8A&#10;78t/8XQBboqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff897f&#10;/vy3/wAXQBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9/wA9&#10;7f8A78t/8XQBboqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0eXff&#10;897f/vy3/wAXQBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAXR5d9&#10;/wA97f8A78t/8XQBboqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/Lf/F0&#10;eXff897f/vy3/wAXQBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0AW6KqeXff897f/vy3/wAX&#10;R5d9/wA97f8A78t/8XQBboqp5d9/z3t/+/Lf/F0eXff897f/AL8t/wDF0AW6KqeXff8APe3/AO/L&#10;f/F0eXff897f/vy3/wAXQBboqp5d9/z3t/8Avy3/AMXR5d9/z3t/+/Lf/F0ADf8AIVT/AK4t/wCh&#10;CrdZ8Kzrqi+c8bnyWx5aFf4h6k1oUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAULL/VL9KvDpVGy/wBUv0q8OlAFfU9Ph1bTrqxuAWt7&#10;mJ4ZApwSrAg8/Q1yfhn4M+DfCWnPZ6foNosUi7ZGljDu49ya7WigDzGT9m34ey6sl82gRHZnbbbj&#10;5AJ6nZ0zXoemaVZ6LZR2lhbRWltHwsUKhVH4VbooAKKKKAKl7/x8WP8A12P/AKLerdVL3/j4sf8A&#10;rsf/AEW9W6ACiiqOu3r6domoXcQBkgt5JVDdMqpI/lQBeor57+Huj/FL4leDdM8TR/FP+yU1JGmF&#10;kmg28ohG9htDFgT0710X/Cr/AIqf9Fkb/wAJu2/+KoA9iorxr4aa14u0f4uaz4L8SeJF8UxQaVHq&#10;MV4bFLVlZpAu3ahIIwe9ey0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFUrfWtPvLieCC/tp54JfImijmVmjk2&#10;7tjAHIbaQcHnHNAF2iiigAoqo+q2UepR6c15brqEkZmS0MqiVkBwWCZyVB4zjFP1DUbXSbG4vb65&#10;hsrO3QyzXFxII440AyWZjwAB1JoAsUU2ORJo1kjYOjAMrKcgg9CDTqACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKAEZgilmIVR1J7VW/tOz/5+4P8Av4v+NeXftS6ndaV8G9UltJ5LeR5YYmeNsEqz&#10;gMM+4r4HJycnk18xmedf2fWVFU+bS+9v0PCx2Z/U6ipqF9L7n6k/2nZ/8/cH/fxf8aP7Ts/+fuD/&#10;AL+L/jX5bUV5H+tD/wCfP/k3/APP/t5/8+/x/wCAfqT/AGnZ/wDP3B/38X/Gj+07P/n7g/7+L/jX&#10;5bUUf60P/nz/AOTf8AP7ef8Az7/H/gH6k/2nZ/8AP3B/38X/ABo/tOz/AOfuD/v4v+NfltRR/rQ/&#10;+fP/AJN/wA/t5/8APv8AH/gH6k/2nZ/8/cH/AH8X/Gj+07P/AJ+4P+/i/wCNfltSglSCDgjuKP8A&#10;Wh/8+f8Ayb/gB/bz/wCff4/8A/VEEMAQcg8gilrzH9mvVLrWPgt4duL2d7mfbNH5kjZYqkzooz7K&#10;oH4V6dX29Cqq9KFVK3Mk/vPqKVT2tONRdUmFFFFbmoUUUUAFFFFABRRWP4v8RL4S8MalrLWst6tl&#10;C0xt4Bl5MdhQBsUVxnwl+I6/FTwdDry6ZPpPmSvEbedt33ccq2Bkc9cDoa7OgAooooAqN/yFU/64&#10;t/6EKt1Ub/kKp/1xb/0IVboAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAWiiigAooooAKKKKAKl7/AMfF&#10;j/12P/ot6t1Uvf8Aj4sf+ux/9FvVugArJ8Wf8irrP/XlN/6Aa1qzvEdtJeeHtUt4V3zS2ssaKO7F&#10;CAPzoA4P9mr/AJIZ4R/69m/9GPXptfOPwp+Ls3w4+H2jeGtT8AeN57/TY2hmks9H8yFm3sflbeMj&#10;nrius/4aUtv+id/ED/wRj/45QAaP/wAnW6//ANixD/6PFexV4d8MdQvvG3xy13xaPD2s6HpL6JFY&#10;L/bVp9nkaUShjhcnIx3zXuNABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABUc8K3EEkTjKOpUj2NSU&#10;UAfIGl3l/c6do3wFNzcDUtL8Sy29zMZDvbRrcpdQOT1wUntI89yrVv3HxQ8dadomv6vceKLO1sW1&#10;1tC0uwt9KE9xGFkQZjUDMshUkBTx617/ABfD/wAPQ+OJ/GKaXEviWe0Wwk1AFt7QKxYJjOOp64ye&#10;OeBjN1b4PeENb0ObSLvSA1jLenUSIrmaKRbgkEypIjh0bIH3WFAHg2h/tDeJ9T+H2px3GpT2WuWf&#10;i9/DiXUui/6fcRi1juRssxx522UAjphSaPBPx18b/EI6F4Wt9TTRdauNZv8AT7nWr3TVjlMVspYY&#10;t2+VZGAwQeleyQ/s6/D620KfSIdCeK0n1L+13dNQuVuPtnlLEZhOJPMDFEVThhnHOcnPNeNv2edM&#10;tvC1rpvgzwzpE6x6g+oy2uq6re2jPKw5kju4vMlifPJwCGHHGc0AbH7OfjXX/G3hHXJfEl9BqOoa&#10;dr99pYubeFYleOFwqnaOM16rXmv7P3wqm+D/AMPv7Gu5reW/ub651G5FozvDHJNIW8tGf52VV2ru&#10;bliCTjOK9KoAKKKKACiiigAooooAKKKKACiiigAooooAK+ZPin4w1nwZ8Yfifqmi3CR6haeC9Ee2&#10;FwN8SyPqF4hJX3B5r6brltb+GPhjxHqWqahqOlJc3mp2cFheSmWRfNghleWJCAwA2vI5yME55JFA&#10;HgPiD4zeP/Aus+IvDd1rVlq995enNZanPZpCtq1y21tyrwyryRn8aoeKvjp4/wDhvq/jTw7e6uPE&#10;t7bXeg2OnX9ppSGWA3j3PnO0KcOwWABV6ZK+pr3L4h/CPTPEml67Pp+j6Zc67qdpHaSNqjzeTNHG&#10;cojFDlMdnUZHXmuF+E/7M8Gjx+NpPF+m6c0XiVrNTpNlqV1fpbJbeYY3+1zhJmk3Sk7gFK7VweM0&#10;Acvp3xn+Il01n4YuPtelX+o64NPs/EesaOLV2t/KWQsbc/KHBYqB0O3Ncx4Q1rVfC3xOlt9QubbW&#10;7y5+JrW11ei1Xc4GiyvujUcI/wAgHHuO9fR4+BPgg+GZNBfR5JtPkuBds01/cyXHnDgSC4aQyhgO&#10;AQ+QKNB+BHgbwzJaSadoYhltNS/tiKSS7nlcXnktCZizuSx8t2XnI5zjPNAHz54I/aO+IviTSbLx&#10;L9h1OXS9W0u8vTDLofk2mmlYTJAUuD/rhxhs9a1dQ+Onjz4ZaZDqmv6ha+KFvvAt34ojtIbJYBBP&#10;AkLBAy8sjeZznp2r2zT/AIC+BdKv727tdDMLXccsUkAvLg26LKCJBHCZPLi3ZP3FWtmT4Z+GJrnT&#10;p5dHhmk0/TZNHtxKzOq2jhA8JUnDAiNAdwJ469aAPDvCVj4lsv2o/DB8S+JbbxLcz+EZ5lmt7VIF&#10;jzMmVUJ95c9Ceaxf2iPFnivxt4I+ONnZ63baNoPhvSZrWTTntUeS+3QOXYufmQY4Xb3r3TwZ8CPB&#10;Hw/12PWdD0eS21OO2NnHcT39zcGOAkHy1EsjBVyBhQAB2xTPG/wE8CfEW/urzX9DN5PdwfZ7ny7y&#10;4gS4j7CRI5FV8Z4LAkdsUAeS6p8TPGrad431LRdbstE0rwFbWkZ027tUdtSP2GC6kLO3zIrCbYhX&#10;qVqLWPjR441Xw/418aaXq9jo2leFQh/sS5tUf7aBGHk3SH5k3Zwu2vYvEPwJ8DeKtWh1LU9CE91H&#10;HFEdl1PFHMkf+rE0aOEm24GPMDYxS6/8CfAvifXBq2paCk93+73qtxNHBNs+55sKOI5NvbepoAwP&#10;hr4k8XeNPid46uLjV4IfCejajDp9rpAtF84s+m2N0WeXrw1y+B7+wrivGXxX8bRx/ELxPpetWWma&#10;P4OvTa/2Lc2qMb1Y8by0h+ZC38OK9/0nw5p2h3usXdjbCC41e7F9fOGY+dMIYoA5yeP3cES4GB8u&#10;epJPLeIfgb4I8VeIjreqaGtzfu6SS4uZkhmZPuNLCriOQjsXU0AeP+K/iv48soviL4qsdftING8K&#10;65Z2kWgyWMbPcwSWllLIjSfeDE3L7SO4x2FdV8fWXxJqnwv0O+DHQ9b1XGoWu4qsyiMMqPjqMnp3&#10;rR0v9nXQr3x54v8AE3iWxi1K41LXotVsFjvbgRrHHZ2kSCaEMsbussEjDcr4DAg5JA9B8ZeA9C8f&#10;6Smm67Yi8tUkWWPZK8MkTjoySRsroR6qRQB8uN8T7P4XeGfE/gSx146VBe+L7nRtL1KdmaPSrEWl&#10;rNcMrc4KNNIqD++6+ldL+yL8T9Ni+B3hfTbaPWfEUhlltpbvT7SS5WBt5x50g+5xg5NfQXg/wXov&#10;gHRE0nQbIWNijtJs8x5Gd2OWd3clnY9yxJp/hPwjpHgbQ4NH0OzWw02AsY4FdmCknJ5Yk9T60AeM&#10;fD/w1B4R/as8VWVpd31zDceGoLx/tty0x8xrlskFjwMAAD0FVPhppNv8Ofj18TLa2k1bVbW30iwu&#10;DHLK95cSM28tjJyzGvcovCOkQeK7jxKlmq65PaLYyXe9stCrFlTbnbwxJzjPvRZ+EdIsPE2oeIbe&#10;zWPWNQhjguboOxMiR52DBOBjJ6AUAeMfFtfCfi7SdP8AFPibSNb1LMb2GleDr23a3muruRlCsIjz&#10;v4wGPCgsa4S3+HU974i0LwP8Qr1tX/sD4fQXW5522R3pknSSUHPzMoiQBjzxnvX0H45+DPhL4j6x&#10;p2q69Y3c2o6ejx2tzaapdWbxK+NwBhlTriqer/AHwNr2m6dY6hpV1dRafG8UEr6rd/aPLY7mjebz&#10;fMkQk/ddmHtQB8/33h/S/Ffwl8NarrrX/jPxdqumHTNC0kzEbJg7gXCkH5SAqlpD0C1Lrvg3+2tZ&#10;8faZ4z1CTU9R8F+CdN+wai0rRmO6W3laS6Tn77Spkn2Ar3jXv2e/AniLVLLUbrSrqC8srQWNvJp2&#10;rXll5UA/gAglQY4GeOcc0/XPgD4F8SCw/tPR5rxrK2SzSR9Rut8sKMWWOZhLmdQSTiUt1PqaANz4&#10;Yajc6v8ADvw3e3kpnup7CF5JWGC5KDk/WunqOCCO1gjhhRYoo1CIijAVQMACpKACiiigAooooAKK&#10;KKACiiigAooooAKKKKAPG/2mi11o3gnR5JHXTNZ8UW1hqEauVE1uYbhyjEdi0aZ9a8mn+Jdl8D4/&#10;HvhXR9SSwtZdah0/SDcbnt9MMsZMrE84VMbsfhX1H4v8G6N480WTSddslv7F2WTYXaNldTlWV0IZ&#10;GHYqQah8F+AtC+HmlPp2gWP2K2eQzSF5pJpJXPVnkkZnc+7E0AfPP7IvxN0nSfhr/YtlLrXi9l8T&#10;6tafbrK1kuzFH9tfypbhx9wMjK2T2DeldR4I8KweFP2p/EVna3moXEV14YS5kN5dvM283IGQWPHF&#10;ez+GfCek+DbG4s9Gs1sra4u576WNXZt080jSSv8AMSfmdmOOgzwAKI/CekxeKpfEi2ajW5bQWL3e&#10;9smENuCbc7fvc5xmgDxTwJodv4A/aZ8f21pLqV/bf8IlpupSRzzvczSStd3+7aCckkIoAHoBTvi0&#10;3hbxzotp4k8R6XrsscaSWOneFdQtXtpLq6YkLIIjyW6YPQAZr2mHwnpNv4ru/Esdmq65d2cVhNd7&#10;2y8ETyPGm3O0YaWQ5Az83J4FYPjv4OeFPiTqenajr9ldz32nqyWs9pqd1ZtEG+9gwyJ19aAPA/Dv&#10;w3k1vx54Q+H/AMQ3fU7DTvBt5f8A2aWdtsdw13EoO7PzNFE4QN25Pesiy0jSfF3wT8G634nmv/Gf&#10;iXUdHj03RNL8w7mn5xcjHO7kFpD0Ar6F1b4A+B9d0nT9Ov8ATLu5hsFljt5n1a8+0qkmPMQz+b5r&#10;I2BlWYqcDjima7+z34D8RX2m3lzpFzb3Gm2gsLN9O1S7svIgHSNRBKgxQB40fh/H4o+IcXg34g3r&#10;6lbaF4FimWaSYqsNyz7JbhTnl1Crhu3417X+z5rV/wCI/gV8P9V1Sd7rUr3QrO4uZ5fvSSNCpZj7&#10;kk03X/gH4H8UWOn2uqaTcXaWMD2sMp1O6WZoXILRySiUPKhIGVkZhx0ru7Gxt9Ns4LS0hjtrWBBH&#10;FDEoVUUDAAA6ACgCeiiigAooooAKKKKAPG/2tf8Aki2o/wDXzb/+jBXyL8GNKs9c+KHh6xv7aO7s&#10;57grJBKuVcbWOCK+vP2sYnl+C+phEZytxAx2jOAHGTXw5oeuX3hrVrbU9NnNrfWzb4pgoYqcYzgg&#10;jvX5vn0o08xhOSukov8AFnxWbSUMbCUlokvzPovwJ4Y8P+OXsdSvvDFhpr22rPZmKKDbDcx4JyU7&#10;4qLQtN8L6n4u1lJLXw5Naafol3ch4tNZIopBPAqtIp+8QCw4/vH1rx64+MXjC51CyvX1lhcWbF4N&#10;kESIjHqdgUKSfUiotQ+LHinVDMbjUkJmtpLOQx2kMe+KRkZ1O1BnJjQ56jHHU1wrH4dJe7dp9lro&#10;/u6fd3OVYuikvd1XktdD2Xw9ofhrxRpk9wNL0W7EWuWdqtxYWnlI8bLllwefrV6f4YeGM65q9jp1&#10;tPpVxrOn2tvG6Am2YXqxTxD0BBH1DV896H451zw3Ymz02/a1tjcpdmMIjfvU+62SCePTpViy+JHi&#10;XT4LyG31WSOG7vEv5k2IQ06OJFfBHB3AHjAOOamOPw/KlOnr6LfX/MUcXRsueGvoj2aFNC02b4rQ&#10;f8Iro1wPDtxI9m01qGOGncBT7AAAfStvSvCHhh4bTUJtG0m3D+GJ9Qcz2u+FJfPjAcqOuAxH0r53&#10;fx1rskmuu2oMW1w51E+Wn787i3PHHJJ+XFaWn/F3xbpbW5ttXKeRaGxjDW8TgQlgxTDKQRlQeeeK&#10;cMwoJ+9DTXov5pNfg0vkEcZST96OmvRd2/yaR69o1r4Xl8PeI9VuLbw1GLe/gt4byTTm+z7THkhU&#10;6gk9/Y14L4ouYLzxBfTWyWyQNIdi2cflxY6fKvYVoa38RPEHiKyuLO/v1ltbiRJpYo7eKJWdBhT8&#10;ijoK5uvPxWJjWUYQVkvK13qcdevGolGK2/4J99/ss/8AJDPDv+9c/wDpTLXrFeVfsuwvD8DvDiyI&#10;UY/aGAYY4NxIQfxBBr1Wv1jL/wDc6P8AhX5H6Dg/92p+i/IKKKK7zrCiiigAooooAKxfGlxqlr4V&#10;1SbRLZLzVkgY20En3XfsDW1WN4y0rUNb8LanYaVff2ZqNxA0cF3jPlMehoAwPg3f+J9R8D283i7T&#10;49M1fzXBgjjEfycYJUdD1/Ku4rifhB4T8QeC/BUGmeJdZGuamkjubkMzAKcYXcwBbHPJHeu2oAKK&#10;KKAKjf8AIVT/AK4t/wChCrdVG/5Cqf8AXFv/AEIVboAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeHSqNl/ql+lXh0oAg1HUI&#10;NKsLi8upBDbW8bSyO3RVAyTXyr8T/wBsTS9b8FalYeG/7Q07XJJPKhnQ7dqg8uGHqO1fTHjN9Jj8&#10;K6o2vY/scQN9qyGP7vv93n8q+DvgXc+CI/jksmp+VH4fMkv2I6hgRq3Pl788D8eOmaAOz+B/7Vdx&#10;4OttZg8cXuqazJJtktGlYyMpAwU56A8GvrH4deP9O+JfhW01zTCVhmBDROctGw6qfevlL9s668GT&#10;z6Augvp0msKJDcHTShAi42B9nGc7sd8e2K94/Zgl8MS/Cyx/4RpWUDi9EgYP5+Pmznj8uKAPXKKK&#10;KAKl7/x8WP8A12P/AKLerdVL3/j4sf8Arsf/AEW9W6ACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCC9srfUbWW2uoUuL&#10;eVSrxSLlWHoRXIn4KeAicnwjpGf+vRP8K7Wisp0adTWcU/VJ/mjOVOE/iin6pHE/8KT8Bf8AQoaP&#10;/wCAif4Uf8KT8Bf9Cho//gIn+FdtRWX1XD/8+4/cv8iPYUf5F9y/yOJ/4Un4C/6FDR//AAET/Cj/&#10;AIUn4C/6FDR//ARP8K7aij6rh/8An3H7l/kHsKP8i+5f5HE/8KT8Bf8AQoaP/wCAif4Uf8KT8Bf9&#10;Cho//gIn+FdtRR9Vw/8Az7j9y/yD2FH+Rfcv8jif+FJ+Av8AoUNH/wDARP8AClHwV8BKQR4R0gEd&#10;/sif4V2tFP6rh/8An3H7l/kHsKP8i+5f5EVraw2VtFb28SwwRKESNBhVA6ACpaKK6UraI3CiiigA&#10;ooooAKKKKACiiigAooooAKKKKAKjf8hVP+uLf+hCrdVG/wCQqn/XFv8A0IVboAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAoWX+qX6VeH&#10;SqNl/ql+lXh0oAhvbOHUbOe1uY1lt50MckbdGUjBFfMHxP8A2PdE07wTqN14Xt76919JPNhj8zO5&#10;SeUC9OB0719TUUAfGPwM/ZNfxDa6zL490y/0yVdsdmhk2HkEs/B5xwOeOtfVfw/8CaZ8OPC9poel&#10;IRbQA5d8bpGPVm9zXR0UAFFFFAFS9/4+LH/rsf8A0W9W6qXv/HxY/wDXY/8Aot6t0AFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFRv8A&#10;kKp/1xb/ANCFW6qN/wAhVP8Ari3/AKEKt0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAULL/VL9KvDpVGy/1S/Srw6UALRRRQAUUUUAFF&#10;FFAFS9/4+LH/AK7H/wBFvVuql7/x8WP/AF2P/ot6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVBe31tptrJdXlxFa20Q3PNO4REHqSe&#10;BVPWZ7eGfTRPqLWDPchY0DhftDYOIznrnrgc8VwX7TUby/A3xSkccc0jRwhY5vuMfPjwG4PB78Gg&#10;DurPxdoWo2hurTWdPurYSLEZoLpHQOxwq5BxkkgAd6v2d9b6jB51rPHcQ7mTzImDLuVirDI7ggg+&#10;4r470san4Z8SaoL7T9I8L6tJrXhi1/sfRl8y0uLSS/hVrgb0XJIYqSFBXPXJBrI8Q/FPxxb6ZoFn&#10;beKtN8H6bPJrEkWr6ndGxhuLtNUuY1g3JBIrlUWM+X8rNuJyTmgD7ior5Ug8UeNR4ofVrnxfeMtn&#10;4o0XSTpltt+xSw3MsccxIKBjkMSDkYrR/aT+Ij+F/iPHp9z8QrvwRZjwzNfWUVvLGgvL5ZWEaYdS&#10;XJwBsXlu1AH01RXxxqnxR+JOofEzSbC68TaT4PmWCwktNM1W8ktzqe8AzbYhA/nEnjCupXPNet/D&#10;LUtcl+E/jbxNf+IdQ1HUJb3XFtkuCnl2SW17dwwrEAo6LGuSSc7R+IB7ZRXxZ4U+NmqweGNV1DSf&#10;HOpeNwnhlr3VNrxSNpV5vwACqgRnHVGyQOaq+FPjV4huvDmo2mqfEKJfDkHiiytb3xhp1+t0tlYy&#10;2c8hIuWhRNpuIoYt5Tavmnk4oA+1nvraK7jtXuIluZVLJCXAdgOpA6kCp6+K9B+KXiC/0y/vLPxV&#10;PrQt4NcWx1iWKMyukV26QuDt7KB061sa38QPFHgLwz4rsrvxfqV6rWHhq6j1fUJ44Bp73s1wk7vM&#10;EIihAhX5irbcnrQB9eUV89/sxfEK68a6HYjXPF6alqtvf6laW0cF0JY9RhjlwJNxjRpNi7cOFXOc&#10;45r6EoAKKKKACsxvEulprUekG9i/tKQFltgcsQBk/oK064fxHawxfEvwjKkKJI7XO91UAt+4fqe9&#10;AG3D450K415tFj1KJ9TVihgAb7wGSu7GCQO2c1u14Xp+oWct5pfh1Mf8JJbeLr+8mtMYmSBprl1m&#10;buEMcsQDdDkDtXteo6fBqthcWdyrNbzoY3CsVJBGDgjkfhQBZor5t8N/sw61YfFG7uNR8TajdeD4&#10;Ns9rEb2TzJixP7pxu4CY5P8AECuO+PpBEEaKqjCqMCgB1FFFABRRWbrE8EMunibUGsWe5VY1Dgee&#10;3P7vnrn0FAF+WVII2kkdY41GWZjgAepNR2V9bajbJcWlxFdQP92WFw6t9COKg1vRLLxHpVxpuowC&#10;5srhdksRYqGHpkEGvL/2ZYpLX4G6ZHZRxiWNroQxyEqmRM+0EgEgdOcGgD1m5uYbO3knuJUggjUu&#10;8srBVRR1JJ4AqDStZ0/XbUXWm31tqFsSQJrWZZUJHUZUkVwnjefPwj1WX4j2dpDbKmb+LR3mu4Ei&#10;DD5jlEcoOrcAbQc8Zrgf2Zokv9J+JUGj6zYanaXOqn7J4i0KFYbCZms4V3W8alkXYRg7WYFlY5yS&#10;AAfQtFfI+ofFzxhN8PvEutX2pXuippk9n4eeeVlto4bk3AW4uZZWU+WqoYyXwQA7HBxisfwF8QfG&#10;fxD07w5pDeOrqJFv9egk1bR51ma7ig8hrciV4l3gCXh9g3DnHOaAPsm8vbfTrWS5u7iK1t4xueaZ&#10;wiIPUk8AUzTdVstas0u9PvIL61fO2e2lWRGwcHDKSDXi3/CRaf4h/Zo0nVvHd151tNFE13ey27Sx&#10;owlwssyKRmMEBnyQuAc4FL+yX5P/AAiXiz7JeWmrWB8R3DWur6ZGIrG/jMMDeZbRjKpGGLRkKWG+&#10;JyCc0Ae5UUUUAFFFFAGRofiiy8QXOqQWpk36bctaz+YuBvHXHqKNH8U6br19f2ljP58lkwSYqPlB&#10;OeAe/SvI4rfXLnT/AIjJoLYuP7bkMqr/AKxo8DcE98V6H8LLjQp/CcC6EvlxxnbPG/8ArVl/i8zv&#10;uzQB2FFFFABRRXK/EyDXrjwhep4dYLfleg++V7hP9rHSgDT0rxVputapf2FlcCeexIWbaMqCe2eh&#10;Na9cP8IbnQZ/CcKaIhiaM7bqOb/XrN/F5nfOa7igAooooAQkAEnoKyvD3inTfFEM0mn3Al8mQxyI&#10;RhlYeorWrx28YX3xYhbwb8s8Rxq8y/8AHsV9D6v9KAPYqKKKACk6UtFAGPoXizTPEkt5FY3AkmtJ&#10;DFNGwwykd8envS6D4nsvEc2pxWnmbtOuns5/MXH7xeuPUc9a8v8AE/8AxMPirYL4M+XWoW/4mk6f&#10;8e4i7iTHVv1rovhH/wAhLx3nr/b9x/SgD0WiiigCo3/IVT/ri3/oQq3VRv8AkKp/1xb/ANCFW6AC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKAKFl/ql+lXh0qjZf6pfpV4dKAFrM8TSalF4e1F9GSOTVlgc2qTfcMuPlB9s1p1k+LLOXUfDOqW&#10;sN9/Zk01s6Je/wDPAlT8/wCHWgDmfgvd+NbzwYJPHkMcOt/aHChFVSYuNpYL8oOd3TtjvXeV5r+z&#10;/oE/hz4fR20/iaDxWWuZJFvraXzY1BwNiseTggn6k16VQAUUUUAVL3/j4sf+ux/9FvVuql7/AMfF&#10;j/12P/ot6t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAR3EC3MEkTl1V1Kko5VgD6Ecg+4rJ8HeENK8B+HLTQ9Fge20613eWkkzy&#10;uSzF2ZnclnZmZmLMSSSSTW1RQAVkN4V0x/FSeIzbk6wlp9hFx5jYEO/ft252/eOc4zWvRQAVW1LT&#10;4NW066sbpPMtrmJoZUyRuRgQwyORwT0qzRQBR0PRLPw5o9ppenxGCytIxFDGWLbVHQZJJP41U8We&#10;E7HxppB07UJL6GAusgk06+msp1YdCssLq6/gRWzRQBieDvBuk+AtBg0bRLY2tjCWYK8rSu7Mcs7u&#10;5LOxJJLMSSTkmtuiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAzdI8O2GhXGoTWUBhkv5zc3BLs2+Q9TyePoOKWw8P6dpd/eXtpaRQXV4VM8iLgyEZ&#10;xn860aKACiiigAooooAzrLw/p2naneahbWcUN7ebfPmRcGTHTNaNFFABRRRQAhAIIIyD2NUNF8P6&#10;d4dtnt9NtI7SF3MjLGMZY9Sa0KKACiiigApOtLRQBnaP4e07QBcjT7OK0+0SGaXy1xvY9zSaP4ds&#10;NBl1CSxgML39w11cEuzb5G6nk8fQcVpUUAFFFFAFRv8AkKp/1xb/ANCFW6qN/wAhVP8Ari3/AKEK&#10;t0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAULL/VL9KvDpVGy/1S/Srw6UALWfr+h2viXRL7Sb5WezvYWgmVGKkqwwcEdK0KKAOR+GHw&#10;x0j4TeGjoujNcSWzTtcPJdOHd3YAZOAAOFUcAdK66iigAooooAqXv/HxY/8AXY/+i3q3VS9/4+LH&#10;/rsf/Rb1boAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKAKjf8hVP+uLf+hCrdVG/5Cqf9cW/9CFW6ACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dK&#10;AFooooAKKKKACiiigCpe/wDHxY/9dj/6LerdVL3/AI+LH/rsf/Rb1boAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKjf8hVP+uLf+hCr&#10;dVG/5Cqf9cW/9CFW6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFooooAKKKKACiiigCpe/8AHxY/9dj/&#10;AOi3q3VS9/4+LH/rsf8A0W9W6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigCo3/IVT/ri3/oQq3VRv8AkKp/1xb/ANCFW6ACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/q&#10;l+lXh0qjZf6pfpV4dKAFooooAKKKKACiiigCpe/8fFj/ANdj/wCi3q3VS9/4+LH/AK7H/wBFvVug&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAqN/wAhVP8Ari3/AKEKt1Ub/kKp/wBcW/8AQhVugAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigChZf6pfpV4dKo2X+qX6VeHSgBaK&#10;KKACiiigAooooAqXv/HxY/8AXY/+i3q3VS9/4+LH/rsf/Rb1boAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKjf8hVP+uLf+hCrdVG/5&#10;Cqf9cW/9CFW6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFooooAKKKKACiiigCpe/wDHxY/9dj/6Lerd&#10;VL3/AI+LH/rsf/Rb1boAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKAKjf8hVP+uLf+hCrdVG/5Cqf9cW/9CFW6ACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZ&#10;f6pfpV4dKAFooooAKKKKACiiigCpe/8AHxY/9dj/AOi3q3VS9/4+LH/rsf8A0W9W6ACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCo3/I&#10;VT/ri3/oQq3VRv8AkKp/1xb/ANCFW6ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKAKFl/ql+lXh0qjZf6pfpV4dKAFooooAKKKKACiiigC&#10;pe/8fFj/ANdj/wCi3q3VS9/4+LH/AK7H/wBFvVugAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAqN/wAhVP8Ari3/AKEKt1Ub/kKp/wBc&#10;W/8AQhVugAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigD//2VBLAwQKAAAAAAAAACEAK/OfaVQJAABUCQAAFAAAAGRycy9tZWRpYS9pbWFn&#10;ZTIucG5niVBORw0KGgoAAAANSUhEUgAAAIYAAAAwCAIAAABbiJWuAAAABmJLR0QA/wD/AP+gvaeT&#10;AAAACXBIWXMAAA7EAAAOxAGVKw4bAAAI9ElEQVR4nO2ce1BU1x3Hf/exDxZ2WYRlQUGURZBnBR+B&#10;qMmAiiE1lvqKCVOZZtqqY4yxmmZaH2NnYjtOm6pJrGbycDRxJiaG0kRDCtG0jiBVikoUEUIILoIs&#10;4LILC+zeV/84eLh7l4U10YXR+5md5dxzzzl77+97f79z7rmcSwiCAO545sg8OAiCkOaIBcBplJC1&#10;eXAgJbAeYmEITxnEgCzM/QaLIQZEqtDoj1gGnufxNxZG5n6BZSBJEn+LVaHB3T84juN5fsu/2o/V&#10;dPc4+bE9+ocYrYosSNO/vtgoCAJFUQBAEIQgCARBuHkJx3Ecx20ttRy6eGdMD/jhp8fJIyP/NTcc&#10;ACiKQnoAACmOVzzPsyx7rKZ7jI/3keFYTTfLssjyWAgS7RN7iRyv/EaPk0c2F/fZJNzVA2nFcdyY&#10;HuQjB+q8sZcAkgREqsiS+BkkidRLENhRxujYHlGwi+AcUjwCBvnG0O942p8E93kUWRI/I7a5W18i&#10;M35w60tADlx+x9PsspeMO9wkkV1kTJCYXfaScQftS6FvXkpKDFdnHaq72NKHcvKT9EUFsRU3HfPe&#10;vgEAx1ZNXZasV9GEkxXO33QUnmgy2xgA+EvepC3zjK+fa3+l5JakzTeWRL8wK1SjIHkB6joGfvtF&#10;S2mDHVeRFEYt8LszrP3cjDdrUeMAwO/OqG7tm3WgDqVx+Tv93AeXujafakGbRQWx+Ul6SZu//LT5&#10;SHUX3owOVhx/LjY9UoPO4uvvetYWN5ttTNvv04xBUiu197KRf65B6f4/pisoQmwcySmIWxvV1OCj&#10;JP9p6kk2qlelhuBf/XmSHgBOXLUCQOX66XOiNJVmx8WWvrhQ1eJpuvPrpmcdqhvhCD5+LnZFiv5G&#10;p7O0wR6moVemhhQVxCbuvYarnG7sqbUM4PLnvu9FiZAA6rVFkwpPfD9ss83drs+u2wAgd5pu0+Ph&#10;MXrlsmPf4b3Ha6wWB4s3ay394rr//nVCjF752fVus42JC1Xlxes+ed6UebDu3apOnYoCgMKMUABA&#10;Ktqdg3McuxZEKiiC4YTC9FBsHMkppBjVT8XrPlw19cl36r0ZRIxPkuw5e3vdY4asyUE4Z1aUxu7k&#10;95VbNmQa5kRpyr7tWXy4Ae06lD/5N7PDXn0i4sXPzcO2Fh2sWJasb7K6EvdeQzkNXQM7cyLXP2b4&#10;Q2kryrnc1ufpWADQ0OVcnqJ/q1IjOX9EVx+76eTgj156MXFpoj4vXldSb0c5XzbYxW4hYWqIsuKm&#10;A0t4bm3C45MDAWBH2eAhrUoNAQDcPmJhnO5yW19XH5dt0koaFJ/CtZeT5kQFevtpCT71JWYbU2l2&#10;zJyoQZuzozSJBnV5cy8AoF8qqbfhwru/bgOAWd6PIMekI4mhCx8A3qvqfOZo49FLoz+k6XFypQ32&#10;1xZNGrXkV412koAcD0t5w8kKMyIDCmZMQJvz3r5BbqseucrsKE1mdODJOltJvS3RoPaMjT8MX7v3&#10;r761q2ji5bnhcPd6+eKGDQC0KhIArP1Dk5Uo+NDeG04xqgHA4mDEVU7dsNV1DEWqLfOM/O4M9Kna&#10;MF1cfdNJ89yYwFHP/2r7gCTn8PIY3GZRQaxk756zt5UU+cHKKZ3bf1JUEDtzkmbk9gGgMD2U4YT3&#10;qjr3lVus/dzKlBDx3hmRmv1LovcviT5VGJdoUF9ocYzaIMKnwAUAu063vfpERF588L5yS3astr2X&#10;PVDZ4WPdESjMCD28PAali2u7cdwQ9yU3u13iKmYb8+nV7u3ZEcW19/aoTdyXXGmTxr1dp9s+qrFu&#10;nW/MjdPlJ+mXJur3lg8zKhGTbdLe7mW2zo8AgA4HK/HIBSbtApMWAJys8GW9fW1xs4/H6askAHCh&#10;xZEWEQAAyeEBRdcGzYGed4UEULhYdLACAFjvE8ro+o3RqwDgTKP9maONqREBf8qdKC7jrS9BbC+7&#10;dXljEnJZbyBfFDNCXzLdoDZNUDXecf6qqBkAcqfpjqyYsnmu8Y0Ki7dBSn6SPtGgBoCNWQacuSHT&#10;gK/UYceZvnAP9yX/qO02BtFHVkxR0cQnV60oE/ljXnwwLrYtOxIAqrz76ZlGOy/AnCgN3A1ZbT0+&#10;jQ4xZhvz/v86N2aNJMlCk44X4Exjjy8Nrkmf8PkaE9a4tMF+ocVBEpBj0nmrsjIlxMkK5LZq/LE7&#10;+acTgr2V95178JJ95ZYd2ZE/S9I3WV04aByo7PhFeuiiOG3FugQ8CG61M3vO3sYVUVRFabuT21HW&#10;+vE31tVpIc2/S0XtPDk1CNw7JHEVADjTaP/n9aERBAC8UnJrWbJb7AaAUA2NauVO0yWEqYpru/Fw&#10;CwCemqbLmDjUQ3x4uQsP2w7+t2NNeugLM8O0Sqqzjw3T0D9NCG61MyOM0HJMWnHnBwBX2vrmxgR5&#10;K+879yAJAFSaHXnxuo9q7OLMzIN16FYxMzrQyQpnm3rxrSICR1UAaO9ld5S1Pn+8qcnqXDvHgLz+&#10;Tj/31vmOl0TjS3EVAHBxvEQSAHjzvOVvT0eJc2L0Stzg/goLvlVEPJvmJmF1ax+WxGxjFr7f8Pel&#10;k9ENL8vDlbb+zaeGH8QDwIZMgzGIRve2mOsdA/OnBO1aEOmtlo8Q6EEjx3Eul8vpdA4MDEw+aPmR&#10;jcr4zs314Wq1WqVSKZVKiqJIkpTnuMYdsiTjDlmScYebJJ5rHWT8gMTsspeMO4YkkaxykPEPnmaX&#10;vWTcQYL78izZS/yM2OaDixnE67RQAs23y/gBrWoY+7v1JSRJkiS5OtnXxz4yP5LVyVpkc3FwGpzj&#10;wqvnKIramakWBOF4ba+80OTBoVWRzyYF7cxUo0kUt/CFF4tyHMcwDMMwLpfL5XIxDMOyLP5X+7E9&#10;gYcGfN3TNK1QKJRKpVKpVCgUCoUCa+PmJRRF8TyvUCgAgCRJmqaRJCD/1939YLD3JkmKorAqKC32&#10;EhqnSJIUBIGmaSyP52oUWZgfhmRMK1ZlcPb3buwaxkvA3WPkpe/3F/GidyQM+nbrSwSPl0LIryJ4&#10;oHh7FcHQOFiQX9jhX4jRXtghv9ZmbJDKMOxrbTCyEv7Ecwbr/+ay9CS+STMJAAAAAElFTkSuQmCC&#10;UEsDBBQABgAIAAAAIQCKLbEZ4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLA20o5Sm0zQBp2kSG9K0W9Z4bbUmqZqs7d4e7wTH3/70+3O+mEzLBux946wEMYuAoS2dbmwl&#10;4Wf3+ZQC80FZrVpnUcIVPSyK+7tcZdqN9huHbagYlVifKQl1CF3GuS9rNMrPXIeWdifXGxUo9hXX&#10;vRqp3LT8OYrm3KjG0oVadbiqsTxvL0bC16jG5Yv4GNbn0+p62CWb/VqglI8P0/IdWMAp/MFw0yd1&#10;KMjp6C5We9ZSjsUroRISMQd2A6I4fQN2pEmcJsCLnP//ofgFAAD//wMAUEsDBBQABgAIAAAAIQAr&#10;2djxyAAAAKYBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYoCMQyG7wu+Q8nd6cwc&#10;ZFnseJEFr4s+QGgzneo0LW130be36GUFwZvHJPzf/5H15uxn8Ucpu8AKuqYFQayDcWwVHPbfy08Q&#10;uSAbnAOTggtl2AyLj/UPzVhqKE8uZlEpnBVMpcQvKbOeyGNuQiSulzEkj6WOycqI+oSWZN+2K5n+&#10;M2B4YIqdUZB2pgexv8Ta/JodxtFp2gb964nLkwrpfO2uQEyWigJPxuF92TeRLcjnDt17HLrmGOkm&#10;IR++O1wBAAD//wMAUEsBAi0AFAAGAAgAAAAhANDgc88UAQAARwIAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAABFAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArfAH3GgEAAByDgAADgAAAAAAAAAA&#10;AAAAAABEAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAjfp4b4AuAQCALgEAFQAAAAAA&#10;AAAAAAAAAADYBgAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0ACgAAAAAAAAAhACvzn2lUCQAA&#10;VAkAABQAAAAAAAAAAAAAAAAAizUBAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0AFAAGAAgAAAAh&#10;AIotsRnhAAAACwEAAA8AAAAAAAAAAAAAAAAAET8BAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAI&#10;AAAAIQAr2djxyAAAAKYBAAAZAAAAAAAAAAAAAAAAAB9AAQBkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzUEsFBgAAAAAHAAcAvwEAAB5BAQAAAA==&#10;">
                 <v:shape id="Image 44" style="position:absolute;width:57607;height:27539;visibility:visible;mso-wrap-style:square" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbcPhnxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvpdkoabExq4hW2l4Cant/ZJ/ZYPZtyK6a/vtuoeBxmJlvmGI12FZcqfeNYwXTJAVB&#10;XDndcK3g67h7moPwAVlj65gU/JCH1XI8KjDX7sZ7uh5CLSKEfY4KTAhdLqWvDFn0ieuIo3dyvcUQ&#10;ZV9L3eMtwm0rZ2n6Ii02HBcMdrQxVJ0PF6vgs3z1pnw/ZnXFj9vn9vKt33in1MNkWC9ABBrCPfzf&#10;/tAKsgz+vsQfIJe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANtw+GfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata o:title="Afbeelding met tekst  Automatisch gegenereerde beschrijving" r:id="rId29"/>
                 </v:shape>
                 <v:shape id="Image 45" style="position:absolute;left:41966;top:28954;width:7249;height:2597;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/FgdmxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvgt8hPKE3zdp/2q1RitCqxYPaHnp8bF43i8nLuknd9ds3QqHHYWZ+w8wWnbPiTE2oPCsYjzIQ&#10;xIXXFZcKPj9eh1MQISJrtJ5JwYUCLOb93gxz7Vve0/kQS5EgHHJUYGKscylDYchhGPmaOHnfvnEY&#10;k2xKqRtsE9xZeZtlj9JhxWnBYE1LQ8Xx8OMUnO4mlm37tIqb97ftxuyK0n1tlboZdC/PICJ18T/8&#10;115rBfcPcP2SfoCc/wIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/FgdmxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:imagedata o:title="" r:id="rId41"/>
                 </v:shape>
                 <v:shape id="Graphic 46" style="position:absolute;left:11357;top:3360;width:38138;height:27927;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3813810,2792730" o:spid="_x0000_s1029" fillcolor="red" stroked="f" path="m3747288,38619l,2779395r9398,12827l3756619,51403r-9331,-12784xem3797428,31115r-39879,l3766820,43942r-10201,7461l3774440,75819r22988,-44704xem3757549,31115r-10261,7504l3756619,51403r10201,-7461l3757549,31115xem3813429,r-83948,14224l3747288,38619r10261,-7504l3797428,31115,3813429,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxrzOxwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmiqL7lajLAuCerOV3eujebbF5qUk0dZ/bwTB4zAz3zCrTW8acSPna8sKppMEBHFh&#10;dc2lglO+HX+B8AFZY2OZFNzJw2Y9HKww1bbjI92yUIoIYZ+igiqENpXSFxUZ9BPbEkfvbJ3BEKUr&#10;pXbYRbhp5CxJ5tJgzXGhwpZ+Kyou2dUo2F+56P8Xh8uMMjPtTO7C999CqY9R/7MEEagP7/CrvdMK&#10;Pufw/BJ/gFw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPGvM7HBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="3.__Zaak_afhandelen"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>Zaak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -12157,51 +12158,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="1E0FD876">
               <v:group id="Group 49" style="position:absolute;margin-left:385.5pt;margin-top:10.05pt;width:120.3pt;height:152.3pt;z-index:15737344;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="15278,19342" o:spid="_x0000_s1026" w14:anchorId="0C08CBA8" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKwVvoidAwAAswgAAA4AAABkcnMvZTJvRG9jLnhtbJxWXW/UOhB9v9L9&#10;D1beaZKFdGnULUKUVpUQVNArnh3HSUwd29f2fvTfM2PH2dC9CC6Vmh2vx+MzZ85M9vLNYZRkx60T&#10;Wm2y8qzICFdMt0L1m+yfh5sXrzPiPFUtlVrxTfbEXfbm6u+/Lvem5is9aNlySyCIcvXebLLBe1Pn&#10;uWMDH6k704Yr2Oy0HamHpe3z1tI9RB9lviqK83yvbWusZtw5+PY6bmZXIX7XceY/dZ3jnshNBth8&#10;eNrwbPCZX13SurfUDIJNMOgfoBipUHDpHOqaekq2VpyEGgWz2unOnzE95rrrBOMhB8imLJ5lc2v1&#10;1oRc+nrfm5kmoPYZT38cln3c3VrzxdzbiB7MD5o9OuAl35u+Xu7juj86Hzo74iFIghwCo08zo/zg&#10;CYMvy2q1fl0C8Qz2youXr1awCJyzAQpzco4N739xMqd1vDjAm+EYwWr4nygC64SiX0sJTvmt5dkU&#10;ZPytGCO1j1vzAqppqBeNkMI/BWVC3RCU2t0LhuziAti8t0S0m6wCThQdoSPuRtpzguuWOwbSfNs1&#10;nEvsIDKCcD1/dJ6Qt1uvoQcEdAbpec8Vt5zblpMGTg1WfNvBAaQ23YO3YhVPQDRSmBshJdYO7Sld&#10;uPmZqP6DsSjYa822I1c+dqDlEnBp5QZhXEZszceGQ4r2ri2h8ND9HtI0VigfS++85Z4NeH8HOD5D&#10;kyJQWs8bAfQRJ6bgJok+U915sV7BLaCu84uyfBUvmNW3KqpyfTGpr6rWF+sKPWYN0dpY52+5Hgka&#10;gBmwQOFoTXcf3IQquUxcRiABIeDCQQOTyyUWYXXC4/9qzi8DNRwgYNiFXCDHKJfbaVZVJWYyeWH/&#10;Tquf8fQSFYY0oQG+tJ5ZqsqqPPboClbBY8ES20aWlszArGsjR8DWkCx2UMlELnHsyjB2PSgD+M0I&#10;jN0mAoCGwXMYFE2yx3kxYRlwXEQouD/qHX/QwdMfh0bygHQA7NFHqqXvHDOMoGV6yS99mhB76Z+I&#10;SB7pM3pGRn/H50ekKQqT2vEIHgkIWcykQEZL2qUK/KzWRREE6rQUbWpjZ/vmnbRkR4Hvm5sC/pBi&#10;CPGDGyr5mroh+oWtyU0q8EYxRfmg1ej2CYbVHvS2ydy/W4qTUd4p0Dfk7ZNhk9Ekw3r5TofXbagX&#10;3Plw+EqtmVrMg+4+6iTzk06LvnhSaZx5nQhteEQ0AYWWC1Z4M4ZUp7c4vnqX6+B1/K1x9R0AAP//&#10;AwBQSwMECgAAAAAAAAAhABj744F+TwAAfk8AABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/g&#10;ABBKRklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0O&#10;EhANDhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAXYBIgMBIgACEQED&#10;EQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0B&#10;AgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpD&#10;REVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmq&#10;srO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEB&#10;AQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFR&#10;B2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVW&#10;V1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrC&#10;w8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP1Try74zfHf&#10;TPgrq/hWPWIJG03WJZ4pbiJQxg2BMNgkcZfnqcA4Feo18af8FG/+Qf4C/wCut7/KCvcyTCUsdj6e&#10;HrfDK/8A6Szws8xdXA5fUxNF+9G3/pSPrrw94hsPFWjWmq6ZcLdWN0nmRSqMbh06H3Fec678Y77S&#10;f2i/Dvw4TT7eSw1PS3v3vWZvNRgJ/lA6Y/cj8zXxR+yte/Ey18VgeCbSe7sSD9pScP8AYwMjljkL&#10;uz6n1r6U8X7v+G8vAW7hv+Eckzj6Xte3XySlgMXVozkppU5yXdNK6uu6/HseFQzyrj8JSrQg4N1K&#10;cX2abadm90/w7n01RRRXxB90FeC+LfiX4n8C/tJ+GtB1DVDN4N123YpCbeIeVNiYBQwUOeVi6k9a&#10;96rxD9rHwjLqvw/i8S2KNLqvhiePUbZETJOJYy/I5ACKxOO2a9bK/ZSxKpVkmppx16NqyflZ2PHz&#10;X2scM61FtODUtOqTvJPvdXPWfFXiK28JeHNQ1m8JFrZQmaQgZOBXl37MPi/xb4x+Gs3ibxpqYumu&#10;rh5LUCCKNY7YImD8irn5t/XNec/Hj4i3XxB+C/gHRdEm83VvGBhjlWIliV8llmGB1xIVHNdB+0tC&#10;PCXw58KeBdKJtNK1m/g0yR04dIvPiPGMDnJHToa9SjgEqEcNNJVKs3q1rGML3a9Xf1seVXzBuvPE&#10;023TpQWiekpVLWT9Fb0uekRftDfDufXDo6eKbVtSEhhNvskzvBxjO3HWs79qW+uNO+Aviu5s7iW1&#10;uEjg2TQOUdc3EQOCORwTS6l+zj4Lu/h0vhgaRZR+XaCBL4WyCVXC4MucfeJyc+prwXR/GOoeMv2E&#10;/E0upSNPPYzx2YmdizOomtnySe+XP5U8JhcNUq0sRhW7RqQi1K2t3o1bvZ6MWMxeKp0quHxSV5U5&#10;yi4305VqnfqrqzW59M/CbUxH8GPBd/fXDN/xIbGWaeVizE/Z0LMT1J71n6X+0T8OdalnjsvFVpcP&#10;CjSSBY5BtUAknlfQGvBPi9dXWo/AX4JeF4p3trbW7XTobiSNsEp9lVSvuDv7+leh/tAfBzwdpfwN&#10;10WWgWVpLZQI0E8MCLJGfNTOCBxnkH2JoeBwzqReIcr1ZyS5bWSU2ru++r2VhrH4pU5LDxjalCLf&#10;Ne7bgpWVttFu77ntPh7xRpfizRLfWNJvEvdNuF3xXCAhWHryAa5Gy/aD+Hmo60mkW3ii1l1F22Lb&#10;hJMk+mduK+YvFXijUdC/Y68D2OnGUNqsyWkwhkKNJEY2DICPXI656dK0vFNpq/iLwJP4dtP2fLjS&#10;yyL5F9DOPMhYMGDD/Rx6YPTg1vDJKScnUk+VzlFe9BWUXa75mr+i/wAjnnntZqKpRXMoRk/dm7uS&#10;vZcqdvWX+Z9Z+JvGuieDUsn1nUI7Bb2dba3MgY+ZI3RRgHrXNR/H34fy6+miJ4mtW1V22rbbJNxO&#10;M4ztx096+afjDpOsyfs7/DPSPFFtPZ38eowWUsUuRIEVQgPPfAr0r9pT4U+FND+AOr3Wl6FYadeW&#10;Atpba4t7dUeNjcRAkEDjIJHHqawhlmEi6UKs5N1JSinG1tJWT807rRfebzzTGSVWdGEVGnGMmpXv&#10;rG7WmzVnq/uPoe5uorO2kuJnEcMal3c9AAMk14T8Vfj74L8TfDvxFp/h3xTFcawsKlEthIkgxIpO&#10;DtHbPeuD+NOs6hrHwE+DeiC5eFfEkGnw3kyMQzBoIlYdeQfNOc13Hxx+DHg7TPgVq0VroNlbSWkM&#10;Tw3EUCLIjeamSDjjOSPoTSwuCw+GnSniG3KU2la1vdly3d97voug8XjsTiadaGGSUYwTd7396PNZ&#10;W2sur6ncfs9Xs138F/ClzdzyTyvp0DPLM5ZmPlISSTyakg/aC+Hl1rY0iLxRavqRbaLcJJnOM4zt&#10;xXzz498Vaj4e/Y/8E2mnGRX1WC1s5fJkKM8TQKrICP7wbHf6Gq+vWeq698P28OW37PtxYho0MV9D&#10;cL5kbBg28f6P3x+RNdf9k061Sdes7KU5JWcI2s3dvmavvsv8jj/terQp06FFXcYQbvGcr3irJcqd&#10;tt3/AJn2gDkVn+IPEOneFtKn1LVbpLKxhwZJnBIXJAHQE9SK4n9ny31+x+FOh2XiS1ms9Ts4UtjF&#10;PnfsRFVSc/SuG/at8Da/4mtdA1HTNJl8S6fp10st1osXJlG2RdwGDnBdeAp6V8/RwdOeN+q1KiUb&#10;tX0s7X2e2vS7tqfR18ZUhgfrVOm3KyfLrdXtukr6dbK+h6R4P+Nngfx/qTWHh/xDb6neKMmKNHBx&#10;/wACUV4/8XP2n7Hw38TvD2maT4rgt9Kjcrq8X2YPt/dyEZLISOfK+6f61kS3Xwv+IPinwxFqWmXn&#10;w08VWN3G9pFLaNZtNIHQiPfJGu7DKoAH973q78ePC+kx/Gj4eILC2dbhmEx8sfvsQ3HLev3R+VfQ&#10;YbBYOjilGpCVnGTtLl6J6p6xl5NbPc+dxWOxlbCOVOcLqUVePNrdrRrSUfNPdbH0PaeNdEvvDK+I&#10;YNQjk0ZoftAuwG2mPbu3Yxn7vPSub8N/HrwB4v1pNJ0fxLbX2ovnbAiSAnAyeSoFcb+0fY+CdP8A&#10;D3h238QC8ZIrof2b4f01wo1GUNHtiaPY5dc7FwBwHPrXgv7QGo6hc/Di0nb4Qx+C4IruIw6r9pXz&#10;VxuAUp5SsM8965MBlVDGRj8S520neKS7bu8/PlSttudeYZtXwUpJcr5Em1aTb77K0PLmbvvsfZ/i&#10;PxronhGbTotY1COxk1Gdba1WQMfNkLKoUYB7uo59a5uz+Pvw/v8AxB/Ydv4mtZNV3FPswSTdkDJG&#10;duP1rxT9plR4r8IfCdNQJkGpXVutxj+ISPbBuufU9a6742/A/wAJXXwSu47PR7PTLmzhimt7q3t0&#10;V0bcATkDvubOMcms6WAwkadH6xKXNUclpaytLlvrq/T8TWrmGMlUrfV4x5aajLW93ePNbTRPz/A9&#10;9orzz9n/AF+68S/CDwve3jGS5NhAskjMSXPlKSxJ7nNeh14Fek6FWVKW8W19zsfQ0Kqr0oVY7SSf&#10;3q4UUUVgbhRRRQAUUUUAFeR/HX4CW/xw1fwh/aFyItJ0maeS6hDMHmVxHhVwO+zBOQQDxXrlFdOH&#10;xNXCVVWou0lez9Vb9TmxOGpYuk6NZXi7XXo0/wBDC8H+CdE8B6Nb6Xoenw2FrCmwCMfM3fLMck8n&#10;uTXnniD4P6zqv7TPhr4iQ3NiuiaZpL2E0DyOLlpCLjBVQm0r++XqwPB46Z9goq6WLrUpzqJ3ck02&#10;9dJaP5+ZnVwdGrCFNq0YOMklprHVfLyCiiiuM7Qqjrmkw6/ot/plyu63vLeS3kB/uupU/wA6vUU0&#10;3FprdCklJOL2Z8ofAf4D+J9A+Ld5J4lsnHhbw/8AaV8PmSTIBe4R1Zccn5QfvetezfHn4XzfFDwW&#10;1tp8qW+uWUiXWnTyEhUlSRH5wD1CY6HrXpNFevXzXEV8TDFOylG1rbab6eerfe7PHw+U4fD4WeEV&#10;3GV733121/u6JdrI+abrxZ8bb/wgPC8fgv7Pq/kizfXnlXyDgbfOXknJ4bBQd+K0/EvwKuvCP7LW&#10;s+B/D9u2q6tMIpGWJuZ5fOiLMN2APkQenSvoOireazi4+ypxglJSaV9Wtr3e3ZLRXM1lMJKXtakp&#10;txcE3bRPe1lu9Lt6ux8/eOPglrHjb9n/AMCaVa7NL8WeH7Cyki89yPLmjtgjRkgMPv47H7tcR8W/&#10;H/xZ8QfCPWdP1bwQuhRGFftmozyKUCiRT8gBbJOAvIHWvo/4j+AoPiN4afSZr+70w7/NjubJwsiO&#10;FYA8g8fMePpXkt9+zV4s8URQad4o+J17rOgB1aexW1dGuArBgHZpnB+YKfu9q9TA4+i1GeJlH3Zu&#10;STjJtXfM+Vp2d30ls7eZ5WPy+unKGFjL3oKLalFJ2XKuZNXVl1jur+Rz3hv4Nz/Fr9k3wrpEMy2O&#10;qQRJfWU0rFVD+Wdm4gEhTuB6HpW5p3xG+Nw0hdKm8Ap/bGPLGqvIgth/tnBzwM8bOwr3vRNHtfD+&#10;j2Ol2UYis7KBLeFAANqIoVRx7AVdrzqma+0lNTpxnFylKPNfS7v0a30unoelTyn2cYOFWUJKMYy5&#10;ba2Vuqe2tmtT55+O/gLxr4x8AeBLZ7Rda16zv7efUnsyoQEKPMcZC8Zz0A+ld3+0H4Z1Pxb8FNf0&#10;fSLN77U7iO3EVvGQGYrPGx6kDgKT+Fel0VyrMKidFqK/dycl6tp29NOnQ6nl1NqsnJ/vIqL9EnG/&#10;rrrfqeA+Mfgnq3jf9nrwRo0O3TPFWgabZSQiZseXcRW6gxkgMPvqo6HpXMeLNY+NPxF+Ht54Wk8D&#10;R6VdzRhZtQnlXy2COGwmC2SQoHKjrX1LRXRSzacLc9OMrSco3v7rbu7Waur9Gc9XKIVL8lSUbxUZ&#10;Wt7ySsr3Ts7dUfPlx8CdQ8c/s16B4UvV/sjxBYWkEkPnNgRXCQgBWK543YyQD0qvpHxB+Ntlosej&#10;z+AUn1WMeUuqmVBbEdmODngcfc7CvouipWaSkpRrU4zTk5JO+je9rNaPsynlUYuMqNWUGoqLatql&#10;te6eq7ruY/hGLWYPDWmx+IJ4bnWVt4xdy24wjS7RvI+VeN2ew+leefGnQ/HseraP4l8EXKXUun/J&#10;Po0zbUuVIdSR8p5G9TyR92vW6K4KOJdGt7ZRT30a013Vv6t0PQrYZVqPsXJrbVPW62d/89+p8q+M&#10;fDXxC+Ouv+G4b3wPD4QttPvo7u51K6ZRKQroxEZQuScKcZx1Fdd+0N4A8UXF/wCEvEvhbT/7cvtE&#10;kVHsQ4DyIY5VLDOB/GO4r3yivS/tapGdOUIRUYXSjrb3t7tu+vrp0PN/senKnUjOpJynZuWl/d2s&#10;kraemvU+dvjj4D8ZfEjSfAPjDS9KS38ReG7j+0Do1w/zOzGCTy+Ny5BiI69+tcX8aLf4x/GnwQNL&#10;/wCEHGkW1vNHPJC8qefcMvGEGSuPmz1H3a+vaKrD5xPD+ztSi3Tbcb30u7231176kYjJoYj2l6sk&#10;qiSla3vWVr7aab20PlH9pW01LTvBXwltoYVh1eG4to0huDhVmD2wCsRnjd1xn8at+OdV+MXxL8Hn&#10;wdD4KTR/tixx3GrvMPICLhsqQS3OF/hHevXfi98I2+KVz4ZlXVBpv9jXyXpBg83ztskb7fvDb/q8&#10;Z56+1ehW8XkW8UWd2xQufXArp/tSnSw9DlhGU4uT1v7rcrrqk+9nc5f7Kq1cRX5qkoQkorS3vJRs&#10;+ja7XVtzD8A+EoPAvg3R9BgIZLC1jt94z85VQuefXFdBRRXzU5yqSc5O7er+Z9RCEacFCCskrL5B&#10;RRRUFhRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRXzd48/av8TaH8bNc+G/hL4V3PjXUNJto7&#10;ua4h1lLUGNo4WJ2tEehnVevvXX/CT9oqDx/r8vhjxH4fu/AnjJEEyaHqbsXniwx8yJ2RBIoKSAlc&#10;4257igD2KiiigAooooAKKoa9qjaLo93fJazXrQRlxb26M8knsoUEk/QGs/wF4nn8Z+DtJ1u60m70&#10;G4voBM+m30bJPbk/wurKrA/UCgDfooooAKKKKACivI/j98f0+CcXh+0s9An8VeI9euvsun6PbTGF&#10;5iByd+xgAGKDkfxVk6L+0jqM/wAVvA3gDXfBM2ga14k0qTUplfUFm+wFftJ8sgRgPkW2cgj7/Tjk&#10;A9yooooAKKKKACiivMvA3xrj8a/Frxz4HXSGtH8LypE16bgOLjdDBLkJtG3/AF+Op+778AHptFFe&#10;XeI/jjH4e+PnhX4ZHR3nl12xkvRqYuAoh2LO23y9p3Z8jruH3vbkA9RooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKAPlH4d/8pEvih/2LkP8A6L06l/afA0P9qX9nXVrH/RtRvb++sbidPvSw&#10;bYRsOeMfvZP++jVDxX4L+MXgP9q/xh8RPBngG18W6PrGmw2EZn1i3tCMRWu5sO27hoGHTvmup+HX&#10;wb8b+PPi9pvxS+KkVvpGp6LE9tpHh7T3WWGFXV98kjh3DP8AOBldv+rBwc0AcZ4M0HVP2sfin8RL&#10;vxF4l1aw8KeHdQXTdM0bTLuSyKMqBXkeSBkdsskhAZmGH7YAD/hh4t+IuiaD8cvhzBrM3iPxL4Wt&#10;JZ9Av7hU84o8ckcKn5cMweBiN2cluTitqX4cfFT4BfEnxZrPw08PWfjnw74puVvZ9Lu72KyksZgi&#10;hisjuAwZvMONmfnHPBzq/DL4A+NNJ8MfEnXdV11tJ+InjFmmSWwwI9PIUtFGpDsWAkZ8neMg9utA&#10;Hzn4EvNP8U2Gm2+l/FfV/DPx3SUtf2niC8nMEk25t0fkKZYVXJTG2McAcDJFeq/tea/faZ8ZvCMH&#10;jTV9Y0L4TPpe68udGnaBBe75t3mSxvHKFGLbG1j1PHJzn/FD4Y/HT49eBrX4d+LfBOi2tvbuqHxo&#10;19FO77FZBMtv529XYNkksed3HPHr3xP0n4weDfF+n6v4At08caG9itreeH9TvUt8SBpP3qSM6qMi&#10;RARtP+r68jABwfw2S+034SfEXUfD3xCHjHwFLa+ZoM32iV7yzOfnR5HXcfn8wAmRjhR06DyzW/j7&#10;qHhj9mX4A6BqHi2fw/F4sswNZ8R3LmSSK3RgzHzCGfcwVkyMEbhyOo9U+HH7PPjWL/hbPi3WdKs/&#10;D2ueNLVIovDFhNG0Fu6hV3GUOVZm8vcTxzI1VV/ZY8Ut8AvhAYra2g+IvgC13R6bOySwXTsdrwPI&#10;HAxsL4IbALZ56EA4L4e/GPwd8P8A4/8AgfRvht8T7jxxovieQaZqOnXd1PdNDMWjKTK0+5l4WQEK&#10;wHz9OBjT/ZD+Ges/Fy98UeKtb8c6+9poni2SC10tb2Xy9yW9tISxDglT5gGw5XgnGSc+zfC20+LG&#10;ueMrO48U/D/w/wCBtJs03SPDcpey3Mm5fuGOX93xuPzBu342v2OvhR4l+EfhHxpY+J7FLG51LxRP&#10;qdsiTpLvga1tY1bKEgfNE4weePcUAeu+Pl11/BetL4ZurSy8QG1cWNxfZ8iObHys+Ef5c9flb6V+&#10;eXjLxp4P+G3hHTtY0X423Wu/F/T7yzWa0hv7qWC+33Uccq+TJiIAQvIeIx0yOQDX3j8cvh7cfFb4&#10;TeJ/CdpfvptzqtlJbR3CDO0spHIyMjnpkfWvlXxL8O/j74z+Bkvw3Pw38P8Ah2wjmtJHa01CFvtI&#10;iu4p/wB2BNiL/VjO7dkAgcmgCD9orwNonj34y/s963qcV/8Aa/FBifURBq13Cp+W1AEYSVRCcMeY&#10;wpJ5OTzVv45/DtvEH7b3wu8Mabq17odi3hyRJLiGZ5LjywNQYqJGJfnBXO7IB4NekeOPgx4w8QeK&#10;f2e9QttMj8nwmkX9s5uo/wDRiBbbgMt8+PLf7uenvW14y+E3ibV/2x/Avj61sUk8L6Xo0lnd3ZnQ&#10;MkpS8AAQnceZo+QMc+xoA4n4RaTf/CT9r7U/AVjr+qan4Y1DQJdRWz1O7kujBLE1vgrJKzvz9ofI&#10;3Y6ccDHlnjy90HQLDxPP8WPjell8VYjJc2EGhaheR20CrGphiESrFG5ZlfO6M/f6nAx9IS/CjxHN&#10;+1z/AMJv9m8rwyfDt1p326O4QSLM7WhUBM7v+WMnOMce4rxf4d/CL44fBzwBr3w00LwZoWp6beR3&#10;KL4sluoo3mEsYB3weduLcbQ2QB8pwQDkA5X4kfEzxl4//Ze+Aepx+I7zSPEOra1YWc+p2b7GkYoq&#10;l3VQFbJ+YqRj2ruviH4Lv/2avij8Ldc0DxTrd/Hr2pS6ZqOn6jfTXEEw+yzOHxK7hSCE+6B933NV&#10;B+zR8Qv+FD/BbwudGiGr+FvENreajF9thwlvGRmQNuw3AztBJr2P9pf4V+JPiPrPwtuNBsku4tC1&#10;x72/LzpH5URtpIwRuI3fMwGBk0AeY6Nomp/tTftAfEy01nxNq2l+F/Bd1Hp9hpel3clpvlLzRyyO&#10;8LIzc2ykBmI+Y8CuE8E+IL/9nXxZ+0XqV1qtxr+oaK9uo1C4RfMkaWKwRGYdPl81R9F7165q/wAN&#10;vij8FPjF4u8WfDPQbLxlpHjGSOfUNNvbuO0ezmRpG3o7OAwYzyZG0n5V59cbwD+zf438W618X3+J&#10;dlaWcXjAxtHcafIjIzRx2uwhN7lcNb87jztJGMigD5+vfip4Ni+FMfju2+Pc7/GBbMazLZG6uPJe&#10;68rzjZrb48j/AFuEH7sD8K9quPHCeMf2u/gt4m2nbceF7qZhgZJWPUA36qa0fDfhH46eDdAsPA1p&#10;8OvDWo2enwR6ZbeL57qMZhRREk723n72baA5AYZOQMV3nin4NeJNW/al+Hni+Owgk8NaVok1jf3M&#10;cqJsleO7XAjLbiCZk6A9fY0AfNFj8ZvAvxf8T+OtV+JnxjufCVzbapd2OgaTbXdxaNYwxyyLHK62&#10;+1ZCQIjhy/3Dnqc0PEPxr8XfEn9kvwnNB4tuf7ctfGJ0qTXbF/Ka5ixK6khQoPyMgwR1XPXmvbLD&#10;4R/E74EeIPElj4K8DaP8QfDGsancanbm8u4rKXT2llZyh3yfOvzKBhV+57jGj8Wvgn8SPiB8GvBW&#10;mzaZpk3iWz18ahfW9gy28UUIEoHLysGIDJ0b8KAOZ+Kng3Uv2cviz8HdR0Dxbrl5J4k8RW2laxFf&#10;3ss8V2stzbI7iOR3SM/vJDiMKBu4xgY+168C/ad+E/ib4k+L/g/f6BYpd23h3xRaanqLvOkflW6X&#10;NvIzAMQWwsbnC5PHvXvtABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAeT6J8bnv/jj408DXllBaad4etIbkah5hLyb47d8MuMDBnI49&#10;BXI6D+0Lr/xB+HnjrxhpVrpXhrwrYW839ja5rM7r55WNnFxIqRyAQ4MZyNx+/wDLwM+HfFf4Max8&#10;dP2n/i94c0/WTpVudNtJzGqZ+0yC3sgI5MsAY8MSV4O5VO7jB9G8e/Fax+Jn7GvxJiFjHoeu6Pot&#10;1ZapoQyrWMwgJKbSAduSQD0O04PBoA91PxR0jwZ8MNF8UeNde02xtZ7WBptShdjayu8e4MhKA7WA&#10;JGVHHYVf8IfFjwh498K3XiXw/r1rquhWoczX0BPloFQO2cjPCkH8a+RvFq6zceO/2dYNP1PRNIjH&#10;g2KS3ufElnJc2f2sLAEVVSaL97sMhHzfdD8dx0XiH4PiK2+LFx4x+JPhO2k13TrW01GPQ9Oe3Sxc&#10;TTGOaVHuZW+d5NpyRkR44wTQB9A+B/2g/h18SteudF8MeLLDWdVtgTNa25begDBTnIHcgfjVH9pb&#10;xrrHw9+D2q65oN5/Z+pwXNmiXHlJJtV7qKNxtcFeVZh078c14V4Z1248JePPhN4f8a+GdF1a2Jhs&#10;fDHivR5FQyYj+RjCXlYKyKSWyo3KORkCvV/20LaK8/Z38QwTossMtzp6OjDIZTewAg/hQBt/Cn9o&#10;XwR8RXstBsPFdlqviyGximv7KIESI+1A5I2gD5nA49a1vHnx5+H/AMMNZstJ8VeKbHRNRvQGt7e5&#10;LbpAWKjGAe4I/Cvn74p6Fp+jal+yw1jaRWpTXdPgUxLjEZs5WK/QlQfwrlfhZovi7xV4i+OkEPiP&#10;wboc1zr13BqNt4l0ie5vBam2h/eBluogsPMmMqcMrnJ6AA9i/aE/bJ8J/BM+E4YtR02/u9X1G3ju&#10;YZ5XQ29hJC8huhhTkD9yMf8ATSvdbPxFpt/oQ1q3u45dLMJnF0udpjAJLfTg18X/ABY8Jp8P/gN8&#10;CNHbxDp3iSK2+IcDLqemJ5dqytFqDhUG98BAwT7x+7X2J46YP4F8QlSGB064wR/1yagDB8IfHbwD&#10;498Qz6F4f8UWWq6vBDJcS2kBbekcbqjscjoGdR+Iqt4P/aG+HHj/AMTt4d8PeLrDVdbXObKAtvGF&#10;LHqAOgJ/CvlUaING/YC8YaloWnLHqt2urpc3FtGfNdPtFwSSR7gV2OofC3W/F1n4AmufiP8ADWz0&#10;TTr+O40qTRtGmgaYBwXjike+dcsAV4B+8aAPefHX7Q3w4+GeuxaN4o8XWGi6pLjZa3Jbc2QCOgPZ&#10;h+ddLc+P/D1nruiaLNqsEeqa15n9nWpzvudiPI+3jssbnn+6a+VNc0a88IeM/i7r3g19A+IWm6pP&#10;nxHoF+ywXFj5fmgp5rSqu0kyDlD0HpzT0bxN4d1b4mfsta7olsNE8M3C6n9ljuWCLEDY3yhSSqjJ&#10;Y9MDqKAPpf4gfE7TdM0zxbpelaxCnizSdLkvTahd0kI2bkchgVI5B5zXzxZft1ab4I+HvwyXxNrW&#10;n6l4p13c+qfaf3DwQGSVUm2xoFwTHtwAOlM8TalZ6j+0j8bha3UFyYvCKpIIZA+xhCoIODwcgjHt&#10;XMNIsXwG/ZvZ2CKNXlyWOB1moA+sPGXx/wDh58PtC0fWvEXiux0nS9YiWawurgtsuEKqwZcA8FXU&#10;/jXR6Z470DWPCi+JbLVILjQWQyi+TPllQcE9M9Qa+efF3ii+1T9p/XNF8GWnhrR/EWm6VDNqPiDx&#10;Fbtcq8EiIUWONJoWwAp3HcwGFzjIz4/8OPF+m+G/2NPiDc61Z6Z4stW8XQ24gt/kspJGfTwh5LhV&#10;V2VjluqnkZ4APrvwh+0f8NPH1xqcHh/xhp+qy6ZC9xeJAWzBGudzNkdBg/lXFfCH9sLwd8WviL4u&#10;8NWGrabJFpczHT57eR2a9t1t4pHlwVGArNMv/bOvHvEk3ii1+OPwHTxFrXhGbJdbTT/Dlq8MttCX&#10;scJI7XMokXbsCsoUHaTyCMetfBGWA/Hz47RTPGAdbjLI7D7v9m2GT9OtAHtfhHxlonjzRl1bw/qM&#10;OqacztGtxBnaWXqOR2rarN0CHSoNOVNG+zfYdxx9kYMm7vyOM1pUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQBzWm/Djw7pHjjVvF9pp3leItViSG8vfPkbzUVUVRsLFFwIkHAH3fc5w9b&#10;+AXgPxFd+Irm+0LdJ4htjaaqIbyeFLuM7870SRV3HzX+cANyOeBiv8X/AI02XwwtYLe3tzrHiC6Y&#10;LbaVBuaRxgkthQT2/WvO7Pwh8a/iIjXmp+Il8DCQ7kt7JWfCnnp5pI9MGgD1TxR8EfBXjLwvpPh7&#10;V9EW40zSUjjsBHczQzWyxoUQJOjrKMKSPvc98mquhfADwF4e8P6zottoRnsNYXbf/wBoXtxey3Ax&#10;gBpZpHk45Iw3BJIwSTXmN9f/ABl+Do+1TIvj7SE+WWQo3n+uVUSE9sZ2mvaPh18RtH+Jvh6PVtHu&#10;ElTOyWIH5onwCVOQD0I7UAc34S/Zt+HvgnXbXWNL0W5N/aLttXv9WvL1LYZB/dRzzOkfTqgGBkdC&#10;a7Lxl4M0b4geH59E1+z+36XO8ckkHmvHuaN1kQ7kIbhlU9e3PFbdFAHJ618KvC3iGTws+oaX9obw&#10;xcx3ekH7RKv2aWNGjRvlYb8KzDD7gc8jNYHjP9nL4fePddk1nV9EmGpSp5c0+nand2H2hck4lFvK&#10;gk+8fvg8HHSvS6KAOE8SfA3wP4t8D6d4Q1TQkm8PadIktpaxXE0LQSKrKrrJG6yBsO/zbsncSTmu&#10;ph8PWEOgnRRFI+nNC1uY5ZndijAgguzFjwTznNaVFAHN+Hfh14c8K+E28M6bpUUegsZWaxmZp0bz&#10;HLyZ8wsSCzE4Jxz6Vx3hj9l/4a+D9as9U0vQbhLizYvbRXOr3tzbwMQQSkEszRKcE9F689RXqtFA&#10;Hl3in9mX4c+Mdbv9X1HRLpL6/Obx9P1e9sUuT/01SCZFfv8AeB6n1Nanir4FeBfGfhvTtB1Pw/F/&#10;Zmmtuso7KaW0e1OckxyQujpnnO1hkEjoTXbTXtvbzxQy3EUc0ufLjdwGfGM4HfqPzrKbx34aTTr3&#10;UG8Q6UthY3C2d1dG9i8q3nYoFikbdhXJljwpIJ8xePmGQDi/C37NHw48GXWr3WlaBLFdavafYr+4&#10;uNTu7iW4hxjazyysc/7Wc+9XtT+APgPWPAul+DrrQi/h7THEllbpe3EcluwfflZlkEgO7/a6cdOK&#10;7mLUrSeZIYrqCSV08xY0kBYpx8wGenI59xVmgDzLxN+zd8PfF9xp9zqei3LXljbLaR3dtq15bXDw&#10;qqqEllimV5hhF/1hbv6nM2kfs7fDvQfBGseD7LwzBF4b1a7+3XmntPM6STYjAcFnJQ/uYzhSBlc9&#10;SSfR6zLTxPo+oazd6Ra6tY3OrWahrmwhuUeeAHGC8YO5RyOo7igDzfRP2Uvhh4f1jStVtPD90dR0&#10;qZJ7K5utZvrh4GVgyhfMmb5QVX5fu/KBjArpU+DHhCLx1qHjGLTJofEOoRGG7uYr+4SOdSnl5aES&#10;CMttAG7bu4HPAx21FAGJ4P8ABmkeA9FTSdEt5baxV2kEc1zLcNubr88jM34ZrboooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigD5t+DmnL8S/jj4z8X6ni9i0uU6faRyjKwuBGNygcDhGH&#10;/AjX0lXzZ8INSX4Y/HPxj4R1TFlBq0pv7SWY4WaQiM7VPQ8O/wD3ya+k6AGuiyKVZQynqCMg185e&#10;ArMfCj9pC/8ACVmfI0rxBbnUIbRPuRAef0z04jHT0r6Nd1jUs7BVHUscAV85fD69HxZ/aM1DxfZj&#10;ztJ0CA6fb3acpKD53IJ9pBwPUUAfR9ePfta6pe6N8C9Zu9Pu57G6S7sFWe2laN1BvIQQGUg8gkH2&#10;Jr2GvIP2sdHv9e+Bus2WmWNzqN493YMtvaQtLIwW8hZiFUEnABJ9ACaAOPk+O/jGw8XeE/APhnw1&#10;a69qV74YTU/tt/dyRpGyi1UtMVViEzPywDHOODk1a8L/ALU86eCPiDfeL9BXSfEPg2Zre7srCUyw&#10;TuVQRiJ32sd0j7fmVapfD3w1q9p+014c1GfSr2HT4vh5JaPdyW7rEk/m6afKLkYD4R/lzn5G44Nc&#10;LrXwu8S+Jpv2h7W30e9SW+v4b3TjNC0aXhglimCxu2FYN5e3IPegDZ8QftX/ABK8F+FPC3ifX/h9&#10;pVvovia9ht7AW9/K08KSRvIhuFaMKrFUzhGcdea7zxN8dfF+reNPEWhfDvwxp2sx+GlK6rda1dyW&#10;6mYAs0UHlJJubZsPzbR845r51+P3xdvPE3wh+Fnhmbwlrej6pZa1Y29+2o2Fxbwxyx2s8ZSKWSNU&#10;mzyR5bNwD161veI/hL4V8IfHX4hal8SPhRP420/xDdtqul6vbaPPqRTKBBbMIEkKfNFnLY/1ue1A&#10;Hsmj/tSNqr/DmRtE+y2vie/uNFujM+JLXUIZvJaNQMhl3JNgkg4VeOThvhX9q618R/Ej4oeGTpiw&#10;2/g6ze8hvBJkXiqhc4HbhT+VcP8AEn4bG4/Zj0vV/BPw6bwpqXh7Uj4i07w3aQkzM0QnEf7sAMGc&#10;ShtgAYFsEZBrzbxr8B/F/hf4TfC690nSL/UPEU7vp3iOCG3ZmaGcmAuyryNomLEkkYXnAyaAPX7X&#10;4yxfEHxB8GNW1TwyiXGvyXNzYzQancRi3hE0AiYohVZCyOjFXBAIwMgmvJtS/wCTY/jx/wBlM0z/&#10;ANHaJXsPiz4c6j4c8ffs96XYabd3WneHNP8AsE9zBAzxwCP7Gi72UbVyIz19D6V51qHgbxI/7Onx&#10;r09fD+qtf33xE068tbUWUnm3ECy6OWljXblkAjkywyBsbn5TQB6/4U8W6bH8ftP0mXSvKvLfwr9o&#10;OrG/nx5ey13IYN3ld1+bbuG3g/Mc8jH+1r491v4fat8SdB8AWN38P7QP5D3F5Imo3IGF8xYlQx+X&#10;vbBJkBwj8cAHW0PwXqt7+0mJ59NvrfS5vB5s2vmt3ESyFLQbN5G3d8rcZz8p9K8fsvHeufB79kPV&#10;vhfrngvWx4i0i0ls0njsp2sp4nkEnm/aljMAx5jjbvySgHVgKAPcJf2mPEHiLRPhnZ+DvDdjqnjP&#10;xfocOuT2V5dPFZ6fE8Nu7F5FVnwDcrjCHIViccA8F+zDqWt6t+138W7jxFpsOlawbGET2ttI0kSn&#10;EGNrMASMY6gc5rN+HNvqvwqtPgb8Rf7C1PXtAvPAdjpd8ulWctzPZMbSy2OYold2BCSk4XjaBnkZ&#10;6n9nOLXNd/ai+Jvi698M6voWkatYxGzl1KzlhEoXylI+dFwco3ykZwM9KAPq+iiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigDzn4vfBjT/ijZQypKdK122YNbapAWWROCCMqRxz&#10;79K83svEPxy+HcZs77RbfxyiHCT2zbPl6YyIlJ9cmvo6igD5sv8ARfjP8YT9lvp4vA+jP80sCOfO&#10;PbCsI855/vCvbfh98PNH+Gvh+PSdGtlgiB3SSDO6V8AFiSSegHeumooAKKKKACszxLoaeJfD+o6V&#10;JPNbJeQPD51vI0cke4YDKykEEdeCK06KAPAtF/ZavJ/EGjXXjXx/qXjzRtCmW50jR7+zjgjtJU+W&#10;ORnjIaZlQsuZS2dxJya99oooAKKKKACiiigAr571r9lbV9bMmkTfE/Wm8BzTJNN4Ymt0lEm0q203&#10;bMbjaWRTjfjgjGCc/QlFAFLRdHsvDujWGladAtrp9jbx2ttAhJEcSKFRRnnAAA59Ku0UUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRWNqfjPw/okhj1HXdNsHHBW6u44&#10;yPwYigDZorP0rxDpeuqW03UrPUFAyTazpKMevyk1oUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB4T8afilr114rg+HngZ&#10;xD4km2yXF7IAUtk2huflY87k5296Xw/+yd4feDf4wvbzxZeudzyXF3OgBxyBtkGRnnpWT+zPbR6z&#10;8Q/iP4huAF1Fb9rEA/e8oFfxx+7WvougD578T/szXvh5Tf8Aw38QXPh69i+5Zy3ErwMPQ7i+ecfw&#10;12PwF+L0nxQ0S8g1G3ez17S5BDeQuAMnAw3HTJ3DoOlep187LCnhb9sCzs7EZh1vTWu7sr0Eg+09&#10;cf7o60AfRNFFc18SvGlt8Ovh/wCIfE108UcWlWM13++OFZkQlVOOeSAOOeaAJdH+IHh3xB4m1fw9&#10;p2r215rekbPt9lGxMlvuUMu4e4YH8a5j4x/HbQvgrDpC6pY6nrGo6vMYNP0vR4o5Lq5cY3BFkkQH&#10;AbP3ugNfHnws8aeEvhn448CfEa38V6Heaz44u7qy8QWlvqcDvbx3dy11DI8asXXyo4Uj+bpuwcHA&#10;r0X9o34dz+Jv2yvgpHH4v8SaKb+HUUV9Luoo2tPLtLmQtDuibaXHyNnOU4GDzQB9baDqh1zRLDUW&#10;srrTWu4EnNnfKqzwblB2SBSwDDOCASMg8mr9fJXhmw8a/HH4peN9Jg+IniHwroPgtrfTbP8Asy4Q&#10;XF/N5YVpbpmVlbLROSFVOX68c8N4V/aL8aeHv2cdavNa1m41LxLeeKhpEWopBNO9tCwsg5iiQl2I&#10;WaQqAT8x6HoQD7uor4u8H+MPFFl47sfD3h/xP8RvFema9aPb3mo+J9AvrY6Xcl4tskMklvEirzLw&#10;wbAC5PBzzGqftJ+OtZ+C/wALU0e/uV8XfaHuPEpVm8yC3g/fv5nI4ZEZep4NAH3xRXylZftDan4h&#10;8deJfE+n3ck3hbwz4Nh1aWxhc/Z55ruCC4hL+6qkoGOzNmvLdC+Lvi4+HNF8bad4p+IXiHxjPcw/&#10;aPCzeGNS/sKSF5lik8s/ZxtKRtJIGMxG5BwehAPv+ivkr9p6C60Dw/beKrD4kfETSvEviMRw6L4S&#10;0jUIYYnunjysaxNbNIo3bQ2WGCwyRmsr4geOPF3wq0v4c/DDXPGHiCfVtWSW41jxPptlPfamsYEz&#10;oII4Ec5zCqklXwrMcDqAD7Kor4s8M/FPxdoukfFnSLPVfGWs6BYeHJtQ0bxN4p0i7sryOZInLKZJ&#10;YYkZgWXGEX7neszUtW+Ivw7+FPhD4sXHxG1nWtRuL+3tbvQrqT/iVyRzXItsiMASBl8zdkyEZUcd&#10;qAPuaiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigD5hl1U/s8/HnU7rU2Mf&#10;hHxGuUmUYWGbahLPn3SQcE9fy+mba5ivbeOeBxLDIoZHXoR61l+LPCWleNtGk0vWLVLuzchijjOC&#10;OhHvyfzrw+P9lnWvCski+CfH+paFbM27y5lEnPT+EL24oA908TeKNM8H6RLqer3aWdlGcNK54z6f&#10;oa8I/Z+t734mePdd+JWowvDal/s2lxyj50jwzEccYxN6nvVzTP2UIdU1SLUPG3ie/wDFFxHyEbas&#10;bH3BUnGPevebKzg061itraJYYIlCpGg4UegoAnrzD4+fDjXvit4c03w9plzYW+kTahazawt67AzW&#10;0VxFK0SBUbdvVHUglRhuten0UAeJfFH9lTwR4t+Ger6B4e8J+HNC1qa18my1SHTo4JLeTGA/mIm8&#10;HrzyarX3wa8ZeIPi38HfGur32kNJ4Ugvl1hYppC00k1rNCpg/dAMA0ik7tnAPB6H3aigD5Wl8O+J&#10;/BPxt+JN98NPEvheaPUFt7jXNH1u5lgfTZfLUpMhSCXduDOxUlR8/fAx55+zP8HNS+LX7Kt9s1RL&#10;fxBJ4j/tnRtZlTCb0WzcOVAxtYwFD8p4JODX1h48+BHw++KGoQX3ivwlpuvXkH+rmvItzLwBxz6A&#10;flXZ6fp9tpVlDaWcK29tCu2OJBgKPQUAeV/D7RvjNJ4ksZ/G+r+HbbSLO0MUkGhyPcPfzbo8SSeZ&#10;bReVwr8ISMv04FcR4B/ZMl8L/FP4ma7f3Vjc+HvEdu9tpWnxvIzWKvGUfKlQBkFuhPWvpSigD53+&#10;Bn7Kx+HXgjxx4d8QXdtqMXiN2tA1q8jbbCNpUtYiSFIKQui4HTBAJ61V8BfDH47+CfDOleDo/E3h&#10;ltFsbhSPEAkc6g0AdXaL7ObXyucMud+QHJzkCvpKigD5h8WfCD4w6l8eZfG6W/gjxPo9hGItBsNb&#10;1W7t2sGyhebbHaOvmMYkPU7eQpwTnc8d/CL4i+Nrvwr43t5vDnh34l+Hp3EUdrdz3Gn3Fu6PGY3k&#10;kgDL8s0pyIic457j6CooA8Ml8AfFrxr4R+IOn+MNY8PwNrmkvYaZpWlyPLa2srRyIzvM1vHJgkof&#10;ut349czx9+zz4j8U/s86B4DtL3S49X0++s7mWeaWQW7LFepOwVhGWyVUgZUc46DmvoaigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAMbxZ&#10;4u0rwTo0mqaxdLaWaEKXY9SegHvwfyrw6L9qXXPFckreCvAGoa7bIxXzJmEfv/CW7c1lyaUf2hvj&#10;zqdrqamTwj4cXCQqcrNNtQFXz7vIeAOn5/TNtbRWdvHBAgihjUKiL0A9KAPBNM/avh0rVItP8beG&#10;b/wxcSDAdtrRqfclgcY9q95s7yDULWK5tpVmglUMki9GHqKo+JvC+meMNIl0zV7RLyykOWikGRn1&#10;/U14R+z9cXvwy8fa78NdQmea1D/adLklPzvHhlJ44xiH0HegD6Moorzf9ob4hax8LfhNq/iPQYrG&#10;XVreW2igXUY3kgzLcRxEsqOjHAcnhh0oA9Ior5U8WfHz4sfCPT/BOv8Ai5fB+v6D4iuILd7XQtPu&#10;bW8hMsTSgr5l1LvwEYcIeSPpX0Tp3xA0HVfGmpeE7W+Mmv6daRXtza+S48uGR3RG3ldpy0TjAJPH&#10;I5FAHRUV4h8U/jroT+Bdbu9A8Z22g3OlagdOub+80y6njhnUSgxlIwrN80TcqcfL15FYurftXRWf&#10;7TGkfDqCyujo1zZhp55NBvxcC5Jn4RtgUxfJF8+0ry/zcHaAfRNFebeMP2ifAfgbWrnSdS1S6m1C&#10;1Aa6h0zS7q/+yggEGYwROIwQR9/H6UniP9o34d+FRoDX3iOJk15ZG0x7O3lulugiszBTEjDOEbA6&#10;k8DJIFAHpVFcP8OvjT4Q+KlxqFt4d1OWe908r9qsr2ynsrmHdnBaKdEcA7Tzj09RXmf7UfxUu/hd&#10;42+EE39s3Gk6Jfaxdw6mkCs4uIxZyMiFVBZv3m3AAznFAH0JRXAfD/46+Cvidqt/peg6rM2qWCLJ&#10;cWOoWNxY3CIc4YRzojFeOoBHI9RnHX9qT4aPqSWia/M8byiBdRTTbo6eZDjC/bBF5GSSBjf1IHUi&#10;gD1eivmHVfj4ngj9qfxJpmu65fv4ZXSLaaz06ytZr3MjIpLpFAjuc56gY5HqK9j0X45eBvEHgC68&#10;a2fiCD/hGrWTyri8nR4TDJlQEdHUOrEumFIBO9cDkUAd3RXm/g79obwL461yHSNM1K8h1C4jMtvH&#10;qelXdgLlQQMwtPEiyj5l+4T95fUVi3f7XPwttDeZ168nWymFvdPa6NezpbvhT+8ZISEHzL8zYHzD&#10;nmgD2KiuH8T/ABs8FeD/AAlpfiXU9diXR9UWNrCW2je4ku96hk8qKNWdyQy8KpPzAdSK8H8C/Hy4&#10;+IP7Zk2k6Rruot4NTwv9pbTb61ms1ScSsC7RTIjqduOSBxigD6worym4/aj+GttrTaa+vT7luvsb&#10;Xy6ZdNYLLu2lTdiLyBg9y+Mc9K4+P4ga0/7XfiTQP7bmTw1B4EOpxWpO+COb7Qi+cFHJO0np2oA+&#10;hqK8T8NftC+FvCXwv8G6z4v8Y21+NdiiWy1S1026jS9YpHgiNgzqW8xThsfe9jXWeBfjx4K+I2s3&#10;mkaNqk41a0iNxNYajp9xYziIbf3gjnjRinzL8wBHPWgD0CivG9Q/a8+FWly6wJ/Ec5g0jzheXkWl&#10;XklrGYs7189YjGzDacKrEnsDkV6n4f8AEFh4o0S01fTZ/tGn3cfmwzFGTcvrhgCPxFAGjRXkOrft&#10;ZfC/RdS1eyuPEFw7aQ0iX9zbaVeT2ts0e7erzpEYwRtbjdnitrUf2gPAmmeEtK8SS620umaqxWxW&#10;2s557m4wXB2W6IZSP3b8hMcUAeiUVwnhr44eCfFfhvWNdsdbWPTtHRn1E30EtpLaKqliZYpVV04V&#10;uq/wsOoNZPhn9pf4e+LvENpolhq92l/eBmtBfaTd2kV0B18mWaJUk6EjYxyASOhoA9Ror55+C37V&#10;lv8AFL4seMPC81rcWtjp+1tNnk0O/tWKAzGQ3LzIFiO2NMBwmTuAyRgdfc/tSfDS01SSzm1+aOOO&#10;UwNqLabdf2esgzlTeeV5GQQQfn6qR1BoA9XorxJfG+pwftW6zok+rPH4btvC1hf/AGaSQCCORpb8&#10;SSnPTKxJk+iCvLv2sv2uNCtfgx4oHgLxNqdp4htWMcGpWum3UcBdWKssd00QhcggjCufun0OAD6+&#10;oriNI1i9n0mykkuZGd4EZmJ5JKjJooA8r/ZnuY9G+IfxH8PXB3ai1+18CevlEr+OP3i19F14V8af&#10;hbr1r4rg+IXgZBN4kh2x3FlIQEuU27efmU8bU43dqNA/aw0CKDZ4xsb3wlep8rx3FpO4JxyRtjOB&#10;njrQB7rXzssyeKf2wLO8sTiHRNNa0uwvQyH7T1x/vDrUvib9pm+8QqbD4b+H7nxBeyn5LyW3lSBR&#10;6ncExzjndXY/AX4QyfC/RLyfUbh7zXtUkE15M5BwcDC5HXB3HqetAHqdeIftoW6Xf7O/iGCQsElu&#10;dPRijlGwb2AHDDBB9xzXt9Y3i/wdovj7w7d6D4i02DV9Huwons7kZjkAYMMj2IB/CgD4g/aG8AaD&#10;8G/hL8OfGmg3mp3HiiGezez0/WdXutShuJDayNtSG5kkjQ5HBVeBkDgkV7P4Y1uw8Pftm+PV1K6j&#10;szc+E7CSESnG9Uu75mI+gBP4V3/g/wDZe+FHgDWotW8O+BdJ0jUo/uXNtEQ68g+vqBW58QPgr4G+&#10;Kl1ZXPi3wzYa9PZf8e8l4hYxc5459aAPhDxnqVrq/wAF/ileWU6XNrL41naOWM5Vhvv+RX0f4vuI&#10;4f28fBqu4Uv4ZwoPc5v69Yg+A3w+tvDs2gxeE9OTR5pRPJZiM+W0gDAMRnr87/8AfRrV8V/C7wn4&#10;41jStV17QrTVNR0qQS2VzcKS9uwOQV545oA+O/hx4P8AFHif40fGy2sPiovgu9j1R5Lywm8PWWoP&#10;LamSXyizzqW2BCmB0wwHYVX8DfD7QfC3xT/Zo0HTvEUfj3w8kmqyWl9PbIqMo0+6KgJlh8rruB9f&#10;pX1x4/8AgN8PvinqEF94s8J6dr13B/qpruMsycAcc+gH5Vsn4c+Gjq+haodGtTqGhiQabcbfmtQ6&#10;Mj7PTKu4PsxoA8N8BW0Np+3F8R1giSFZNFtGcRqF3Hy4eTjqeT+dV/2vrnSrT4mfASXWzbDTh4hu&#10;w/2tQ0e42UgjyCMZ3lce+K+g7XwVodl4qvPEsGmQRa9eRLBcX6r+8kRQAqk+gCj8qp+N/hl4W+JK&#10;WKeJ9DtNaWxd5LYXSlvKZ0KMRz3UkfjQB83/ABauLbV/2lbW18BiOHxLbeE9VOrSWihXk3NYm3BI&#10;5JwH25xjnBryH4PfDG58b/sraQ+ofHCLRPBn2hFutK/4RmxP2a4F0hRWmwJN5fyTnOcMB04r7k+H&#10;vwf8F/CeO8j8IeHLLw+l4Va4WzQr5hBYjPPbc351k3X7Onw0vfGK+K5/BumS+IlYOuotGfNBAwDn&#10;PpQB4p8LPDtnaftd6lbTSxa5Jp/hLToYtSnhXfNiGIGUddpfaGOD/KuFTxVZ/D34CfHCY6NZ6haH&#10;x9bWyWt1Gv2WIyQ6SqyMpUjCM+/G08qK+0YPBWh2viq68SxaZBHr11CsE1+F/ePGowqk+gxVSH4a&#10;+F7fSda0yPRLVLDWbj7VqFuFO25l2Im9/U7Yox/wEUAfG2safr2g/H34Hpr3xMtfGUk7s1tp9npV&#10;tZx2MTSWRCo8SK0iMCoG4DhBwMmu3/Zw0LTbv4OfGOWfT7WaWXU71ZHkgVmcLY27KCSOQCAR6EA1&#10;7Z4d/Zo+F3hK7tLrR/BOlafcWlwt3BJDGQY5lbcrjnqDzXW6H4B8PeGtM1HTtL0m2srHUZHlu4Il&#10;wszMgRi31VVH4UAfEHhO5srfQf2QrjXdr6KumtCftHzRC6ZdM+zZB43Ah9vpziuq1Gaxuf27/FI0&#10;cw+aPAcqv9mUKfN+fGcd8FfwxX1LefCPwdqHgaHwbc+HrKbwtDEsMelMh8lUVdiqBnoF4qn4M+Bn&#10;gH4eanbah4b8K6fo97bWzWcU9shDJCXLlBz0LMx+poA+JPhV8LtQ8cfsxuus/HGPQPDixGHWNOfw&#10;zYO1rceURKrTkCTzAd435DZUnINesaRZNp37Wvie2a9OpeV8LCq3ZQJ5q/aE2nA4HGK931D9nP4a&#10;ar4xXxXd+DdMuPEazi5GpPGfNEobeHznru5rpz4A8Ot4mufEJ0i2Ot3Nj/Zk19t/ePa7g3lE/wB3&#10;IBoA+GtPsrfUPhN+yZBdQRXMD3+lhopkDqwzYdQeK9e8cWkdp+3LYfY4kgkn+HVzvMShS5F0Qucd&#10;cBVA+g9K94i+Efg2Cw8PWUfh6yW08PPHJpUQQ7bNk2bCnPGPLT/vkVo3fgnRbnxXF4pOmW7eJYLN&#10;rCHUWUmRIS2/y85+7u5oA+MvDWp+Crb/AIJ6+Lre9XThq8fh28trzzY1Mp1X7CVJYkZMnm55POa+&#10;o/gkGb4FeGwmd50zC49fmr5q+JPwI8Z/EPWde0yf4K6DbanrUk9lcfEK2vYF2WspZGmFu1wZd+12&#10;fvyR8vavsPwb4bj8H+EtK0WBtyWNskIY9yByfzzQB8a/C+/8J2n7GHxZh1QWH9rwQarDqpuI1aVr&#10;z7Mwy5IyX3h8E85zXBaNpur6p4u+BMeneLz4Is5fDd4lrqb6dBfR/avtsxVBHMCgcxiQ7hyApHQm&#10;vT/ix8FvGnjvxD4ltZfgr4fvtV1Z7mytfH8V7DH9jtZSyCUwPceY0iBi/GMn+HtX0To/wJ8MP8It&#10;F8BeI9Ng8Q6TYxqXgvV3K8uWYtgY7u2PrQB4DL8L9C8JaB8bG8XfFZ/Fb6rpcdp4g+zaRbWTWS7b&#10;tVkKRMqliZJSTxnZgk9k0PUdV+GGsfCy28QT6H8QvC2o3KWOg38NtHBqVkTbzyLIEWILtCxyIT5p&#10;JLgkEkkfTfhH4TeD/AXhq78PeHvD9npOi3ass9lboRHIGXawIz3Xisjwf+zz8N/AHiJ9e8O+D9M0&#10;jWHDBry2jIkIJBPOe+B+VAHg/h2S5fxl+1Dbac7DVZdLcWixHDmTbf7dvvnFeU+DfhZcePP2W5U1&#10;/wCOcOheC2muI9R01vDVi32WYXUu4GfAk3lgx3Zz8xGcV90y/C7wpP48tvGsmhWjeK7aFreHVip8&#10;5I2DBlBz0O5vzrBvv2cvhnqXi9/FN14M0ufxC7b21F4z5pO0LnOfQAUAfO/xT06+tPiN8U7G0vZt&#10;R1JPhKkUN4o2STS+XqwVhjoScdK4r4yah4Xf/gnBYpbiyW68gRY8td/2sPKJecff3iTJ69a+7F8I&#10;6MvimXxINOhGuy20do9/j940KFyiE+gMsh/4Ea4fUP2YPhVquqaxqV54G0m4vtXQx387xEtcKSpI&#10;bnnlFP4CgC7of/IE0/8A694//QRRXbRaNZQRJHHbIqIoVVA4AHQUUAXax9U8HaBrkhk1HQ9N1Bz1&#10;a6tI5D+bA1sUUAZ+l+H9L0NSum6bZ6epGMWsCRDHp8oFaFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFeNfGn4y6l4&#10;d1S38J+DbKPWPF90QTA2cQJtzluVA6p1YferlLX9ky48Yx/a/HvivVL+9lO9ks3jQJnnBLI+efQ0&#10;AfSFFfNOo/Abxl8JoTqPw58QXeoiL5TpN+yHzV68sPLHUCvVPgx8XLX4seH5bjyRZaraOIryyIYN&#10;G20HODyByR36GgD0KiiigAorOsvEek6jqd5ptpqlndajZ4+02kNwjzQZAI3oDlcggjI71z/xG+Ln&#10;hP4T2lpceKNUNgLxzHbQw201zPOwxkRxQo7uRkdFPHPQGgDsaKp6PqtvrulWeo2nmm1u4Uni8+F4&#10;X2MARuRwGU4PKsAR0IBq5QAUUVzXw7+I/h34r+FLTxL4W1D+1NFu8+Tc+RJDux/syKrD8RQB0tFF&#10;FABRXO+PPiDoHwz0B9a8SX/9naYjiMz+TJLhsE42orHop7dq6FWDqGHIIyKAFooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAPnL9nayj8XfFP4heLrwefe2942nRtN8zI&#10;o2jjsOIgPWvo2vmbw5qv/Cjvj9r9hrJWz8OeIP39rfy8IZisZILDgAfvBzjp19fpaKVJ41kjdZI2&#10;GVZTkEexoAfXzppdqnw+/azTR7AeRaeI7Br+aKHhNw+0kZHb7g6V7/qusWOhWT3mo3cNlap96adw&#10;ij8TXz78FGuPit8Xdc+IUkLw6VZ/6HpshUqJUIkJ+9zwJRzgDmgD6OrF8a+KLfwT4P1zxBdAG30u&#10;ymvZATjIjQvjPvjFbVeQ/tLeEfEnxF8G2PhPRNKXUNN1bULVNYnaeOPyLNLiF5eHYbt0ayLgAn2o&#10;A+fPhVBqHwu+IXhD4q6lcTvb/FK7uNPvULsyo085nsHJbjCWkGz5QOvfrWv+0z4O8T+J/wBr/wCC&#10;lnYeM/7JiuVv3s0k0mC7SykjtriR5AsnDl1UJ833cBhyK6f4n/sJ/DeT4aarB4I8E6fpvjCK1/4l&#10;2oW+ElE4GAxZm2+p7Vs6v4D8d+MPjl8DPGuo+H1sodEt9QOuBbuFhZSS2c8aLgSEvlnQZTdjPPAN&#10;AGBpHib4t/F34keK9A8KeOoPC+keDRb2M93PpVvPLqt0YxvYoYyIk3JKflY4yox6cn4b/a08WaN+&#10;ztr3iPxZqdkniVvEf9j2t66Rx2tlGRZgu5EYyEE8j8oScYPHI6fyfHHwY+NPxEuvA2g6f480vX5I&#10;Ly8t/wC1rW1n0eYRghpRLMhKP5khwFz93n18z/Z/+F/iD4p/swahqNg0X/CT2fiv+2dLwAttdlFs&#10;nI+Zh8rCJlB3jB78UAdp8Jf2nZoPi5oXhe9+LWjfFe11+IoraZbQWzafcb4gFxGg3qd7gEnPyDjk&#10;484/ZhtPjB4f/ZO0zxl4b8aWVnomjQvdjw0dPilF5BHhpS87RF43Kb8Bcj5F5GTj6q+GfjH4w+Kf&#10;EtvF4s8A2fgrR7e1P2m4lvobxrufcgHkiGdjGuPMOHB6rzwc/Ovwo8D/ALQXgj9neH4Ty/De3ge+&#10;ia0k1watZlLC3kIWQPGLgtI+wPynHzrwcHIB3XjH4zfET4k6h8FIfh5r1p4UTxp4en1a/N1bRXHk&#10;t/oWNu6NsshuHGPlB79BWjP4p+LHxJ+Jeq+B/CvjS38ML4Ytgupa3LpsFxJe3JywVYWjKqmHiBO4&#10;H73y8DOtovwI1rwb42+CEOn2ovdF8IeGbjSb/UBLGmJi1htOwsGO8W8rfKCBjnGRmt4k8HfEf4R/&#10;GbxF4x8B+E08d6X4lgVrywN9BaS21yAV3h5ZEBTCRfLgn73PIwAeS/GT4ra14w+AXjbw14saOfxL&#10;4Q1ZLK/1GEKsN58t0qyqoVdu4Qliu0AbsDNev/Df4y+I/jD4k1TxpoGpDTvhToFtLA1o9vFJNqtx&#10;HCZGcPtOxAJY8YfkxEEAHJ8+8T/s0eOvEXwe8a3d3pUdz428Z6muoXuiw3EKRWiAXJWIO0hUlfPC&#10;k7yCRkYFek3Pwi8TeCPi5eSeE9M+2eBPGFnJDr8H2iKM2F0YHT7TGGYFtwjt0wFfuenQA8H1n9sz&#10;U7rS9c8aWfxk8O6SLGeeW2+Hs1vA09zDEzFYmnMRdZHCqMDIBY/NwCfTfEnxZ+IvxK/aD0Twh4C8&#10;W23hnw9qfg6LWXuZbGG5khn+13UbOgdG3kiFEKlgAMsOeDP4JsPjf8FdGvfAfh3wDaeIdJgupF0j&#10;xNNqFvHFFCztsM8BnWRyoKZ2Bc7WwORjtz8N/FMv7YNj45m09G8Op4Ni0qXUI5owouhdXMhjEZcy&#10;fdkQ5xjnrwcAB+zR8SPFXiXWPHnhDxhqEWt6v4SvUtjrEUKQfbEeSdVJiRVVCBCMgZ+914r3WvD/&#10;AIF/DjxF4O+Lnxf1rWNO+x6Zr1/bzabP58b+eiyXRY7VYlcCVPvAdfY49woAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooA5X4hfDTQfiZo50/W7KO4VWDRy4IeM89GBB7njNePw/Bv&#10;4veDQYPCnxEtrizB+RdZVnKjoANySYGPeiigByfs9eNfHFwh+IXjg6jYj5n07T96wyH3AEY6Z5xX&#10;u+geHdN8LaXDp2lWcVjZxDCxQrgdMZPqeByfSiigDRooooAKKKKAPNvGX7PXgvxzrtzrN/bajaaj&#10;dqq3U+kavdaeboKoVRKIJEEgAUAbs4rsvCfhLR/A2g2ui6Dp0Gl6XartitrZAqKPoKKKANeiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA//ZUEsD&#10;BBQABgAIAAAAIQAlO2Dm4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EJv&#10;jSSnjYNrOYTQ9hQKTQolN8Xa2CbWyliK7fx9lVN7HGaYeZOvJtuyAXvfOFIgZwIYUulMQ5WC7/37&#10;0xKYD5qMbh2hgit6WBX3d7nOjBvpC4ddqFgsIZ9pBXUIXca5L2u02s9chxS9k+utDlH2FTe9HmO5&#10;bXkixIJb3VBcqHWHmxrL8+5iFXyMelzP5duwPZ8218P+5fNnK1Gpx4dp/Qos4BT+wnDDj+hQRKaj&#10;u5DxrFWQpjJ+CQoSIYHdAkLKBbCjgnnynAIvcv7/Q/ELAAD//wMAUEsDBBQABgAIAAAAIQBYYLMb&#10;ugAAACIBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZu&#10;RHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jA&#10;TAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSA&#10;eFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKwVvoidAwAAswgAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0ACgAAAAAAAAAhABj744F+TwAAfk8AABUAAAAAAAAAAAAAAAAABQYAAGRycy9t&#10;ZWRpYS9pbWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQAlO2Dm4QAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;ALZVAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAA&#10;AAAAAADEVgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAAC1VwAAAAA=&#10;">
                 <v:shape id="Image 50" style="position:absolute;left:607;top:691;width:12052;height:15579;visibility:visible;mso-wrap-style:square" alt="Afbeelding met tekst  Automatisch gegenereerde beschrijving" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5zAAfwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0f7D+EO9jbms7h0GpaxsAhDBGroL5dmmtT1tyUJtbu3y8Pwh4P53tZjLYVA/W+cazgNUlBEFdO&#10;N1wrOOxXLzMQPiBrbB2Tgl/yUOSPD0vMtLvxjoYy1CKGsM9QgQmhy6T0lSGLPnEdceQurrcYIuxr&#10;qXu8xXDbykmavkuLDccGgx19Gqp+yqtVcBzd2lw2b6vhZL6/zufrfDuZbpR6fho/FiACjeFffHev&#10;tYJpXB+/xB8g8z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAecwAH8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata o:title="Afbeelding met tekst  Automatisch gegenereerde beschrijving" r:id="rId45"/>
                 </v:shape>
                 <v:shape id="Graphic 51" style="position:absolute;left:63;top:63;width:15151;height:19215;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1515110,1921510" o:spid="_x0000_s1028" filled="f" strokecolor="red" strokeweight="1pt" path="m,1921510r1515110,l1515110,,,,,1921510xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDq8dnowwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC32H5RR612xUWmx0E0SQ9rJGH+A0e/Kj2bMxu2rSp3cFoZfDzHzDLLPBtOJCvWssK5hEMQji&#10;wuqGKwX73eZtDsJ5ZI2tZVIwkoMsfX5aYqLtlbd0yX0lAoRdggpq77tESlfUZNBFtiMOXml7gz7I&#10;vpK6x2uAm1ZO4/hDGmw4LNTY0bqm4pifjYLjr92Xoz518m88zFz+OfuR/KXU68uwWoDwNPj/8KP9&#10;rRW8T+D+JfwAmd4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6vHZ6MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t>hebt beantwoord de keuze “Ingewilligd”. Alleen wanneer een vraag dubbel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
@@ -12735,51 +12736,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="0598D741">
               <v:group id="Group 52" style="position:absolute;margin-left:106.85pt;margin-top:10.85pt;width:187.4pt;height:116.85pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" alt="Graphical user interface, application  Description automatically generated" coordsize="23799,14839" o:spid="_x0000_s1026" w14:anchorId="712127FE" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC/xpwxbgQAAMkOAAAOAAAAZHJzL2Uyb0RvYy54bWzUV11v4ygUfV9p/wPy&#10;807jmLhJrKaj1WRbVRrNVjtdzTPB2EaDDQvk69/vBUziNv1I52G0W6kGwuVy7uHeg331cdcKtGHa&#10;cNktkvFFmiDWUVnyrl4kfz/cfJglyFjSlUTIji2SPTPJx+tff7naqoJlspGiZBqBk84UW7VIGmtV&#10;MRoZ2rCWmAupWAeTldQtsTDU9ajUZAveWzHK0vRytJW6VFpSZgz8ugyTybX3X1WM2j+ryjCLxCIB&#10;bNY/tX+u3HN0fUWKWhPVcNrDID+AoiW8g00PrpbEErTW/MRVy6mWRlb2gsp2JKuKU+ZjgGjG6ZNo&#10;brVcKx9LXWxrdaAJqH3C0w+7pV82t1p9Vfc6oIfuZ0m/G+BltFV1MZx34/povKt06xZBEGjnGd0f&#10;GGU7iyj8mOHpfD4D4inMjSczPJ/ngXPawMGcrKPNH2+sHJEibOzhHeAoTgv47ymC3glFb6cSrLJr&#10;zZLeSXuWj5bo72v1AU5TEctXXHC795kJ5+ZAdZt7Th27bgBs3mvEy0WS4wR1pIWKuGtJzZAbl8xQ&#10;SM3bkI1EoLWB2uCdZboilP2GiFKCU9hGdggtnTVXfkDWVkKBwJwQe1SzjmliWemYjts6EO5QTzCt&#10;BFc3XAh3lK7fRw9AnuTYMwSG/F1Kum5ZZ0NBaiY8QtNwZRKkC9auGESs78ox5AGIgYWolYa4QiYY&#10;q5mljdu/Ahx/Qc06oKQ4THjQR5wuBNNn7JlJmE7y/JiEl+OJ2/qQSqRQ2thbJlvkOoAVMMD5kYJs&#10;PpseTTTpOQwAPDLA4/QGBMxE9mB0wt+7avRrQxQDCM7tIGsmMWv6JEG5j6S3cmUMcbnRC/xkKZ7k&#10;E6hHKMc8zadjHM4g1ivG83Tel2t2mU+wV8gBUXQdiBqSA6pXBpqAsCb26K6LXUenE2DhBdhCUgDF&#10;CQIBXoXtoXTcOufUddF2kUQkDYhIAOJmW7lhD9LbWSce0SoqDyA9mohuaBqCjvHEudgq7y7YYJxm&#10;59hlOJuMzzIcMhl3jG3YeRDII96jVWxPrXGW42mfztEqts9ZvwV5gATjPJu97jrN5xOQLuD/XcZn&#10;UIfxeDL1nt9l/PbhPQrwrZMeGD89aSqkYUFGXNJ6PTkkMiTisFSMFLyMKmt0vfokNNoQqImbmxT+&#10;epIHZnC9xSp2vZUs93B1bOFuWCTmnzVx95S460BmIGlt7OjYWcWOtuKT9C8/vmpA3h5234hWvdJZ&#10;qPwvMqrNieAFW7eyk7/DJVNxr4ZHRBC1G4Dy/SwJBB0PF+dBAv0bhUMBQnmmBOJ5lMD5pc9wUvxf&#10;JfCxrr2kfi6PZyHomGxRJGJ7FIve0AlRNn+1/sPmZxs+3fqkhN6v/1EkMM6m/jJ75Qp4JCnZLHs1&#10;NOykLYsC9A7rIZLIbWwjx8+hjjYnpEBEL+mK6NxdOc6mICGuSgcCAoNzdCa8+yyJaYIeeQ8HYvry&#10;Dm8Tx6r/b+uQ/zKA7yWvyHV4m3YfZMOxD+z4BXr9LwAAAP//AwBQSwMECgAAAAAAAAAhAHRxxNYT&#10;IwAAEyMAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEXAAAArggC&#10;AAAAkwPeigAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzt&#10;3XdcFGcaB/DnnZ1lC2WBRRSUvmADe0E0RmMsETQmsUVz6uXMmRwxseQ0msQSNedxGkzURGMSNYlG&#10;jcaoYO8RO4oFRFgUQcDCLk22wO6+98fAgjQXZmnm+cbPfZhh5p1Zbn7zlilLKKVQJynKFD+FX93W&#10;Rai2muzx1qNHD6ax9wGhZg9ThBBfmCKE+MIUIcQXpgghvtjG2SwFIGU/U6hinJBwS5DKv0GoaWmc&#10;uqgsOLT059J/lFJKaXXRQqgJarS6qPx/er1eX1TyX0l2CBAgIpFIJBLZ29sTBqsk1HQ1UoqgpM4p&#10;KCgoKCioruLR6XQ6vS4vP08qtXWUyQSsoMF3E6Fna5wUEULyC/Lz8/JL0lMpRoQSSij3AwBoNIVa&#10;rcbe3t7BwYEQrJdQ09IIKTKZTI8ePjIYDebslIWoUkDKlqA0Pz9fp9O5yF2wUkJNSkOnqKioSKVS&#10;GY3Gkvv3CBAgJqNJwAqEQiGllGEYhmGMBqPBYBDaCPV6PQCY65+ioqJHjx/J5XIbG5sG3nOEqtOg&#10;KTIajCqVymAwmG+BJYQQQsAILMs+fPjw7t27BoPBYDA4Ozu7yF1cXV25xbjluSwZDAaVSuXawhVr&#10;JNRENFyKKKXZqmyDwQDma0EA1ERN1AQAV65cSbyVyAWMAr2ffp8Vsj7ePt17dGeAMZgM5YsyGAzZ&#10;qmxXV1fsI6GmoOGuF+Xl5RUVFZVMkJJ/QlYokUgSbiXExcUxAsbGxkYkEolFYkbAmIymW4m3EhMT&#10;Bayg8uMbRUVFeXl5DbbzCNWggVJUXFxcUFBgniRAgAI1UYFQ8KTwSWJioq3UVsAIgBtHAEqAEIYY&#10;jcbk5OScnByGYSoHqaCgwGgwNsz+I1SDBmrR5ecXPDVNgFJqoiaTyfQg64HRaGRYxmg0lo13E2AI&#10;IxaJ8/Pzc3JzHJ0cuWGGisUW5Ds5OdX/7qPnQXZ2dlxcnEajAYAuXbp4enpaq+SGSBGlVKvVPD0L&#10;zHcAcf0irgoqGUUAAqVj3AQINVV7K1BhYaGjoyP2jtAz7dix49SpU+bJQ4cOBQUFTZo0SSqV8i+8&#10;IVp0Op2uQnvMXOdQE6UmyjXwym6lK7mxoWRcjvuhyifbKaU6nc7C3Uj7pL9byPzbvD4Kapa2b99+&#10;6tQpX1/f6dOnr127du7cuf37979x48a6deusUn4DpajCHG6AmyEMMODk6AQAhCGEIdzFIoYwXPXC&#10;MAzLsjIHmcloqq7CsTxFdaQ58m7vAIVC4es/+N1LheV+oY0a3d7bf/S20sn4k6umDelOJu+sy1b2&#10;T1UoFKGHq+/m0ZRFvQM8FybWpfC/tuzs7NOnT/v6+s6ePbtdu3YA4OnpOW7cuP79+6ekpMTExPDf&#10;REOkqLi4uMIccz1TXFzsIHPw8fXRarUGg4GLCgVKCGEEjF6v9/DwkLeQl/zKfJ0Wyu7+ZghT1j6s&#10;B8fe+XC994LzSuWukbp97y4w/8mN+6fPiCv7XFGju4UuOnbvcT5U0X17tqgfYwBg/5aDtVstaUkf&#10;RfCMFFNdNvmXERcXBwChoaEV5o8YMQIArl+/zn8TDZEio7HSKbb0oGcIw7Jsh/YdnJychKxQr9cb&#10;jUYCxGg0FhUVyRxlQUFBRoOxyqeMCBBCSFFxUcm4uaVK6pDtWho1ur2ilFvI/NugPRs+iJv07jZi&#10;6U0T0Pg/4w0DXh/vAtB12hDPvJho7pClZ8Knnxo4sJu50LCdt1JP7nvfr+p+puHErIEKhUKh8FN0&#10;HRAZV/HXmp9/vioe9d7wtmc3fqMr/dOk/zS+q3/ZngAAgOT8v/soFApFh/7f3oakJX2Gb34M2fuG&#10;9pmRYjLXmX6K3mMPPwGAtE/6+3UMHthB4bkwMe2T/t59RowP9lcoFG1Grb4NAEnfjerqz33YdtOi&#10;NQBAU74b0YOb49HnH3u1FGjUeL+OI8cM5Yqd/c1KbhXvyTs1FT9DtTQazaZNm7g+PScmJsYqNYDl&#10;OwAAXC1UnlQqdXd3L79jddZIKSplMBp0ep29g/3QoUM7duzo6OgoFouBgEsLl3bt2w8dMlQqlRpN&#10;RkKI+UJtWWAIECDFRRUruppd/3TIh3EOr+3eMU5CwnbeUiqVyhMfKCh0+GB+W5CErD2mVCqVSuXW&#10;rumf/e8AwN3EAhOIyzLK/cnPTp22/uV1G4ZZehcSO/DLE0qlUqlM2RCS9c3/9j79W+PWPWccXxo9&#10;e9Iw9tqubU8AACDzq4nLznZadUF5Y/fA3MiPVqoJAECq48jtSuVvr8rvrP06JuCzc/sntwCXEYfO&#10;rfLT/zTpg6MDNl1XKs/NaHP+/Q+PckXrqfsXu6583A4AIFvUf1eS8pexHje/XXbJBAH//ONqslKp&#10;VJ6f2/bYkqUpJiB+/9x3WalUKpUXP5PHhK/iupD6BN+FSuXpue3ydkWee/VY0u0NQ6UxK5bWpgLM&#10;yMiIjIzkjteYmJitW7davq61pKWlVZ6ZmZlpldGFBr0DqPyNP9woAiGEuxYkYAT+/v5+Cj+j0URN&#10;JlbIsiwrEUu0Wi0AmO9VJUAYYExgKnk0idTuWT7bRzvmbQOvlXGRgaWnDxq/aPSaQz2XF463AwDj&#10;/vCXPziUDgAArVxjlNCnilLOz37vdJc911+C/Rtr2FbU6PYz4oopyEccOrfK7di0YeHHMrnRSPnx&#10;FNNIP/P5K3PNTzeKX54VDD1Ew50Hb16XNuXfnppjJzLYAStfkQMjX3k4SU2daRYAtGz3gieAZ4gX&#10;u/dh+lN/2WP7rxZD3KROuwAAGNIlGyAAQOM6aMGozi4AaQD6FgGDWhNwD/GiO9IzKdD4r0ZOXn0r&#10;lysg/yYFP0hc8caEddfyAQDgvt1NADEAeIT0BhAM6+y6UB0Q4kwErVvJSs8mlpBKpTNnzoyMjIyM&#10;jOzdu/fu3bsnTJjQt29fiwvgq0uXLocOHTp37lyFoe2jR48CQKdOnfhvoiHqIoGg5IY3YlbatyFA&#10;uI4NwzAiG5Gtra3MwcHJycnW1tZGaKPX67krsAAlEarceDOBqVZBatPaQfnv0lM1QOKn721U99yz&#10;8Q0pcO20w+lv/KRUKo+PcwcASnza2TOgK9uAFCBqxf5CemFWkL9i7nmWxn1cNsDwFK6iS1FeWOXH&#10;nJ0+Y59hxGalUrl/smuFD5C+849Mo8OuSQqFYswelcP9fZszKpzmJXJni86XHssSuYo0NXnn+Gct&#10;/GTF3MhE708uJiuTV/XgPl/26hnfXnNeelapVK7qIrRkixbiggQADR8hAPD09AwMDDx9+vSOHTvM&#10;M48ePXrw4EEnJ6euXbvy30SDpoiWA6RkCM5GZGMwGvIL8jMfZCYnJycrk5OVyampqRmZGYWFhQKB&#10;QCQSCRiBgAi4e72NRqOJmsxXlkQiEYClowuFrmM3nPrudenpwdOOAQCcCA/drn99988jJdyRrdMB&#10;tPRRAL3849EHAGCCwBc6sld//TYb4Or6w2myvqF+TEk7UKlU/jfYQLost+CQ1eqoxtW7LcDVzUce&#10;Pb2vV1dtSXQdG80VmLxtrO2D1V+fB+mgga0NJ9ccyAa4OvsFl4H/u191x08EoNepAUjIS76CxK8W&#10;nNVSSN/x8YJzz6wrVLoCk0jm4UwKtv56mStcrc0jNo7ucsje8cvV2rWTn4kL0tSpUxs4QpzJkyf7&#10;+vqeOnUqPDx82bJl4eHhu3fvFovFABAVFcW//IZo0QmFwgp3HlCgDDACRpCRlZGZkalWq9VqtdFk&#10;NJlM3Ag412ATiUUSicStpVtrj9Z2dvYO9vZ6vR5IuQYeISIbUa12xgQ9Vq0befqtaS/tiZv183EC&#10;xftGBewD4PIQMa/XsOUhfivkgb52oAINwKANX40fGB6s+MpEfEZs/bxuh8Cg5R8PG7kkWPGVvIOf&#10;AxQQrfkPcXn7sRzhq5PacpOkx7hBTj8f3RUDKz/csuTKmJnBig8NDu1n/DS7Db1bRbn+b4x3/+Hr&#10;N/vMOHRu1Z41scPCJwXtoCAPXPrbMysvr9kr3z498V2FQtChQwsA0FEImP7NuFNj3m7rI2rfuQUB&#10;quNadNYilUqtcuKv26Znz54dExNz/fp1jUYTGBjYqVOnrl277tu379SpUxqNZsqUKXzKJw3wnm6t&#10;VpudnQ2l/SJKqVgkjk+Iv3//fn5ufm5+rpAVcg8XcXWU+dKQyWSiJsoIGKPB6OHp6e3l5e3tXVhY&#10;yLKsQCDgLjm5uLiIRWIAfFvQc66e3tO9adOmS5cu9ezZs85B6tGjR0PURWKx2HwLAgAIWeGFCxdS&#10;U1N1Oh0jYGxtbbmX/pRchQUw94MYhgEASikjZDLu309Lu5ejzgnqHETKOklQ27oIofK48Fy6dMn8&#10;cx00RIoIIba2tk+ePKGU2tjYpKSk3E66bSg2iEQirnlWmogaigCWZVnCJt5OlLeQ+3j76PQ6QojM&#10;XvbUYrRseYQsxIXn5s2b2dnZLi4udSihgUa6HewduBQRQtLS0hnCiMViRsBQU2krDqodtOYSZuIe&#10;6DOakpOTvb29qYkCA3a2dtxwecN8CvS8mjJlSp0jBA2WIgErsLe3556rEwpZg8HADdyZ7zo1q/YC&#10;EAUK1Gg0MoShRioQCOwdSt5TZx6vM6/7rKoNoYrqHCFoyKuuMplMq9USQoqKigxGA0DJU0YVX6Nl&#10;fitQqfJ3LZhMJsIwRmoUCoWOMseSBFJswqHG1HApIoS4tnBVqVUtW7ZkWZa7e7uKNwlXShGUC5LR&#10;ZHR2chYQgZ2dXVk7kHueguAbiVHjaNA7gASswMnJKSgoiJqq7wtVmSLzHUNACCG2dnZ2drYAXDOu&#10;lncBIWRtDf0+OqFQ6CJ3efT4kbHYaDQZoVIfpnLrDgAIQ7i2n529vYO9vblPVWV8sFOEGlgjvBtV&#10;wArc3Nzy8vIKCgoqX/OtLgMMw9jb28tkZUPb5e/zRqgRNdrb7mUymZ2tXW5enkZT+MyF8W33qClr&#10;tBQBgIAVyOXOTk6OOp1Oo9EYDAaT0cQ18wSMgBEwLMva2tqKRCLuJgaEmqbGTBGHYRipVGqVh6UQ&#10;ahR4jkeIL0wRQnxhihDiC1OEEF+YIoT4whQhxBemCCG+MEUI8cWmKFPqtmbqvVSr7glCNWnKxxuB&#10;EUsbex8Qap4IgEDUPW0bC3Lfxt4XhJotwkAasGDfsrF3BKFmixAAYEFgzTcyI/QXxAK+hgohfnCk&#10;GyG+MEUI8YUpQogvTBFCfGGKEOKr8d+7gP5yaOm3uHHvhuZeaktLJ7mXDDaroWNMEWpA5vyUZISU&#10;/S8pN0lLl2wmWcIWHWoY5vfcWvAuTlKaH1puxSYMU4TqH6VAuQqnNnVLSd4I1PVLUxsMpgjVs5K2&#10;GZ8imnqQMEWoPlFa1jyrsyZfI+HoAqo/1vt6tpKxhyb6fW9YF6F6Q639pR60KUYIno+6qFcH557u&#10;ttzPa+NzIOtJ4+4PAih/UciahQJtisPfzT9FTqILUzuYp6b3btlu5VXQGRtxj1AJqx/uhFht3Fss&#10;eLN7y6EKB7mUBYCt19W/JqggRw8Aw7q7Hox9VKvCmn2K9o33Lz/ZVi4Of8F97ZH0xtofBMANKtRb&#10;jcG78F4dnKMnBrhIWLXWcO7+kz5t7ML8Hb8e7vm33+8AwIGJAeQvlSJvX1mYv2OFmYsGtF57+RF3&#10;XmkSnERejmJLFrynM/JujrLQioUHOn6FNCyxAJwkln5wwvcybK8OzhemdkhW60K3JF1MUHMzvX1l&#10;v47yPTAxoG5lNu8U9S3tDpXnImFBLASoMUWdAu5NcfUsPydP/fLihGPW3T8AAAjv4brmFS9LloxO&#10;zg379mbl+cOn9ox2yiH/Uz67iE6+aRNEn8698VMNJ2viFbPS+cjMq4vqsX9hcdFiwdl/BfnLxS3W&#10;3LT4DMJjv8WC6IkByWpdwIqnmv2pd/LWXHwY3KaOb/Jp3inacvnhwgHu/s5Pnemjk3Mh60n4YA/z&#10;sZutNbRYcfWp2ul6ktesJACYNytk1O0LvaPrsR8VnZIPB+5ZsmSKuqrkE7eZ/oyq2HlDe/LOrWrO&#10;wyM6UUUhiUyB60me13kcZg0RsHLEgrP/CurTxk6tNTx+P7A2QaqjiT1aukjY0C1JFXrOw7q7/vJ6&#10;3V+G1bxTBDrjBwfSKlTEYduSwUm0aEBr8xwXCbtppM+UzYk1FUVcty3xEe699MZFE4zoRNtpyCEm&#10;LUx6W2r7spToHjwevfZ2dCE7cGLQju62LmDKuJ3ZY33qAwv2MfVO3to7eXX7fAAAw1z6Pcju9sjp&#10;SFc53MoGAADbGe+2XxYgloLh+uW7H9t47O8kBnCgM4EcE6S/xk5ZnHDs6WU6b30IHXxiJriHSIkq&#10;XZPNtYo8Wm2c4DmlpQ2A4cLppOA7Llz9HBLZ1TRLPfTL0jiVRDRn4yL/ttnFnX2lUjBEH39oDHYf&#10;KSXabPWYrxKiK343rwUXdsSCs/8KIkAWnMjo3cZ2zcVHFgep7leNhioc1FqDuSFXws3u/V6u0cm5&#10;dSsTmn2KAA7GPvo5yNlZUvJBDijzIEcfOVbhInnqo03u7LLIV5Zaw9FMH61Ueh4KagkXH8/zt7uR&#10;fBfADRzIlXUXBz9x2va+/6pXH0ffcf3NSzd22dXjRL5xWsC2/mkDTpuevYs19ovu3a05YOy89rbn&#10;45NupRM6oeUYyP4NAF7zj3TWDFp2+bjMO2aax+sbYokqqKQu6lR6QnnN/zM2u/OCVKWr15FpHt9d&#10;fPJghLvX3Tvkh8fCER3yPAQAAE7Mg/N3yanH4KtIfN9r7u6rXrP1XF30OeM1tPJfCFhPbZrtrMcw&#10;LpC+JN+y8Qq5y679sNOCfoLoQxUqc0sj1Oeb6+EvuAPAwdhHfwOwLEh1ryidJey5+5UKz3pSZUPa&#10;cs0+RQAwadPTlYyTaEZwq8qLfd7fbVKNdcKli7mFE5xfs2MHtdT8vr4A/NyIVn84tRjg0fjYVlTh&#10;1NPGTu4iPvZJP255ZRtHAHUNBXJq7heRWWdqWtmtzVhX7bb1eih8vFfbdnwv5reLpnk+0ovXbh1X&#10;AahS+65RQw6F9hXXm+cjdW5jl/x5GwAAMJ1oLe/YUvP9miwAKI7KuzrQGQDgTpFDuG/hq22lAACF&#10;kmd9EALFJy8+BDDBLc39duzGG1oAuK+lPWp/EPXylXERKt+y4oL0WY8WS/bVY7tO4WzRSE+tPA8p&#10;erOvu7NEwP18KbPwYoI6Ojk3tNLY3dYbzzriE7L3Gtq++Yaga3ruyxWbKCVy4pOdf3hYq92zvF9U&#10;hWDHLjZ2XZb0Ww4AALqereHi04P46fnVrXrx2KXe0aUdLdIm5tWKC/Qc7f32k+zg7+9cU3vFrHSu&#10;4x5W7RmNrosJ6j4JVfzfcTD20cFYvoXX4Ncb6l9e9/WurlUiFuz7e/ttN9RbzmTWqthmnyJvX9nW&#10;N8r6hdlaQ4sll8L+SKX/7lJ+sejkXAsupeWGX9PTF+xOHrrNTVOJaIi38NgThx872Svv3r+UJhKH&#10;uS/3z/84mYaMcPeLu/tz+rOHXXn0ixzXdpac+uNsSbsxQJH4tnyubfp/7mq+6Oz30vmE4zKPo2+3&#10;vLsp9p1Ka/6cofuih2J0bNLOJ+K/D3ZOOPL42EOvqePdFv3wWBgm6wpwBMCWJRqD/pqKlQ2w9Si/&#10;sh1AYWG6plWvvlK4LpjhLQao5qRSrXodnah74VviVb+87rt1lE/Il3GVf7tpnH+Yv+OIP1JrW2yz&#10;v49u6yif8pMuEjZypA9kPVl1/qme//uHLLsOG5t/u0iz7aB5rEz46tRedH77N4uzZ+xRw5mk0Bvw&#10;j/e60y977GsvVKstu3LhJPLykZn/gVhg0VoA0MFlhPjJj6dKu15JmTtybCcOtofdyTPV0n2f9KPv&#10;t7a7fPcdJYWUwtsebnSmn3nV+9tvz3wo2TynN/08aIkrufdEs2B3xj0fX/plcJaCTQMAgJOHH5zx&#10;8KZfBqf0EmuKGEkrAjTvrEq6cEnXRTR7/AVNz9Hd6OdBkx0s3d9mIEf/1u93+rSx2/deIDiJyuaL&#10;BV+OVUzu7LLq/IM6jBMSmPmnNfeyYQ3r7lrllTKy5BJoDd7udtxkqtbCq5ksjAtU2z10/iELAKBT&#10;QOl4Fy/lx9wBwGfNjZoGOZ4Ptbm9IHywxysKWS3697zvXZjYz50b145Kzk1W6fzl4uA2di4SdsGJ&#10;jCX77ta2tO6nZzT7Fl21dMbaHqzzZvX6wkmzeL0lw9e1UKFflJrTrG4sqDOLOy9rj6Q38B1bW85k&#10;bolXRQ72CA1wDPN3PH+/8EBy7oLTWXU+uzXvuggAzs3qGtzmqTsYVp1/MHOHBZf5Ub2qp0eBmt4T&#10;Rt1Pz2j2/aI3/7hTflKtNczcW+tKGdUDav2nUyltmi8zafYtutQ7eW/9fsfRPNKdUYiPRTQJVnyK&#10;oVyhTa0i4jT7FAFAbUf3UQMhVm1+UWsXaD3NvkWHmjAClFqpRqJNsUtUClOE6hMhJY9580Gb6IPi&#10;ZpgiVM8IvwfrqLmQpgtThOofKX2bXK1G7UoWrs+Hz60EU4QahDkJlvSUaLm8NfkIwfMxRoeajZJ3&#10;2HNBwm9eQajOyhJSzTevNDfYokOIL0wRQnxhihDiC1OEEF+YIoT4whQhxBemCCG+MEUI8UVyc+v+&#10;YlWE0KBBg7AuQogvTBFCfGGKEOILU4QQX5gihPjCFCHEF6YIIb4wRQjxhSlCiC9MEUJ8YYoQ4gtT&#10;hBBfmCKE+MIUIcQXpgghvjBFCPGFKXoOFRQUZGZm6vX68jMrTFpXPRVuMNTX1yJW3uHMzMyCgoK6&#10;lYYpeg4lJSVFR0erVCrzHL1eHx0dffLkyfrYXExMzL59+4qKiqxb7OHDhw8ePGDdMjlJSUk7tu8o&#10;//cBgOjo6KSkpLoVaLX3dBPIiV66/GQ+BQCDY99P5g/J/nnVDzdyqNih3fiZ/+hg+8wS6gmBnLtn&#10;9u88ZRzyyaRO1S/26Mg33x9JzQGRtPPYuRODhDe3RuyIy9OBwOvl8PAhbXjsAKO59cuXv8bl60wy&#10;j0Fvv/+KG+G2lQsg6fy3uRODpDwKtwQXIZVKFRgYaPXCT//55+3ExFatWhFrv59eJBLdu3cvKioq&#10;LCzMuiXL5XITNe2P3j88dLhcLudfoPVSRB9kFnWfGjE2gCtX+evKx93nRAxplbF74ab90GGMtTZU&#10;W4k/rzvtGNgKHtawjEBz4qc/7UZHRLSFrF1LfzyslhbuUPWd8d8Bzrq41cu3nX35o5C6V9p3d27P&#10;fGluRIht8aVvPz1+M+y17M0XW4xZ/K8ASdaupT/+kRU4wa0e3+9ujtCLL74YEBBg3cK5CLm7tw4N&#10;HW7dkgHgxRdfFAgEt27dioqKGjbsFZYVWKtkuVweFhYWFRVlrSBZL0XaB/m6m7/MuawFh3ZTZk7O&#10;eMi0fdkFwNg6uBuNttZW6qDt3+a1g5yoa7tqWMYoHfjR5wAABHQADo4S36HzpkokBEDi1Ers2Kpk&#10;Mfbm1vnXen4+0V+gOfGfdcVTZwVdW73xQHouFTt0mzJzok/ahoXROpv8e/k6gdeI2eEvuAAAgNek&#10;RR9x6+vBRuxklCrCZ0mkEqDg6C4T6xzr8bM3QIS8vLyGDBli3ZLN+vXrJxKJ4uLioqOjQkPDmmyQ&#10;rJYiozT4vcXBEomEzdi9cP2u+B5aKPnI4qo3rNw967tzFWZ2eXf5BN/G6apxLdIT+TZOQ6fNlxAA&#10;CQDkn/n2x6KwuaW7ZArsE7DnzHXw7xBzrbjzWy6qfNvh0yL85Kzy19kn7kz0YYkO3GYunu6UunPp&#10;1tM5/V53KqlkhDc3zfwpwSgLnDyrDQBIJQCgvffbumO+kz6R1GNFdPjwYZVK1a1bN6tHKDk5+XZi&#10;olQqrb8IcXr27KlSqdLT0y9fvhQcHGzFkuVy+eDBg6Ojo/dH7x87biyfoqx4yEokEgkAGFsP6GZT&#10;RCXm8OiqXNqgeC0iIiK8Z0nUWo6aExER0WARyt+7fM6cObO+2JNdOoeC0/BP/7siYlaXq5u3ZlEA&#10;KL60ceXtfuX7LSbwGRJw/3KC6s9rbN8QOUj0yt1fz5kzZ9Z3V7XcArKA/k7EBD4dWz6VjeLAKRER&#10;EctfZX//8U8NAAA82rtui2TMJ6Et6vVjhoSE2NjYJMQnVOhJ8+fv7+/r66vRaI4fP27dkiuIj49P&#10;T093cXHp3r27dUvW6/Xnz58HgN7BvUUiEZ+irHbUCm9u+njtRQ2AIOPklSIbmU8rGnfiPoAg4/wV&#10;IqtuLa8x/wnvKWg5as7sEBdr7YklHEZ+HBER8eX8V7mtClQHliz77T4AAEhERRotLb65aen1HnP/&#10;UbHr7/ZSsOb4rxclnXtJSO7RPYluby2KiFj6z66S6rd1+6dFK2ILAYCKSZFeCwCP9kZ+z4yZH8Zn&#10;zMIiXLuF60lbPUiDBg3y9vZOSUmpvyDFx8efPXvW2dl5+PDhQqHQiiVbt61rtRZdceC4v19dtWjO&#10;Tm5QzkfBTPJc9fWcOdxkDSt6jfnPbGvtRF0Z5a9M6/XN93PmcGN0H/vmHVl6S5ufsGgOAIDBse/8&#10;0ryZ5F066k7eGd5XCiDo+6L3t98vmkMdWsoERK4hHlUW3n70uNgv/ztnOzdGN96O3tr2Z1Yu+XrO&#10;aQAAXdu/ff2PoPr7aFbvSZc3ePDgQ4cOpaSkCASCF1980YolA0BiYuLZs2cdHR1DQ0N51hUVWL27&#10;iO9GfQ7FxsZeuXIlNDTU3d2dm6NSqaKiogICAvr06WP1zUVH71erVG+MfkMqteag/c6dO00mU1hY&#10;mHWLBYDU1NQjR45UiNCGDRu6detWh3bjoEGDMEXPoczMzKysrICAAHt7e/PMgoKC8pNWVFxcnJ+f&#10;b91aDgAKnxQShlg9QpzKf43Y2Fg3NzfzecdymCKE+ML3dCNkBZgihPjCFCHEF6YIIb4wRQjxhSlC&#10;iC9MEUJ8YYoQ4gtThBBfmCKE+MIUIcQXpgghvjBFCPGFKUKIL0y0OUkiAAACp0lEQVQRQnxhihDi&#10;i5XJqn21CEJN0K1bt5ydnUUikdXfxsqRyWQ5OTm1WgXrItTMUEobexcqwhQhxBemCCG+MEUI8YUp&#10;QogvTBFCFpk2bVp1v8IUIfRsXISqCxKmCKFnKB+eKoOEKUKoJubYrF+/vsIcM0wRQs/GRcgcpAow&#10;RQg9Q/nwVBkk0gTvp0CoBgkJCXK5vOncRzd48GCsixDiC1OEEF+YIoT4whQhxJd1U6Te++ln29U4&#10;XIH+WrAuQogvy1Nk/Xom//dFH+15bMUCEWoU7ILp09Ugsu321sK/d5FeW//eMba3OjE2T8e6DZw5&#10;/3VPbikav276ungCdOFnsHjJOHH8pi82x+bpTI7ew96dNaJ15WF7dewPX22LU2tBJB/0ztxRbaWV&#10;5txb8+E3t00An38EC1a82qKBPzZCVsR8sHr1mtXz+2Zs3aQ0AQCTldNmVsTq1fMGas5FKU0lS5GO&#10;765ZPFjm+MLiJeOcdWe+2aEdt2j16tWrRrsc23xAU7lUjVbY653Fq1ev+fo9nzO/7FPTynPav//V&#10;soFy0csYIdTssYunT+d+kqVooBUYJT5dnAmAu3+romRdVWvQOzdTcxK++5hbzSjunA7QtsIyUmf2&#10;YuTC77J0ABRkL1Q5B6E6aYJ327CrV68um7pm0TqUeI1f/VHfGpa4tuPrh20/iZjvIVHv/TRSW+Uc&#10;hJ4XzFk1BYCc6xdvay2IuBaA+HZqmfbHH2kaANCknLuRXdViuSaxs1wCoIpX6quZAwAAhGKgULPH&#10;Hlz4wa8Adj6vvNep5nv7nDv5FK1Y/hksXjJu1j+Tv1g995iOimUdJ83rU3nZ4DFjzqyaO/13G8d2&#10;bUQ6rZpWMceZOAT6wOr/fUSwa4SaN7ynGzUz8fHxLi4ueE83Qs+V/wPYwWwAU0oB0QAAAABJRU5E&#10;rkJgglBLAwQUAAYACAAAACEA0IG7zeAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF&#10;74LfYRnBm92kNRpiNqUU9VQEW6H0ts1Ok9DsbMhuk/TbOz3paf493vtNvpxsKwbsfeNIQTyLQCCV&#10;zjRUKfjZfTylIHzQZHTrCBVc0cOyuL/LdWbcSN84bEMl2IR8phXUIXSZlL6s0Wo/cx0S306utzrw&#10;2FfS9Hpkc9vKeRS9SKsb4oRad7iusTxvL1bB56jH1SJ+Hzbn0/p62CVf+02MSj0+TKs3EAGn8CeG&#10;Gz6jQ8FMR3ch40WrYB4vXll6a7iyIEnTBMSRF0nyDLLI5f8Xil8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+&#10;lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/&#10;CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8y&#10;PTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv8acMW4EAADJDgAADgAAAAAAAAAAAAAAAAA6AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAdHHE1hMjAAATIwAAFAAAAAAAAAAAAAAAAADU&#10;BgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEA0IG7zeAAAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAZKgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAJisAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;GSwAAAAA&#10;">
                 <v:shape id="Image 53" style="position:absolute;width:23704;height:14836;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, application  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwALRFwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZlUsZWsUUQT1pFuF9vbYPDerm5dlE3X77xuh0OMwM98ws0VrK/GgxpeOFYyGCQji&#10;3OmSCwWnz83gHYQPyBorx6Tghzws5t3ODFPtnnykRxYKESHsU1RgQqhTKX1uyKIfupo4ehfXWAxR&#10;NoXUDT4j3FZynCRv0mLJccFgTStD+S27WwX7++5gTtloeiXeHvB7f15+rc9K9Xvt8gNEoDb8h//a&#10;W61gOoHXl/gD5PwXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsAC0RcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata o:title="Graphical user interface, application  Description automatically generated" r:id="rId47"/>
                 </v:shape>
                 <v:shape id="Graphic 54" style="position:absolute;left:20345;top:5057;width:3391;height:2654;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="339090,265430" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m339090,l,,,33020,,232410r,33020l339090,265430r,-32893l339090,232410r,-198882l305943,33528r,198882l33147,232410r,-199390l339090,33020,339090,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeJ/8ixAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5F6Kw6hRSjFIH5UtdcSDhy38TZJY6+j2JDw9jUSEsfRzHyjWa4Ha8SFOl87VjCdJCCI&#10;C6drLhUc84+XBQgfkDUax6TgSh7Wq9HTEjPtev6myyGUIkLYZ6igCqHNpPRFRRb9xLXE0ft1ncUQ&#10;ZVdK3WEf4dbINEnm0mLNcaHClnYVFc3hbBXsPn/y3PxdZ6c0Py32Zps2fWOVeh4Pm3cQgYbwCN/b&#10;X1rB2yvcvsQfIFf/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB4n/yLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 55" style="position:absolute;left:20345;top:5059;width:3391;height:2654;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="339090,265430" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l339089,r,265429l,265429,,xem33147,33273r,199009l305942,232282r,-199009l33147,33273xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIYB6HxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gredFNBKambIJaKeNAmLfT6mn1NQrNvQ3bzx2/vFgoeh5n5DbNNJ9OIgTpXW1bwtIxA&#10;EBdW11wq+Px4WzyDcB5ZY2OZFFzJQZo8zLYYaztyRkPuSxEg7GJUUHnfxlK6oiKDbmlb4uD92M6g&#10;D7Irpe5wDHDTyFUUbaTBmsNChS3tKyp+894ouJy+Tjp7t248f+9eh0PWm/2mV2r+OO1eQHia/D38&#10;3z5qBes1/H0JP0AmNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDIYB6HxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3900BF05" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:sectPr w:rsidR="001046BD">
@@ -13610,51 +13611,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="342F2B57">
               <v:group id="Group 56" style="width:390.15pt;height:192pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="49549,24384" o:spid="_x0000_s1026" w14:anchorId="268F522A" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMYgroCJBAAAOA8AAA4AAABkcnMvZTJvRG9jLnhtbMxXTW/jNhC9F+h/&#10;IHTOxrZsxbYQZ1FsmiDAYht0U/RMU5RFLCWyJP2Rf98ZUrRUO66dLdD2EIsMn8g3jzOP1O3HXS3J&#10;hhsrVLNIRtfDhPCGqUI0q0Xy28vDh1lCrKNNQaVq+CJ55Tb5ePfjD7dbnfNUVUoW3BCYpLH5Vi+S&#10;yjmdDwaWVbym9lpp3sBgqUxNHXTNalAYuoXZazlIh8ObwVaZQhvFuLXw3/swmNz5+cuSM/dLWVru&#10;iFwkwM35X+N/l/g7uLul+cpQXQnW0qDfwaKmooFF91PdU0fJ2oijqWrBjLKqdNdM1QNVloJxHwNE&#10;MxoeRPNo1Fr7WFb5dqX3MoG0Bzp997Tsy+bR6K/62QT20Pys2DcLugy2epX3x7G/6sC70tT4EgRB&#10;dl7R172ifOcIg39O5tlkPswSwmAsnYxnk2GrOatgY47eY9XPZ94c0Dws7Ont6WjBcvhrJYLWkUTn&#10;UwnecmvDk3aS+qI5amq+rfUH2E1NnVgKKdyrz0zYNyTVbJ4FQ3WxA2o+GyKKRZJNE9LQGiriqaYr&#10;TrBfcMsgNR9DNlJJ1hZqQzSOm5IyfkUcyHpFqNZSMFhMNVcEqkRIQu7xVaHxf4SunYJqAYiUr2TF&#10;G26o4wWmeuSAjHCHjwgupdAPQkrcV2y3UgCrg4R7Q82QzPeKrWveuFCdhktP1FZC24SYnNdLDuGb&#10;p2IESQHO4EACbSDIUIrWGe5YheuXwONXKGAkSvP9gCfd8cQQbJu+F2XkbDbPIAkPM3KfVzTXxrpH&#10;rmqCDeAKHGAzaU43n23LJkJaDQMBzwz4oPmAm9moHvSO9HtXwX6tqOZAAaftpRBYa0ihNmNINkMR&#10;WxTWdNs7oc9kNLvJMihOqM3JeJTOR2EPYvFOb8Bho1JZlk596faEYusgVF8csMAiyASCVbHFdk1s&#10;opzoxtK7sYOkAIkTAm68DMtDHeF7OCk2yXaRRCYVmEgggqO12vAX5XEOnSSiIJwxMJ/gdMC2g8nm&#10;L/DxcJSOffR9eATFpw5zd+A0xXY7eUTFZ4tulUPTexf6LSJMKstDKKjHP9Il7uApTWC3gXNExaDi&#10;MwQXMOPRNLsEB/Fn6UXAfobFFePzWNb3oc+TGI9mU/DgsGPnGHfg8zL0s/KsZj3woWZHaQCpvS8V&#10;aPeL0Sopiujj1qyWn6QhGwpV9/AAJR2n7sHgNLWtj2JrqYpXOKm2cBQtEvvHmuKxKJ8aMDLYfhcb&#10;JjaWsWGc/KT8XcvnKRjoy+53anTrpXiCfVHRz44sNWDxzUb9BMdYKbzfdoygoLED3vpvmez8yGTn&#10;WPrIAqz4UpOdRJPNJllwubdNdnIz9uP/ucl6IrgRnVP0qz9mUDd6slIjNALi842ShkWjaUdUfPYX&#10;T7MLgYdLH5XQiRPmZPBY9zfhxOiV8ikROnSaplO44QUTjyHFZytE/4B5D/q8A3U83sIeifI3viIb&#10;PI1HcBMY+htRz0DghnaJz4Tb1T21VfAjP8NemLa8w32lq/r/tw/5DxH4PPOXjfZTEr//+n0fWPfB&#10;e/cnAAAA//8DAFBLAwQKAAAAAAAAACEAgaRc4++3AADvtwAAFQAAAGRycy9tZWRpYS9pbWFnZTEu&#10;anBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwK&#10;DAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgBgQMC&#10;AwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMF&#10;BQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkq&#10;NDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/E&#10;AB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMR&#10;BAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A&#10;/Um0+4PpVqqtn/qx9KslgoJJwBySalALRXk/iT9qv4T+FL9rPUPGti1wnDCyjlu1U+haFHAPtnNb&#10;fgP47+APiZcfZvDfimx1C7OdtozNDO2BklY5ArED1Ar0JYHFwh7WVKSj35Xb8jgjmGDnU9lGtFy7&#10;cyv+Z3tFFFcJ3hRXlPx81rSNJ0zTIdR8TXGgXt4ZoNPRNZOlwNMVH7+aZWU7IhltuSG3Y2OxUDgj&#10;4uhl8Uzm68d38d99tnS4ktNQJiXRxpZkW9S3+aILvCOJgh+Ztu4/do/r+v18tRtW/r+vl3enVH0n&#10;RXy/Y+MdCvbeweTx9dW/gm7vriV2j8USy3Nj/ooFtHPdLKZIzIyTSiJnxuAXkgrW9qvjO+u/DvgN&#10;PGsuteENGksw2o61JqC2Au7r7JuQeZBL5ifNvOyQR7mCjDdKJe6m3/Wj/HTbroJau39f1+R9BUV8&#10;m3vjbxKuktcDXNVX4jLBb/Y9FFxIPOtjpAkeT7H9x/3/AJpMhQkOoXcMBa2JvE2jf2JqwsPG99d+&#10;Ho5bY2N5f+KLq1tpbtrdjNFJqKq8ibRscRblBkO3HVQS91N9r/h/X33W6BatLv8A1/Xlrsz6aor5&#10;t0/xWz+JPBhHifWpNUuLWA6jbyXsov0U6ezErpewxNHu2yGceYwkygzjC5afEK6sfDvi6y0LV9Z1&#10;SxuViSDWNLur3X1soxDK0khuPLLwzvtRTFtVYS6sCeaJ+5fyv+DsEPfaS62/E+pqK8t1a5n8RfD7&#10;wjep9qeOWGFppbiFlcFowm91kXOcscbh1Oea6/wvpDeH9QvdOS9nurVYYZkWdIl2MzShseWi9dq9&#10;c9KuceSTj2diIS54Ka6pM6OiiioLCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiisTVvFdtpOq2OnC0v766uy2BZWrSJEFAJMkn3U+8vB&#10;OTuGAaANuisHwp4103xgl2tn9ot7yzcR3dhewNBcW5Iyu9G5wwBIYZU4OCcGtHWNYs9A0+S+v5vI&#10;tY2RWk2lsFmCrwATyWA/GgC7RTJZUgieSRgqIpZmPYDrWX4U8Rp4t0G01eKyurG2u0EsCXgQO8ZG&#10;UfCM2AwIIBIYZ5APFAGvRRRQAUVBdXtvYpG1zPFbrJIsSGVwoZ2OFUZ6kkgAdyaSyvY7+EyxrKih&#10;3jxNC8TZVipOGAOMjg9CMEZBBoAsUVi6f4oi1TxJqmkW9ndN/ZoRbi9IQQCVlVxEPm3ltjqx+Xbg&#10;/ezxW1R5gFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFVtMme4020lkO6R4kZjjGSQCaKAI7VhsHPGK/PD9rz9qLU&#10;viB4iv8Awj4cvZLTwnYyNbzvA+DqMikhizDrEDkKvQ43HOQF+6fiPrFx4e+F3ivVrRzFdWOkXdzC&#10;w6h0hZlP5ivy2+APh7T/ABX8Z/B2k6rbrd6ddajGs8D/AHZFBztPqDjBHpX3/CmEoNVsfWjzeyWi&#10;87Nt+tlofnXFuLrKVHL6MuX2u/pdRS9LvXvY4CnwTyWs8c0MjxTRsHSSNirKw5BBHQ1+rXir9k74&#10;W+KtFm04+FLLSTIQVvNKjWCeMg5+VgCPYggjnpXg3xy/Ym8CfD74UeI/EekX2t/2jptuJ4lubiOS&#10;NvnUEMBGDyCehHOPpX1uF4rwGKlGm4yjKTsla++m6fmfI4vhLMMLCVVOMoxTbadttdmjp/2K/wBp&#10;q++JEUvgvxVcm51+zh86yv5GG+8hXAZH9ZFyDnqy5J5Uk/WFfkZ+zfrFzoXx68B3Nq5SWTV7e1Yj&#10;+5M4icfirsK/XOvheKcBSwONUqKtGavbs72f37/effcJ5hVx2CcKzvKm7XfVNXV/Tb7gorwn9pnW&#10;LT4c698MviVeu0Wn+HtZlsdQlHRLS9t3iZj7CZbY/hXzt4Ts9bhh0v4X+ICZrz4keI9G8azW8+Qy&#10;wT+ZeahD9I308KR/02GetfHwSm7edvndf+23l/2615n2VSXs035X+Vn/AO3KMf8At5H3/VPS9YsN&#10;btmudOvbfULdZZIGltZVkQSRuUkQlSRuV1ZSOoKkHkV8xaV8Ufi3458ea3qHhnTNaudJ0fxe+hnT&#10;o10ddIaygmWG4eaSSYXon2l5VKAKMRrscEscXwNqvjD4e+EbPxVY+L3k0a5+JN7pMvheWxtxbPbX&#10;OtzWzkS7PP8AODyGUMJAmFClDyxiL5mvNJ/e0l9/Mv6TCcuXbW1/wUm/u5WfYdFfMfhD4veNNY8b&#10;ab8P59Z8zxD4d1DWp/Et4bWBZLiwgVfsJ2BNqecLy1bKhSfJcA9ayfD3jzx/P8KvhXPfePfEWt+K&#10;/G1uupmy8OaFpYvDCtqJHSB7gJbQopdGkefeWJCxhNwAF723WzXnf/hn9zKbSlyvz/DX/L/wJH1l&#10;RXyjoPxs8ZeL/hb8PYX1TXLXxhqmp6pY3Fp4c0rT5NUvksZpomffcyGytsbI2kJ3KWbbHjIpvw3+&#10;LnxA+LqfDnwzJ4huPCWo3cGuXOr6xbWNo95c/wBn3gs44lV1lt0di6ySbFYZQhCoOaE7uy6/8PcU&#10;nyq78/k02rfgfVN7ZQajayW11Ck8Egw8cgyCKraXoOn6K0rWNpHbNKFEhQcsBnGfpk/nXl/7Pesa&#10;x8TfgnOvjPUV16/nv9X0q7uhbR26zxRXtxbr+7QBVGxAMc+5JyT8teHvE+s3Nr8PtRa7eNfgZFFZ&#10;a4qZIcvqD6bNu/3LK1ll9hIDTjaUkr6Oz+T6/K8f/Agk+WLlbZyXzV9Pnyy+4/QWivjzwX4o1i18&#10;B6Bf6Hqeu2WufEnxLq/iL7D4c0+zudSu7Xcwi8uW+YW1vGkC2xZpAxOVVME5q/4e+NXjfxx8P/AF&#10;ouqeIYPF19caxDe2XhjSdNk1K7jsbhrfznku5PsVsoPlmQDdvd1WIgZoemnXTT5K/wBzdn+g20t9&#10;tfwv+drr9T60qlda1p9jqNlp9zf21vf32/7JayzKstxsG5/LUnLbRycZwOtfL/wr+KnxB+MUvwei&#10;fxRJ4aGqaJq19rgs9PtZJLySyvYLZcGRZFiL7mLbMjDsFwdrLpftdeO9T+Gvjn4Z+I9G0d9c1Kxt&#10;tdkhtVDFFxZrmWTblvLRcuwUFiFIUFiBVWSer6tfdfX5u2/q7JXCN5NxS1Sv/wAD8+nkrt2Ppuiv&#10;mfxr4y8XWNl4R8PaD498Q+Ktem8PzazcXnhTRtJMt4pK+XdvLdsltHbbmKrFGDK4wd52sTn+DfiT&#10;4/8AjTqnw6trTxhL4Mh1rwA3iG/Ol6fazu14JoYwUNxHIFXMhJXB44GDhhMvd5r/AGb3+XNd/wDk&#10;rX9aCafK77q//pP6ST9Px+pZpo7aGSaaRYoo1LvI5AVQOSST0FVbTW9Ov9Ru9PttQtbi/s1je5tY&#10;plaWBZATGXUHKhgrFSeuDjpXhUPxL1bxv+wzqXjXUFtJNbufBd5dz+ZaxywSTLbSZZoXDIysy5KM&#10;CpBwQRXk+n+Pte0b4z3OiaPcL4bXxPZ+FLO78TraRGDTFNrcusUcZUxiWcjyo9yGNSeRnYracjU5&#10;U3unb5tXX9frZOFNOHP5X+52f9fpdr7aoryb9ofxH4j0DRvBlr4a1x9AvdZ8UWOkT36WsNw6wS+Y&#10;JNqyKy7uAQccEDqMg+IeKfiJ8UPBOg/FrWG+It1qifDvWrS3tLa40mxT+1IJRbSul4yQjkJceWrQ&#10;eTjbuO4nAmMXOSiuv+cV/wC3x/HsVJ8iu/6+L/5CX4dz7AbUbVHZGuYVZZFhKmQZEhAIT/eIIIHX&#10;kVYr5C8X+Lb2D4ka5EttpREfxa8PaervpFo8nlPZQMzFzEWMo3ELMT5iDhWAAFXdN+JfxD0+Pwt4&#10;rvfGcmo2GqfEa48KPoDabax2wsTfXNsjGRY/NMyeWpDBwpCqGQnczKC9ooW+1+tl+bFKXLfyv+F2&#10;/wAEz6juta0+x1Gy0+5v7a3v77f9ktZZlWW42Dc/lqTlto5OM4HWrteB/HrSNS1344/Bay0rXrjw&#10;3cySawTqNnBDNOiC1QsIxMjxhiBjLIwAJ4zgjkvDXxb8deKtS8NfD2TxOtjq0niXXNGvvF1raW/2&#10;i5t9OUOpiieNoEmkEiBvkZV8uUhemKjByWm+v4O39fgVJqL120/FN/p/mfVNFfMngT4xeMbz4j+F&#10;vCOp6ymoLZ+LNa8PahfpaRRnVIrfT/tMDuAuI5FLqG8vaCyHgA7RgXv7R3ivwPZ3HizXdWW88MWf&#10;irxRoFxbNbQp/qFlk05QyoGyDbNCOcsZl3bjio6XWul/xSXzbaSXdg7xlyvfb8/ySb9Pnb66or5O&#10;+Fvxw8cahf2+heLvENvYa14J0XWLzxrO1hG8LzJIgsXZEUME8pnmxEULbMd6tfCX4j+PfEHxAtPC&#10;2s6v4qTTfEfhGfWLXVdb03SbS4hnjlhQTWcVv5myNluAfKu0Z1Krkt8wpVP3ab30b9bXf48rt6CU&#10;k1zen42/Lmjf1R9H+HvGGg+Lvt39ha3p2tfYLhrS7/s+7jn+zzL96KTYTscd1OCK2K+MvhJ451L9&#10;n74E/BbxFqPiC4vPAV/ptzFqltd29qgtJntTcWxjaKFG277eaP5yxZrkbix24veK/iX8UdM8GWEQ&#10;8ReIbjxjp/g4+I9Ws9A0TSwlpPKZHjN7NeMqGFQjRCG3UTEQyMWORVTShe723+Su/wANfS2oQbm0&#10;l12++y/HT16H1iuuac+tSaOuoWratHbrdPYCZTOsLMVWQx53BCysA2MEqR2p1nrFhqF5fWlre21z&#10;dWMixXcEMqu9u7IHVZFByhKMrAHGQwPQ18+/CTxRN43/AGh7TxFcQpb3Gr/C7RdQkhiztRpbq4kK&#10;jPOAWxXKjx3r+n/tQ+MvB2lXT+GLHXfFNi134mlt0lQ+Xo9rIthAHVk8+YRv8zjCorbdzsoFum1O&#10;NN7vm++MnH7tG/wW6MVWUoOottPucU/v1S/PZs+uKikuoIZUikmjSR1Z1RmALKuNxA9BkZ9Mivkf&#10;xH+0T438L+M5fDsmpQzv4W8U3N34lnkgiDnw80tqLckBAF2x6ijbwASLN8k/NmBviH4h8T3XgTW9&#10;Wezvo9f0Txjqtmt7pdpI8FkPKNlGjmLcFMBQsM/vN2H3YGMeb3OfpZv/AMlcv/bWv+3ZdkdC/iKm&#10;920vvkl+qf8A29HufYMM0dxCksTrLE6hkdDlWB5BB7in18a/BLStR8SfG34c6jceItQtUv8A4Q21&#10;zJZafb2drbxq7wI0UQjgUxpvbzRsIZXACsIx5deifA74SWXg74y+JdS8MeGpPB/hLS9OXw6yzrIk&#10;3iC8V0ma/kDf6wIC0aztuaQySnOAM7zhyT5X5/g2v0Xze2jIjLmjzen4pP8AV+VlvqkfQ1FFFZFh&#10;RRRQAUUUUAFeXnQo9UtfG3h/K6FrWp6k9zDPcy+Yb1VSFklQZBKABIyB93aR9fUKz9T0DTNaltpd&#10;Q061vZbZi8ElxCrtCxGCUJGVOOMigDzrwzrUni34uw3lvDbxzaVo09lrMtlP9og85542ghEmBllW&#10;OZ8YyolAIBauv+JGj3mv+D7uxsIfPupJbdlj3BchZ0ZuSQOApP4VtaTo1hoFhHY6ZY22nWUX3La0&#10;hWKNPoqgAVco/r8v8g/r8Gv1PErL4QTx35vZdAtjdXera0b6ZzEzT2U4nMKOc/MhZojsOcE5IHNZ&#10;d78I9RtPD+mWEHhKG8nHh62srGSCaCFdE1EFmmuOWBBZ3RjJCGcmMjHIJ+gaKFpZB1v/AF/X6aHj&#10;V78ITq+uS3OpaFa363HidLu5mmETGeyWy2DcCclPNJ/dn1J24JNU9I+E+peGLeK40TQrO01TyNat&#10;3kZkAeN5D9hikZW3NGFEYCj7gGPlr3GilbSwLR3PnDR/g7qEOk363PhCW6tY9W0y/tdOv49MWQhG&#10;AuikcBWBMqO5BcYySeBY8S/CHXdXFkl/p+pXlgsmp7bXS5dPMtvLLfSSxz5ulZV3RsvzxESJjpyc&#10;fQ9FVfW4lp/X9f1fueLa78LbqCz8atY+H7e5l1bVrSR5EgtHubu0WG380r537pn8xZW2zfKSWbHI&#10;zy9x8KPET+FdBtG8N3V5eWDX4tIrqexeG3D3ReHzUUp5WI9mJLRlZMFQuMCvpGiktHf0/ALK1v61&#10;0PGfCPw11PTvivea7qdvqrXP226nTU4pLD7JNbyBhFCxCC7bYrKvlsSgMYYHgCvZqKKOiXYLat9w&#10;ooooGFFFFABRRRQAUUUUAFFFFABRXgX7X3xT8afCzwjpN34Rj8hbm4dLzU/s6zfZgACi4YFRvy3J&#10;B+7jvXT/ALM3jvxR8RfhXaax4stfI1Fp5I45/K8r7VCMbZdowBkll4AB25HWuVYmDruhZ3Sv5H0E&#10;8kxNPKo5u5R9nKXLa/vX16fL1tq1Znq1FcJeW11a/F/TFOrahNZ6hpN8z2LzbYIjG9oqlFUDn53O&#10;45b5jggYAqeB9Cig8e63cadfaxJpOmxLpxjvtYu7yOa5bEkrbZpXA2L5agjHLSA9OOpa/j+H9fif&#10;PvT8Px/pno1FeNah491q78UaNeTajYWOgw+Ib6waxgWUXRW3tbrLTMHw6koH2CMYHlnJNUtI+Mvi&#10;m9E1ncWdjaXl0+mmwvLq1EUSRXbyqHeJLqUsAIvly8bMXAKr1Ive2/rb/MH7u/8AW/8Ake5UV4hd&#10;fFrxowt9K07T9O1XXWu9SiM9pAvkOlq6JxHNdxYLeYCSJGK7T8rdRpaF8TfFOo63C95baXaab/bM&#10;OjzWCxvJcIz2aTlhOJSh2u+3AQhgMgiha2t1/wCB/mJuyb7f8H/JnrtFeUeN/HniLwb4n8VXCz2l&#10;9o+n6HBe22m/ZdjiV5ZI9zTGQDAKEtkAbcfdILMt3rfiXWfhJ48HifTI9Pu4LC7SFoxEnmxm2LAm&#10;OO4nCEEkYMhyMHAzilf3XLsWleSj3dvy/wAz1aivIbL4oavB420jSILWK48PPdR6VLcG3CGOf7J5&#10;5AlNxuYjA+UQbcH7+Riubv8A4yeMdT0jWWsXs9OQ6dHq2m6hLpw/eW5nEfEf2pydwYEO6xng/u+c&#10;i7XlZf1rb/g+hlGXNFSfZP71f/gH0FRUdusqwRid0kmCgSPGhRWbHJCkkgZ7ZOPU1JUlhRRRQAUU&#10;UUAFFFFABRRRQAUUUUAU9G/5A9j/ANcI/wD0EUUaN/yB7H/rhH/6CKKAKmoaPb+IdCvdLvFL2t7b&#10;vbygHBKOpVh+RNfll4RtG/Z+/aN0qHxSHgi0DVl+0ypGTmLPEyr1KlSHGOSD61+rNr9wfSvK/j/+&#10;zT4c+PenxPeO2leILVNlrq8CBmC5J8uRcjemSTjIIOcEZIP1GQZpTwEqlDE39lUVm1utGr/c7M+R&#10;z/KquYRp4jDW9rSd0ns1dO33q6+a8zP/AOG1fgz/ANDl/wCUu9/+M153+0J+1h8LvGXwa8U6Hofi&#10;N9S1W/thDBbpp9zHuJdeS0kaqAACevbjNfPviT9hD4saLftDp+mWOv2/Vbmyv4o1I91mKEH8CPc1&#10;v/Dz/gn54616+ifxVcWfhfTlb96qzLdXLD/YVCU59S/HoelfT08t4fwrjilir8rTXvJ7a7KNz5ir&#10;mnEOLUsI8LbmTT92S303crde7Od/Yi+GNz47+NFhq7wk6R4d/wBPuJSDt83BECA/3t/zY9I2r9OK&#10;5X4afDLQPhL4UtvD/hy0+y2UR3u7ndLPIQA0kjfxMcD2AAAAAAHVV8hnmaf2ri3VirRStH07/N6/&#10;cfZZDlX9k4RUpO85O8rd+y9Fp95z3j7wBoHxR8JX3hnxRpy6rod9s+0WjyPGH2Orr8yEMMMqngjp&#10;TdR+Hnh3VvGeieLLvS4pvEOiQT22n325g0EcwAkUKDtOQoHIJHOMZOafjPxrN4U17QLfykksbxby&#10;S6O0mULDAZRs+YDJIxz+nWuC8U/Hi61PwZNL4f0LXNO1S5GmSWrTx2fmG1vJxElxGGmKZ4ZQsmCG&#10;ZNy7ckfPp9V3/H4fydvS/Q+jaX2tv6f6J+tup1t38CPA974xl8TyaPIuqTXUV/OkV/cx2lxcxY8q&#10;eW1WQQSSrhSHdCwKqc5AxR0n9m34d6J4li1200GVb6LUpdZSOXUrqW1F9IXL3X2Z5TD53ztiTZuU&#10;YCkBQBbtvi1Y2V9HptxYa1NbwXC6XLrk8UHkNe+WGMT7HB3knaWWMR7ztDDpWc/x/shpFhqCeFPE&#10;c0V5pkuspHGlrvWyj2FpmzcYAIkUhc7zz8tHwO66f1+l/TXbUTXO9Vq/6/W3rpvodhafDvw5Y+Ld&#10;c8T2+lxRa9rdtDZ6heqzbp4ogwjUjOBgORkAE8ZJ2jGHqvwH8Eax4a8M6FNpM8Fj4ajEOkSWWo3V&#10;rc2cYi8oolxFIs20p8rAuQwA3ZwKgX44aWujavqFzpGp6eNNhtrpob5rWBpoLhmEMqu04jRWKtxK&#10;6MMcgZGciL9oO21hLGbSdDvptMvNJ1HUf7V8y2ljt2tGCSIUSf8AegMQMo+07k2swLMiaUd+n/2z&#10;/wDkvnfzGveaa6//AGq/Ll+VuyL6fs1fDmDwvovh610GXT9N0W5uLrTTp+pXdrcWjzlzN5c8cqyq&#10;r723IH2kYGMAY5fxp+zjYab4X8LaN4D8L6N/Z+h3d3cwWd3rmo6VcW7XG4u1vf2xeWNSztviKlXB&#10;AyuwZ3Ln9pHwxpuv2WgTNNe6tMkCMts9sjGeWISRxCB5/NJbcoyqsilwGcYJF7Wf2g/C2i6ONTlM&#10;7Wrx2TROzwQJK9yjyRxB5ZERXEab23soAZeSTinKLV0+/wCWhMXFpNf1fX9fzLH7P/wsf4M/CfRv&#10;Ck09vcXVs09xcNZqywLLNO8zpEGJbYpkKruOSFBPJrSg+D/g61sPGVlFocKWvjCWafXYxJJ/pryx&#10;CKQk7srlBjCbQCSRgkk5Hh/45ab4wNsPDuh6vrrTWJvz9ja0CxqJZYthd51Ut5kLr8pZTwQxXkN0&#10;74422rWVu9p4V8QT31zc3MEGnRi0aWVLfaJplcXHlGJWYJu8zJY4ANOfvN8y/wCG2+7Rfd8xx0Wn&#10;e/z1d/XV/eXtZ+BfgrXfDvhrRLjSZYLLw1EsGkPYahc2dzZRiLytiXEMiy7THhWBfDYG7OKyl/Zj&#10;+G0Xh3R9DtvD8un6fo8lzJYDT9Tu7WaAXDFrhBNHKsnlyFjujLFDgDbgDEWqftM+CtL1HSLRrp5P&#10;7Rhtpw/mwRGBJ22x7opJVlY5zuEaOVAywFWvgz8TJPG9re2Nw8+o6lY3l7HeXiRIkFvtu5UhgYjG&#10;ZPKVThQcKAWILLuXxNt+vzvr/Xn1vqaRS8vw0/pf5Gv4L+C/gz4eDQx4e0VdNXRLS6sdPVbiZxbw&#10;XEyzTIAzkENIinnJXGFwOK3NV8HaPrfiHRdcvbMT6po3nixnMjjyfOQJL8oIVtygD5gcdsVxGo/G&#10;tE8U6RZWul3UWhS6jeWV1rl3GgtnFvbzvKISsm/KvFtJZApCvtzjNWIvjpphtle50LXLG7uIoJ9O&#10;sbiCET6ikzhIzCFlKg7mXKyMhUMCwUc0J31/r+nf5hZRuv6/pW+RWu/2ZPhvd6dptidAlgtdOhnt&#10;bdLTU7u3It5pPMktmMcql7ct/wAsHJjA4CgcV0PhT4Q+EvBE+kTaJpP2KTSdJOh2R+0zSeVZF1k8&#10;r53OfmRTuOW4xnFU7P4wWV9f6Xp0Wh6x/at5dzWUtgyQCSyeII0hmbzdm0JKjgoz7gflySAaPxQ+&#10;L8nguDVbbSdHu9V1DT4IJri5WNGtLTzZNqCXMiOScMcRhsDBbANO1/d76euy/wDbvxB21b6f8F/o&#10;/uN+x+FfhfTfho3w/ttL8vwi1hJph077RKc20isrp5hbzOQzDO7PPBqjffA/wRqWna7Y3OhrNa65&#10;Z2lhfo1zN+9htgRbgHflGj3Eh0KtnBzkAjCm/aW8HReItX0dZJp7jTY7x2aCW3cytbIzzRrEJfNU&#10;gI+GkREbacMcjMXjD47TaVoF5PpfhjVXv7e2guZ/tUcDQ2SzSFYvP2z5JdQWxHuKgguF6U03N3/m&#10;t89kv0/qwWUb+V/1f9eZ6BrvgrRvE0GjxapaveLpF7DqNkXnk3R3EQIjkLBsuRk8MSDnkGsTW/g1&#10;4M1/TvFen6jpAntfFlxHc6vEbqZftcsaRqhyHBTCwx8JtHy89TnP0L49eFvEXxCl8H2czSaiss9u&#10;komt2WSWEHzU8tZTMmNrfM8aq207WPGe+uv9fZ/9dT/6A1JN6SXr+X+S+5eQWXw9v+D/AJv733Z5&#10;F8RvgU/iPxd4evNBtbDTbR/FVn4q8QX895M1xPNaRBIUig2snzBUVjvQKFztck12bfB7wi+ladpp&#10;0jNlp2tHxFaxfaZv3d+Z3nM2d+T+8kdtpJXnG3AArc8W623hvwzqeqJEJ3tIGlVGOFJA/iPZe5PY&#10;ZrnfDniPWo/FEek6rPBeieOZw8Vo0BQxlPmXLMHjYSDBzkEYJOeBPlSS6f8AA/KysDSbv/XX87u/&#10;cseP/hH4W+J11o914hsbi4vNHeSXT7uz1C5sp7V3ADtHJBIjKxCgZzkDOOpqi/wH8DN4N0rwvHor&#10;Wuk6Vcfa7FrO9uILq2nJYtMl0kgnEjF33Pv3NvbcTk5X4q+JPFHhbTpdR0V9HgsrW2aRhqUMs8t7&#10;clgsNrEiOm1nJ2hvnO5lAQ1R1r4qXtn8QvDui29pbR6TJLJBrN9cucW032SS4WGNgQu5Vj3OTwFd&#10;O5OJVmref/Bv+H5eRT317f8AAt+Nvv8AMs3PwA8CXHhXS/Dw0WW1sNLu2v7OWy1C5truG5bdvmF1&#10;HIs5kfe+5i5LbjuJqOy/Z3+Hmn+CY/CMXhxG8Opqa6ytlNdTy/6WsolEpdnLH5wCQTg8gggkHmPi&#10;N+0FDoE7Xmh654bn0WDTTqMctxIZ/wC2HWRlktbSSOQKsiKmScSEGRMqACa7HxJ48a/tLk+FPEXh&#10;qIaW7nWr3UJftS6aiox2yQxyoQxZSDuddoVuCRinzWTl/WlmvusvuX90myk1H+tbpr58zXnd/wB4&#10;1bf4Y+FrXX/FOtJotu2o+KYYbfWZJd0i3scUbRxo6MSuAjMpAAyDzmsDwP8As8eAvhz4gg1zQtIu&#10;oNWt7BtLhurvVby7aK0JQ+QvnSuFjBjXao4XnbjJzzFx8YPFyaa2pPp2nadHpOl6bqGr6fdQStPM&#10;1y7h0ibevk7FQkb1cknBC4JroNX8deKPDfjBIL+PSLnTJlvLgabZxyG9t7SGNmW5kmL7CHdVTZ5a&#10;4MqgM200pWim3tqvkk/05vlfYaXPole9vzS/Pl/DfQ17/wCCvgvVPhrafD+80KO58IWiQRw6ZLNK&#10;yqsLq8Q3lt5wyKeWOehyCRVf4gfAfwP8UNSN/wCI9Hlu7p7Q6fM9tqFzaC5tt27yZ1hkQTRhiSFk&#10;DAEnAGTVX4aeOfEGu6rFYeIBpsj3ui2ut2z6bBJEIVlZlaF98j7yuFw425yflXHPpNXOLTtP+nrF&#10;/lb/AIBMJLeP9L4l+d/n3OV8NfC7wx4Q1W01LSNM+yXtro9voEMv2iV9tjAWaGLDMQdpZvmI3HPJ&#10;NVtb+DvhDxFFryX+kmX+3L221G+kS6mjka5t1jWCVHVw0ToIYsGMr93PUnPZ0Um23dvX/g3/AD19&#10;dQUYpWS/q1vy09NDjdT+D/g/WNS8V6heaHDPeeKdOTStYmMkgN3aqrosZw3y/LIw3Lhjxk/KuMLx&#10;98HrK58HWkPhbRNPbX9E0W40PQBqF/Pb21pBPHHDIGZFkLAJGhG5GJKAZXcWr0+iocVKLj0/4dfl&#10;KS+b7mkZOMlNbrX7rf8AyMfuXY828D/A7RPDGlfD+S8WW68R+EdEi0aDVLW6mtxLGsaK6vGjhZI2&#10;aMMEkDAEAjnmu30Xw9ZeHzqBshODf3b3s/n3Us+ZXADbfMZti/KMIuFHYDJrSorWUnJuT63f3u7/&#10;ABM4xUUorpZfcrIKKKKgoKKKKACiiigArK1XxLYaPNHDcTDz5PuRKRuP0ya1a+a/jFFr0vxEt5l8&#10;GzarDpk3n2l4tyVEm7a3AHTBUDBzyvocUAfQeka9Za4jtaTLIYztdQRlT3BxTfEfiPT/AAlo0+q6&#10;pM8FlAUDvHC8rZZgigIgLMSzAYAPWvHPgVpV/ofiS8sYPDk2l6M8YvTdyTl/3jxpmEg9SpJGR/cJ&#10;716F8Y9AvvE/w81HTtOtJb67kltnW3t5lhkdUuI3YK7MoVtqtg7hz3o/r8UH9fmbfhvxbpniyO5b&#10;TpJ99rIIp4Lu1ltZomKhgGilVXGVIIJGCDxVxNZs5NZl0pZs38Vul08O08RuzKrZxjkowxnPH0rw&#10;vVfhjr+q6XqHlaTq9ro8+rwXcmj3l7aXuo3MS2xjcs9y00Mg8wxsqSyMAIzgqdoEl58FbmfSLkJo&#10;093dWnh+K30iXVJrZ7q2uluJ5AqtHhI2QNGAUwoGFBIBqkk39xLbSf8AX9f1ue+0V88a98M/FWo+&#10;L/EOoQ6LNHNe22rWz3EJsYre4ikhZbVdykXDsSE3ecdqt90ADI0Lv4SXelSKln4XhvdA26XPf6JB&#10;JCi6hLGlys+VZgjuGe3c+YQH8sAk4qVqk+5T0bSPatK1iz1y2knspvOijnltmbaVxJFI0ci8gdGV&#10;hnoccZFQ6N4gt9cuNVhgSVG027NlKZAAGcRo+VwTkYkXrjkHivAb/wCDus6houk213oOoxaVHJqm&#10;3RtMl055bNprtpIZM3IaMYjIG+NhInbqa1fGPwx8QahZ31k2kT6tYT6pNcbk+wTXLH7JbxxSn7UD&#10;GF3pLuYL5g4KgAmleyvb+tP+D/mO13b+uv8AwD3yquq6nbaLpl3qF7J5NnaQvPNJtLbEVSzHABJw&#10;AeAM14Rq3w88W6hrHhG7uNIuJr3TbfRwL6BrFjEY5FN4JppSZ843YEBCsCdxOSD2em+ALnTvhJ4p&#10;0uHS4YNd1VNTLqhjD3DyvN5Jd84J2MgGTwMDjGA5+6pW1tf562X+Yoe9KKl1tfy2v+Z10/j3QLZb&#10;tpdRREtLNL+4co22GF/uFmxgM2OEPzHsKqQ/FHw3Npt7em9ngSzeOOaC6sZ4LlWkOIwIHQSsXPC4&#10;U7jnGcV59pvwx8Q+HPCF54etYBqkUj2msxXd5NGJXu4pYZJbWZgPm3eVhJMEBTtOAi53dbtvEniW&#10;4ttaXwp9gbS762uYbC5nt/tt4qLMsgLpI0QAE2YwX+8GyVyDVSSUmk9P+D/X57MmLbim1r/wNvL9&#10;Nt0d14d8T6d4rs5LnTZpJEilMMsc8EkEsMgwSjxyKrocEHDAcEHoRWrWD4Un1G+S/vNR0VNDe4uM&#10;xWzNG9w0YRVDTNGzIXJBwFZsKF5zkDepMYUUUUhhRRRQAUUUUAFFFFABRRRQBA9lbyXkV28ETXUS&#10;NHHOUBdFYqWUN1AJVcjvtHoKSzsLbTomjtLeK1jeR5WSFAgLsxZ2IHcsSSe5JNWKKAMc+DtAOuHW&#10;joemnWScnUfskf2g/KV/1mN33SR16Eisq9+FnhqXQtR0rT9IsNDh1BVW4fTtPtlMgVtwDK8bI4zn&#10;h1Ycn1rraKVlsO+tzjtF+EvhfSfCtt4en0m01fT4ZnuQmpWkMgMrMWL7AgRT8xACKoA4AAroY/D+&#10;lxNlNNtEPni6ysCj98FCCTp94KAu7rgAdK0KKq/UlJLQoXWgaZfXv2y5060uLvyGtftEsCtJ5Lfe&#10;j3EZ2nuvQ1BpvhLQ9G0ibStP0bT7HS593m2VtapHDJuGG3IoCnI4ORzWtRSGYx8F+Hm1pNYOhaYd&#10;WQKFvzZx+eoUYXEmNwwOBzwKht/h/wCF7MXwg8N6RAL5Hju/LsIl+0KxyyyYX5wSBkHOa36KAI7e&#10;3itII4II0hhiUJHHGoVUUDAAA4AA7VJRRRuGwUUUUAFFFFABRRRQAUUUUAFFFFAFPRv+QPY/9cI/&#10;/QRRRo3/ACB7H/rhH/6CKKAH2f8Aqx9Ks1Wsv9WPpVmpQBRRRVAFFFFAHP8AifwVY+K7qxuLuW4j&#10;ezjuI4xCygETRGJ85U9FJI9+uelYY+DeiiCxh+1X+2zs9NsYz5iZKWM4nhJ+TqWGG7EdAp5rvKKF&#10;psD1VmcLcfCLTbnXpr9tS1QWMt7/AGm2jLLH9j+17dvnfc8zOQG279m75tueakh+EmjwaZZWK3N8&#10;YrTQJPDiMZE3G3cRgufk/wBZ+6XnpyflrtqKVtLdP+A1+Tt6DTalzLf+n+aucFqvwc0nUy0i3+o2&#10;d2ItPjhuYGiLwNZvI0Mih42UtmVt25WU8cCq8PwR0uGxtrf+2dYkaOLU4ZZ3eAyXKXz75xJ+6x98&#10;KylAuCoByMg+i0U5e9e/X/g/5sUfdty9Nvla35I43Sfhlb6BrYv9N1rVrK3fyWutNjeE293JHEsS&#10;yPujLq2xEB2OgbYMg85owfBXRLDRpLHTrvUdMm/tZtZt7+2lQz2s5BQCPcjJsEZMQRlYbODnrXoF&#10;FNtt3f8AWt/zJUUlZLT/AIFvy0OKufhfBdwakZde1k3+oaUukzakssS3Hlh5H8xSIwqvmVhkLgAD&#10;CjFUYvg8ILHS4ovFuvQ3elq8NlfwR2MUlvbuiq1uqJbCIxnYh5QsCikMMV6HRS/r8/8AN/eV/X5f&#10;5L7jhdN+Een6Bf2NxoerarokMFvb2s9paSxtHexwkmPzTJG7Z+ZgWRkZgeSeMS+DvhLo3gTVXv8A&#10;SZbuGaf7R9qUsm27Ms7TBpQFGWjaRwjDBCsQS3FdrRR1uK11Y89PwU0l9cjvZNU1WXToru6vY9De&#10;SI2SSXEciTkDy/Mw3myNguQCxxgEioIvgXpgtlS513XL67t4oINOvrieEz6ckLh4xCViCk7lXLSK&#10;5YKAxYcV6TRQtNEN67nGaF8LdO0PVLHU/t2oX+p281zcS3d28Ze6lnVEd5AqKowsSKoQKAFHFVvG&#10;fwgsPGl/e3L6xq2lJqEUMN/badJEsd2sTloy++N2BBJGUK5HDZAFd5RTvqn2/wCB/kvuFbdd/wDg&#10;/wCb+84VvhLaeRrtkmuaxFourpdCTSEkh+zwvcBvNkjJiMgJLOwVnZAWOF6VX8UfBfTfE8k3/E51&#10;jS4Lq2t7W9t7CWEJeLC2YjJviYgjJGUK5HByMCvQqKS0tboDV736nK+H/AMfhnWbq7stZ1RdOnmm&#10;uRorvEbSOWVt0jr+783lizbTIVBY4UcY6K5UtNakAkLISSB0GxqsUUdLD8zG8Wx6rLojpoyxPfNP&#10;bjbOFMZi85PODZ7eXvzjnHTnFctpPhPXPDmqWD6Xpnh2xtpbhVvmtI3VzbhH+UZ7BiuAOAfbNehU&#10;UAch4y+HjeL9a0nU08R6vos+mCQwR2C2rxb3GDIUnglG8LlQwwQGYD7xzSuvgl4Pvte0fXLnRbGb&#10;W9OuReNqX2G3We8m8tk3zssY3HLeZxtw6qRjGK7yihabA9dznvGPgyDxtb29nfahfQ6Yr7rrT7Zk&#10;WK+XIISYlC+zI5CMuQSGyDioPHngNfHlrp8D61qWjrZXS3a/2f5BErr9zzFmikVgp+YAjhgp6qMd&#10;RRR/w4f8Mee6j8G7TWblZ7/xFrV200cEOoqxtkXVEhlaWJZwkAxtLsv7ry9y8NmrFr8LBbeJdX1Y&#10;+KNani1aXfeabOlm8Ese0qsO42/mrGoJwokGMserMT3VFHl/Wof19xx3gf4ZWfge5e4j1TUtXnFp&#10;Dp8EmpPExtrWIsUhTy40yAWOWbcxwMscCuxooptt7iSS2CiiikMKKKKACiiigAooooAKKKKACiii&#10;gAqOa3iuF2yxpKvo6gipKKAGRxJCgSNFjUdFUYFPoooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKAGQwpbwxxRjbGihVGc4A4FFPooArWX+rH0qzVay/1Y+lWalAFFFFUAUUUUAY+nS2muS3&#10;80F4bqKK5a33W102xWQBXT5WxlXDqR1BBB5FXP7Lh/v3P/gTJ/8AFVxHwQ/5FvX/APsaNc/9ONxX&#10;odbVoKlUlBdP+AY0ZurTjN9f+CU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RWJsU/7Lh/v3P/&#10;AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z&#10;/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/&#10;c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/&#10;v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4&#10;f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/s&#10;uH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/&#10;7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAF&#10;P+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQ&#10;BT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquU&#10;UAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqr&#10;lFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCK&#10;q5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8A&#10;iquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/&#10;AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT&#10;/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJ&#10;k/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8&#10;CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf&#10;/AmT/wCKq5RQBT/suH+/c/8AgTJ/8VR/ZcP9+5/8CZP/AIqrlFAFP+y4f79z/wCBMn/xVH9lw/37&#10;n/wJk/8AiquUUAU/7Lh/v3P/AIEyf/FUf2XD/fuf/AmT/wCKq5SMdqk+lAFT+zIB/Hcf+BUn/wAV&#10;R/ZkH/PS4/8AAqT/AOKr5W/ap/aw8R/Bzxpp+geH9O064MtkLyafUEkf70joFUI64x5ZJJJ6j0rx&#10;L/h4H8R/+gb4c/8AAWf/AOP19RheG8wxlGOIpRXLLVXkl+h8riuJsuwdeeHqylzRdnaLf6+Z+i39&#10;mQf89Lj/AMCpP/iqP7Mg/wCelx/4FSf/ABVfnT/w8D+I/wD0DfDn/gLP/wDH6P8Ah4H8R/8AoG+H&#10;P/AWf/4/XV/qlmn8sf8AwJf5HJ/rflX80v8AwF/5n6Lf2ZB/z0uP/AqT/wCKo/syD/npcf8AgVJ/&#10;8VX50/8ADwP4j/8AQN8Of+As/wD8fo/4eB/Ef/oG+HP/AAFn/wDj9H+qWafyx/8AAl/kH+t+VfzS&#10;/wDAX/mfot/ZkH/PS4/8CpP/AIqj+zIP+elx/wCBUn/xVfnT/wAPA/iP/wBA3w5/4Cz/APx+j/h4&#10;H8R/+gb4c/8AAWf/AOP0f6pZp/LH/wACX+Qf635V/NL/AMBf+Z+i39mQf89Lj/wKk/8AiqP7Mg/5&#10;6XH/AIFSf/FV+dP/AA8D+I//AEDfDn/gLP8A/H6P+HgfxH/6Bnhz/wABbj/4/R/qlmn8sf8AwJf5&#10;B/rflX80v/AX/mfot/ZcP9+4/wDAqT/4qj+y4f79z/4Eyf8AxVfPP7JX7SOtfHGHX4ddsbK0vNMe&#10;ArJYh1SRZPMwNrMxBHlnnPOR6V9I18zi8JVwNeWHrq0o79elz6jB4ulj6EcRQd4y2urbO2xU/suH&#10;+/c/+BMn/wAVRVyiuM7StZf6sfSode1QaHoeo6k0ZmWztpLgxg4LbFLYz2ziprL/AFY+lZPxA/5E&#10;PxJ/2Dbn/wBFNV0kpTjF9WvzRlVk405SW6T/ACZ8A/tR/tCeL9X8VeGNR0HX9Z8L6bqPh+1v10/T&#10;9RkiVGkaQncYyu88AZI7V3HwG/aIbwX4c8K3+reOrjxZPq8zWmtaFql2897ZSG4dIbi3d+qbPL3x&#10;Z/2hzkV88/HUEf8ACvMjr4P0/H/kSuI8Gf8AI4aF/wBf8H/oxa/co5VhcRl8aTiklfZK7tzqzdr9&#10;ne97r1R+DyzbF4fMJ1lNuTtu3ZN8jva9u6ta1n6M/ZXWdZsvD2kXmqalcpZ2FnE0888n3Y0UZJP4&#10;CqfhfxdpnjKzuLnS5J2W3mNvNHdWk1rNFJtV9rxSqrqdrowyOQwI4NXNaGotpF6NIe1j1TyW+yte&#10;qzQCXHy7wpDbc4zg5xXH/CTwXqvg20146r5ET6lqP22O2h1CfUDCPIijO65nVZJSTGT8w+UEKDgD&#10;H4pCFJ0JTk/eTVlffvpb8bn7jOpVWIhCMfcad3bbtrf8LEPwQ/5FvX/+xo1z/wBONxXodeefBD/k&#10;W9f/AOxo1z/043Feh0Yr+PP1/wAh4T+BD0/zPmr9rfx9qEfhb4g+Eo0jis4vDFnqYuYywmLy6gYX&#10;QnONhVBxjuc8V8J/BnVvDmh+N4r3xNe6jplnFBI0F/pOftNrcgZilTBGSrDoeD0NfZP7WcEtzrXx&#10;JSKN5XHgTTnKopJ2rq0hY8dgASfYGvz8r9g4boQll0qa05rXtvrHfr/XQ/GOJa845mqkteW9r7aS&#10;26fn89j9Yf2Zvi/cfGf4dzapdhJLvT7+TTJbyJDGt4URHE4jP+r3LIuV5wQccYr1qvlz/gnbDJF8&#10;ENXZ42RZNfndCwIDr9ntxkeoyCPqDX1HX5Zm9Gnh8wrUqStFS0/D/gn6zk1apiMuoVarvJxV39/+&#10;SPAtO+K3xJv/AAp4h8YWtr4c1LSNF1K/t5dGS2ngu5ba2ldWZJzM6eZtXODHg8jjivQtS+N3g7R9&#10;L0O+u9TlA1qzF/Z21tZzXVw8BQOZDFCjsqgHliMDpmvHfDWu63oPw38Z+ELPwb4jvvEuravq8doj&#10;6VNDaBZ5pPLme5kVYhHht2QxJ7da2tD0K9+BfjnTry/0bVfEWlN4TsdEj1HRbCS8kt57UuXjMUal&#10;1STcrBiMZGCR1r0quFoTbTik18KTSclyRfd/ab10b1Sv08yni8RDWMm9WpXTaj+9mk9l9hLTVW5Z&#10;Nrr6lqXxe8IaV4f0fWpNZS4sNYIXTjZQyXUt2SM4jiiVnYgdcL8vfFO0j4s+E9dGgGw1hLn+3ZZo&#10;LALDJmSSJS0qMCuY2UKch9p4x1rw3wR4W1/4car4N8Yav4b1KTTZH1nztL0+1a7uNHF7crNCfJjD&#10;MRtUq2wHbuwR1rc16W+l1fwL47h8Aajo+m2Wv3013Y2FkZb+WK4tzEt7NbxrvDMwBZcM4GCc9BjL&#10;AYdS5Ytu99eaNr+9aNu+i1Wj9GmaQzHEyi5TilZLTlldrS8l2Wr0eq2+JNHqHiD4zeDvC0N/Nqms&#10;i0jsdRTSrhjbTNsuniEqx8Ic5RgcjI5xnPFYsv7Svw6hhu3fXLhZLMv9qtTpV59ptVVQzPLD5XmR&#10;oAw+dlC89a8rXTNb8T6zLq6eGNbsbe5+JWnaikV9YSRyi1S0jQzsuDtTK8k/d6Ngggd7b+HdQX4o&#10;/GO7OmXIttQ0awitZzbtsuXWCcMqNjDkEqCBnGRSlg8LShepdu19JLo6ats/5n93qa08Zi8RVcad&#10;lHmUU3GWzc/e3W3KvLXdaHaeJfi/4R8J2mk3GoauGTVYjPYpY28t5JcRBN5kVIUdtgXBL42jI55q&#10;pqnx18DaQNH87XBO2sWpvNPSytZ7prqIEAmNYkYsQW5UfMAGOMKceC+HfCfijwZdeAteuf8AhLdG&#10;tJfBdno00ugaRHfXVncRM0jRT28kErorZHzKowy4btXXfCnwHceG/iJ4Elt9K16HSYfDmpkza3bx&#10;rNBJNeRyiOQxDy42ILEJwQOCAQQNamX4SlFtzcrc2zWtufTyeke97+l+WlmeNrf8u1G/Lo09L+z1&#10;6XXvS00tyq/2rdf4n/aS8M6NpfhDU9MW617TfEN+tmlzZ2dywiT5w7YWFiZFZMeScOckgfKa6LxH&#10;8bPBfhLWW0rVda+y3kawtPi1meO1EpAjM8ioUg3EjHmFeueleMP4f1rRfCOkXsmgatKmm/Ey61We&#10;3trGWScWbT3IEyRKpd0xIpBUHIORxVXxH4T1fTdd+Jek6m3jg6Z4nu3uoIfDmj213BqEE0SR+U00&#10;kDmB0wVPmPGAACMdapYDBzsk39rqrvWFvLSMm/O3a9s1mOOXNKSX2bXi7LSqm+9nKEVvpzf4eb2b&#10;xL8f/AnhHWtU0jVNaki1HS0SS+gh0+5nNujIrrI5jjYBMMuXztGQCQeK7WXXNPh0R9Ya8h/stLc3&#10;Zu1YNH5IXdvBHVdvOR2rwzwz4K1LSNU+NtsdN1GS3utI061sZrqAlr0x6aYyFZRtkYNw2zI3HFdn&#10;ZeEtQ1v9myx8NiFrTVZ/C8NmILlShSb7Kq7HB5X5uCD05rz8RhsNTUOST3im7raUU27dLdtez1PU&#10;wmKxdbmlUgtp2VmtYysld7372Xfa9tq2+Lvh241Ky013vbbU7pY9ttNZSgRySR+ZHDJKFMUcrJgi&#10;N3DcjjkV0Xh3X7XxRo1tqdlvEEwYbJV2vG6sVdHHZlZWUjsVNedaz4b8S+NfFfhrxB5MGn6RYzQ3&#10;6rcXN0t1Aojbzbd7Eq0MkhZmAnyrIG+UHaC3UfC3SbvS/DE0l7C9rPqGo3upC2kGGhSe4klRGHZt&#10;rLuHZiRWFejRjS5oP3uqve2r0+7X/hzXD18ROryzV49Ha1/dTvu+unTfvFnX0UUV5p7AUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQB80+KP2zP+Ea8T+NdI/4Q/wC0/wDCNlh5&#10;39p7ftG25ig6eSdn+t3dT93HfIPC/wC2Z/wkvifwVpH/AAh/2b/hJCo87+0932fdcywdPJG//Vbu&#10;o+9jtk+d+O/AfxQu/HHxNnsfDtxNY3Zk/s6QWMDCb/TYGGCVy3yBzz6Z60eBPAfxQtPHHwynvvDt&#10;xDY2hj/tGQ2MCiH/AE2djkhcr8hQ8euetAH21RRRQByPxR8bzeAfCb6hZ2X9papcXENjYWZbaJrm&#10;Zwkak9hk5PsK4bW/EnxG+FdpaeIfFGpaN4h0Fp4YdTtdPsXt5LFZHCCSFy7eaqsy5DAEj05Neg/E&#10;XwPB8Q/C1xpE1zJYTGSO4tb2EAyW08bB45FB64YDjuMjjNeX+Nfh78WPGfh4WOrav4ZvbWxkiu1s&#10;LO2miOrvE6usc7M2I1JUH5Rjd6DoAe7UyX/VN9K5v4eePbT4haC19BbT6feW8rWt9p12u2azuFxv&#10;ib1xkEEcEEH2rpJf9U30oA/Nj9vX/ktFh/2Bov8A0fPXkPwx+GcnxR1ldIs/EGk6TqcpIgttSFyD&#10;OAjOxVooZFGAp+8V9s167+3r/wAlosP+wNF/6PnryT4M+NrH4d/EnSPEGpRXE9laCYSR2qq0h3wu&#10;gwGZR1Yd+ma/ecqdRZJSdH41DTrr71lr3eh/P+bKm88qqt8Dmr9NPdvquyu/kaei/BSXXba6v4fF&#10;3huDQ4ruOwh1i7luobe6uXUN5UYaASZUEbiyKo9cc1JefAfUtA0m6v8AxLr+i+Flt9Tm0kw6iLuS&#10;Rp4lVmwIIJRtw6kMSAaf4N8c+FLn4dp4Q8Yx6xFaWmr/ANrWt1o0UUrvujEckLrI6YBCghwSQc8G&#10;u+1z9pGw8YaDq1u+veKvA97fa5c6i/8Awj8CzRy27wxxJDIftUJJAj54IOelbVquYQqOMFdX35Vt&#10;pqrbt6300srbmFCngJwUqjs7PTme+ujvsl7tnfW7vsecQ/AvXJtYsbJb/TPs93oLeI11IySfZo7R&#10;UZmLny9wYFChG0/NgZ5zUt38A9dtNAuL5tS0d9TttMXWbjQEuX+3w2ZAbzWUps4RlcqHLBSDtrVs&#10;vjdZWfwIufB4s7lvEuZNPt9TwojTTJJUnkiJ3Z3GRMYxja557Vq6h8a/ClzJrPimKy1geNtW8P8A&#10;9iT2rLENPjcwLbvcLIG3n92mRGUwGJ+bFOVXMFJ+7onZaLXazeuiadr9HF6akwpYBqN5atXer06N&#10;batWckuqklfTTlPEHwNvtB8R23htPEeiap4puJbaGPRLIXfnFp1Rk+d7dYvuupP7zj8KtN+zxq8+&#10;saVp+m+IvDutNfasNEeewuZWjtLojIWXdErbSA2HQMp2nBrs/F37RNje+PNH8WaX4i8VXkWmXdld&#10;QeFNTtlTT4zFGkcm1xdOFLAOQRD1c+5LNH+M3w78Kan4cn0vStRvPsHiOPV2vLjR7K3vLe1XeWtl&#10;mjcvcEs4O6Rl+6OB2yVfMVCL5W3Z391b66ataLS1t29ypUcBeSUktre89rK7063urPZa26nE+G/g&#10;Lf8AjfxFc6H4X8SaH4i1K2sri9kitBeRYERUeWDNbx5di+FxkcHJXjPJ+IfAuo+GfDfh7Wrx4Rb6&#10;2tw0EKlvNj8mUxOJAVAB3A4wTx1x0r1G2+N9no+va7qw8XeMPFF7faHeadZz6vbrHJYzSPG0RRjd&#10;y/ICrEkYIIGAc8Y3xz+MemfFrSvB5tNMk0zUtPt7g6moRVgluZpfMkkiwScO25iCBgsRz1ropVcd&#10;7aEZxvB2u7Wa92TfbS/KttH3TuGIo5eqdR05e8r8ut01zRS+drvfVdmrHtn/AATq/wCQn42+lj/7&#10;cV96DoK+C/8AgnV/yE/G30sf/bivvQdBX5JxN/yNq3/bv/pKP13hf/kUUf8At7/0pi0UUV8ufVFa&#10;y/1Y+lM1nTI9b0e+06VmSK7gkt3ZeoDqVJHvzT7L/Vj6VZoi3F3RLSkmnsz5zt/2WvECaHo+lXni&#10;3wvrNvpNqtlaPq3ga3u5Y4l6LvecnFbXgr9mxvDfinT9T1KbwZqVpauZDb2fge1spiwU7GWZZGKF&#10;W2tkD+HHGc17lRXrzzbFzi4uWjvskt99rdzyIZPgoSUlB3Vt23ttvfsgoooryD2Tzz4If8i3r/8A&#10;2NGuf+nG4r0OuK+FGiXugaNrdrfw+RPJ4g1S7VN6tmKa8lmibIJHzRyI2Oozg4IIrta6cS1KtNra&#10;/wDkc2GTjRgnvb/M888a/Bm18YeL4/EsHibxF4Z1YWK6c8mh3UUQlhWRpFDB4n5DO3THWsz/AIUR&#10;ff8ARVfiB/4MLX/5Gr1aitY47EQioKWi0WkXp84t/iYywGGnJzcNXq9ZLX5SS/AzvD2kPoOi2mny&#10;ajeas9umw3uoOrzy89XKqoJ+gFaNFFccm5Nye7O2MVFKK2QUUUVJQUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAIFAJIABJycd6bLzG30p9IeaAPze/b6025h+LWl3jwSLay6SkSTFTsZ1mmLKD6gMpx7ivma&#10;v2l1Hw/b6gSXUH61nf8ACDWf9wV+gZfxY8DhaeGdG/KrX5rX38n3PzvMOEfr2LqYr2/Lzu9uW9tu&#10;t12Pxror9lP+EGsv+ea0f8INZf8APNa9D/Xb/qH/APJv/tTz/wDUb/qJ/wDJf/tj8a6K/ZT/AIQa&#10;y/55rR/wg1l/zzWj/Xb/AKh//Jv/ALUP9Rv+on/yX/7Y/Guiv2U/4Qay/wCea0f8INZf881o/wBd&#10;v+of/wAm/wDtQ/1G/wCon/yX/wC2PxroCk9jX7Kf8INZf881pB4Isgf9Wv5VL42/6h//ACb/AO1F&#10;/qN/1E/+S/8A2x8df8E7NOukn8Y3bW8i2srWccc7KQjsvnFgD3I3L+dfdg6CszTtEg00YjUVqV8J&#10;mWO/tHFzxXLy81tN9kl+h9/lWB/s3CQwnNzct9bW3be2vcKKKK8w9YrWX+rH0qzVay/1Y+lWalAF&#10;FfPHxc+M/iLwp4y8SW9prumaHHoVvaz2GjX1p5sviAyjLLG24MAD8g2AnIJPFa/wx+LPiPxD8ePG&#10;vg6+RL3RdOgW6huliCvaOwjP2d2AAbHmOvI3ZjPXkigPcKKKKAKdl/x86h/13H/otKuVTsv+PnUP&#10;+u4/9FpVygAooooAKKKKACiiigAooooAKKKKACiivONV0YeNPirq+lahqGrQabpui2F1Bb6ZqlzY&#10;Ayzz3qyO7QSIz/LbxgBiQOeOa2pU1Ub5nZJX2v29O5hWqOmlyq7btvbv117Ho9FcP/wp3Qf+f/xV&#10;/wCFdq3/AMk0f8Kd0H/n/wDFX/hXat/8k1pyUP8An4//AAH/AO2M+ev/AM+1/wCBf/ancUVw/wDw&#10;p3Qf+f8A8Vf+Fdq3/wAk0f8ACndB/wCf/wAVf+Fdq3/yTRyUP+fj/wDAf/tg56//AD7X/gX/ANqd&#10;xRXD/wDCndB/5/8AxV/4V2rf/JNH/CndB/5//FX/AIV2rf8AyTRyUP8An4//AAH/AO2Dnr/8+1/4&#10;F/8AancUVw//AAp3Qf8An/8AFX/hXat/8k0f8Kd0H/n/APFX/hXat/8AJNHJQ/5+P/wH/wC2Dnr/&#10;APPtf+Bf/ancUV5/4Js28OfEbxN4ft77UbvSodL03UIY9Sv5r14pZpb2OTbJMzPtIt4ztLEA5xjN&#10;dxfytBY3MiHDpGzA+4BrOrT9nKyd1ZPturmtGo6sbtWabXfZ2LFFVf7Ni7vcE/8AXxJ/8VR/ZsX9&#10;+4/8CJP/AIqsTYtUVV/s2L+/cf8AgRJ/8VR/ZsX9+4/8CJP/AIqgC1RVX+zYv79x/wCBEn/xVH9m&#10;xf37j/wIk/8AiqALVFVf7Ni/v3H/AIESf/FUf2bF/fuP/AiT/wCKoAtUVV/s2L+/cf8AgRJ/8VR/&#10;ZsX9+4/8CJP/AIqgC1RVX+zYv79x/wCBEn/xVH9mxf37j/wIk/8AiqALVFVtPdntvmYsVkdATycB&#10;yB+gqJYRd3N15jy4jkCKElZABsU9iO5NAF6iqv8AZsX9+4/8CJP/AIqj+zYv79x/4ESf/FUAWqKq&#10;/wBmxf37j/wIk/8AiqP7Ni/v3H/gRJ/8VQBaoqr/AGbF/fuP/AiT/wCKo/s2L+/cf+BEn/xVAFqi&#10;qv8AZsX9+4/8CJP/AIqj+zYv79x/4ESf/FUAWqKq/wBmxf37j/wIk/8AiqP7Ni/v3H/gRJ/8VQBa&#10;oqr/AGbF/fuP/AiT/wCKpdPdntvmYsVkdATycByB+goAs0UUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUmKWigBMUtF&#10;FABRRRQBWsv9WPpWZ451jUPD3g3WtS0mwfVNUtbSWW1skRnM0oUlV2r8xyccDk1p2X+rH0qzUoD5&#10;Y+26jrpttS8Qaj8U312Jd0b6b4SEFvbseyI0DkgHuWycc0Xfjr4n6J4MvtS0HRNWvtSsdbiRTP4a&#10;e1l1e1khLSPPbquQyyKF8xMZ/GvqeiqAraZdvf6baXMkD2sk0SSNBJ96MkAlT7jOPwqzRRQBTsv+&#10;PnUP+u4/9FpVyqdl/wAfOof9dx/6LSrlAHyF8RP2yPGvw18Yaj4f1bwdpsNzayEK3nylZYz9yRT3&#10;Vhzn8DggivT/ANnH42+KfjYmpahqPh200nQrYeVFdwyuWmnyMqoPBAXOT2JUc844f9vzw9YS/D/Q&#10;ddNsv9qQ6mlktyB83kvFK5U+o3IpGenPqa+iPAmgWHhfwdo2l6XbJZ2NvaxrHFGOB8oJJ9SSSSTy&#10;SSaAKXir4oeHPBWpR2Gr3k8N09s17sgsbi4CQKwVpXaNGCICQCzEAZFdLaXcGoWkN1bTJcW06LJF&#10;NEwZHQjIYEcEEEHNeY+NdM8R6d8WbbxJpHhqXxDa/wDCO3GmbY7m3iRZ3uI5F8zzJFOzCHJUMeRw&#10;a821L4L+MNMfwjZ2+lpqD6Fb6THb6rp62UbI0UwN0JJZgLjAUfIsRUEE7s/dIB9K2Wo2upRyPaXM&#10;N0kcrwO0EgcLIjFXQkdGVgQR1BBBqxXzlpvwy1/wfrCTaT4JU21rqeuFVsJrSETQ3f8Ax7OoLrhU&#10;VVQg4ZQBtVgKy1+Auu3WiWpu/D0UmqW9r4bto5Wnh8yJYECXyq4fgBcg4PzjpuoA+oaK4D4O+Er7&#10;wXpviPT7myTT7Ftdu59MtomTy0s3KmPYqkhFzu+Xgj0FSfGD4ean8QvDDW2h+JdT8L61Bl7W7sL2&#10;WBGb+5KqEblPryV6juCAd3RXLfDbwVceBPC1vpt5rmpeI7/79zqGqXUk7ySEc7d7HYvoo/HJyT1N&#10;ABXD6R/yW3xZ/wBi9o//AKU6nXcVw+kf8lt8Wf8AYvaP/wClOp11UPhqf4X+cTkr/FT/AMS/KR1H&#10;iDX9P8K6Hf6xqtytnptjC1xcTsCwRFGScAEn6AEnoK5fxX8YNB8J6ZZahKt1f2d5pd1rEE1kisHt&#10;4I0kYjcy8ssi7R37kVF8W/Dmv+MLPQ9H0Vre2t5NSiur+9vIRPDHFB+9RGiEkbSB5UiUhWHG7Pv5&#10;LrXwj8cS+Ez4fOnw6h/Zmm69ptld28scMU8dzFE1qqxvKzRgEvEFZjtEQycEE92Ew2GqRjKtNJt6&#10;q9vd2++/nt06nm4/FYulKUcPTbVt7X97f7uXTbfr0PpWNxJGrjowBGadXzlcfBnXbr4navrF7Z6z&#10;dXclzNPYarY3mn21usBtDGlu8xja8TklNqZj5D9c10vwF+Gt34X0bxHpmreHF03Rr5YYks7+O182&#10;4Hlssomjtna3YEFV3hUaQZ3qcAmKuEowpOpGqm0k7adei16enR3t1uljcROqqcqLSbavr0W700u/&#10;PZrrdL1/T9RtNWsobyxuob20mXdHcW8gkjceqsOCPpVmvl2z+DOq6d4Q8P2F98O01y2stIvdP/si&#10;OezjW3v3lUpegmULh1GPMU+amPu8mtfw/wDBLxBpmqW+sXmnw3XiiHxHYzNrokjM8lmlhFDcOHLb&#10;tjSCTKHBbqVPBreeBw8b2rK2tttd7dfJX9Va+tsoZhimleg76X+L5/Z+7ro72XLf6Lor5M0z9n3x&#10;EvhDVrK50jV5deuVtINQmuLrTVs9SZNQhllnUwqk0jbEkcPcHeA5Ubia97+Fvg1vA48U2MOnQ6Vp&#10;Eusvcaba22xYkgaCAHYinCAyCU7cDnJxzzhicJQoxbhV5mvLfbzffTy3s9DfC43EV5qM6LivNvz0&#10;2S6a67tWutQ0j/ktviz/ALF7R/8A0p1Ouu1X/kF3n/XF/wD0E1yOkf8AJbfFn/YvaP8A+lOp112q&#10;/wDILvP+uL/+gmuTEfFH/DH8jtw3wy/xS/MtUUV8aX37P3jqbV/iWdB8PXGhXOuafqUbate3tl59&#10;3JLeRyrFBdQESSxyRLIoN9AXg3KqOV3A8nW3l/X9fgdltL+a/r+vmz7LqourWL6pJpi3lu2oxwrc&#10;PZiVTMsTMyrIUzkKSrAHGCVI7Gvi24+Edn4N/wCEA0y9+HeveINN1LxRe3DeDNbGgjzcaTKN0UFq&#10;YrKNNyB9pYEmMv8AeIBu2n7M3jHTvD2pxWnh6C08Tan4Dg0oa3bXFt51vPHcyM1k9w5MhZrVoLcS&#10;7XQiEbjhVzSW7/r+v089CLu6Vu35/wBfPyu19oVleKPFGmeDNEn1fWbn7Hp0DRpJN5bPtLusaDCg&#10;nlnUdO/pXy54K/Zdgm1HwpDqXgzUn8Kxavf3t/onisaMYYd9gsUbpa6eq24RpAPlUMdy+YwBOawJ&#10;P2XfEmk/Daw07S/BkH9oXnhCOy12CK7t0e/v01GzlVZ5DJ+8YQpcBZCSFXKgjIBpRV1d/wBaf8Hv&#10;09Au+i/qz/4Hz08z7Xor4y8Tfs9+JNd0/Nr4K1DQfAr+I5b9fh/pf9iyTwQtYRQrMILky2H+vSV/&#10;K3cebvBD5Fes/BL4Ly+DPHV1rOqaRPJ9m8NaPpel6lrM1vdX8JjW4FzEZIwMMA0CsyhVfaMbgOEl&#10;ff8ArS/5v8+ugSbW2v8Aw9vy/q2p21v8dvA9z4outAGtmK+t2uUaa4s54rR3t13XCR3TxiCR4gGL&#10;qjll2tkDa2KVl+0b8P8AUNAu9Yi1e7W2tntozBNpF5Fdym5OLbybZoRNMJedhjRg+1sE7Tjznxn4&#10;U8YfE7xL4s0zVfAmraXpwstS0fw1epc6c2mwG4gkjfUZwtz9oMku8qFEJ2IzZBZ2Klnb/ErT08Q+&#10;LrL4bXEfiBtE0fQtP0e8v7CWQTQSXTT3gIuBGY0F18imRHk2EERhsiF8Kfl/X+Vul7vZ2crqVl/X&#10;9au/lbqr+k337Q/gLT/DlhrcmrXUlnfSXEUUNvpN5NdhrckXAktkiM0flFTvLooTjdjIz3+m6ja6&#10;xp1rf2NxFd2V1Es8FxCwZJY2AZWUjggggg+9fOlt4V8UeGh4Y1/Rfh54iv7iysda06/0/U9Q0yPU&#10;bq5vXtpzfO6XRg2PLC4ZVcMu8bY9qgV7T8J/Ct14F+F3hDw5fSRS3ukaRaWE7wklGkihVGKkgEjK&#10;nHAq7aO/9f1vfztumQm21/X9drfNaHQ6b/x7v/12l/8ARjUWf/Hxff8AXYf+i0o03/j3f/rtL/6M&#10;aiz/AOPi+/67D/0WlSaFliFBJ6Dms3wx4k07xj4d0zXdHuPtmlalbR3dpcbGTzInUMjbWAYZBBwQ&#10;D7V5V+0B4Cu/F2veEb6bwV/wsbw7YJfR3Xh7z7ePbcypGLe723DpG/l7Zk+9uXz9ygla8R8Kfsz+&#10;LYdd+H83iXSvEEh0vR9At7S50W60croktqF+0xySXCNcIu8FibRiJVYo3ABoh70rPT+v6fbzvoTN&#10;uKutdP6/4P5Wufa1FfHt78BfFVz4L8SaVaeBZNP8aTQ3Kal41h1a1ifxHG+oRzNCq5k8wzQI6A3k&#10;apCTsAZGarfhX9lm2vLnw7bar4N1C58LwLrc0mk+K/7JYWk88dmkIS3sAtuiMYZXVYw21suSrMMS&#10;3aLl2V/wb/S3r0tZunpLl87fjb/g+nW90vqLxN4o0zwdpLanq9z9ksVmhtzL5bP88sqxRjCgnl3U&#10;ZxgZycDJrVr4zm/Zp8R6V8P49P0/wZDLcX/hbQY9cs4bq2RtS1O31COa685zIBLJ5fmfvWJBBwGP&#10;SoPFH7OviPXrWEp4J1TSPAba1fXUPgLR30R7ixWS0tY4phDd+bYgebDdvtjfcn2oMpzvFaTXK2k7&#10;/wBNfjbT11tuZqTdrr+tPyvr6aa6H2nXn2n/AB78CanrN9pkWuGOazju5XuLqyuILSRLVttyYbmS&#10;NYZvKPD+W7bcHOMGuX+Cfwfl8E+OPEmt6npkkl1Jp+l6fp+r6nNDc3zwxWcSTK8qYOTJGN5AUOyB&#10;sEAY5HxT4S8Y/FG+8cadq3gHVdEFzpGq6B4aumudNbS7KKeJlN1L5dyZzLOypnEP7tcKBzI7Ka5X&#10;ZO+jf5/jtp667XuD5kr6apflf5avXy2vdL06z/aJ8A3vh+91iPV7pLe0nt7aS2n0m8ivWkuMfZxH&#10;avCJ5fNz8hRGD4bbnacMv/2j/h9pug2OrzaxdGzuxdFUh0m8lnhW2bZctPAkJkgWJiA7SqgQkbiM&#10;iuBRPiRazeMvG1j8N7iPX7yw0jSNM0S9v7CWZHgNwZrwkXAiKJ9qOxPNV38sg+WGyMOfwH4s0e2g&#10;1PQ/h74hvLi48P6zoV3a6rqGlx30t7dywXH2+Zkumh8qSRZdwRtycBYtuAJldX5Ve35+9ZfOyV+n&#10;N5Oypty5efS+/l8N/wDwG7068r8r/UVvcRXcEc8EiTQyqHSSNgyupGQQR1BHeodN/wCPd/8ArtL/&#10;AOjGrM8CeH5fCfgfw9oc8qTzaZp1vZPLGCFdo4lQkZ7ErWnpv/Hu/wD12l/9GNWtRRjOUYu6Tdn3&#10;V3Z/NE03KUIykrNpXXZ2V/xLVFFFZmgUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAFay/wBWPpVmq1l/&#10;qx9Ks1KAKKx5PGWgQyNHJrmmo6kqytdxggjqCM0+18V6JfXCQW2safcTucJFFdIzMfYA5NUBq0UU&#10;UAU7L/j51D/ruP8A0WlXKp2X/HzqH/Xcf+i0q5QBl+JfDOleMdFudI1qxi1HTbldstvMMq3OQfUE&#10;HkEcg9K0o41hjWNFCIoCqo6ADoKdRQAUUUUAFFFFABRRRQAUUUUAFcPpH/JbfFn/AGL2j/8ApTqd&#10;dxXNeI/h5ovinUY9QvFv7e/ji8j7Vpmp3VhK0eSwRmgkQuoJJAbIBJx1NdFGcY8ym7Jq3fqn5djm&#10;rwnLlcFdpp726Nb2fc6WiuH/AOFO6D/z/wDir/wrtW/+SaP+FO6D/wA//ir/AMK7Vv8A5JquSh/z&#10;8f8A4D/9sTz1/wDn2v8AwL/7U7iiuH/4U7oP/P8A+Kv/AArtW/8Akmj/AIU7oP8Az/8Air/wrtW/&#10;+SaOSh/z8f8A4D/9sHPX/wCfa/8AAv8A7U7iiuH/AOFO6D/z/wDir/wrtW/+SaP+FO6D/wA//ir/&#10;AMK7Vv8A5Jo5KH/Px/8AgP8A9sHPX/59r/wL/wC1O4orh/8AhTug/wDP/wCKv/Cu1b/5Jo/4U7oP&#10;/P8A+Kv/AArtW/8Akmjkof8APx/+A/8A2wc9f/n2v/Av/tQ0j/ktviz/ALF7R/8A0p1Ouu1X/kF3&#10;n/XF/wD0E1l+F/BGkeD2u306O5a4uypuLq+vZ7yeUKCEDSzO7lVycLnAycDk1usodSrAFSMEHvU1&#10;5xnJcmySX3KxdCEoRfPu2333d/IWiqv9mw9mnHsLiT/4qj+zYv79x/4ESf8AxVc50Fqiqv8AZsX9&#10;+4/8CJP/AIqj+zYv79x/4ESf/FUAWqKq/wBmxf37j/wIk/8AiqP7Ni/v3H/gRJ/8VQBaoqr/AGbF&#10;/fuP/AiT/wCKo/s2L+/cf+BEn/xVAFqiqv8AZsX9+4/8CJP/AIqj+zYv79x/4ESf/FUAWqKq/wBm&#10;xf37j/wIk/8AiqP7Ni/v3H/gRJ/8VQAab/x7v/12l/8ARjUWf/Hxff8AXYf+i0qeKJYYwiDao6Co&#10;pbGKaQufMVj1McjJn64IoAsUVV/s2L+/cf8AgRJ/8VR/ZsX9+4/8CJP/AIqgC1RVX+zYv79x/wCB&#10;En/xVH9mxf37j/wIk/8AiqALVFVf7Ni/v3H/AIESf/FUf2bF/fuP/AiT/wCKoAtUVV/s2L+/cf8A&#10;gRJ/8VR/ZsX9+4/8CJP/AIqgC1RVX+zYv79x/wCBEn/xVH9mxf37j/wIk/8AiqALVVdN/wCPd/8A&#10;rtL/AOjGo/s2L+/cf+BEn/xVTxRLDGEQbVHQUAPooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCt&#10;Zf6sfSqHjKR4fCGuSRsyOtjOyspwQRG2CDV+y/1Y+lN1fTk1fSb2wkdo0uoHgZ16qGUqSPzqUB+d&#10;Xw50Lwpe+DNPm1LS/A9zet5nmS6x4lvLS6b94wG+KNgq8YxjqMHqa55vFHhrUPEujWej+CrDQLyL&#10;VoD/AGhZaldXG9VkwQBK5XB4OcZ4Fex+LPhR8VPglpXh/RfDup6f4igvLt7W1gg0C2lkQkl90kks&#10;TEAljyzYHrgVu237F/i3W/Gdj4k8R+KtK+1edBPdLY2IQZjC/KqoETooGQB68mqA+ur5rlLK4azj&#10;iluxGxhjncpGz4+UMwDFQTjJAJA7HpWP4G1m/wBd8PC51Nbdb6O7u7WX7IrCImG5khyoYk8iMHk9&#10;636q6bpltpNu8FpH5UTzS3DLuLZeSRpHPJ7u7HHQZwMCgBtl/wAfOof9dx/6LSrlU7L/AI+dQ/67&#10;j/0WlXKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKAK1l/qx9Ks1Wsv9WPpVmpQBRRRVAFFFFAFOy/4+dQ/wCu4/8ARaVcqnZf&#10;8fOof9dx/wCi0q5QByHxVnni8IokFzPaG51TTLOSW1maKTypr+CKQK6kMpKOwypBGeCDTP8AhU+i&#10;f8/3iX/wqdT/APkij4skDwtZEnAGvaL/AOnO1rsqAPN9R8NQeDPF3gl9M1DWiL/VJbO5ivtavLyO&#10;SL7BdygFJpXUEPFGcgA8dcE16RXG+OyP+Ep+HQzz/b0v/psvq7KgAr5x8b/tgL4L+N1x4BbQNMvB&#10;Dq+l6T8uvhNUnN6iMJobEwfvI4y4DnzRjr9Po6vGvGP7L2heN/GGt61feJPEUNjrd7p+oaloNrLa&#10;pZXUtkE+z5YwGdQDGjELKuSKAOBvf2qrlLv4fR6H4p8O+LR4k1rS7GZIPDt9YFLS5ur2B7hDLcMA&#10;d9oyKhBIMbscq6Aein9rH4XKs2fEN0ssc8FslsdGvhcXDzGUReRF5G+dW8ibDRKy/u254rzXwf8A&#10;sS2mk+MrJtQ1GePwt4bOnN4fFpf776eS2u767L3beQioC9+6hYucIp3g5rI1P9gHTfA9jBqnw01f&#10;UU8Y2lzaz2l7ql/bWYiaIz/vWkhsJDJIVuJEYyo+9SNxyA1AHrZ/bA+EQh02b/hLgYNQhjmhmXTr&#10;sxqshkEQkYRYieQxSbEkKs+07Qa6n4YfG/wZ8Y/t3/CJarLqLWUNtczrPYXNowiuEZ4JAJ40LI6q&#10;xVlyDg814T4N/wCCe/hG00Lw1N4kv5rnxPY6ZDZX9zZW1pLDO6M7K8bXNvJLEyl8B4mjLbFJHavY&#10;fh9+zx4Y+HV6biymv9QVvDWn+FXt9ReKSKSzs0dIyyrGuXYO28/dPZRQB4H8a/22fFdp4+8Oad8I&#10;/CsXjHw/Hrn9kX+qSuFh1W7EUjvZWT5wWVUJMoyu/YOQfm+m/hR8V/D3xm8HW/iPw5cPJbuzQ3Fr&#10;cJ5dzZXC8SW88Z5SRDwVPsRkEE+R/Gv4ZDRdc/Z80rwd4ali8P8Ah/xbHJJBpVozQ2NuLaYb5NoI&#10;RdzDLt1LcnJr3LRfBWg+G9a1vV9L0i0sNT1uVJtSureII926LtRpCOpAz+Z9TQBt0UUUAFFFFAHm&#10;fib4sal4R8Y3Om6lo2nQ6LbWDarPqg1GeSSO0WRY3YwJasS43Z2hsYBJYVb1P4+eBNIurm3uNbYy&#10;WzypKYLK4mVPKCGU7kjI2qJUJbOBk88HGp4p8Dxatf6hrEESXmqTaPNpC2d7LstJY5GDESFUZhkj&#10;GRngnivLdJ/Zins9P8LaU+tyWun2ejXtjqtxp8gW4upbl0eTBeNxsOHBJwwG3GOwB6npXxU8K634&#10;l/sGx1ZLnUjvCqkMnlSFFVnVJSvluyhlJVWJAPIrrK848KfAXwv4L8ZS+I9LSSK5dncQyRQOqM6h&#10;WKymLzhkfw+Zt5PHNej0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUANkLCNigDPg7QxwCe2Tg4/Kv&#10;KbX4uaubm/XWrLSfDlpp+tQ6LJPDPc6pJc3DrC4iiiSCIrvWYASEnaw5RhzXrFcVffCbSL+S4eS5&#10;vQZ/EFv4kba6cXMKxKqD5P8AVkQrkdeT8w4wAYmi/tGeDdS8NadrN5c3ejx3vmFYbuymLRokgjaR&#10;yqELHuZR5hOzJxnIIG/8JPGN7498CWetahFBDdTXF3CyWysqARXMsS4DEnJWME89c9Olcdcfst+E&#10;rm302GW5v5004zLbi5S1uAkMsnmNDiWBhtDbiGxvG4/PXovgnwdZeAvDkGi6fLPNawyzzK9yys5M&#10;szytkqAMBpCBx0x160AbtFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFcd468a6l4b1jw9pWkaPbavf6w86It3fG1RPKiMh+YRSZJAIHA57&#10;12Nct4y8BReML3SL0avqWi32lvK1vc6aYd37xPLcESxuPuk9ACPWgDA0P49+F9U0rSbi7a80671B&#10;QBaGynnKTbnTyd8aMpctG4Vc7mxwOcVF4c/aI8Ha94ZXWZ7m60pBZR6hNb3dnNvjheYwI+QhDgyA&#10;jKE+vSs+1/Zi8JWGv6Pq1tcalFNpb20kEbSRSjfC5YHc8bOu8sxcIyqxbOMgEV3/AGW/DjaXFpya&#10;5r8VolmunmNJ4PntlnM8cRJhJwkhJBGCQcEmgDcf9or4fxiQtrcqqis7OdNuguxZDE758rBRXUqz&#10;fdB6kZFek15an7O3htNLnsBe6r5M2l3ukM3mx7hDdXP2mRh+7+8H4U9AOoJ5r1KgAooooAKKKKAC&#10;iiigAooooAKKKKACvkD40ftB+NvEfjTxJ8K/DvhmSK6vJPsNlPueG7ZQMvIMkLtYBiG4ATk98fX9&#10;fFfxg8IfFXwB8Ytb+LFvFa6jp2jyBre5do1VrVl2eWYgwYhVcox6k/MD6AGb4L+NfxH/AGd7uz8B&#10;eIfDEmp3txepcp5873FxLBIwVkhKsQxO1tuDw2cg9K+5EbeobBGRnBGDXwdp8Pxb/aU8YaN8RdIt&#10;LDTU0u6jsLe4gkQJa7W3PIUkYs4HmZPrnAHFfeKBlRQzb2AwWxjJ9aAHUUUUAFFFFAFay/1Y+lWa&#10;rWX+rH0rP8aO0fg7XWUlWWwnIIOCD5bVKAhs/H/hjUb2OztPEmkXV3I2xIIb6J5Gb0Chsk1v1+Os&#10;E8lrPHNDI8M0bB0kjYqysDkEEdCD3ruvBnxO8YL4w0M/8JVrTD7dACrahKwI8wZBBbBB9DVAfqhR&#10;RRQBTsv+PnUP+u4/9FpVysyHULW1vL9J7mGFzMCFkkCnHlpzzU/9s6f/AM/1t/3+X/GgB2p6XZ61&#10;YTWOoWkF/ZTrtltrmNZI5B6MrAgj61y//CmPh9/0Ivhr/wAFFv8A/EV039s6f/z/AFt/3+X/ABo/&#10;tnT/APn+tv8Av8v+NAGRonw48JeGb9b7R/C+i6VeqpUXNjp8MMgB6jcqg4NdHVP+2dP/AOf62/7/&#10;AC/40f2zp/8Az/W3/f5f8aALlFU/7Z0//n+tv+/y/wCNH9s6f/z/AFt/3+X/ABoAuUVT/tnT/wDn&#10;+tv+/wAv+NH9s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v8v8AjR/bOn/8/wBbf9/l/wAaALlFU/7Z&#10;0/8A5/rb/v8AL/jR/bOn/wDP9bf9/l/xoAuUVT/tnT/+f62/7/L/AI0f2zp//P8AW3/f5f8AGgC5&#10;RVP+2dP/AOf62/7/AC/40f2zp/8Az/W3/f5f8aALlFU/7Z0//n+tv+/y/wCNH9s6f/z/AFt/3+X/&#10;ABoAuUVT/tnT/wDn+tv+/wAv+NH9s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v8v8AjR/bOn/8/wBb&#10;f9/l/wAaALlFU/7Z0/8A5/rb/v8AL/jR/bOn/wDP9bf9/l/xoAuUVT/tnT/+f62/7/L/AI0f2zp/&#10;/P8AW3/f5f8AGgC5RVP+2dP/AOf62/7/AC/40f2zp/8Az/W3/f5f8aALlFU/7Z0//n+tv+/y/wCN&#10;H9s6f/z/AFt/3+X/ABoAuUVT/tnT/wDn+tv+/wAv+NH9s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v&#10;8v8AjR/bOn/8/wBbf9/l/wAaALlFU/7Z0/8A5/rb/v8AL/jR/bOn/wDP9bf9/l/xoAuUVT/tnT/+&#10;f62/7/L/AI0f2zp//P8AW3/f5f8AGgC5RVP+2dP/AOf62/7/AC/40f2zp/8Az/W3/f5f8aALlFU/&#10;7Z0//n+tv+/y/wCNH9s6f/z/AFt/3+X/ABoAuUVT/tnT/wDn+tv+/wAv+NH9s6f/AM/1t/3+X/Gg&#10;C5RVP+2dP/5/rb/v8v8AjR/bOn/8/wBbf9/l/wAaALlFU/7Z0/8A5/rb/v8AL/jR/bOn/wDP9bf9&#10;/l/xoAuUVT/tnT/+f62/7/L/AI0f2zp//P8AW3/f5f8AGgC5RVP+2dP/AOf62/7/AC/40f2zp/8A&#10;z/W3/f5f8aALlFU/7Z0//n+tv+/y/wCNH9s6f/z/AFt/3+X/ABoAuUVT/tnT/wDn+tv+/wAv+NH9&#10;s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v8v8AjR/bOn/8/wBbf9/l/wAaALlFU/7Z0/8A5/rb/v8A&#10;L/jR/bOn/wDP9bf9/l/xoAuUVT/tnT/+f62/7/L/AI0f2zp//P8AW3/f5f8AGgC5RVP+2dP/AOf6&#10;2/7/AC/40f2zp/8Az/W3/f5f8aALlFU/7Z0//n+tv+/y/wCNH9s6f/z/AFt/3+X/ABoAuUVT/tnT&#10;/wDn+tv+/wAv+NH9s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v8v8AjR/bOn/8/wBbf9/l/wAaALlF&#10;U/7Z0/8A5/rb/v8AL/jR/bOn/wDP9bf9/l/xoAuUVT/tnT/+f62/7/L/AI0f2zp//P8AW3/f5f8A&#10;GgC5RVP+2dP/AOf62/7/AC/40f2zp/8Az/W3/f5f8aALlFU/7Z0//n+tv+/y/wCNH9s6f/z/AFt/&#10;3+X/ABoAuUVT/tnT/wDn+tv+/wAv+NH9s6f/AM/1t/3+X/GgC5RVP+2dP/5/rb/v8v8AjR/bOn/8&#10;/wBbf9/l/wAaALlRXNtDeQSQXESTwyDa8cqhlYehB4NQf2zp/wDz/W3/AH+X/Gj+2dP/AOf62/7/&#10;AC/40ASWOnWml24gsrWG0gBJ8qCMIuT1OBxViqf9s6f/AM/1t/3+X/Gj+2dP/wCf62/7/L/jQBco&#10;qn/bOn/8/wBbf9/l/wAaP7Z0/wD5/rb/AL/L/jQBcoqn/bOn/wDP9bf9/l/xooAfZf6sfSk1TT49&#10;W027sZiwiuYXhcr12spBx+dLZf6sfSrNSgPjlv8AgniCx2+PiFzwDo2SB/3/AKvaD+wFHo+uaffy&#10;+OWuI7W4jnaJNJ2FwrA4DeccZx1wfpX1xRVAFFFFAFOy/wCPnUP+u4/9FpVyqdl/x86h/wBdx/6L&#10;SrlABRXOeP8AXr3w54b+1acIPt017ZWMTXSM8aNcXUUG9lVlLBfN3bQwzjGRnNUP7K+IP/Qz+Gv/&#10;AAnLj/5PoA7KiuDbVPFvh3xJ4btdY1PRdVsdXvZLErY6VNaSRMLWecPua5lBH7jbt2j72c8YPeUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFZMvi3Q4LS9upNZ0+O2srkWd1M10gSCclVETtnCuS6D&#10;acHLrxyK1qACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooqtp+o2mr2UN5Y3UN7aTLujuLe&#10;QSRuPVWGQR9KALNFFVNX1W10LSr3Ur6XyLKzge4nl2ltkaKWY4AJOACcAZoAt0Vl+HvFGk+LLH7Z&#10;pGoQX8AEZcxN80ZkiSZFdfvIxjlifawB2upxgitSgAorMt/EmnXXiW/0CK43avY2lvfXFvsYbIJ3&#10;nSF92Np3NbTjAJI2cgZGWf8ACVaX/wAJX/wjX2r/AInX2L+0fsvlv/x7+Z5e/djb97jGc+2KANai&#10;iigAooqpquq2Whabc6hqV5b6fYW0ZlnurqVYookHJZnYgKB6k0AW6K521+I3hO+8JSeKrbxRo1x4&#10;XjVnfW4tQiayVVOGJmDbAAeCc8GrfijxfoPgfSX1XxHreneH9MRgjXuqXcdtCrHoC7kLk9hmgDXo&#10;rn5PiF4Wh1nSdIk8S6OmravD9o06wa/iE97FgnzIY926RcAnKgjil8Q+P/C/hHUdNsNd8SaRot9q&#10;T+VY2uo30UEt0+QNsSuwLnJAwueooA36K5//AIWH4V/4SK+0D/hJtH/t2wgN1d6X9vi+1W8IAJkk&#10;i3bkTDKdxAHI9azo/jN8P5fDE3iRPHXhp/DsE/2WXV11e3NpHNx+7abfsDcj5Sc80AdjRUNpdwah&#10;aQ3VrNHc206LLFNC4dJEIyrKw4IIIIIqagAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKw&#10;vFvjvw14BsYr3xP4h0rw5ZzSCGO41a9itY3cjIUNIwBOAeBzQBu0Vn3HiHSrO80y0n1OzgutUZks&#10;IJJ0V7sqhkYRKTlyEVmO3OFBPQVT1fx14a0DXdN0TVPEOlabrOpnFjp13exRXF2c4xFGzBn5/ug0&#10;AblFYuj+NvDviLWNU0nStf0vU9V0pxHf2NneRyz2bHICyorFozweGA6GobX4g+Fr3xRdeGrfxLpE&#10;/iO0j8240eK/ia8hTj5nhDb1HzDkjuPWgDoKK42P4z/D6Xw5deIE8deGn0G1n+yz6our25tYZsA+&#10;W8u/ar8j5Sc81dl+Jng+C90Szl8V6JHea4iyaVbvqMIk1BD91oF3ZlByMFM0AdLRRRQAUUUUAFFF&#10;FABRRRQAUUVR1zUn0fRdQv47Sa/e1t5J1tbZd0sxVSwRB3Y4wB6mgC9RXN/DrxfP478Hadrlxo93&#10;oE10GLaffDEseHK85A4OMg4HBFdJQAUUUUAFFFFAFay/1Y+lWarWX+rH0qzUoAorhPGXxXtvDeux&#10;eHtK0i/8U+JZIhOdN0wL+4jJwHmkchI1J6ZOT6VB4b+LyX3iS38O+I9A1Hwfrl0rNaQ6g0ckN3t5&#10;ZYpo2ZWYDkrwfrVAehUUUUAU7L/j51D/AK7j/wBFpVyqdl/x86h/13H/AKLSrlAHG/Fj/kV7H/sP&#10;aL/6c7WuyrI8U+G4PFmiyadPcT2gMsNxHcWpUSRSxSpLG67lZch41OGBBxggisT/AIQTW/8Aoovi&#10;X/wH0z/5CoAPHf8AyNHw6/7D0v8A6bL+uyrkLL4fTprWmajqfirWteOmyvcW1vfJZpGkrRPEXPk2&#10;8bE7JZBgnHzZxkDHX0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAeJeI/hTruofG61ntoU/4QLUby&#10;08R6uxnUH+0rKMxwp5fU+YRYy7hwDp5BPzrXk3xD+GXxtsvCPhaHwmfEd1rgtrm9v7uTxNLMyagZ&#10;ItiMr6hDGIvLjIUYuIgS2YQWZz9jUUAfH/xA8PfHG1+Ifj7W9Omv9D8OHTtXEF5Lq++0VBag2kqK&#10;966xsGQn5LSExluXlGWrvf2RfEjeKofH19ZXGuT+GV1eGDSf7c14a06KtlB5wS6W4nR180ufklYA&#10;kjggqPoOigAooooAKKKKACiiigAooooAKKKKACiiigAr5r8P/CHxzYp4dna41zT5dHtfD0UFjZ66&#10;0NpuTVbhtT8yBJRHLm0eMHeG3DATLLx9KUUAfDfhzVPH/irxr4z8NeGPEesS+NrXQNfj1G9l8Rrf&#10;aab46lai0MFutwwsm8hbhY1dIGGWIGAXO7qHww+Ld98N103VbXxfr0E8esRR6Raa2mnXVrLLDbLZ&#10;NPK+q3DXFujLeFle6lP79QYmVAB9j0UAfHfir4X/ABwXwvb2OkXOrWtjBewr9h0/UAbhYl0TToUa&#10;IpqFoFiju4r0tH54VmbeYpQ2a9CtPhn8SIfE665/wkGsS6udREBmuNUZdONr/wAI8IvNNgsrQqDq&#10;ShyArODkglCSfoKigD5+/Zp8CeKPDXi3xLqviLRPEWk/bNA0SxabxLr0erT3N5bvftdNG63ExSLN&#10;xGyqdg+c4ReVHm/h74T/ABWguNS1GXSvFEGunw3Z6fqWoXfiiKWXVLldQjlvhp7/AGhzarNAJRFx&#10;AEZl4iI3V9k0UAfJOreAfi5L4dCR2XjOXT2bVf7H0q38XJFqelyOYfsMl/dG5/0mNCtwSnnT4WRA&#10;Vlx8vtngDwd4l03WvGera7qV5caveSW8Fi8l/LJYCNdPtFd4rXf5cQN0tyT8iucnsRn0qigD47uP&#10;D/xO8MeA9Vk1aLxlaxznw9YXlvN4rWa81PUX1aBLqWwnW4/0WKWJzGF3QD5x+7jAJr1fQND8WaX8&#10;BtYt9a8JXfjLVFvLi50nwrrepQXV15Aud9pDc3UsrRyOmFYsZHwFA3OwyfbaKAPj74k/B74jfED4&#10;Ka7oml+DFW41VdVvtasPEmq21jc6lqk1sFt54UtTdQeVGzZSKWaNt8EJdxtMj+qeOvD3xEm1Xwb4&#10;ovtN0/xWNE1U3zeF/D6LDLCslhc274ubu4SO5aOSZdrlLfKbztBO2vbaKAPkXRP2d/HWiXvw/sLK&#10;C3trCYaBe+I2lihljsJNMm81YbafzxINwxFtEDKQWPmIGZT2XxS8MeMtU1C00zWPBH/CdWd/AE1r&#10;XvClnY2EstrHN5kOnCO91DeqlsvJKHIwQFVWbfH9EUUAfMc/ww8TR+JtRsr34fjxBpFprev+IGvn&#10;vLQRazb3tnPHHp6q0m8OxuFjbzVWMLbqd5BAFbSfCPjNtQ0Txte/DbWj4ktNeGqavo73OlRrco2m&#10;z2cS2ey8aPbbBo1zMyM4d2HXYPqWigDivgp4Wv8AwT8JfCWhapDFbahYabDBPbwPvjhcKMxq3cL9&#10;0EccV2tFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAV5L8f9P1u/s9Ji0DwTdeJrq5FxZX&#10;Wq6e1h9q0qzlRRN5C3c8SmSUAIDkhcFmDYCP61RQB8val8KviNP8VPhx4g0rwpodloGgXEFvpkd/&#10;rTNdaFp50m6t5Umt0hKPJ5s6bvJuHEhgt0yqhp1veNvhp4/vvGF+t3pdr4rl8QQ6BFJ4h09I7C00&#10;s2Ooy3EhNvNcyTAeXIrJ5ZkzIGyEBzX0nRQB80/Dj4M/EHwr8RNTlsLzT9J0PQ9Nv9L8P32r6Uk0&#10;lz9rv4rt3mSC83TrGImVXZrdsyk+X94szW/h54l8beJfEek3fgK70CAWeq2mj6/YnT47B727tXSf&#10;U5wt210GlYlEjEbFFbLliR5X0zRQB8tQeHfHmm2l34jsfhI9vrgi0XS7Cwa502eewktoLuOfU0U3&#10;KwttS58mNfMR2AG5UXOKq/B3xDp7Q6ZofgPU4NH1Wx8PWkU2rXth52if2fqM08zXHlztuLq/nJ9n&#10;3guxBCda+r6KACiiigAooooAKKKKACiiigArH8YypB4R1yWXU20WJLGdm1JF3NaARtmYDuU+9+Fb&#10;FRzwR3MMkM0aywyKUeN1DKykYIIPUGgDhPgPeRX3wq0KaHxTceM1KSA6xdRskkxEjZDK+WG37vzE&#10;k7c967+qml6VZaHYQ2OnWdvp9lCNsVtaxLHHGM5wqqAByT0q3QAUUUUAFFFFAFay/wBWPpT70XBs&#10;5/shiF1sPlGYEpvxxuxzjPXFMsv9WPpVmpQHhPwd8N+Op7j4kS+KNKstDu9bu5il0kpkmlbyxHHs&#10;I/5Yxr90n5juPSqnxBl1GH4aeEvDer6e1p4xttZ0uz0mVLhZhdTRPGXuYmHzBPLEm4uqlScHOQT6&#10;p45+GOjePpLO5vHvrDVLIMLTVNLu3trqANjcFdT0OOQQRVTwf8HtC8Iay+tedqOua6yGMarrd413&#10;cRoeqIW4QdvlA44qgO4ooooAzIb2O2vL9XWYkzA/u4Xcf6tO6g1P/asH9y5/8BZf/iaLL/j51D/r&#10;uP8A0WlXKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+&#10;Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP&#10;/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7l&#10;z/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+&#10;5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg&#10;/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1&#10;YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/&#10;tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/ia&#10;P7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4&#10;mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/&#10;+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZ&#10;f/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDA&#10;WX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8A&#10;wFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/&#10;AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5&#10;/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/c&#10;uf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf&#10;3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/as&#10;H9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2&#10;rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf&#10;9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1cooAp/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigC&#10;n/asH9y5/wDAWX/4mj+1YP7lz/4Cy/8AxNXKKAKf9qwf3Ln/AMBZf/iaP7Vg/uXP/gLL/wDE1coo&#10;Ap/2rB/cuf8AwFl/+Jo/tWD+5c/+Asv/AMTVyigCn/asH9y5/wDAWX/4mirlFAFay/1Y+lWarWX+&#10;rH0qzUoAoooqgCiiigCnZf8AHzqH/Xcf+i0q5VOy/wCPnUP+u4/9FpVygDkPirPPF4RRILme0Nzq&#10;mmWcktrM0UnlTX8EUgV1IZSUdhlSCM8EGmf8Kn0T/n+8S/8AhU6n/wDJFHxZIHhayJOANe0X/wBO&#10;drXZUAeb6j4ag8GeLvBL6ZqGtEX+qS2dzFfa1eXkckX2C7lAKTSuoIeKM5AB464Jr0iuN8dkf8JT&#10;8Ohnn+3pf/TZfV2VABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHEa18aPB/h7xavhu+1SWPVPNggl&#10;MdjcS21tLOQII57hIzDC8hK7UkdWbcuAdwz1+oaha6TYXN9fXMNlZW0TTT3NxII44o1BLOzHhVAB&#10;JJ4AFeIeMvgv4s1i/wDGOh6fLozeD/GGr2mr39/dXMyahYmNLZJoooREyTBltEKO0ibC5BVwoBwv&#10;E37JFvr1j4hZdP8AD41bXYPEsN9ezRl2uPt1001h5hMeWEJETYP3HUlMk5IB9IwzR3EKSxOssUih&#10;kdDlWB5BBHUU+vm6y/Zq120eU2f9gaHp48PyNa6JatJLaWviBrEWAuRiOLdAtsoXAVWJdzgdaxfh&#10;f+yLqWl6XbaR40svDmqeHU8TjXH0NDHPaiL+yZ7MqIo7G1hLGaRJCBCoIBLFnGWAPququo6pZ6Rb&#10;pPfXcFlA80VuslxIsatLLIscSAkgbnd0RR1LMAMkivjDxJ8Gdf8AD/jz4caRN4ag8W6nbReEIhr/&#10;ANkvZDoyaddxteLBcG2MIjdYmdvMmic78bHJGNG3/Yu1oWni77bpHg7Vjfarpmq2un38zS295Lba&#10;kbmZ5Xa0LxGW3eWA7/tb4lZfMKEqQD6x8LeJ7Xxbpk19ZxzRxRX15YMs6gMZLa5lt5CME/KXhYjv&#10;gjIB4GvXyvqn7K/ifU9Z8UTWMnh/wlcamfEDf8JNo88zanqC38kpt4LlTCoWOHzFbIkfDINoHzM0&#10;Ph/9kfxDp3geHS11Gz0m8uNTniv4Le7jkt10e6gjgvre3+z2NmkTSeTFKAIQPMQMWJZmIB9XVR1D&#10;W7DSprWC7vIYLi6LrbW7OPNuGRC7LGn3nYIrNhQTgE18xTfsm+Jf+Fk+OdcTVrSSz1q01OC1lN2k&#10;DPFdQ+XHZzpFZLP5MIwEIvGCbEZI1I21S8Mfse6toekeE/O0fwjcXuja9eX0dvLIGWztJ7LyAIZk&#10;sowzpOFnCrBECQuW3qZGAPrGwvY9Ssbe7iWVIp41lRZ4XhkAYZAaNwGRueVYAg8EA0zS9Ri1fTre&#10;9gSeOGdBIi3VvJbygH+9HIquh9mAI9K+LLD4La/4a+Lfw/0aXwta65qWn3uhXM3iqOzvN2n2tnpk&#10;cE1tFcNbCAwGWJ5QPPVy8xBhJww9C8D/ALJ11oFloV5qcWhXXijRk8Px2eqRtI0lslndb7xYnMYZ&#10;RLCzoAMb84fA5AB9N0V8kfswfDvVvDXxsvbifwqmnQaZod5p194k+xXdtLrd3LfRyLPMbi3i8yVk&#10;jYlomnQcfvSCqj63oAKKKKACuH8MfGrwd4y8SPoWk6rJc3+JjCz2NxFb3YiYLKba4eNYrjYSA3lO&#10;+O9dxXzfZ/s/+NZvDXh3wpqFxoEeieD9IvtN0a/triZrnUGkspLKBrmIxBYAsUrFyjylnAIwMigD&#10;6F1DV7HSfs3269t7L7TOttB9olWPzZWztjXJ+Zjg4UcnFW6+YdY/ZBtbf7B/YvhzwlJa2OqaPqke&#10;nXiGOGSS3jeO8Yt5D7XlHlHdtJkMY34PNQ+IP2VvElx4M13SLS50LUWk1C1tNMtdQCmGHQbaWWW3&#10;tCZra4jWVXnYZaCVCsaDGQCgB9SUV8ueGP2S9Ug8L6SniE6JqvibR9L0iy0zU2keRrOW11K5uZHi&#10;fylMeYZYUUqo+6y4VOvBWnwR17xL8U/FWkW3hWzglaw8SwXvi28tb60bVmvbqNreO4ma3jD7YwyK&#10;0EtwoRckKP3bAH2L4p8Y6V4QsLm41C6jE0Nlc36WSyJ9onigQNKY0JG7aCuew3LkjNaWm30eqada&#10;3sQZYrmJJkDjDAMARnHfmvkrw/8Ascazo1hoTtpfhGTULO21yyBdwWsIryJBb+TLHZRrIY3ExIWG&#10;AAXDkZbcZDUf2Q/FN/4Ou9Osrbwt4Zha80yZvDej3AfTdS+zQ3Mcs9wbmxljEszXETsGtphmziyz&#10;N+8UA+vqK+ctB/Zf1jTLjw3CfEJh0600iIXzPO1zdHVbeCa3tZ0cRxK6pHck5KIQbO1wvUjz7Sf2&#10;LvFFj8MdT8O3h0fU57m/sLh7OfUoUs7j7PFOjT4j0pY1mkaVGYzwXZcRqGcsqyAA+u7zxHp1ldy2&#10;jXPnXsX2Yy2dqjTzxJPKYoZHjjDMsbOkg8wgKBHIxIVGIsapqUOkWMl3OlxJFHjK2ttJcSHJAGI4&#10;1ZjyecDgZJ4BNfNenfssaxpes6ZfJa+GJb8aP4Rs7/W13xXjz6Tqsdzc4/csXSa3jiUM0indaQKV&#10;24MfmHgn4C+JPEPiDxNotp4atNImg0ObTrrxRdWl5aHWrttVt7gT3DTWyGSVo4HJaIzoMqPNwQAA&#10;fd1FfMPjH9mafTdA8Z6rpUWn2Osarp3iYX9zp8M0lzqJvNTjvLSKQRpvlAhSWFgMlfNIQMCam+BX&#10;gfU7n4RfFaCz+H2geHE8Q6xPNo/hnVbS4h0lk/s2zt182Ga2ilELSwSFlaBC3OFwQaAPpis7xFrc&#10;Hhnw/qesXSSSW2n2st3KkIBdkjQswUEgZwDjJFfIfi39j7xZrnwl0bwpoug+CfDE1rLqM1wtterO&#10;klzcRxBL1Hk0rbE4ZZQY4YYmRRF5U8YUrW74m/Zg8feIPi7P4qa/8PiCW0mtZLkTBLmaN9GksxFI&#10;fsZmYC4dZCTdeWQA3kK6gkA+nm8Q2MPhw67czLZaYlp9tlmuCFEUQTeWc9Bhck/SuEtP2kPAF7o8&#10;+ow6pflIbiC1+xtol8t9LJMheERWhgE8odFdlZEYFUcg4UkUvg/8K9c+FHgjxDo8kmneIdRuJJLq&#10;31O9ldZtQkeIYS9YRnhGHlKyAjylQBF27TyGlfCz4meXpniDU9M8KyeOdM12PXHuBr9zLb6sxsru&#10;zkhZvsKG0jjiuv3Sos3I+bLF3cA9AH7Rfw9a50aGPXnnGrQ2txbzwWFzJBGlzIY7fz5VjKWxkkVk&#10;UTMhLAjGRitfw/8AF7wp4p8X3vhnTdRlm1i0NwHSSyuIoZDBIIrgQzOgjmMUjKjiNmKMcNg15Tpn&#10;wn+JGixeDtJk0/wprvh3S1jv763bWbjTzPqZuGnLlVs5fNhhZgYkLJllDMMhQtrwv8C/GOm6/b2k&#10;muWug6Do7ay+k6xosqzapIb+9S4AkiuLZoI/LUOhP70PuBAQigD0VPjd4KfxbfeGzrPlanZCbznm&#10;tJ47UNCgkmRbpkELyRowZ0VyyjJIGDjMs/2j/AF/oc2qwarfPDHcQWotf7FvhezSTIZIfKtTD58o&#10;dFZ1aNGVlRyCQrEeeXX7OXirV5NS8N3+qaY3hCS+1rVIdX8xm1SabULSeBkkhEKxIEa7nfejkNtj&#10;GxeTT7X4O/EltX0nxhdx+FP+Eq0S405bTSoNQuBZXUFtZX9rI0lwbbfG7/2nM4AicJ5UalnySAD0&#10;eD9oPwDd3uiWttrj3T6xFaz2slvYXMsKLcyGO28+VYylu0kgKKsxQlgVxkYoH7QngHztbjfXWhTR&#10;4bie6uJrG5jt2S3lWGcwzNGEuPLldI2ELOQzKp5IFeazfArx++keAtEN3oL2ejXlpqtxfQ6he25t&#10;7tb77VdKLRVMF7GQAkRm8toiC4+YjG3/AMK4+Jg+KmseM4ZvDVvfR6Xe6fp7Tahf3Vveb5oHtxJa&#10;uNtkFSDEht3bzHYOynaFAB30Xxm8IP4G1nxfNqklhoWi+YNRk1GyuLSe0ZFVmSS3ljWVX2shCFNz&#10;b12g7hnq9I1W113SrLUrGXz7K8gS4gl2ld8bqGU4IBGQQcEZr5puv2Z/Hmq/DvU9Fj8QaHosl3rF&#10;3q39l35vdfikL2kcMKS30skE8rJIrzCSVXKkxAKRCoPvnw00DU/Cnw98OaLrN1aXuqadYQ2k89hC&#10;0UDsiBfkVmZsYA5J564GcAA6WiiigAooooAKKKKACiiigArkviB8VfDXwwis38Q3lzC155pggstP&#10;uL6Z1jXdK/lQRu4RFILORtXIyRkV1tea/G3w9418UaXp+m+ErXR7iyuHePWRqOqzadPJakDMEE0V&#10;tOU8wjDtgMFGFIYh0AOgn+KPhW21fwjpja1A194tWR9EiiDP9tSOAzu6lQQFEY3bmIByADkgGv4n&#10;+L3hTwd4osfD2rajLbapeCAoiWVxLFEJ5TDAZpkQxwCSRWRDKyhmBAyRXlOp/APx7qXxJ8J+K4PE&#10;XhrRrawvLaWTTLfSpppdKtY9NurU21pcNKscoD3czKz28fLh2DLEsDWvEvwL8Yz+JLsWWuWuv6Vr&#10;sejxaxq3iCVYtRi+w3slxuihtrZYJC8cgjA/dbCobL9KAPTfCXxe8J+OfEF9oui6o93qFmryMrWk&#10;8UcyJIYneCV0VJ0WQFGaJnVW4JBNU4fjp4Im8V3nh3+2jHqNo1wkkk9nPFaF4F3zxrdNGIXeNcl0&#10;VyygHIGDjz3wZ+znr/h7x5rGox+Lr/QtBtrK703w3bafPb3c+nxXV5FdXDL51mEQFoI0CSC4IUn9&#10;5woEmsfCfx1418ReIrLxNbaFc+HLvTb7RtL1WDWJftdhBPbsj3JsxZJE9zK5BdvOVVUlUA+fzADr&#10;bX9pP4f3ujnUYNU1CRPtMNmloNDv/ts0ksTTReVa+R50qvGkjq6IVKo5BIU4sL+0N4Akn0GOPXWn&#10;Gtw29xaTQ2FzJCqXEphgM8ixlLfzJVaNRMUJdWUcgivPf+Fb/GCDStTv7VfCNp4nvoNL0cra6rcR&#10;pDY2qXHmzxXDWbslzI1y6qDEyxr/ABORgwy/Afxd9oS303TfDOg6Lq1potpqlnHqlxdNpq6deSSr&#10;9lZrZPtPmRMFJk8oq+Wy9AH0dRRRQAUUUUAFFFFABRRRQAVR1y4vbPRdQn021W+1GK3ke2tWcIJp&#10;QpKIWPQE4Ge2avVieOPsn/CFeIPt/wBq+w/2fcfaPsOftHl+W27y8c78Zx74oArfDrVvEGueDtOv&#10;fFOkR6Hrsob7RYxSb1jw5CkHJ6qAcZOM4rpK82/Zz/sX/hTXhz/hHv7U/sny5PJ/tnH2j/Wvuzt+&#10;XbnO3bxtx716TQAUUUUAFFFFAFay/wBWPpVmq1l/qx9Ks1KA+cdD/as1fx78RL3wz4Q8GR37WCTS&#10;S/b9RFvJOI3CkJhGVTkgjccH2qe4/azf/haWieBf+EPvdL1S5voLS+/tOZAbfzMfcEZYPwwIbcAQ&#10;eleD/sxeI9K8M/tJa5cavqNrplvKl7Ak13KsSGQzKQu5iBk4OK0PH8iTft4WUkbK8b6tpTKynIIN&#10;vb4INUB930UUUAU7L/j51D/ruP8A0WlXK5y61m507Ur2OG0inUyKxZ5yhB8tOMBD6etM/wCEpvv+&#10;gdb/APgW3/xugDc1PS7PWrCax1C0gv7KddsttcxrJHIPRlYEEfWuX/4Ux8Pv+hF8Nf8Agot//iKu&#10;f8JTff8AQOt//Atv/jdH/CU33/QOt/8AwLb/AON0AP0T4ceEvDN+t9o/hfRdKvVUqLmx0+GGQA9R&#10;uVQcGujrmf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hKb7/oHW//AIFt/wDG&#10;6P8AhKb7/oHW/wD4Ft/8boA6aiuZ/wCEpvv+gdb/APgW3/xuj/hKb7/oHW//AIFt/wDG6AOmormf&#10;+Epvv+gdb/8AgW3/AMbo/wCEpvv+gdb/APgW3/xugDpqK5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gd&#10;b/8AgW3/AMboA6aiuZ/4Sm+/6B1v/wCBbf8Axuj/AISm+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW&#10;/wD4Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hKb7/oHW//AIFt/wDG6P8AhKb7/oHW/wD4Ft/8&#10;boA6aiuZ/wCEpvv+gdb/APgW3/xuj/hKb7/oHW//AIFt/wDG6AOmormf+Epvv+gdb/8AgW3/AMbo&#10;/wCEpvv+gdb/APgW3/xugDpqK5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gdb/8AgW3/AMboA6aiuZ/4&#10;Sm+/6B1v/wCBbf8Axuj/AISm+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v&#10;/wCBbf8AxugDpqK5n/hKb7/oHW//AIFt/wDG6P8AhKb7/oHW/wD4Ft/8boA6aiuZ/wCEpvv+gdb/&#10;APgW3/xuj/hKb7/oHW//AIFt/wDG6AOmormf+Epvv+gdb/8AgW3/AMbo/wCEpvv+gdb/APgW3/xu&#10;gDpqK5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gdb/8AgW3/AMboA6aiuZ/4Sm+/6B1v/wCBbf8Axuj/&#10;AISm+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hK&#10;b7/oHW//AIFt/wDG6P8AhKb7/oHW/wD4Ft/8boA6aiuZ/wCEpvv+gdb/APgW3/xuj/hKb7/oHW//&#10;AIFt/wDG6AOmormf+Epvv+gdb/8AgW3/AMbo/wCEpvv+gdb/APgW3/xugDpqK5n/AISm+/6B1v8A&#10;+Bbf/G6P+Epvv+gdb/8AgW3/AMboA6aiuZ/4Sm+/6B1v/wCBbf8Axuj/AISm+/6B1v8A+Bbf/G6A&#10;Omormf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hKb7/oHW//AIFt/wDG6P8A&#10;hKb7/oHW/wD4Ft/8boA6aiuZ/wCEpvv+gdb/APgW3/xuj/hKb7/oHW//AIFt/wDG6AOmormf+Epv&#10;v+gdb/8AgW3/AMbo/wCEpvv+gdb/APgW3/xugDpqK5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gdb/8A&#10;gW3/AMboA6aiuZ/4Sm+/6B1v/wCBbf8Axuj/AISm+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW/wD4&#10;Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hKb7/oHW//AIFt/wDG6P8AhKb7/oHW/wD4Ft/8boA6&#10;aiuZ/wCEpvv+gdb/APgW3/xuj/hKb7/oHW//AIFt/wDG6AOmormf+Epvv+gdb/8AgW3/AMbo/wCE&#10;pvv+gdb/APgW3/xugDpqK5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gdb/8AgW3/AMboA6aiuZ/4Sm+/&#10;6B1v/wCBbf8Axuj/AISm+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v/wCB&#10;bf8AxugDpqK5n/hKb7/oHW//AIFt/wDG6P8AhKb7/oHW/wD4Ft/8boA6aiuZ/wCEpvv+gdb/APgW&#10;3/xuj/hKb7/oHW//AIFt/wDG6AOmormf+Epvv+gdb/8AgW3/AMbo/wCEpvv+gdb/APgW3/xugDpq&#10;K5n/AISm+/6B1v8A+Bbf/G6P+Epvv+gdb/8AgW3/AMboA6aiuZ/4Sm+/6B1v/wCBbf8Axuj/AISm&#10;+/6B1v8A+Bbf/G6AOmormf8AhKb7/oHW/wD4Ft/8bo/4Sm+/6B1v/wCBbf8AxugDpqK5n/hKb7/o&#10;HW//AIFt/wDG6KAN2y/1Y+lWarWX+rH0qzUoDldN+Ffg7SLO7tbbwxpSwXjM1yr2qSGckknzCwJb&#10;knrmofC/wf8ABPgu+e90XwxptheM277QkAaRT6KxyVHsuBXYUVQBRRRQByWqf8ha9/31/wDQFqtV&#10;nVP+Qte/76/+gLVagAorjvizBHd+EIradFlt7jVtKgmicZWSN9Qt1dGHdWUkEHggkGpP+FQeA/8A&#10;oSfDv/gpg/8AiKAOtorzfVvBHh3wn4v8DXOh6DpmjXE+rSwSy6fZxwNJGdPvG2MUAyu5EODxlQe1&#10;ekUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFeS2nxxn1H406t4Ct4vCsEmnXsdoYr/AMTGHVrl&#10;WsobtpYLAWzb0VZiufNGfKc8Yrd8X/HPwd4E1x9I1m+vob6MQl1ttIvLqNDMWEKGSKJkDyFWVEJ3&#10;MwwoJIFAHe0VwF/8ePBemeHLDXrnUL1NKvPtJWcaReMYBbvsuGuFEJa3WNgVdpggUg5IxVbRfirL&#10;r3xUtfDNsli9iLfWftMkRleVZ7OfT40XLogGVvJCwAcZCbXODkA9IooooAKKKKACiiigAooooAKK&#10;KKACiiigAoor5/8AhV+1pp3jxrifVrfQtK02DRpdZuLnSte/tJrBEkjTybxBBGYJm8zKoN5bY4HI&#10;5APoCivLz+0f4NbXtF0mIa3LPqb3EW46HdxizeGMSOlyrxq8LbGVsMudrKxwrBjc079oHwNqk2lR&#10;waneg6msL27TaRexIFmkMdu0jPCBCsrgrG0hUSH7hagD0SivDfAX7S1rrutW9hq1lq4l1nWNTstJ&#10;jtvC2oQLBBaSMn795Vy7sFDEoihCxRgCjGu88eeO9X8PeHrLVdB0CDVIZYnurmfWr86Tb2NusRkL&#10;zs8TyIx4UIY8gk7tgBNAHbUV4zp37QOoapqlgY/B0tvook0m01S4u77y7uwutQjjaKMW/lkOqGeB&#10;XYyIQXOFbaaiuvj94g0e51K11bwKlnfLDZyWFrFrCzO0l3epZ20V4REBbO7yK3ymUBVkOSUwQD2u&#10;ivNYfjG9j8MvFnijXdF/s+/8MPdw32m2l19oSSWEblEMxRCyyK0ZDMiY38gYzWC3x08Srqq+F/8A&#10;hC7D/hOW1B7Uad/bjCwMS2i3RmF19m3fddU2+T9/PO0bqAPaKK8V079oy41y50e40zwsZtCni0Rt&#10;Ruri/wDKubN9UZFt0SERsJQnmxlyZEwGOA2CKk0748a3fal4q0r/AIRLTv7Z0S1ju2sofEcMn2VX&#10;l2bb+QIEtXCAzFVaU+WrFdxAUgHs1FeEan+0xd2XwrtPG8Og6LLpxlvYrm7m8SJFYubeQxotpOYS&#10;9005VvKAiQNtYMU+Xd2Gq/GaCy+KnhTwVb6TNcy6vHI95dvKIxpzfZ5Z4o3TB3SOIZMqCNoCk/eX&#10;IB6PRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUVwnxJ+Ieq+E9T0XRv&#10;D2gQ+Ite1WO6uIrW6vzZRCG3RTIfMEUhLkyRqq7cEtyygE0Ad3RXktr8X/Euo6p4Jks/C2kT+H/F&#10;hhlspzrsq38du1v58k0lt9kKDYvBHnEFmQZy4FdZ4h8b3+heO/DOh/2DJNpesyvbnWTdRqkUwt7i&#10;cRrFy7HbbHJIVRvXBY7gADrqK868H/EvXtb8fT+HNZ8KRaGjWMuo28sepi6nSJZxEguohGqwNKCX&#10;QK8gIjkBIKEVla98btU8I+KL221zwl9j0GK11G9hvYNSWa8eCzj3vO9qIwI4n+6jeaSWZAVXdwAe&#10;tUV49p3xl8Y39rdWzeA7C312FLO8aKXxBiwhsbiKd1uJrk2+5NrW0kbKsT4YrglSWGdZftJX+pQa&#10;ZeW/g4rp4stKvdZefUdk1kt/O0MQhjERFwF2GQktH8jKRlsqAD3KiiigAooooAKKKKACiiigAoor&#10;K8WTC38LazKdR/scJZTN/aJXd9lwhPm477fvY9qANWiuI+C159v+Gujz/wDCTHxeWWT/AIm7RtG0&#10;37xuCrfMCv3fm5+Wu3oAKKKKACiiigDrbL/Vj6VZqtZf6sfSrBOATUoBaK+H/HXxw+Ivx81LU/h3&#10;4d8MS6bepevMTHM1vcx28bcCbcwVTkruOcE4AGcZ2fg5+0B448F+LfDPwq8ReGHnu7a5+yXkzPJN&#10;diN8sr8Egqm4MWyQUHGOtUB9j0UUUAclqn/IWvf99f8A0BarVZ1T/kLXv++v/oC1WoA474szx2nh&#10;CK5ndYre31bSp5pXOFjjTULdndj2VVBJJ4ABJqT/AIW/4D/6Hbw7/wCDaD/4uutooA831bxv4d8W&#10;eL/A1toevaZrNxBq0s8sWn3kc7RxjT7xd7BCcLudBk8ZYDvXpFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFAHBD4SiLxhrmtQeKdah0/XLpLvUvDxhsZbC6ZbWG2Kt5ls0wVo4IwQJRyDjGTTrb4K+G&#10;NNjuYNLtBotjNPp1wthpkUUFvCbK5+0xCONUwoaTO8dwTjaTmu7ooA8Y+JP7KXhP4o6TBp2rX+qR&#10;20UmpybYxazDN9cGeUqJ4JBG6uxCSxhJFXjecnPX+HPhDo/hjxjJ4ltrq+lv3bUXZJpEMeb2S1km&#10;4CA8Gyi288BnznIx3FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABXi1j+yp4bXQToura9r3iTSY&#10;9Im0SztNSe1VLO2leJ3CeTbxl23QRHMpf7g9Tn2migDyLQP2ZfDfhmw0e202/vbFtOurq682xstP&#10;s/tP2iFYZUljgtUiwUVBuVFf5R81Gp/sv+DdV8VeHPEE0byX+i2lpZIbiysrnz47Ykwlmmt3eNgS&#10;ctA0RPGc4GPXaKAODl+D2nC/0K9tdV1Swu9H1HUdShlgaFt7Xsskk8bh4mBTdKduAGAVfmPOZPHv&#10;wubx/pGiWNx4r1zTTpk8dybiySzZryVB8jzxy28kTYb5wAiqHAYAFVx3FFAHmjfAmwn8TWutXfiT&#10;XryQTWd3fWsj2yQandWoxBczqkCkOuEOIjGh8tMqdtUbD9nmC20rW9Ou/G/ijVLXVJxfP9q+wLLD&#10;erPHPFdpLHaJIZY3hjCb2dAqqu0hVA9ZooA8zh/Z28Gy6DqFjq1iPEOqX6XiXPiLU4YG1NjdBhKU&#10;lSNRFw2AI1VQFGBVT/hnqx8sXQ8XeJR4mF8b/wD4SfzLT7fk2wtjHj7P5Pl+UqjHlZyA2d3zV6vR&#10;QB5bD+zt4esr/RpLDUdX0/TtOh0yGTSbeaI217/Z7BrN5y0ZkLRlU5R03bFDbgMUtv8AAO2gvb6+&#10;bxp4tn1KW1Wys7+W+iNxp0AuFuAkUghBkG9FB+0eaWUFWyrMD6jRQB5Rc/s82M3hibRYvF/ii0W8&#10;kvpNTuoJ7YPqf2wg3AnjMBhGcAKY40ZAW2FdzZlh/Zt8G2fi/RvElm+vWV9pl59uSGLX7w200otx&#10;bgvC0pTAjVFwoXcECtuTKn1KigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAK434h/DG2+IL6bcf2zqvh3U9PE6QalozxLOIpk2TRHzY5FKsAp+7kFFIIIzXZUUAcjpXwt0L&#10;Sb62mSKSe1tNETw/a6fcsJLeC0BG9VUjJMgWIOWJyIY+Bg5tRfDvQbGLw1b6ZYQ6LYeHrx72xsNM&#10;hjt7dXeCeFl8tVwFxcyNhcfNg56g9JRQB5loXwI0/Tp9cTV9f1TxjpGtzPcX+jeIrTTri1uJGZWV&#10;nK2qyPs2qqKzlVVVAGFXCWHwHsrLX9dvG8S61daTrUT2154fmisfsTWxiaJLZWW1E6Qxqx2IsoAO&#10;Sc7n3enUUAePXH7NNjdeH7nTZfGviqWa5lszNqEsllJNLb2quILR0e1MTwguzENGWdjl2bJB0tQ+&#10;AtnrGq2moal4p8QX1wFtE1EMbSNNXFtcNcW/2lY7dQNjuRmLy9ygK24V6fRQAUUUUAFFFFABRRRQ&#10;AUUUUAFZ/iFLmTQNTSytbe+vGtZRDa3X+pmfYdqP/sk4B9ia0KKAOS+FNlquneANIttb0bT/AA/q&#10;USMsunaWFFvF87Y2hSQCRgnBPJPNdbRRQAUUUUAFFFFAHW2X+rH0qwwJUgHBxwfSq9l/qx9Ks1KA&#10;+DtZsfi1+zp471z4l6jaWWow3t3LY3FxKyeXdo7ZR/KRgyAlFI6EYweDztfCnwx8V/ib8XNB+LRi&#10;tNN03VJts9zC8ZRLSMbGQRMxb5ghQHk55OBzX2ffafa6nbmC8tobuAkExTxh1JHTg8U+1tYbK3SC&#10;3hjt4IxhIolCqo9ABwKoCWiiigDLi0+3u72/eWPewmAzuI48tKm/sWz/AOeP/jzf406y/wCPnUP+&#10;u4/9FpVygCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/&#10;jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6i&#10;gCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/&#10;AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ&#10;/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDP&#10;H/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5&#10;v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP&#10;7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/&#10;+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/&#10;AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83&#10;+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXq&#10;KAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP&#10;9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f&#10;/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/&#10;AMeb/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb&#10;/Gj+xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+&#10;xbP/AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/&#10;AJ4/+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/&#10;+PN/jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/&#10;jV6igCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6i&#10;gCj/AGLZ/wDPH/x5v8aP7Fs/+eP/AI83+NXqKAKP9i2f/PH/AMeb/Gj+xbP/AJ4/+PN/jV6igCj/&#10;AGLZ/wDPH/x5v8aKvUUAVrL/AFY+lWarWX+rH0qzUoAorB8d+NdN+HfhPUfEWrmb+z7FFaXyI97n&#10;cwUAD3LD29aveHtdtfE+g6drFiXayv7eO6gMilWKOoZcg9DgiqA0KKKKAKdl/wAfOof9dx/6LSrl&#10;U7L/AI+dQ/67j/0WlXKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigCG6vILGJZLmeO3j&#10;Z0iDyuFBd2CIuT3ZmVQO5IA5Ncz8QfH58Bw6KIfD+q+Jr7V7/wDs+10/SGtllZxbzTsxa4mhjChL&#10;eT+POcAA5rprpZ3iUW0kcUm9CWljLgoGBcYDLyV3AHPBIJDAYPG/FP4R6F8YLfw/Y+JLKz1TR9N1&#10;F7+bTr61WeK6zaXNuF5PyFTcCQOASDGMYJyACn4b+OnhzxPp+lajblrbTdQgjuBdXt3aQiBHt5rg&#10;+Yhn8wbVt5AcKfulhlFd10F+Nnw7eDSZ18e+GGh1dimnSDWLfbesH2EQnfiQhyFwueeOteLeKv2X&#10;tV1ay0DwvLqk+o6fPZiyvtbt7eO1WyittLvrKElPO3vJIb2M4jUL+5kJKbkFWLH9jc2+javBL4qT&#10;+0tT0m/06e9S0u5j5tzLav8AaAbq9nlyotVG0y4JOQVxggHu2pfEDwvo3iay8Oah4k0ix8Q3yq9p&#10;pNzfxR3dwpLBTHEzB2BKOAQD9xvQ1mR/Gf4fSqGTx14acG9Gm5XV7c/6Welv9/8A1v8Asfe9q4Tx&#10;h8H/ABD4z+Ol7rH2610zwkdO8PNMXsxPcXlxYale3nlRSCZTBtLW+5mjcOsuFKspI5/4SfsfR/C7&#10;xL4d1ZvE39rNociLD5sN28ktvHa3VvDGzT3kyoV+1u37lI04wI1zkAHtcnxG8Jw+KX8Mv4o0ZPEi&#10;IZG0dtQiF4qhBIWMO7fgIQ2cfdIPSs1/jX8PI/D8GvP498MLoc9wbSLU21i3FtJOBkxLLv2lwOdo&#10;OfavKdc/Z+8S+OPil49vr3VoNC8MX2oW97YmKwSe7nmTSRaCVZTLhER5JMxvES2zhgrHPAeOP2W/&#10;HXhDwBqlt4Yvx4z8R6ydStZpJLQvFFBeWFpatuN9qLSrj7DERKsshQOyiF1woAPpRfjL4Li1hNKv&#10;vE+i6Xqc92LOzs7zVrQTXrHbtMSLKWO4uAFIDZ/h5GdG1+JXhG+1a90u28VaJcanZXKWd1ZRajC0&#10;1vO5ISKRA2VdirAKQCcHA4rxu4/ZKa6vvEV6fFIhuNYsYrRSmn5NsUntptyt5oLc2wH8PUHtg7Xw&#10;7/Z81v4f/E3V/Fo8Yw6mt+Z4hZ3Nhct5VvLdm4KLuvDFGw3FQYYo0/iMbNkkA9uooooAK5q+8fad&#10;pmu3umXcF7bCzsZdQkvZbcrbmOIRmTYx5cqJUJ2gjqM5BFdLXO+JPBsHie98y6mZbZ9LvdLlhReW&#10;S4MOWDZ4IEJGMc7u2OQBng7xxD4wa6iGmahpF1bpFM1tqKRrI0UoJjkHlu4w21hgkMCpBArpa5Pw&#10;R4P1Dw5PeXeraxHrN9PBb2iyQWn2ZEhhD7Bs3vliZJGZsgEnhQBVD4gfBHwb8TdQ0++1/Robm8s5&#10;VkFwgCPKq9IpGHLx/wCyfwxk5AO7oqvYafa6VZQWdlbQ2dnAgjit7eMJHGo4Cqo4AHoKsUAFQS3t&#10;vb3MFvLcRRz3G4QxO4DSbRlto6nA5OKnqCVLhrmBopYkgXd5yPEWZ+Pl2tuAXB65DZ9utAHN+Kvi&#10;LZeEfEnhvRrrT9TuJdduTaw3Vta7raB9pYebKSAudpwoyxwTjAzXTXdwtnazTusjrEhcrEhdyAM4&#10;VQCWPoAMmsLxf4R/4Sq48Oy/a/sv9kapHqWPL3+btjkTZ1G3PmZzz06c1Yk8KwLq2o6rbXuo2+pX&#10;tsLbcb+eW3hwPleO1dzAjg4JYIC3cmgDnvBfxe03xXYa/c6hp1/4Pk0KVI9Qt/ETW8LwK8KTJIzR&#10;yyIqlJFOCwZeQwU1r3XxK8I2OtWuj3PirRLfV7u4a0t9Pl1GFbiadQpaJIy25nAdSVAyNw45Fcd8&#10;OvgYnhbQPGWma9e6bq8PiqR2v7TSNJ/syyIeERSsIPNk/eyjLSPuG4kHaMc8Rcfsl6hLf+C7n/hO&#10;5pTo1za3+pGe0nDapdxaj9vkmIiuo0/eSErtmScIApQKQSQD2fw98S/CfjG11Kfw54j0vxKunKGu&#10;l0S8jvXhypZQyxFiGYKcDGTjjNUvhz8TIPiGNYi/sTVvDuoaVPHBdadrKQrOnmQpNG37mWRcMkin&#10;BYMOQyg1y3wq+AsnwtS2Fr4iaZofDNr4eDRWQi+eGa5lFzguwyTct8pBxgnJ3EVqfBz4UXXwwTxD&#10;Leanp99da1erezRaNpP9mWaSCNUaQQebJ+9kK7pHDDc2DtGOQD0eiiigArzy1+LkL+FItSksWk1S&#10;6u57Kx0q2ffJcyJIyDHHA4yzHhR+GfQ68m0j4UalYaBaXltNDp3i3T7q6ltbjO+KWKSVn8mXHVGD&#10;fVScj3APVLZ5ZLaJ5ohDMyAvEG3BGxyM98HvUtRwGQwRmYIs20bxGSVDY5wTjIzUlABXMaz44jsv&#10;E1h4f0+0fVdUmZXuI4mCrZwZ5lkboPZep/EZ6euM1DwXd6d4yi8ReHporaS7dItXs5iRFdRDgSDA&#10;4lUdD0PfvkA7OiiigArmLnxxFpnjFNC1O1ewjulX+z792Bhunx80ef4HHYHr27A9PXG634Mu/Fvi&#10;yCbWJon8OaeUmtNPjyTPcY/1k2R0X+FRkHqfSgDsqKKKACuGl+JqW1l4miu7A2OuaLbT3Y0+aTi5&#10;hRWZJI3A+ZWwAcDKnIPv3Neba38ONR8Rx+I9T1aWC71iaxu7HSLaJiILSN0ZAckDLvkbmPTOBxQB&#10;3+l3h1HTLS7K7DPCkpUHONyg4/WrVUtFtZLHRrC2lAEsNvHG4ByMhQD/ACq7QAUUUUAVrL/Vj6VZ&#10;qtZf6sfSrNSgOP8Ai7cala/DfXpdI1bTdD1FIAYr/Vtv2aL5hu37gV5XIGQRkjg1s+EHu5fCmjPf&#10;3lpqN61nC015Yf8AHvO5QZePHGwnkY7EcCl8V+FNK8b+H7zQ9cs1v9Lu1CzW7syhgGDDlSCCCAQQ&#10;QcirWkaRZ6BpVnpun26WtjaRLBBAn3URRhQPoBVAXKKKKAKdl/x86h/13H/otKuVTsv+PnUP+u4/&#10;9FpVygAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigCtZf6sfSrNVrL/AFY+lWalAFFFFUAUUUUAU7L/AI+dQ/67j/0WlXKp2X/H&#10;zqH/AF3H/otKuUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAVrL/Vj6VZooqUAUUUVQBRRRQBTsv+PnUP+u4/9FpVyiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigD//ZUEsDBBQABgAIAAAAIQC27mN13QAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9P&#10;S8NAEMXvgt9hGcGb3Y3xT4jZlFLUUxFsBfE2zU6T0OxsyG6T9Nu7etHLwOM93vtNsZxtJ0YafOtY&#10;Q7JQIIgrZ1quNXzsXm4yED4gG+wck4YzeViWlxcF5sZN/E7jNtQilrDPUUMTQp9L6auGLPqF64mj&#10;d3CDxRDlUEsz4BTLbSdvlXqQFluOCw32tG6oOm5PVsPrhNMqTZ7HzfGwPn/t7t8+NwlpfX01r55A&#10;BJrDXxh+8CM6lJFp705svOg0xEfC743eY6ZSEHsNaXanQJaF/E9ffgMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8Q&#10;Zm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlMu3/aiT0oJuOdgKaqgZGTXhmnBVz642oL&#10;LGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7kSBZT5QO50gw+WszljJoHlDfUxNd1veHx&#10;kwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgLEKOmLMCSMvgOm+oaSAPvWv71WfcCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxiCugIkEAAA4DwAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAgaRc4++3AADvtwAAFQAAAAAAAAAAAAAAAADx&#10;BgAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0AFAAGAAgAAAAhALbuY3XdAAAABQEAAA8AAAAA&#10;AAAAAAAAAAAAE78AAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBYYLMbugAAACIBAAAZ&#10;AAAAAAAAAAAAAAAAAB3AAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfQEA&#10;AA7BAAAAAA==&#10;">
                 <v:shape id="Image 57" style="position:absolute;width:48895;height:24384;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, email  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAj04YtxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedFOhKtFV1FYQezIVqrdH9jUbzL4N2TXGf+8WhB6HmfmGmS87W4mWGl86VvA2TEAQ&#10;506XXCg4fm8HUxA+IGusHJOCO3lYLnovc0y1u/GB2iwUIkLYp6jAhFCnUvrckEU/dDVx9H5dYzFE&#10;2RRSN3iLcFvJUZKMpcWS44LBmjaG8kt2tQoup9Vk9HX8aM/n7d6s/eePrBJW6rXfrWYgAnXhP/xs&#10;77SC9wn8fYk/QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACPThi3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, email  Description automatically generated" r:id="rId49"/>
                 </v:shape>
                 <v:shape id="Graphic 58" style="position:absolute;left:41865;top:4312;width:7620;height:2553;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="762000,255270" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m762000,32004r-31877,l730123,223012r31877,l762000,32004xem762000,l,,,31750,,223520r,31750l762000,255270r,-31750l31877,223520r,-191770l762000,31750,762000,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDuFwmmwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCF4WTRVctTYVERY8eNnuHjwOzdgWm0lJsrb6681B8Ph439luMK24kfONZQXzWQKCuLS6&#10;4UrB3+/3dA3CB2SNrWVScCcPu3z0kWGqbc8/dCtCJWII+xQV1CF0qZS+rMmgn9mOOHIX6wyGCF0l&#10;tcM+hptWLpLkSxpsODbU2NGhpvJa/BsFK3f+PLn55qBPj2sfrC/k8GiUmoyH/RZEoCG8xS/3UStY&#10;xrHxS/wBMn8CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7hcJpsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 59" style="position:absolute;left:41865;top:4315;width:7620;height:2546;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="762000,254635" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l762000,r,254634l,254634,,xem31876,31750r,191007l730123,222757r,-191007l31876,31750xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZQg1yxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcoTelGZj1WKiq4hFqBQEf3p/yJ4m0ezZsLuN6dt3C0Ivh5n5hlmsetOIjpyvLSsYJSkI&#10;4sLqmksF59P2eQbCB2SNjWVS8EMeVsvBwwJzbW98oO4YShEh7HNUUIXQ5lL6oiKDPrEtcfS+rDMY&#10;onSl1A5vEW4a+ZKmr9JgzXGhwpY2FRXX47dRMFmPP6aXrr6W7vOt2LlsP5uEJ6Ueh/16DiJQH/7D&#10;9/a7VjDN4O9L/AFy+QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZQg1yxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E84B277" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53BF5193" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
@@ -14465,51 +14466,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="3E942A25">
               <v:group id="Group 60" style="position:absolute;margin-left:70.85pt;margin-top:10.95pt;width:453.75pt;height:294pt;z-index:-15718400;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="57626,37338" o:spid="_x0000_s1026" w14:anchorId="50182BB8" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAC0T+cIqBwAAgiUAAA4AAABkcnMvZTJvRG9jLnhtbOxaa4+bRhT9Xqn/&#10;AfE9MQxPW/FGVba7ihSlUZOqnzHGNgqvAt7d/PueeVwYGz8gaZNW2qziGczhcubOvWfugF+9fsoz&#10;4yGpm7Qslqb90jKNpIjLdVpsl+Yfn+5ehKbRtFGxjrKySJbml6QxX9/8/NOrx2qRsHJXZuukNmCk&#10;aBaP1dLctW21mM2aeJfkUfOyrJICJzdlnUctDuvtbF1Hj7CeZzNmWf7ssazXVV3GSdPg21t50rwR&#10;9jebJG5/22yapDWypQlurfisxeeKf85uXkWLbR1VuzRWNKKvYJFHaYGbdqZuozYy9nU6MJWncV02&#10;5aZ9GZf5rNxs0jgRY8BobOtoNPd1ua/EWLaLx23VuQmuPfLTV5uN3z/c19XH6kMt2aP7row/N/DL&#10;7LHaLvTz/Hjbg582dc4vwiCMJ+HRL51Hk6fWiPGlF/jMZ55pxDjnBI4TWsrn8Q4TM7gu3v165cpZ&#10;tJA3FvQ6OlUaL/BfuQi9gYuuhxKuavd1Yioj+SgbeVR/3lcvMJtV1KarNEvbLyIyMW+cVPHwIY25&#10;d/kBvPmhNtL10vRt0yiiHBnxNo+2iYFjuJww/Ao+AwMDqyyt7tIs437nfUUVAX0UECdGK4Pttoz3&#10;eVK0MnvqJAPrsmh2adWYRr1I8lUCevXbNQjGyNwWFKs6LVqZKk1bJ2284/ffgMfvSDBONFp0JwTp&#10;nicfQqPCa2TEWAFDqlLE+IHDb93Ne7So6qa9T8rc4B1wBQc4O1pED+8axYYgyoeSgGAGPlwcoDYN&#10;eQ9HA/9NSqiPu6hKQIGb1aaY0RTfK33xGR+JQvGcU0dn/OP6PgstJA9yJ2Ru6LtyDii5wrnneMpT&#10;UI+5I1JLc1S8l47SnQOJWks3wWE76sVPBXW5O7laZkItWwQFXGwaUMuVvD3inF/HjfKu8Qh2islu&#10;aSoi/GxePiSfSoFreaYTCsNhrmeLiAfbHpYVB/DAsoJAjF6HE4jaStruwXbgW0x4GsYJRa1CK75g&#10;Mg19ikiclU0iI5T745v8QjN4zieYbXAmFA2KWjk4iWGu3cUDnadWx2H83ijgQYSRJWoHbp2GHkGC&#10;eQxCwEc/CXzdDQdRec1nGvh4EgZhgOjrUgV9PRmbMkvXpONNvV29yWrjIULW3d1Z+McTDZdoMKx2&#10;jdJR3luV6y9YSR4hLEuz+Wsf8WUre1tAyDD9LXVq6qyoU7fZm1LUQiJOIaCfnv6M6kppaQtteV+S&#10;ng0kVWL5lUX5y74tN6nQ254RaPMDaOv3ElnEhFxHO5EVywVnASkeK7IuiSyTuRAt/q8ie6gQ53Tk&#10;Qhx/S0or6dHXIjJHra49FOd0bpBCU1eYXiSYZ7u+SqNzTujRkBTfCxSc2FCrtI0vMD4J0AS0zoRM&#10;UitN9zxOYQdOuaArWcFXY5uBq6iINAGBmozRGVld3UbNTuqRsNA5RqW3rFf6rH/WIRO12bEOiWpt&#10;tA45YSCKOSxwoReE4XGt59uWj/QSVbEVOC7lDtXU+vJChfC/U+spJqj1HEmErwd9jql0USitWukh&#10;h+F/qFh0jlpdL5zQ7tZGOk+tjmP+nHUOIgC1OlANQK62BKB2MJBp6BEknNANsc2CjyaBr7shZMwL&#10;5sLyJDDzEYVXSud+YqehRxDpTTtB2Mk3zQe1g3mhVCDAFMWcrpDPlRiVh0rb6IkGNqpHlZjHF46v&#10;VECGnS2u1goxFR1KAeeBsI7F8AcrICdySgEPZe2c+IV9zB+HMYXzIN6hQ/3oCUXtkbyNAx7fepBB&#10;WiGmCEv5Pzf4Xtl4j8yfc0KPhg46PtVtNCRqlSN6bZuG1pmQSWql6Z7HKezAKc+FmNo8/qc2hKjR&#10;j2RIxNN4GbLnrnroZtsouuyjSsxzHaySqhSzHd9TSvUjlKjjgmwkKqe0yHUty+OPClFqBIEVzq9l&#10;5AkopQq1utCErhfime2lOkpatNnc9rq7kylqdZM0nEs29WFNxo9gErguHiSKZ06T0CPc4TrMtxle&#10;jvF6/7r3dDj3oevTQ3HyHbXShweemYgfQ0eLJ8DtkNZiYkHtkM1B+BFsIK39ejM2xDvciB2H5+Jd&#10;myc385ejVkc6nocd2KV41NFQBftKoLtOMGeQF7EBmAafxmUa+vIYXQd/2IVx0uOR1xnodkf5rqfB&#10;sGGW1SI0mEKKWhmBenRMhXuW64o1YJz16xOpk7numEO0jW3d5RBUq9OJ6Rlk2YUC5nlfJH5/8E+8&#10;BsQrrKOCRDxpHF2QyNeAUiZQkMznsp7ud0b4znGpImGoTbql+LtvjToqKEgUk1P1yKF8nNsWdMZO&#10;xPJheutIFvrh/PLqKG8/Gngsc4M86lerjsjl8TteaMuXWbxH4nLODz0az4ex97soAFjY8EZPvjSe&#10;CNe5kH+plTLaMzmFHfjlgr48P6lW7/D0N2biJy34oY94+ad+lMR/SaQfC3z/06mbvwEAAP//AwBQ&#10;SwMECgAAAAAAAAAhAM7dnDE1NwEANTcBABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBK&#10;RklGAAEBAQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhAN&#10;DhEOCwsQFhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAqMEEQMBIgACEQEDEQH/&#10;xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMA&#10;BBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0&#10;tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEB&#10;AQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2Fx&#10;EyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZ&#10;WmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TF&#10;xsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP0v0K0ttZtZ5J0L&#10;skxQEOw4wD2PvV8+GNNP/Lu3/f1/8ayfh1L52lXp9Lth/wCOJXV0AZP/AAi2mf8APu3/AH9f/Gj/&#10;AIRbTP8An3b/AL+v/jWtRQBk/wDCLaZ/z7t/39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/wi2mf8+7f&#10;9/X/AMaP+EW0z/n3b/v6/wDjWtRQBk/8Itpn/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT/wAItpn/&#10;AD7t/wB/X/xo/wCEW0z/AJ92/wC/r/41rUUAZP8Awi2mf8+7f9/X/wAaP+EW0z/n3b/v6/8AjWtR&#10;QBk/8Itpn/Pu3/f1/wDGj/hFtM/592/7+v8A41rUUAZP/CLaZ/z7t/39f/Gj/hFtM/592/7+v/jW&#10;tRQBk/8ACLaZ/wA+7f8Af1/8aP8AhFtM/wCfdv8Av6/+Na1FAGT/AMItpn/Pu3/f1/8AGj/hFtM/&#10;592/7+v/AI1rUUAZP/CLaZ/z7t/39f8Axo/4RbTP+fdv+/r/AONa1FAGT/wi2mf8+7f9/X/xo/4R&#10;bTP+fdv+/r/41rUUAZP/AAi2mf8APu3/AH9f/Gj/AIRbTP8An3b/AL+v/jWtRQBk/wDCLaZ/z7t/&#10;39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/wi2mf8+7f9/X/AMaP+EW0z/n3b/v6/wDjWtRQBk/8Itpn&#10;/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT/wAItpn/AD7t/wB/X/xo/wCEW0z/AJ92/wC/r/41rUUA&#10;ZP8Awi2mf8+7f9/X/wAaP+EW0z/n3b/v6/8AjWtRQBk/8Itpn/Pu3/f1/wDGj/hFtM/592/7+v8A&#10;41rUUAZP/CLaZ/z7t/39f/Gj/hFtM/592/7+v/jWtRQBk/8ACLaZ/wA+7f8Af1/8aP8AhFtM/wCf&#10;dv8Av6/+Na1FAGT/AMItpn/Pu3/f1/8AGj/hFtM/592/7+v/AI1rUUAZP/CLaZ/z7t/39f8Axo/4&#10;RbTP+fdv+/r/AONa1FAGT/wi2mf8+7f9/X/xo/4RbTP+fdv+/r/41rUUAZP/AAi2mf8APu3/AH9f&#10;/Gj/AIRbTP8An3b/AL+v/jWtRQBk/wDCLaZ/z7t/39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/wi2mf&#10;8+7f9/X/AMaP+EW0z/n3b/v6/wDjWtRQBk/8Itpn/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT/wAI&#10;tpn/AD7t/wB/X/xo/wCEW0z/AJ92/wC/r/41rUUAZP8Awi2mf8+7f9/X/wAaP+EW0z/n3b/v6/8A&#10;jWtRQBk/8Itpn/Pu3/f1/wDGj/hFtM/592/7+v8A41rUUAZP/CLaZ/z7t/39f/Gj/hFtM/592/7+&#10;v/jWtRQBk/8ACLaZ/wA+7f8Af1/8aP8AhFtM/wCfdv8Av6/+Na1FAGT/AMItpn/Pu3/f1/8AGj/h&#10;FtM/592/7+v/AI1rUUAZP/CLaZ/z7t/39f8Axo/4RbTP+fdv+/r/AONa1FAGT/wi2mf8+7f9/X/x&#10;o/4RbTP+fdv+/r/41rUUAZP/AAi2mf8APu3/AH9f/Gj/AIRbTP8An3b/AL+v/jWtRQBk/wDCLaZ/&#10;z7t/39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/wi2mf8+7f9/X/AMaP+EW0z/n3b/v6/wDjWtRQBk/8&#10;Itpn/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT/wAItpn/AD7t/wB/X/xo/wCEW0z/AJ92/wC/r/41&#10;rUUAZP8Awi2mf8+7f9/X/wAaP+EW0z/n3b/v6/8AjWtRQBk/8Itpn/Pu3/f1/wDGj/hFtM/592/7&#10;+v8A41rUUAZP/CLaZ/z7t/39f/Gj/hFtM/592/7+v/jWtRQBk/8ACLaZ/wA+7f8Af1/8aP8AhFtM&#10;/wCfdv8Av6/+Na1FAGT/AMItpn/Pu3/f1/8AGj/hFtM/592/7+v/AI1rUUAZP/CLaZ/z7t/39f8A&#10;xo/4RbTP+fdv+/r/AONa1FAGT/wi2mf8+7f9/X/xo/4RbTP+fdv+/r/41rUUAZP/AAi2mf8APu3/&#10;AH9f/Gj/AIRbTP8An3b/AL+v/jWtRQBk/wDCLaZ/z7t/39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/w&#10;i2mf8+7f9/X/AMaP+EW0z/n3b/v6/wDjWtRQBk/8Itpn/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT&#10;/wAItpn/AD7t/wB/X/xo/wCEW0z/AJ92/wC/r/41rUUAZP8Awi2mf8+7f9/X/wAaP+EW0z/n3b/v&#10;6/8AjWtRQBk/8Itpn/Pu3/f1/wDGj/hFtM/592/7+v8A41rUUAZP/CLaZ/z7t/39f/Gj/hFtM/59&#10;2/7+v/jWtRQBk/8ACLaZ/wA+7f8Af1/8aP8AhFtM/wCfdv8Av6/+Na1FAGT/AMItpn/Pu3/f1/8A&#10;Gj/hFtM/592/7+v/AI1rUUAZP/CLaZ/z7t/39f8Axo/4RbTP+fdv+/r/AONa1FAGT/wi2mf8+7f9&#10;/X/xo/4RbTP+fdv+/r/41rUUAZP/AAi2mf8APu3/AH9f/Gj/AIRbTP8An3b/AL+v/jWtRQBk/wDC&#10;LaZ/z7t/39f/ABo/4RbTP+fdv+/r/wCNa1FAGT/wi2mf8+7f9/X/AMaP+EW0z/n3b/v6/wDjWtRQ&#10;Bk/8Itpn/Pu3/f1/8aP+EW0z/n3b/v6/+Na1FAGT/wAItpn/AD7t/wB/X/xorWooA434XHOjX/8A&#10;1+v/AOgJXZVxnws/5At//wBfr/8AoCV2dABRRXz18ef2xvDvwjvZ9E0q3HiPxJF8ssKSbbe1b0kc&#10;ZJYf3FHsSprtwmCxGOqqjhoc0v61b2SOHGY7D5fSdbEzUY/n5Jbt+h9C0V+aWuftyfFfVblpLTVb&#10;HRoyciGy0+J1A9Myhz+ta3hD9vf4i6HdIdaj07xJa5+dJYBbykf7LxgAH6qfpX1cuDsyUOZcrfa+&#10;v5WPkI8aZXKfK1JLvy6fnf8AA/ReivNPgp8f/C/xx0qSbRpXtdTt1ButLuiBNCOm4Y4dM8bh7ZAJ&#10;xXpdfHV6FXDVHSrRcZLdM+1w+IpYqmq1CSlF7NBXKeNPFl34du7KC1hhkM8TyFpQ7EkSwRIiqvJL&#10;NOv5V1dcn470OS9FlqcEctxPYyQj7PCoJeP7ZayuR7hYOB3yawOgk8O+K7m8uY7LVbKWyvZi7Qny&#10;GSN1UAkZJPPJ/CsL4meLvFXhCK91Wwg0tdHsUg2QXaPJc6nNJJtMEJV1ETcqqllfcz9ABk7IvZ9c&#10;8T6PLHpl9aw2qztJJdQ+Wo3KAAOeTms3xd4E8Ra/4y0/WrLxBpkFrp0f+iadqWkSXUcM5yGuAUuY&#10;svtO0bgdozjBYkgGRdfE3XItfubuOLT/APhGbXxDB4ckt2ik+2O8pjj88Sb9gAlmUbNhyoJ3AnAv&#10;aH4y8UW/jTT9J8RR6TGmoafcag9pZK4l0tI3QKJpTIyyht5G4LGNyHAYAkLN8JribxBJL/baLoE+&#10;rw69Ppgs/wB613GEK7ZvMwIzJGjlShOQQGAOBBoPwo1eI67B4j1zTdfsdeEi6m0WmT2l5cIVKpGJ&#10;luyERFO0KqDjP8TMxALHwv8AiVf/ABA8Q+KY5bOG10izNtLpbgMJZ7eVXKyyZOPn2B1AAwrrnnNZ&#10;J+LGs2mopql3FYf8ItLrt3oK20UL/bI2g85POMhfYwaSBhsCDAdTuOCKv6T8AfDFlr2tXt/A/iGx&#10;v0t1j07XJptQjgMSsN3+kSSBm+bhiAUBYA4Y5evwed9ZVbnV0uPDMeq3GtR6V9k2zfaZhJvDTh/m&#10;jDzSOF2BgSPmIGKAKfg34ieKdWm0dNQt9Hll8R6DLrekxW4lgWB08k/Z55CZC2RcxfvFRcbX+Q8V&#10;PofjvxLrvwqtNeY6DpOpm6uIr+7vGf7BZQw3Esby4LKzgLGOC6ZLZJAGKveBvhhd+FtS0y41HXF1&#10;iLRtMbSNKjWz8hobdmjLGVt7CSQiGFdyhBhT8vzVY034f6p4e8GWmj6P4hFlf2t9PerdyWfmRSiS&#10;eWUxSRbwWXEuPldTlQcjpQBxN38adaTwx4evZLzw/o0OoXd/bv4j1CORtMkWBnELRqJVI88LuTMh&#10;4Vsb8rmxr/xY8U6X4a0LXZINE0n7dZWk0WhX5dr/AFK5kI823g+dPLKhlwSkhJblVANacHwa1DTG&#10;0q/07xBax67az6hcTTXel+daSm8dXm2wCVTHgou3EhwC27duJqO5+CeoN4Pt/CVv4rb/AIRt7CGw&#10;vLa6sFllKoSWe3kDqIWYHHKyBdq7QMcgGpr+s+MdN8c6Jpdnqeh3dtqVy0rWTaTMs0FjGQZpGm+1&#10;Fdw3IgPl4LyLxjOPQ6wI/C23x5ceJHut+/TY9OitfL/1W2V5HfdnndujGMDHljk5436ACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAornPGOvX2kNo1pp1hLfXOp36WjPHkC1iKs0kzHBA2q&#10;pxnqxUVxY8EWMmrS+Dv7Z8SHUEtl1oa82ryfafMZ2i24GF2gL9zGzn7tAHq9FcR8LfEmq6pa6xo3&#10;iCSOfX9AvDY3NzEgRbpCiyRT7RwpdHXIHAIOOMVt+OtSudG8E+IL+zk8m7tdPuJ4ZNoba6xsVOCC&#10;DggdamUuVOT6FRXM1FdTcoryofFbXIYVtbLQItaurTQLXWbu5mvxbBxIr7lVRE3z5jJA4U5OSuBn&#10;Li8Z3+vfE6DVpme38J2fhyLWkjj1SaIhJPMJkkhRAsrfJt2MxUAbgSTgW1yyafS/4X/+RZCfMrrr&#10;b8bf5o9porzKD4wXtvb2tzq3hwabBqenT6hpZW981pRFH5vlTDyx5TlPmGC46jORgtt/it4gurXw&#10;t5fhO3S98RiSSzgl1bCpEsKyh5HEJwSCRtAbGB1zwWa0/rr/AJMfmen0V5ZoPxovtTfRp77wz/Zm&#10;nX+ptorzNfiSSK8UupAjCANHuQqH3A5/hxTz8aGXxpF4daw0v7VdXM9nbQprkct0siIzK1xCiMYo&#10;32H5gzkZGVBOKW9rdf6/VfeG179P6/RnqFFeLeC/iFrGr+BvCOo+JLdbm71DxAbKKayvmi4DzKHk&#10;VY0BC7Cuw5DABiQeBb0j9oax1/X7Sw0+DTLiLULmayssauhujKiuVaa3VC0UTlCA+WIypKjIoWui&#10;/rb/ADB6Xv8A1q1+h69RXiPw88Za1onwybxRq6293ealfuGn1PxC0VrEvnSLuYyoFgRcbQkSuW+U&#10;4641ovjzBeeGtN1C2sbI3N5qculb59UVNPSSMMxb7UEOUYL8hCZYkDAo/wCB+Nv8w2/H8L/5HrFF&#10;eX+IPjYvh220OC90+x0rW9Simma11rVo7S3hSM7SfP2sG3EjYAuWByduDXZeBfF1t488Jabr1pG0&#10;MN7GXEbMGKMGKsMjggFTyOvWnvdroGxvUUUUgCiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKAOM+Fn/IFv8A/r9f/wBASuzrjPhZ/wAgW/8A+v1//QErs6APDP2u/jRcfCD4abdK&#10;mMHiDWXa0s5V+9CoGZZR7qCAPRnU9q/MmSR5pGkkZnkclmZjkknqSa+q/wDgojqU0vxQ8N6exP2e&#10;DRxOg7bpJ5Vb9IlrL/4J92Vvd/G3UpJ4I5nt9DnlhZ1BMb+fAu5fQ7WYZ9Ca/Z8lVPKMjeOUbyac&#10;n562Sv5f5n4fnkqmc58sA5csU1BdbaXbt5/5HzNRX7JeL/B2i+PfD91oniDT4tT0u5AElvLkZxyC&#10;CCCpHYggjsa8sb9jH4OlSB4QKk9xqd5x/wCRqwoca4WUf39KUX5Wf52OmvwLi4y/cVoyXndP8Ob8&#10;z83fA/jbV/h34p0/xBol01rqNnIHRh91x/EjDurDII9DX61/DrxvZ/EjwNoviawBS21K3WbyycmN&#10;ujoT6qwZfwr8mfiP4ftvCfxD8UaHZs7WmmardWUJkOWKRzMi5PrhRX3r+wFqU198DLmCUkpZaxcQ&#10;RA9lMcUnH/ApGqeL8NSr4KnjorVNa94yV192/wB4+DMVVw+OqYCT91pu3aUXZtequvuPpSue1Hx9&#10;oOk+NdI8JXd95PiDV7ee6sbQwyETxw7fNIcLsBXevylgcHIBroa8E/acRfDPiv4PePsiNNC8UR6f&#10;dzHgR2t/G1tIWPoHMNfkF0nHm2vZ/O/62+R+zfZk1uk392v5XPVNA+JfhnxT4w8S+FtL1WO717w4&#10;YBqtmsbqbYzIXj+YqFbKg/dJx0ODxU/gXx9oPxK8PJrnhu+/tLSnmmt0ufJkiDPFI0cmA6qSA6sM&#10;gYOOCRXxloPieT4RWFt8ZrhWibx/pHiO+uC+RmQFr7TVOT/z7xSKPrVrxJJ4v+HHg39n34N+HbLX&#10;3bVdIn1DWovDepQabqNy8MSSyQx3MzoIgZZXdyrByq4BGTQr2Sa10X/bzu2vlFXHLRu22r/7dVl+&#10;MnY+rviz8WNI+Dnhyz1rWra9urW61G10xEsER3Es8gjQkM6jaCeTnOOgNdrX58fFrR/ibYfAzV9G&#10;8ZW+v6NpX/Cb6G3hu78Q6ra6pqcUUkw8xXmieQP5cgypkySGAOcV65qfhXXPhj8dPD/gKx+IHizV&#10;tB+Iegarby/2zrElzdabd28Ssl3bSnDREiQjahC5AIAwMP7L6u+n/gvnt66P8F1uk91001/8D5b+&#10;lmtPX5/VdFfIPw++Ifin4nL8D/BM2sajZ+IdIur258YzWt3Ik0g0tjamOZgQXWed4mYHIYZzmrXw&#10;A8W3MX7PXjrx54m8b6va32nahrltHrOpXU99Dp8Mc8gjYWpfZKUONoILHhAduACTUVKSd0k36q8U&#10;mvVyX4jSbcY21bS9HZv8FF/gfWlFfDPw98XeJ/Bfxi+DKQXfxPk0vxf9qtdTl+IF9BLbakBbGZJr&#10;e2W4le1YMAdu2PCkLzzWF8aPiNrsXh/4k/ETwp4o+Juu3Wg6uwsda0+WGw8MWYimRDam0e4DXSL8&#10;yPKIm3tyMDNNrldn538rNL/25dvv0FH3tF5W87ptf+kvv92p+gdFfLJ/tv8AaF/aF8TeHb3xb4j8&#10;J+HPCehabPFZeGNSfT3u7u9jaRppJE+Z1QKFCH5cjJB5B6f9iXxDrfiX4O39z4g1y/8AEOoxeItU&#10;tjfalN5krJHcsqj0UADhVAUdAAOKai9U9Glf5c3L+av6E8yaTWzsvvip/k18zs/iL+0j8OfhTrg0&#10;bxJ4i+zat5BunsbOxub6aGH/AJ6SrbxuY193wDXa+FPFujeOvD1lrvh/U7bWNHvU8y3vbSQPHIM4&#10;OCO4III6ggg8ivEP2R4obnV/jdqU/wC91ub4g6lbXU8g/e+TEI1t0J67VjPyjoATjrXjNsdc8J+G&#10;fj1rHg26utN0/wAE/EVNeisdMnaKG5gjjhfULZlQgNGUZ2MZGNwHGaiLTS5uqUr9Ffl39FNa+Uux&#10;ck9eXo7W6vSX5uNreaPuyivj74m/G3xDph+OHxQ8N6ldXWg+E9Ds9D0W1WZmsZb6bZNNdmLOxmjF&#10;xAuSOisOlJ8H9B+Mmh/EfwfqB0jx3/wjt1BNH4muPF3iuw1K1mDQlo57eGOdmhYS4+WJQu1sY4zS&#10;bsm2rWV/wk0vuj8rrTe0tpK61/4HLf8A9Kt52fz+p/GviSXwh4W1DWING1HxDLaRh10zSIlkurjk&#10;DbGrMoJ5zyRwDWtbTG4topTG8JdAxjkGGXIzg+4r4T0TxN4kX/gm9q/j9/F3iWbxjJp1wg1aXWro&#10;yxhdRKKU/eYVgqgbwN+MgtjivSGj1z45/H++8HXvi/xL4a8N+FfDGn3vk+HdSksJ7+8ugxMssyfM&#10;6oq4C5xu5OeQdHFqTh1X/wAi5P8AD8fK43ZK721/CSj+f4b62PqmuN8K/GHwh428a+JvCWi6yl54&#10;i8NOiarYmCWNrcvnbhnUK446oWA4zjIrzD9irXdc174b+KDr+vaj4jvbPxdqtil9qk3mStHFMFQd&#10;goAH3VAUZ4AFeO+ArlvB37R/xH8cIAlpaePRoOqyDj/RL+2t0RmPolzHbHPYO/rSiuapGPRxv96g&#10;1/6WkxS92EpdU7fc53/9Idj6z8R/Fzwl4S8d+HPBuq6utr4l8RCQ6ZYCCV2nEYJYllUqgwD98rnB&#10;xnFU774oXdnpHie+XwR4muH0W/WxjtIbWMzakpZF8+2G/DRDeSSSpwjccV8x+IJ38YftN/Dnx0zb&#10;7PUPGd1omlkjI+x2Fjcxl1Po9zJdNx1ATrgVjfEX4j+LbH4MftQX1t4o1q3vdH8cQWmm3MWoTLJZ&#10;QmezBihYNmNCHYbVwPmPHJqafvKLe7b/APSqaX4VFf17pFSVpOK/u/e1Uv8AjD8PU+8aK+S7Lwxr&#10;Pxf/AGnPjJ4ev/H/AIy0TQdGsdGls7DQNZks1jlmtX3OGXlcFSdqkKxOWDYGPSf2NfHWtfEX9nTw&#10;rrHiG+fU9XzdWk17LjzJxBcywq746sVjXJ7nJ704+8r+Sfyba/NfiQ3t93z5VL8n96Pa6K+NPEnj&#10;Pxf4c8MfEf4Sw+ItVbxle+MLXS/D+rSXkr3cOn6k3npIsxbf+5ijvFyD8vkjHSrfxivbjxF8SfFW&#10;haR4j+KWuv4a0aCL+z/A13Hp0GkTNEXEt3dTXMX2uVxtbb821QcqSTUOaUOfpa/3R5n92z216o1U&#10;W58nW9v/ACblX37+nRn2BXH+F/ifpXi3x7408JWdveR6l4Ue0jvpZ0QQyG4h86PyiGJOF4O4Lz0z&#10;1r5W8MfE/wAYfHjQf2dPCuoeJtU0AeLNKvdW1/VdCnNneXf2RQqRpKmDEHY7n2YJHAwK5nXPE+v/&#10;ALOb/tQT+HtX1LXNbt73w3YWOq6vKlxdRfaIFjV3dgFcxrJhWk6lVLk8k6SThNxf95LzalCPy1l/&#10;Vtc4tTimvJvyTUn+Uf66ff8ARXyD8N9C+L3g/wAciZ9I8d2PgybRL2PV5vGniuy1Zkuki3W9xb+V&#10;O8kbFgysqAJ8wOBjj0b9ip73Xv2ePBPifWdZ1jXNd1TTgbq71TUp7jftkdVIR2KA4ABYKGbGWJJJ&#10;ppXv5Jfi2v0v6MG7W82/wSf629T3iivi/wCJnijx98VP2gviB4X0nTPHN3ofhG3sra2g8FeJLXRG&#10;Se4hMrXE7SyxtNnhUXlAEORlqyvE3jv4z6jL8JPhp4j0nxH/AMJJc6Nd6p4ht/C+tWen6hfeRN5U&#10;IF35qog27ZJBE+47wOBmoi+aKa62t6Pm1+6Lf3fKpLlbT6b/AIf/ACSXrf5/ctFfCHiy8+MfhT4Z&#10;+HdF8Qal4p8HG8+Jemado+o3es295qp0ycMGjnmhd0l2vux5udwC7gQK9Y+HkGrfC79ra4+H8Hiz&#10;xH4j8Nap4P8A7cMPiXU31CS3uo7sQ5ikk+ZVZWJKg4z+AFJXdu9/wipfLR29V5kSfKr/AD+XNy/P&#10;W3y9D3jW/FU2jeJvD2kpoWqajFqzzLJqVnErW1h5abwbhiwKh/urgHJ9K368F+NXiTV9K/aT+AGm&#10;WWqXtnpup3WsrfWdvcOkN2EstyCVAcOFbkbgcHkV84WX/CX3n7Lnj/4rN8TvGyeJfDesak+mQprM&#10;n2OOOC8O2KWE5EykEgiTdhdqjAGKzUlyuT2V2/RSjH/277jTlbkord2t6tSf/tv5eZ97+Jdet/C3&#10;hzVdau0kktdOtJbyVIQC7JGhdgoJAJwDjJH1rO+HPjqw+J3gPQfFmlw3Nvp2s2cd7bxXiqsyo65A&#10;cKzAHnnBI96wPHeqSa3+z94h1GVVSW88MXFw6r0Be0ZiB+dfH+jeOPGF/wCA/wBnf4beG7LxFdaf&#10;e+DhrWoQ+FtWg0u+uxGERI1upXTYiklnCMGYFR0zWri4VJU3uml87zv+Ef6vpCalThUWzu/laFvx&#10;kfcXjLxVN4SsrG4g0LVNfa5vYbNodJiWR4VkbBmcMy4jTqxGSB2NbGo30emafdXkoZoreJpXCDLE&#10;KCTj34r4h8Rax8XfAPwo0q08TTeJPDy/8LI0m20i41LW4bnUptMlcb4Lme2kbzAG3r85yykZziuw&#10;TTNd+Pfjr41ahe+OPFHhux8IXj6Ho2l6Ffm1t0Mduskk88eCtwXZ+kgK7eMcjGNVuNOco9E36Wgp&#10;berWnr0sa00pVIRl1aXrebj+Seu3zPo74Y/ELTvix8P9C8YaRDdW2mazard28V6irMqN0DhWYA/Q&#10;muor8+fD/jvxcvwZ/Zo+Hfhi116e31/RLi/1BPDWpQabqFzHbKpWGK5mdBEMvucqwcquARk1peON&#10;Q+MvgP4N6zaavd+KvCFq/jLRovDuo6prlvfaqlrPKFnhlngkcSIrjgSk7lfB3AV01Ir2jjHa9l/4&#10;FCP5y/B7HPCTdNSlva7+6Uvyj+KPvSivmPwxZ6v8IP2stB8G23jDxN4l8PeJPDV1fXNt4l1R78w3&#10;MEqBZYmfmPcGYFVwvPQYGNn9ozVtc8RfFf4T/DHTdf1Pwtpfiea/vNU1LRpzbXjw2kKyLBFMOY97&#10;MNxXBwODyay3UeX7Ta+5u/3Wb8zTZyT6JP70mvzSPoOivhrVfiP4r+AF/wDtNpY+J9f8VReEtH0Z&#10;tDXxDetetZvcrJlst97a0gJZsswjUMTitz4XeE/jJb+OfC8h074gW/h3U7S4tvE194n8XWN/Cwkg&#10;Yx3NrHFOz27rLjAiAG0gYGM0k+ZXj2v96k0v/Jd/Nedh+67S7/ly3f8A5Nt1s9tD7Jor4ItfjH45&#10;m8A+BLddf1NtZ+G6Xep+MyLlzJfRWWoJZtFO2cyeZCLmX5s5MYPUV1HjT4p+MIvD/wAT/E+ieIr2&#10;0h8R+OrDwVoly0rTW+lW6GO3nuoI2OxWaQzfMBywUnoKq1/h17ed3BRfpJy0/wAL8hP3fi0tv8uZ&#10;v7lG/wA13Ps+ivlPXrnWf2Yfi54V0/TvFfibxnoPiTRdXlutM8Tam+ozR3NjbC4SaGR/mTfyjICF&#10;+YEDpjhbm88Y+FP2aNA/aBPxG8Saj4tmNlrF7pU+oMdHuILmeNHsks/9XGAkm1WUbwy5zzwRtJq2&#10;2i+bly/n+HnoN3Xr087Lm/4Hr5an3NWbq/iXSfD8+nQ6nqVpp8uo3Is7NLmZYzczkEiOME/MxCk4&#10;HPBr5csfC2s/GP8AaS+OWh3/AMQfGmhaJoiaQ2n2Gg6zJZrBJNY5ZwV5GCpOwEIxYlgxxjzD7Vef&#10;G74SfsueJPFOr6xPrV94qTSrq5s9VubQypGbtBLiJ1CzERrmVQH5I3YJFTD3+Xz5fuk5L84hJpJv&#10;tf70lL8n+B+glFRW0C2ttFAjOyxoEDSuXYgDGSxJJPuTk1LVPfQS8wooopDCiiigDnfGGg3urnR7&#10;vT7+WxudMvku2SPJF1EFZZIWXcAdyscZPDBT2rh/EPirRtcsLbxCuh+K7LxHazfY4oLGwkivw2N5&#10;icYMbxHuWLR5OQc4NetUUAcP8LPDWq6TaaxrHiBI4df169N9dW8T71tlCLHFAG/i2Ii5PTJOOMV0&#10;vibRv+Ej8N6rpPnfZ/t1pLa+dt3bN6Fd2MjOM5xkVp0UmlJWY02ndHD6d8M/7Pur6b+0vM+1aFb6&#10;Lt8jG3yhIPN+9znzPu9sdTmoNB+E0GlMqXV99utj4ct/D0sPk+X5iR78yZ3HG4ORt7Y6mu/opv3m&#10;2+t/xvf/ANKf3kr3bW6f8D/JfceZQ/B+9uLe0t9W8RjUrfTNOuNP0wLY+U0Qlj8rzZj5h81wny8B&#10;B1OMnNbdr8PPs1z4Hl/tDd/wjNs9vjycfad0Aiz975OmcfN6e9dlRTu9/wCuv+bHbp/X9aHnY+Ee&#10;NM0u0/tb/jx8Rv4g3/Zvv7pZJPJxv4/1mN3PTOOaz9D+C99ot54fRfEccmj6HqM1/bWY04LJJ5gl&#10;BEsvmHcw804YKvQ5BJBHqlFJe7a3T9Lf5IHqmn/V7/5s830r4QyaZo+jaV/bCSWWka4dWtR9kIfy&#10;y0jeS58whjmU/OAOAPl71p+D/Auq+DJYrGz16F/DME0ssOnyWGbhFcs3l+f5mCisxI/dg4ABJrta&#10;KFpt/W3+SB67/wBb/wCbPNE+D09n4Z8L2FlrUSaj4fvZb23urmx82F2kMuQ0PmDoJeCHBBXPtS6b&#10;8K9Y0jRp7aDxRHPdXGpXGoXLXumLLbXQmA3Rywh1yARkFWXHoe/pVFK3T+un+SHe7v8A11/zZ5jp&#10;HwbuPC9toc2ha5HZ6xpsdzC09xY+bbTRTyeY8fkLIhRVcAoFf5QMc5r0TTILq20+3ivbpb27RAJb&#10;hYhEJG7kKCdo9smrVFVckKKKKQwooooAKKKKACiiigAooooAKKKKACiiigAooooAKK8e+OPinWdH&#10;1Kws7G6nsbSSEyGWBijO+4gjcOeABx/tV1nwi1zUdf8AB6XGpM0sqTPGkz9ZEGME+vJIz7V8xQz+&#10;hiM1qZTGElOCvfo7Wb8+qs9me3VyqrSwEMe5Llk9uvX5dNuh2tFeTfFTTLzUfif4GbTZfJ1O1tNS&#10;ubUlsK0i/Z/kb/ZcFkPoGJHIFcjbePbj/hJPHupaI4tLrVL7Q9PSa5jDGyeVfKcuh43RncNp43DB&#10;r6ePvL7/AMGl+LfyPEen9er/ACR9D0V4r4g8c+JPCl7rnhldXOo3nnaZFZazdW8QkthdytE3mqir&#10;GxTYWX5RncAQe/VeBNQ1qHx54r0HVNbl1u1063spLaW4t4YpB5olL7jGqgn5R2AwBxnJItdgem56&#10;BRXzh4i+IujeKfi34W1RvEmnQ6fpetvp9tZG9jVseRMJbmRd2QGk2RoTjgZH3xXq3j/WNV/4STwr&#10;4d0vUG0c6tLcPPfxRRySJHDHu2IJFZdzEjkqcAHihaxTXV/8H8tQekmuy/r/ACOwsdTs9TWZrO7g&#10;u1hlaCUwSBwkinDI2DwwPBB5FWa+efCOt6homiX2kWmqai+tX3i3U0/4lVlbyXV0sbEyMvnsIYux&#10;LMCOcAc5Gr4U8deKfG0vh3Qn1WbQ7yRtTa8v0t7drmRbWcQpHtIeIOd4LlQR8p24BoWtrdl+KT/C&#10;4PTc9xorwGw+I/jDVbbw7o8U9/eahdzaq91faTBZJcNHbXJiRY1uGWIDlSfvNgcdSw2tM1Tx5rev&#10;6FoOqatL4YvpNFuLu8+zW1rLI0sdwscb8iRF3KwZlUkckDHUK+nMv60uD0bT6f52PZKK5T4VeJLz&#10;xd8PND1bUCjX1xB++aNdqs6sVLAds7c4966uqas7CQUUUUhhRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFAHGfCz/kC3/wD1+v8A+gJXZ1xnws/5At//ANfr/wDoCV2dAHxb/wAFEvAs&#10;80XhfxfBGzwxB9MumAzsyd8RPsT5o+uPWuA/4J93tvafGzUkmnjhe40OeKFXYAyP58DbVz1O1WOB&#10;2U+lfe3jTwdpXxA8Laj4f1q3+06bfxGKVAcEdwynsykAg9iBX5jfHT9nTxL8EdZmF1BJqHh53/0X&#10;WIYz5TqTwsmPuP7Hr2JFfqWRYyjmWWzyerPlnZpPum76d2u3bY/Js/wVbLM0hnVGHPC6cl2aVtd7&#10;Jrr33P1UpGYKpJIAHJJ7V+KtFP8A1H/6iP8AyX/7YP8AXz/qG/8AJ/8A7U7D4x3kGofF3xxdWsyX&#10;FtPrt9LFNGwZXRrhyGBHUEEHNfop+yH4Fn8B/ArQ4buNob3US+pzRsMFfNxsBHr5Yjz75r5j/Zc/&#10;ZE1Hxjqlp4n8aWEun+HIGEsFhcoVlv2HK5U8rF3JP3ug4Oa/QIAKAAMAdAK5OKczpSpU8tw8ubkt&#10;zPzSsl+r7bHXwnlVaNWpmmIjy89+VdbSd2/Tou+4tcf8W/hdpHxn+Hur+DtdkuoNM1NEWSaxdUni&#10;KSLIjozKwDBkU5INdhWbf+ItO0zWNL0u5uPLv9TMotItjHzDGu9+QMDC88kZ7V+bOKkrP+v6sfp6&#10;bi7o4L4kfs7+E/ih8NtC8DaqLy30PRpbWW0FnKqSAQLsVCSrDayFkYYGQxwRWl8VfgzofxZt9Ie+&#10;udR0XWNGuDdaVrmiXAt76xcja/luVZdrr8rIysrDqOBjva5rwV45t/HUV9c2On30Gn29xJbRX10s&#10;ax3bI7I5iAcvtDIRl1XPGM1Tbk3fe/N89rkpKKVtkrfLseeeIP2WtD8Y/Dufwh4m8WeMPElrcarD&#10;q01/qWqK120kRUrGrLGqxR/L92JUPJIIPNaPw+/Z10fwL42bxdeeI/EvjTxEln/Z9pfeKL5LlrG3&#10;JyyQhI0A3EDczAscctyc+r0UJ2d1/Wlvy09AaurP+tb/AJ6nAeD/AII+G/A/xL8YeOdNW5Gs+KPJ&#10;+1pK6mGHYMHyVCgrvOGfJOWAPFZnh/8AZy8JaD8KPEPw7c3+p+HddnvJ7wXsy+bm5cvIFZFXADH5&#10;eMjAyTXqVZniLxLpvhPTf7Q1W5FpaebHB5hRm+eRwiDCgnlmA/GpsmuXpbl+V72+/wDEq7T5ut7/&#10;ADta/wB34Hjfh/8AZC0DR/FvhDxLf+M/G3ibVvCsrPpkmuapHOkUZiMRi8sRKu0gglgA5KrlyBis&#10;vxF+w34N8SaV4h0SXxV40s/Cus3M17J4bs9XWOwt7iV97SRp5RY4f5wjs6Bjnb0x9AQXs02pXVs1&#10;jPDDCqMl25Ty5i2chQGLZXAzuA6jGecW6b11f9Xab/FJ+uu+ol7u3l+G34Nr008j5g+Pvgzw/wCF&#10;/Gei65bWfxYtNdOj/wBnTav8NbP7R9st4z8kF0BG4D5JKttXGfvjAx1f7F/w31n4X/Aqx03XrGfS&#10;9Qu7+91L7Bdy+bPbRzTs8aStk5fZtLck5JzzmvdKKcW1zef+fN+f/DasTSfKlsv8uX8v+H0PIPGn&#10;7NOj+J/GGo+J9H8VeK/AWsarEsWqS+FNQS2TUNo2o8qSRyL5irwJFCsB3rrfAfwj8L/DjwI3hHRd&#10;O26NKJftK3LmaS7eXPmyTO2TI75OSfpwABXZUVNlyuHR6fLt6avTbyKu+ZS6r+r+vnuea+AP2fPB&#10;/wAPvhFN8N4LafV/DVyk6Xaas4lluhMSX8xlVcnBCggAgKvcZql8Ov2e7f4carY3EHjzxvrWnafA&#10;9tY6Nq+rLLZW8bDaBsSNGk2rwvms+3tyAa73xn4rtPA3hfUdev45prOxi82VLZQ0hGQPlBIGee5F&#10;bKsHUMOhGab95tvW+j+5/pcm1ko/1vr+NjyC2/Ze8K2v7O83waTUNYPhiWGSFrszRfbQrzmc4fyt&#10;mdxx9zp781w37QXg3w/4d8XeHtft7P4qWevLpT6a2s/DWzNy09tGQUt7oCNxkkko2wYOfmXAr3vx&#10;t4ysvAeh/wBq6hFcTW/2iC222yqz7pZVjU4JAwC4zz0z16VvUO8nzX66/db8n93cq9tH5/i7v8V9&#10;/Y8G/Ys+HGsfDX4MPba5YXWk3mqaxfavHp+oS+bdW0M0uYknbJzJsClsknLc85rpv+Gc/C7af8Tb&#10;OS51KWH4gXDXWp7po828hiEYa3IQbCu1WBbcQwB9q9TopytL7rfK0V/7avmugo3j99/ndv8A9uf3&#10;9TzKH9n3wzawfDSGCfUIYvADmTTFWVD57GBoWNwShLkhmYldpLHPtXif7TPwaGj/AA48ZeEfBuj+&#10;JvEXiD4o+IoNTmljthPZ2EqXFs0jSyqirBFsj48wkk55ODj6b8beMrLwHof9q6hFcTW/2iC222yq&#10;z7pZVjU4JAwC4zz0z16VvUXblz9nd+t4ya+fLH5LoGyt5afLmSfy5pfN6nEeGPhJpHhT4jeL/Gtr&#10;c3suq+KIbKG9imdDBGLaNo4zEoUMCQxzuZucYxT/AIP/AAp0n4KeAbHwjodxe3Wm2cs8scuoOjzE&#10;yzPK2SiqMBpCBx0x1612lYOgeMrLxHrniHSraK4S40O4jtrlpVUI7PEsgKEEkjDDqBzn60l2Xb8E&#10;7/g3+IrK3z/G1vyVvkc9rHwS8N658YdC+JVytz/wkWj2UllAiSKLd1YOA7rtyXQSzBTkYErcHjHL&#10;+MP2WPD3i3xrr3iJPEnizQB4ijhj1zStE1QW1nqYjTYplAQyKSnyHy3TI69Tn2eqV1Iy6lYqGIVv&#10;M3KDweO9TyqyXTX8d/vKu739Pw2+48df9kfwnH8PfA/hex1nxFpNx4LZ20XxFp95HFqduHJ8xS4i&#10;8tlcHaymPBAH1qfw1+yd4M0TSPHem6pd614wg8bLANafxFeC4knaJWVHV1RCjfMCMcKVXYFwBXtF&#10;c7q/j3R9FvprSeW4kmgUPcfZrWWZbdSMgyMikJxzz25qn712+u/ztf8AJdtl1VxLS1um34/5v72c&#10;b4H+AaeDbid7nx/448UwvYPp0Vpr2qpNBBG2AWCJEgdwAAHk3sOeeTXT/Cj4a6Z8Hvh3ofg3Rp7u&#10;50vR4Ps8E186vMy7i2XKqqk5Y9FFdRa3UN7bRXFvKs0EqB45EOVZSMgg9wRXL3HxS8PW/ia40DzN&#10;Rn1O2njt51tdJu54opHRHVXmSIxr8siE5bAB5xTu9fP9G3+bf3istPL/ACS/JI5fx5+zxpHjLxm/&#10;i3TfEfiTwP4juLVbK9v/AAveR27X0Kn5FmWSORWKZO1woYA43YwAviz9nXQfFui+FYJNb8R6frvh&#10;hSumeKrTUidWj3KFl3zSK4kEgHzK6sD6Diu88T+LdK8HWEd5q1y0EUsy28KRQvNLNK2cJHHGrO7E&#10;AnCgnAJ6A0vhjxXpXjLTDqGkXX2q2WV4H3RvFJFIhw6PG4DIwPVWANSlZWX9b/5v733ZV7u/9f1o&#10;vuXY85vP2bNI1fw1oOkaz4p8V68+keI7fxPHqOqagk9zLcwnKRsTHsWHt5caoPTBJJ6mX4UaRL8Y&#10;oPiSbi9GuQ6I2grbh0+zGBphMWK7d2/cMZ3Yx271NpnxY8Laxr8Wj2mptJeTSSwwObWZLe4kjz5i&#10;RTsgikZcHIRieD6Gn6d8U/DGq+IRotrqTSXzTS28bG2mWCaWPPmRxzlBHI64OVViRtPHBqr63/ra&#10;35aE2vp8vxv+epW8XfCjSPGfj/wR4vvbi9i1LwjJdy2MVu6CGQ3EPlP5oKkkBeRtK89c9K5W2/Zj&#10;8LWvwY8TfDJL/VzoPiCe7uLq4aaL7UjXEvmOEby9oAJ4yp465612GmfFjwtrGvxaPaam0l5NJLDA&#10;5tZkt7iSPPmJFOyCKRlwchGJ4Poa07vxpotj4ssfDM1+i67fW73UFkFYs0ScM5IGFGc43EZwcZwa&#10;jlTTj0f6tP8ANJ/Iq7TUuq/ya/Jv7xl54Osr7wLP4UklnGnTaa2ltKrL5oiMXlkg4xuweuMZ7dq8&#10;6vf2WvC1x4L8D6FZ6pruj3/guBbbRfEmm3aRanbx7AjqX8sxurqAGVoyp9BXrl6xSyuGUlWEbEEd&#10;RxRZMXsrdmJZjGpJPU8Vcm5Scnu9fnq/1f3slJRSitl/kl+SX3I8p1H9mzSNd8Gab4e1rxT4r14W&#10;OvW/iIalqeoJPdSXELBkQkx7Fi4A2Rog64wSSavjL9lrw/4s8Z634itfE3ivwrLr8UcWt2Hh7U1t&#10;rXVAi7QZVMbMGKfIWjZCRnnJJPqHi/xPa+C/C2ra9fRzS2em20l3MluoMjIiliFBIBOB3IrQsLxN&#10;Qsbe6jDLHPGsqhuoDDIz781LSe/9aJfkkvkNO239a3/N3PI7j9lnwnJ8OvBnhS31DW9Nm8HAf2H4&#10;hsbtItUszjaxEgTYQ6naylCrDqvAIdqX7M2k+IPBA8N674u8XeIV/tm21xtR1TUY5rkzQMrRxr+6&#10;EaRZUZREXqTnJzXsNYB8Z2Q8eL4T8q4/tFtNOqCXavk+UJRFjOc7txBxjGO/ar5nfm63v8007/fF&#10;P5IVlbl6Wt8tVb8X97MnVPhPpGrfFnQ/iHNc3q61pGnXGmQQI6C2aKZlZi6lNxYFRghgPY1xn7T/&#10;AIT0LW/DWhavqeneM5tT0fUll07U/AEBm1XT3dSHkVQGzGVG1xsfOR8vce0UVDWiS6O/43/MpPVt&#10;9dPwt+R8lfszfBqXXfEPxl1rxPo/iWfwn4yjstOhi8ert1TUI4YZEmlmjwDEpaTCLtTCqMKuBXr/&#10;AMN/2fYPhtq9hdW/jzxvren6dA9vY6LrGrLLZW6EbQNiRo0m1eF81n2jpyAa7rSfF1nrHibXtDhj&#10;nW70byPtDyKBG3nIXXYQSTgDnIHPrViw8S6bqeuapo9tciXUdLELXkGxh5QlUtHyRg5Ck8E4xziq&#10;va1uiS+6/wDm+ml9CbXvfq7/AJf5L1tqcPoX7PXhHw/rvxH1SCK5ml8e4GrwzOpiVfLZGWIBQVDe&#10;Y7HJbLMT7VDpv7N3gyx+B0XwouIbvU/DCRMhlvJ/9LeQymbzzKgXEokO8MAORXqVFTZW5elkvktV&#10;9zehV3e/W7fzej+9Kx5R4B/Z00bwX4r/AOEm1HxD4k8c69HZHTrW98V3qXTWdu2N6RKkaKN+BuYg&#10;s2MFsZzz2m/sceDtNvLCAa34oufCOn3/APaVn4KuNSV9GgmD70xH5fmFFf5xG0hQH+HtXvFFVdpq&#10;XVf53/PX1131Jto13/yt+WnppscV4Y+E2keFPiJ428ZWlzeyap4u+x/bopnQwx/ZojFH5QCBhlTk&#10;7mbnpjpXCp+yR4Tt/hH4V8AWms+IbC18Maj/AGrpOs2t3Emo29x5kj7g/leWf9c64MeMEdxmvb6K&#10;myWi8vwba+5t/eP+vvVvy0M670c3nh6bSjqF7E0tq1qb+GQJdKSm3zVcDAkH3gcYzziuKf4NM9kt&#10;v/wnnjRdvh3/AIR7zRqo8wnI/wBPJ8v/AI/OP9b05+7Xo1FN+9dvr/X6gtLW6f8AA/yX9XvU0mw/&#10;srS7Oy+03F59mhSH7Tdvvml2qBvdsDLHGScckmrdFFNtt3YkklZBRRRSGFQ/bLfzNnnx7/7u8Z/K&#10;sbxjqFzZaW62m0TujlS5wuQOAT2BJGa8HGvfEJvBrXItbM6qt5tOPK4h29SN20fNxnOcfnQB9L0V&#10;geDdQub3S0W72/aERC2w5UEjkA9wCDiqXxb/AOSV+Mf+wPd/+iXqJy5YuXYqK5pJdzrKhu7uDT7S&#10;a6upo7a2hQySzTOESNQMlmY8AAckmvBvD2mt4G8SeENTbw9pPhqC5024jCeH5TJ/aUgtxKqzjyog&#10;pAR2Bw/zcZGeaE/ifx34m+HGpatfW19Joeq+HL64u2uVsUtrctbs8P2bypDMR/CfNBPOfl5FXU9z&#10;mt0v+Da/GxMPe5b9bfjb/M+i4pUniSSN1kjcBldDkMD0IPcU+vGdO8U6r4EurW31XxF9r0mbwvLq&#10;nmXNlHiykhMQ+RYwrOhEv3WYt8o+bmsVviN4w0ez8Tw3NzqiyReFpNZtLjWbSyjmSZW27kSAsojO&#10;QdkoLAjBJqp2jKS7X/BtfoKF5JedvxS/zPoCqx1OzGojTzdwC/aIzi18weaYwdpfbnO3JAzjGa8b&#10;13x54m+H8mqG51Y+IA/hmTWIVubaKIW9wsiJhfLVSYv3gOGLMAv3q5/xfrGu/DPxxeavPq0nibVI&#10;fCLPFLc28MQWR7uJOkYQbAzbsHnGQW7hNWdv6vrp+AJ3V16/LT/M+hb/AFG00q1e5vbmGztkIDTX&#10;EgRFJIAyTxySB9TVivn/AMZ3HjH/AIQPxLDr8GovpWNPktrrVlsUn877UgkQLaOylMbSCwBGSCT1&#10;rS8WfEbXbLxJdXukXupXmk2WtWulzItlapp6bnjjljZ3f7Q8gL/fjAUHAIOCaEru3n/X4sG7K/8A&#10;X9WPbqK8S8QfEbXbfxUbvS73Ur3R4fEFvo8y/YrWPT0DSJFLGWZ/tDyKzH51ATIxjAJrrfhdqGua&#10;9deItQ1PWnu7WHVr2wtrAW8SJEkU5VWLBdzNgY5OMY4zyVH3tV6/l/mhv3Xb+uv+R6BRXzlcXt5/&#10;wkHiXTdS22PgfUPFclvqeoQynzSzQQ7IJBgeVC7YVpASTnaQoOT1+leDNB8a+MfG9vr2n217DpMl&#10;vp+n28qAJYW/2aNwYV/5ZkszHeuD8owcCkndX8r/AHJP9Vby12G9G152/G36P8j16ivFfDWhaP44&#10;8ZnTNZuk8Y6RpegWUmnPqIEqT+a0yyXBU8M5EaDfjI/E16D4JgstD8HmDTdTl1qysnuI4ppZPMZQ&#10;kjfud3fZjYM8/LRJqKcn6/K7/wAv03Ert2Xp87J/qdHFdwTzzQxzRyTQkCWNXBaMkZG4dsjnmpq8&#10;Ij8Zat4R/Z8XxBp2nX13rGp2E2rXGqQLAyQXEnz75RI4JAyAAqthUAxwK2/jCB4x+B/iG91LStU0&#10;ee0tJZ4re5uRExdU4dhBKyuvP3WJHHK9KbvG6fS1/nYcVzNLve3yPVvtcH2v7L50f2nZ5vk7xv2Z&#10;xu29cZ4zU1ed/E5jplt4Q1u3Oy+s9Xs7ZXHVobh1hljPsQ4P1RT2r0Sn39bEJ3SfdJhRRRSKCiii&#10;gAooooAKKKKACiiigCtf6ZZ6pEIr20gvIgchJ4w659cEVNDDHbxLFEixRoMKiDAA9AKfRUKEFJzS&#10;V31sr/fa/wCJXNJrlvoZ91oNhe61YatNBv1Cxjlit5t7DYsm3eMA4Odi9QcY4xWTL8NfDMzeIC+k&#10;xN/bzI+ogs2J2QYVsZwrDrlcHPPXmumoqyTjL74aaPB4V1nTLDS4b59Rw8w1W8nkNxIuNhknYvKN&#10;uBtIJK4GMVQ+Fvw7u/B+pa/ql+LeG61RoF+zW95PeiNIlYAtPOA8jEueSBgBQOlehUULRtg9VYz9&#10;T0Gw1i6065vIPOm06f7TatvZfLk2Mm7AIz8rsMHI5qv4l8I6V4ut7eHVLd5fs8omglhnkglhfBG5&#10;JI2V1OCRwRkGtiigDjE+D3hKLS4LCLTZYIILmS8ieC9uI5klcbXYSq4f5h1G7B7isrxB8JtPtNC0&#10;6x8NaDYn7HdS3ESz6rdWTQGQHzDHNCGdQxPKcKR+FekUUAeeeFPg7pmm+CNH0bVkFxd2Es1ylzp8&#10;81q0Ekrs7rFIjLIq/OV68gDNdRpvgzR9IvbS8tbVkurS0axileeR2ELOHZTuY7iWUHccn3rbopvX&#10;+vkK39fj+Zn6BoNh4Y0i20vTIPs1jbgrFFvZ9oJJPLEk8k9TWhRRSGFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFAHGfCz/kC3/wD1+v8A+gJXZ1xnws/5At//ANfr/wDoCV2d&#10;ABUVzbQ3tvJBcRJPBIpV4pVDKwPUEHgipaKNtgavozyjXP2VfhR4iuWuLvwXYxyMcn7FJLarn/di&#10;dR+la3hD9n74deBLpLnRfCOnW10hylxKhnlQ+qvIWIPuDXoNFd8sfjJw9nKtJx7czt+Z58cuwUJ+&#10;0jRipd+WN/yCiiiuA9AK81+IH/JXPhl/v6n/AOktelUVMlzK39bNfqP+vy/yPl74Z+FNI0zRvgnq&#10;Ntp8Md7rH2my1Kbblr2BrOdjFLn76AxphWyBgAYFV/Deg6Fo/wAN/Bct9p1nY+ELjxFff8JA6QLH&#10;BKqS3K232ogAGJXEY+f5RhAeK+qaKtu7v/W6dhPX+vJq/wCP4fd8twaLpviO58P6akAu/Alx43mT&#10;SIGJ8iS1+wSF1j9YDKJNoHykZA+Wq/iXwRoreH/iDqyWKW+q6f4xtbazvoCY5reIvZxmONwcopWR&#10;gQuM59hX1ZRSWlvL8dYfpFr5/ePW/n/9t/8AJfh93zL4kax8C3XxW0LTtJtYvDvmaNmzLyQWVp5/&#10;yzTyCJlYR/KrOFI3AEHgk1x1/p2kan4J+IUMf9i6voml63o95A+macbewgjZoxPLDE7yBEKhwzK2&#10;1gGPQmvsuihaO/p+DT/T8Qev4/irfqfMXxFMx1D4gf8ACOyxQaQbbw8J5LOJpIk07dJ5hVImUtGI&#10;+oRl+Tdgip9L0HSfDeiXvjLQ/Eeja5YaFq1tqRt/DNibexs4vLMV4Il86UfNDIXYKQN0Y4ya+lqK&#10;Wqvbf+v6+/uDs9/60/r8Ox8s+INCntbbwRP4iu9J0rQtaOoaxqUniKya608X9wyyRJOgmiUFYmZU&#10;LtgFOBnBG34K8E6Td/EHwNY39/F4vs7Dw3c3VnevE6RMVvYzEyozsSEB2qWZuFBB6V9F0U9Ft/Wj&#10;S+4HeS16/wBP7z5b8Jt4M8T694t8SeCz4Z0nX4tPvNO8L6RpX2aC8ldY333TxJhyzsMKGHCDP8Rp&#10;+hmxEmk/8Ksx/bX/AAjN8db+zf6z7T5K/Z/tef8Al58/djf8+N/avqGipa93l8rfg/zvdrul20q/&#10;vc3nf8vytb5vufGcui6YPhj4g1DTPFWiz6h/wjRj1LSNM02SC5eUyRHzL4tcSEzo+4ZZVY7m7dPd&#10;PgwrWPiTxlY66Uk8bG7W4u7sLtW6s2GLV4VJJWJVBTZltrh8klsn1iitL6t9/wCtP620M7aJdv61&#10;/rfU+RviF/wjrJ4mOteQfiF/wl9v5AuM/axYi6h8ny+/keVjp8u7OfmxWx4j+wi98T+bj/hbn/CT&#10;L/Y+7/j9+zecnk+V3+zeRu34+T7+7mvqGiph7lvK34cv58uve7Kl71/67/lfT0R8vP8AYBeS4x/w&#10;uH/hLvlzn7Z9l+1cf7X2T7J/wDr3r0j4EeHNNgm8Ya2lnGNWn8RapbyXZyZDELpiEBPRcjOBxnJ6&#10;k16zRRD3Vbyt+X521822Eved/P8Azf4X07JI+RviF/wjrJ4mOteQfiF/wl9v5AuM/axYi6h8ny+/&#10;keVjp8u7OfmxWzBow1f4o6sdd8U6PoXimHxOslhHdadI+qyWgdfJjt5ftCgwPHlWCxlRly2TzX1B&#10;RRD3LeX+SX6a97sJe9fz/wA3/np6I+V18OaPa+C5NYvbRU0678b3UHiG8O47rBbyfCSHtD5gi3D7&#10;uCxPU1j3K2DWXjgeFJ7K18Gt4s04Xs0Vu09itj9lXeWRHTdB5mzcFYLtzztr7AopRXKkuyt+Efw9&#10;38X829Xfzb/GX/yX4L5eafArSLDSdC1c6T4i0vX9Ln1B5YV0O1NvY2h2JvigUyyjbn5vlbaCzAAc&#10;13l5/wAhTT/+2n/oNX6rzWvm3VvNux5W75cdcjFU3clKxYrzTyNT066vH03T59Ygm1N9StL7TZ4N&#10;jsylHhm3twBl13LnjHQjFel1xelfDC10+yEMmrawz73cm21GeCP5nLYCK+B17devekM1vA2ktoXh&#10;WwsJJYppoFYSGA5RXLEsi+yklfwrxHxXe6TofizV5fDeu67Z+P5/E1o39g3F4yx3qt5EchFsDte3&#10;MAY+aRldn3hgCvbPCHg628HxX6W9zdXTXly9y73UzSEE9ByT2xknknk9gOgoA8v8deMP+FX6Amue&#10;NLrQ9Z1BLoQ6IsFj9g23EiMuDLNPKEBUtukyoVN2c5xVf4ZWV1NoLT+GvG3hrWL271Ca/wBeura3&#10;N/C9xJsPlwmK4TygqKFG7cSApIBzn1iigDwbQ/G3g3x18QdHsbHXdA0fw54ZvmTS9IiuoIZ9Q1Aq&#10;8W9IQwZYk8xwoABkZifugbsDwpewXfhn4b+DYZQ3ivR/E7XGoaYP9faRRSXDSSyL1VCrrhjw3mDB&#10;Oa+mKKAPA9H8ceDvG3jzSrOw1nQdL8PeGLx10rRYLq3huNS1Da8W6OLcCsa+Y6oMDzGfd90DdiaC&#10;uvWnxv8ABmqeIPCWqWfiHVm1N7uR7izkiSLbCsUcZS4J8qFME5AZi7sqksQPpeigCvf/APHjc/8A&#10;XNv5Giw/48bb/rmv8hUlxF58Ekedu9SufTIot4vIgjjzu2KFz64FAHy78dv+Eda++Ln/AAlhgOtj&#10;Soh4aW8zv8n7N832X38/zd+3tjd8tV/Ef9lDTvGv9t7v+Fg+Vaf8Ij1+1bPssX2b7F3/AOPjzfM2&#10;e+/ivq6igD5t17w9d3Fz8cNasrQy+MLSO3itrm1yZod2l2/neR/dYgtgrySF9BjjvFK+B11Dxt/w&#10;gX2A6QPhxeCQ6d/q/N81M7j/AM9Nu3dn5um7mvsOigD5g+IPg/SNH8WaRpV/daB4c8GyaA0ls/iG&#10;xe5s3v3kbz3DfaIgLkp5RDszOfm285Js3Vh4Xs9Yls/iZqq61Yx+GLCPQdTv42R7khZBcS2ykki6&#10;ZvKOFJl5TGa+lqKAPmHxd4T0jWF+NWo3lnLd32k6DZ3Wn3d/u+1W0qWDukoJwUl3IpLDByMH0rqv&#10;hJp2k2Pxx8azzWdja61qGl6ZfW7+SiTzo8bfaZEwASGl27yOrYzzivdKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKAON+Kfw8HxI8PR6f9vmsGimEwaIZD4BG1geo5z9QK8p0P8AZ2fRLyXbf3k0U0Mk&#10;EsBt1WOQOpX5sHBwSGHuBX0RRQBxnwr+Hg+G3h19O+3zag8kplLyjATgDaoHQcE/Umuo1fSrXXdK&#10;vNNvovPsryF7eeLcV3oylWGQQRkE8g5q3RSaT0Y07ao5bRfhn4f0HUra/t4Ly4u7WNoraTUNRubz&#10;yFIwRGJpHCZAx8oHHHSobf4TeF7WK9gisJktbuCa2ktBfXH2dI5c+YscXmbIt2T9wLXX0U3ruJab&#10;GFeeB9D1CSJ7nT0nMdhJpiiR2K/ZpNu+MjODnYvJ5468mse0+DXhGzS9CabNIb2ybTriSe+uJXkt&#10;2xmMs8hOOBjnjtjNdrRQ9bt9QWmxi3fgzRb67Fzc2CTy/YX0w+YzMptnILRlScEHaOSM+9Y+mfCD&#10;wlpU08sWlvO89m2nyG9u57oNbMQTFiV2Gz5RgducYya7KijcFpscnB8LfDkGlXemm1urizuvKEsd&#10;1qNzOcRNujVWeQlVU8gKQPaotS+EXhPV9Um1C60x5LiW5S8YLdzpF56lSsojVwgf5RlgMkZBJBNd&#10;jRTvrcVtLHHXvwi8J6hq76lPpjtdNdpf4F3Osa3ClSJljDhFfKjLAAnkHIJz0OjaDYeH4bmLT4Ps&#10;6XNzLdyjezbpZGLO3JOMkk4HA7CtCiktNEN6u7MNvBOiPYa1ZPYJLaazK81/FIzMszsqqx5PHCr0&#10;xjGRzWbqXwq8NasIvtFnclo7ZbNni1C5jaeFekczLIDMBk8Sbup9TXXUUAc3rHw70DWxZedZPbNZ&#10;Qm3t5NOuZbN44jgeWGhZDs4Hy5xx0rX0fRrHw/pdvpum2sdnY26bIoIlwqj/ADkk9ySau0Ud/MDk&#10;vDXgWLSfDd/4Zvkg1Dw+XkS1hcEkW7kt5Lg8EKSVBB5ULnkc7ut6FY+I9Fu9J1GD7Rp93EYJodzJ&#10;uQjBGVII/A1oUUDvZ3Oa8ReFZfEWs6EZpI00fS5xemEZMk1woIiB7BFyW6klgvQDnpaKKCbBRRRQ&#10;MKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooA4z4Wf8AIFv/APr9f/0BK7OuM+Fn/IFv/wDr9f8A&#10;9ASuzoAKKKKACiiigAooooAKKKoR263N1eGR5vllCqFmdQBsU9AR3JoAv0VV/s2L+/cf+BEn/wAV&#10;R/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8A&#10;FUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/&#10;ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn&#10;/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gR&#10;J/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4&#10;ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf&#10;+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3&#10;H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv7&#10;9x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L&#10;+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7N&#10;i/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+&#10;zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV&#10;/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVF&#10;Vf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1&#10;RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoA&#10;tUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iq&#10;ALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4&#10;qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/&#10;+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJ&#10;P/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDA&#10;iT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8A&#10;wIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/&#10;AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4&#10;/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/f&#10;uP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf&#10;37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/Zs&#10;X9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2&#10;bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAVR/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH&#10;9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8AFUf2bF/fuP8AwIk/+KoAtUVV/s2L+/cf+BEn/wAV&#10;R/ZsX9+4/wDAiT/4qgC1RVX+zYv79x/4ESf/ABVH9mxf37j/AMCJP/iqALVFVf7Ni/v3H/gRJ/8A&#10;FVX1CySCwuZEkuFdImZT9ok4IB/2qANKiqv9mxf37j/wIk/+KooA5b4Wf8gW/wD+v1//AEBK7OuM&#10;+Fn/ACBb/wD6/X/9ASuzoAKKKKACivHfiT+1N4Q+GHiq48Pala6teX9uiNN9hgjZELKGVSXkXnay&#10;ngEc1Y+Hf7THhP4j6nb2Vrb6ppTXTvDazapAkcVxKoUtEjq7DeA6nacdRjrQB61RRRQAVVs/+Pi+&#10;/wCuw/8ARaVaqrZ/8fF9/wBdh/6LSgC1RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRVXVdUtdE0u81G+m&#10;FvZWcL3E8pBISNFLM2BzwATxUOheIdM8T6fHf6RqFtqVm/3Z7WUSL9MjofbrQBoUUUUAFFFFABRV&#10;LV9Z0/QLF73VL6202zjwHuLuZYo1zwMsxAFc9/wuDwH/ANDt4c/8G0H/AMXQB11Fcivxe8CMwA8a&#10;+HSTwANVg5/8frrEdZEV0YMjDIZTkEetADqKKKACiiigAorzDwR+0Z4M+IPjO48M6Tc3LX6b/Kll&#10;h2w3OzJby2ySeATyBwK9PoAKKKKACiiqVrrenX2oXVjbX9rcX1pj7RbRTK0kOem9Qcrn3oAu0UUU&#10;AFVdV/5Bd5/1xf8A9BNWqq6r/wAgu8/64v8A+gmgC1RRRQBxnws/5At//wBfr/8AoCV2dcZ8LP8A&#10;kC3/AP1+v/6AldnQAV5d+03rF/oHwP8AEl/pl9c6dfRfZvLubSVopUzcxKcMpBGQSPoTXqNeR/tY&#10;/wDJv/in/t1/9K4aAPkf9rH/AJOA8U/9uv8A6SQ1X8BfGXSvC/wy1LwZq/hQ67b3d81/HeJqH2aW&#10;2kMcaK0f7psMvl5DZ74IxnNj9rEEfH/xT7/Zf/SWGvI6AP0q/Z58U6j40+DnhzV9VuGur+ZJkkmf&#10;G5xHPJGpYjqdqDJ7nJ71r+O/GWreE4bi6s9BTUdPsrOS+vLqe9FuqovVIxsffJgE4O1enzc1yX7J&#10;6lfgB4VBBB/0o8/9fU1b/wAT/CGseMbZrG2stD1CwlgZVOqF0lsbjkLcwsqPlgGOB8hBHD81Lv0K&#10;Vup3FpcLd2sM6qyLKiuFcYYAjOCOxqKz/wCPi+/67D/0WlO0+2ezsLa3lne5kiiVGnk+9IQACx9z&#10;1ptn/wAfF9/12H/otK0la7tsZxvZX3LVFFFSUfPvx6/aGi0bXIvh94V1vS9N8T3nyXms6ldRw2uk&#10;REcszOQDLjkJyRwcZwD0/wAOPG/wz+HPg7T9Ah+J2h6p9mVjJeX2vQSSzSMxZ2OZDgFiTgdPfknm&#10;Pj1+zzFrOuRfEHwroml6l4ns/nvNG1K1jmtdXiA5VlcECXHAfgngZzgjp/hx4I+GfxG8Hafr8Pwx&#10;0PS/tIYSWd9oMEcsMisVdTmMZAYEZHX25A+rqfUPqFPk5uX7VuS/P531tb4bab/aufI0/wC0P7Qq&#10;8/JzfYvz25NNraXv8V/e2t7tj1SxvrbU7K3vLO4iu7S4jWaG4gcPHKjDKsrDgggggjgg1PUFjY22&#10;mWVvZ2dvFaWlvGsMNvAgSOJFGFVVHAAAAAHAAqevlXa75dj61Xsubc8x1bxlrGhftCaFoFxdlvDe&#10;u6LO1rbGJBsvYXDOd+NxzEehOPauN+D3xx1fxl8avGOjalOD4bkEsnh9jEiKUtpfJn2sAC24kN8x&#10;OMHGBUv7Xst74Y8JeH/HWloW1Lwzqaygjr5UyNE4/EtHXn3xa8Hah8GvgN8Pde0yNhrPh63ltLsr&#10;1zfQMszE98TOpFfXYTDUMRhoXS56idNeUk3JS+acFfzZ8djcRiKGKmlJ8lO1V+cLKLj6XU5W8l6n&#10;pfw8+N72vwrv/HPi++mubPUtbuYtFtLa2UzyQ+aY4LeJEAMjko2CcnuTgVtW/wAarDxlonizTIdP&#10;1vwt4jsNKmvBp+tW32W58rYwWePazAqG4yDkEdq8y+LvwwufDPwn+EyLJqdnpnhS5t31e40bm6tV&#10;MYElyg2tyj5JwpIDE+tP8Jab4D8QXvifxB4e8feKfHOsWXhy7tnn1VjJbxQupOwyeQg3bhkLuzwT&#10;jiqqYTB1Kc8RBP4pWsnaPK4xinb3VzJXbervdX1FQxmNp1qOHm0rqDfM1eXPzSla/vPluopR2taV&#10;tC38Hf2l7DR/hb4SbxNZeKLmB4kt7vxZdWbS2KzFyP3k7NuODhS20jPGeK9u0z4h6bqnj7V/CCw3&#10;UGq6daQ32+ZVEVzDJkB4iGJIVhtOQOema+VbD4q+HtT/AGTtP+HcC3d341v9OSxtdD+xy+bK7ybk&#10;kUldpTaQ4bOMD14rv/jvHq/wk0/wb4506J7vVrDTJPDl75XJlM0OIGPqFuFU/wDA60xuX0qmJlHk&#10;cJznOMVfRveMlorJu8dPd1VtUzmy/Ma1PCQl7RTjCEJS01ir2lFu7u+X39fe919GjtdS/ae8KaVo&#10;kerzWOsvp0uuy6BDNDapJ506A5kRVcs0ZKlQQNxP8NaepfHfTNI8O6HqF14c8TRanrUssVl4dOnf&#10;8TOTyyd7GLdhVAG7JYcEGvL/AB74JT4deF/gB4dXBksvFVgs7j+OYh2lb8XZj+Nb/wC0P4wn8P8A&#10;jjwbZa3r+p+FPAF0lw9/qektJFJJcKB5ULTRgvGp5Py4zz6ZHIsFhKk6cKMW1J1NbvVQ0VklvLfT&#10;XWy7ne8djKcKtStJR5Y03blWjqXerb0UdE76aNvTQ9A8H/GbQfFul69dSQ6hoE+gjdqmn61beRc2&#10;i7C4dlBYFSoJBUnIFYWgftIaFreq6PbT6B4l0Sx1mZYNN1fVdN8mzu5G5jVHDEguOV3KM14t4A8S&#10;XUHiH48az4Dj1a7uU0mxm0p9YM9xdT4ikxKBOWkcHBZA3UbRjHFc3r/izwx4i074Y/2T4n8UeLdd&#10;/wCEk0yfVbrUbq7e0tZC3zIyPiGNixIUKuQFbnHXshk9GVWUXF2fL1d43g5O/ldWXM/7tmzz6ud1&#10;4UFNTV1z9rSUZRSt5tPaK2966W/034u+PGkeF/Fdx4ctND8Q+KdVtIVnvYvD9h9pFkrcr5pLLgkc&#10;gDJx2re+GXxN0j4seHJNc0RLpbBbqW1U3cQjZzGcFguSQp6jOD6gV474d8f6L8EvjD8SrXxnNLpT&#10;69fQ6jpl41rLKt7F5e3y0KK2WQ8bevPFbf7HE4uvhNezBHjEmuX7hJV2uuZM4I7H2rzcRgKVLByr&#10;Rg9FTtK7tLmvzWVraPTR6W11PWoY+rUx0aMprWVRONleKglyu97+9vqrO6tohPDXxD/4Rv4tfGy7&#10;8Q6zcJ4e0OPTpo4riZnitla3YsI0JwCzY4UfMcdTXW6l8dNG0fwZoOvXmk61Dc66Qum6CtqsmpXJ&#10;IyNsSuQPlwxywwCM4JxXgPjH4Y6h8QvjB8ZLrSLmdtX0SbSNQtNLd91lfyJDv8ueI8PnZhc9C3ua&#10;u/ErxNY/Ey9+GXxM/tTWvD3ha2iu7HVb7RW/0rRrl1Aw/wAjlVLAoW29Mf3hXovAYevKi31jHmtp&#10;b91eKst3NrfuuVe89fNWYYnD+3Uekp8t9b/vUpO72VOLvy9nzO0Uz2eD9ojw6/hDxPrlxp2s6dP4&#10;bVW1PRb61WK/hDfcOwvtIYcghsEVBpP7SPh/U9c0axm0TxJpNlrUqwabrOpab5NldyMMoqPuLZb+&#10;ElQD1BxzXiniTR/Bl38I/ix4l8L+MPEfjO7n0qG0u9Q1kloiBICqo/kxhmUdcE4DDpmu7+Nv/JM/&#10;g1/2Mmh/+gNWf9n4PmjDll70uXVuPL+7ctmrvVac1tHqW8yxqpyqc8fcg56KMua1RRWqdldXT5b6&#10;pNdUdlr/AO0VpGi+LNf8N23hrxPr2raL5RuodH09bgbHj3hwd4GACB82CSeAcEjMP7Wfg+XRYNas&#10;9L8R6loOE+26taaYWttOYkZSdiwwy5GQgbGR6jMXwn/5ON+NX10n/wBJ2rhPB0SR/sa/EIKiqM60&#10;cAY6SSAfyH5VjHCYNJKVNt/uvtPX2i16aW3VvnodLxeNlN8tRJN1kvdTt7NXXXW+zv6rU9y8dfF/&#10;RPAsWkI0N/ruo6xk6fpeiQfabm6QLuZ1XIG0KQSxIGKwp/2kPC9r8Pta8V3Fpq1tHotwlrqWk3Fq&#10;sd/aSO6qoeNnA53A5DEEZxkgivF/HGiJpXiD4XeLNb1zXfDHhU+EoNNk1vQW2vaXG0OokOx9qOGx&#10;nb1A5wKzfiBonhFfgF8S/EPhXxP4g8Wtqlzp0d5qWtglZXinQL5bmGPfgNgkZxgDjv0UsqwjVOMu&#10;ZuUkm1e38RxcW/hXuq/812tLHJUzfGXnKPLG0Oazau/3XPzJP3n7zt/LZNN3PRviZ8W7vxPY+AL7&#10;RLfxH4atJvGtjYs99C9idQt2DEsq7svCwI+8BnHI4r1Ow+LGl6v4q8SaFpljqWpy+H4PMvru0hVo&#10;BLgkWyHcGebA+6FwOhIPFeb/ALVmnDV9F+Gdi1xcWgufFthCbi0lMU0e5XG5HHKsM5BHQ034LatD&#10;8F9e8SfDTxBIIvsZn1zS9VkX59Ss2JeRnIGXmjIIY9SBwMLXNLD0K2BjUpx95c9o31tzxTd7XfKu&#10;n96+ysdUMTiKOP5Kkvdl7O8raJuM2opX05npzeST96SZ7X4X17/hJ/D9jqv9nX+k/ao/M+xapB5N&#10;zDz92RMnafbNeUavb/FbxTeeKdUt/E8Xw+0rTJ5YdNsZdMguvtkUa5+0TSPkqrnOAuMAeoyfV/C/&#10;ifTPGfh+x1vRrn7Zpd7H5tvP5bJvXOM7WAYdO4FfN/xh+O3hbxp45vPh9qXidPDXhLTnKa9dkOJ9&#10;QdTg2cW1SVTI+d+M/dHHJ4sBQrVMTOFKltvePNyJPXRrV/ZV1dvtq134/EUaWFp1K1W6drWkoc7a&#10;095PRfabTslq7pJPoB8b/FHjP4d/DBNGW20PxP42mkge9eDzYrNIQxmmjjY4YkKCqsSMHnPWtzwv&#10;4w8W+CviheeBvEurr40a40V9Z06+SyjtLgsjlHt2VPkOeqtx6HPbnfiB4m8Pyf8ACqfiB4ZxfeBf&#10;DeoT211Np1u5S0geEwh9gXIRCMHA44qz4Y8TaZ8UP2hh418P3D3nhTQvDklncasYXSF53l3+WhYA&#10;sVT5iQDjgd69OVGDpTkqPLC1Ru61jJS9yLe6drJLrd6PdeRCtUVSnF1ueonRUbPSaaftGktJJu93&#10;0stY9c3xZ4h+Lvgr4bz/ABJ1jxRZ2M1uyXM3gyXS4vISNpAgg+0A+aXwwOc9eOles/Ez4mDwJ4Hi&#10;1SGze71vUTHbaVpX/LS5u5B8kePQHlj2Cmvn8/H7wB8XPHSap4u8T22l+DtDud+k6DNHIz3869Lu&#10;4AUgKP4Izz3PofSfEvg3x54t+JGm+PfC2q+Fr7R4tOVdGh1qG5cQLKitJOojK/O44yf4cDA5or4V&#10;RlTjjKap2u3o4xtZctPms7vq3q0m1dvasPim1VlgqjqaKO6k73alU5bqyWySspNLRLfZ/Zl8X+JP&#10;Gnw5nu/Fl8moa1b6pdWcs0cSRr+7fbgBFUYHPOM074seLvEknjnwn4E8K6jFoV/rUdxd3OsS2y3D&#10;WsEIBxHG3yszMcZbIA7V5n+zl4O8R+NfAPiDT9X1s6PpA168kSfwzcz2d99pEzeaDJuI8k54XGeB&#10;k8VteNtKh+CnxH+HfiXUr/WNS8LWFrf6ffa1qUsl7NbPMQ8bTPgtsJ+QHGBgCpq4egsxqJOLlq1F&#10;LS/Jddl8W0ba6b3sXSxFf+zItqSWic2/et7VqXd/DvK+lm9LXNDTPiz4g+HWpfEHw/4t1CPxTd+G&#10;9HGu2epR2q2r3MJVsxyInyqQwABUcg5xWJqHjT4lfD/wNoHxK17xZaavpV7JaS6h4cTS4oY7eC5Z&#10;RiGZT5hZN6/eJB5z7502myfG/wATfFvxJ4VWS80W+8LDQtPvJImjS9ucMzCPcASAQFJxjJrL8YfE&#10;HSfiv8FfDfwz0P7XL43mbTrO60h7SVJLAwNH5zzblAVV8s857iu2nh4OcL01duHtNF7sXBuWn2Nd&#10;W1azstNnw1sTJU6nLVfKlV9k+Z+9JOPIr/b6pJ3ur77r0f8AaZ8W+PvAOj22u+Hda07TtGS5traW&#10;BrHzbp3kl2sd7koFwRxtz15r0T4oXXi638MiPwTZ29zrdzcxW/n3TL5dnEx/eXBVmXfsHRQSSSOD&#10;givPf2xf+SOf9xaw/wDR613/AMU/HFx8PPDKazHoc+u2SXMcd+ls5D21sxIknChWL7OCVGOCTkYr&#10;wYx58PhnCEXLnktUlzW5bKTur6vq126n0M5cmKxKlUko+zi9Lvlu5puKs7aLontc4HQfEHjTwL8Z&#10;vD/g7XvFkXjiz1yxublnbTorSfT2hAIciLgxuflG4deh455W+8feP/FMPxJ8QWXjix8HWvhG+uLS&#10;LQptNhlEqQruV55JMuvm9BtwPTNUPhx/whTfHLwzL8GYnOjPa3S+J5LaOcWnl7QbcMZeBJ5mcAc4&#10;znjNcjfv8PLq58byfGBL1PiSb+4WzQpciUQLxafY/L+Qr6HueW4r34YeHtOZ0/e5I3XJHmv7Rpv2&#10;fwq8VZvpG0tGz52WIk6fKqnu87SftJclvZppe1+L4tbfzXjsrHubeIviP8SPCvgGfw2kPhaHWrEX&#10;usa08Mc7WJ8tWSOKCRvm3sTyQ2BjNVPh/wCIfGWreJfiB4Av/Fceo6ho8Nu9p4pt9PiSSFplJ2SQ&#10;j90XXHAxyM59saT4h3OifCjwTp3xd0C4m0bXNPaHW9WmD4tJBgxJPFGhYGQbctkYbOR1wfs4Lpaf&#10;EHxl/wAIDFMnwveC3a2dklEDX/SUwGT5iNoG7HGQPauGdHkoV26cVGPNytJON1P+e7d7aKNrOOrX&#10;V9lOu51cN+8k5S5OZNtSs4P7FkrPeUr3i9mnoqvxBtPin4W1Tw/oWk/Fm61bxHrlwY7e0fQLGNIo&#10;U5muJGCHCIv4kkAV9GW0ckVvEksvnyqgDylQu845OBwM+leOfDmb/hLP2iPiXrM37xdDgs9Bsj2R&#10;SpmmA9y+Pyr2ivJzCo7U6UkrpKTailrJXS0S0St82z2svprnq1YyfLzOKTlJ/C7N6t6uV/kkFFFF&#10;eOe0FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFeXfFr4Mw/Ffxh4LuNTitrrw7pX23+0LSWaW&#10;KWXzY0EWwpjo6An5l4HfpXqNeXfFpfHVl4w8F6x4Q0m516xsPtv9paXFqiWUU++NFi37zhtp3sPl&#10;bBXtnNAHR+IvhP4U8V+EtM8MarpX2rQ9N8r7Ja/aJU8vy4zGnzK4Y4ViOSc555qn8EPAt/8ADX4X&#10;6L4b1Oa2nvrLzvMktGZojvnkkGCyqejjsOc1c8ReJfFem+EtM1DSvBv9s65ceV9r0f8AtSKD7Luj&#10;LP8AvmG19rAJwOc5HAqn8ENL8SaL8L9FsvF73MniKLzvtTXd0LmU5nkKZkDNu+Qp3OBgdqAO6ooo&#10;oAwvHmhXHijwP4i0a1eOO61HTrizieYkIryRMiliASBkjOAfpXxbp37Nvxm+HN8dQ8OlY7hR80um&#10;akke4DnDByoYexBr7I+KNzc2Xwz8XXFlLLBeRaRdyQSwMVkSQQuVZSOQwOCCOc18U+Dv2dfif8Vv&#10;LudXlu9N058N9q12eQuw9ViJLnjGCQAfWgD03QP2rfFngKWKx+JHh5J03BDfafJGJh1yWjDFGPB6&#10;FelfRngP4haH8StDXVtAumurQtsYvE0bI3dSGA5Htke9eafDz9kXwP4K8q41CB/E+org+bqCjyQf&#10;9mEfLj/e3V7XBBHbQpDDGsUSKFSNFAVQOgAHQUASUUUUAeIftX6L/wAJL4Y8FaOZjbrqPiuxs2l2&#10;B9gkSZc7Tw2M5weDiuUS30n4SMLL4l/Dnw/faWPlt/FekaHC8Uvos8QTMbn1HBJ4HBNeh/tEafqV&#10;xovhDUdO0q91kaL4mstUubXTovNnMEe/cUTPzH5gMe/YZNQt+0KHGG+GPxEYeh0D/wC2UAeTeN/A&#10;t18RPBev65p3gfRPh74VsNPuL2F5dJgGp3/lxs69F/coSo6Hd6Eg19EfCFi3wm8FEkknRLIknv8A&#10;uErzXx18abjxV4I8Q6LafDX4gR3WpadcWcLz6EVjV5ImRSxDkgZYZODxXqnw20u50P4deFtNvYjD&#10;eWelWtvPETnZIkKqw49CDQB0lFFFAHl/x0+Otl8EdN0yafTJdWu9RkdYbdJREu1Au9mfBx99cDBz&#10;n2rB8O+JPGH7QOjwahpk58DeDLjchuIJFl1O72sVcIw+WABlYbuW4yODXpnjb4feHfiLpsdh4j0u&#10;LU7aN/MjV2ZGRumVZSGH4HmuLvPgrN4RuG1L4bakPDF3w0ukz7pdNvCBj5485Q443pz7UAL8PP2a&#10;vBnwz8UnX9IivZL5YzHCLqcSJBkbWKDAOSMjJJ6nGK9Vr5x+Cv7UGt/Ej4mN4W1Xw9b2CNHLh7Zn&#10;LwPGMt5m7qCQR0GCQOa+jqACiiigArw74Vf8K9/4Xr48/wCEeOpnxV+9/tD7V/x7f61fO8nv/rNu&#10;d3/AeK9xryzwDrPiG9+LXjO11DwPbaHpUf8Ax767FBslvtrBU3ydJcrlhj7mMHk0Aep0UUUAFVdV&#10;/wCQXef9cX/9BNWqq6r/AMgu8/64v/6CaALVFFFAHGfCz/kC3/8A1+v/AOgJXZ1xnws/5At//wBf&#10;r/8AoCV2dABXF/GXwHcfEz4aa14btLmKzub1YzHNMCUDJKkgDY5wdmMjOM5weldpRQB4LrfgL4pe&#10;JrsXWseHPhJq10FCCe+sbqZwo6Dcyk49qz/+FP8Ajz/oSfgv/wCCmf8A+Ir6KooAgsrG2020htbS&#10;3itbWFQkcECBERR0CqOAPYVPRRQAVVs/+Pi+/wCuw/8ARaVaqrZ/8fF9/wBdh/6LSgC1RRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAcD488G+ONf1Vbjw18Qv+EVsjAIns20WG9G/J/eK7Mp&#10;BwQMHI46VqfDH4d2Hwt8HWnh/T5prpIWeWW6uSDLPK7FndsdyT+AwK6qiup4mpKkqGnL5JK9r2u0&#10;ru13a7ORYWkq31izcvNtpXteybsr2V7IKKKK5TrCiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAorE8Z/8JH/wjV5/wiX9l/8ACQfJ9m/trzPsn3137/L+f7m7GO+M&#10;8Zry/wD4yL/6pf8A+VGu2jhfbR5vaQj/AIpWf/pLOGvivYS5fZzl5xjdf+lLU9rorxT/AIyL/wCq&#10;X/8AlRo/4yL/AOqX/wDlRro+of8AT+n/AOB//anP/aP/AE4qf+Af/bntdFeKf8ZF/wDVL/8Ayo0f&#10;8ZF/9Uv/APKjR9Q/6f0//A//ALUP7R/6cVP/AAD/AO3Pa6K4n4bf8LG/4mP/AAn/APwi/wDyz+xf&#10;8I39p/2vM83zv+Abdv8AtZ7V21efVp+ym4cyduqd199l+R6FKp7WCnyuN+jVn913+YUUUVkbFC00&#10;HTLDULm/ttOtLe+uf9fcxQKssv8AvMBlvxq/RRQAUUUUAFFFFABRRRQAVV1X/kF3n/XF/wD0E1aq&#10;rqv/ACC7z/ri/wD6CaALVFFFAHGfCz/kC3//AF+v/wCgJXZ1xnws/wCQLf8A/X6//oCV2dABRRRQ&#10;AUUUUAFFFFABVWz/AOPi+/67D/0WlWqq2f8Ax8X3/XYf+i0oAtUUVx+lfEi11HxJ4g02S2e2t9MQ&#10;yRXm7eLtUO2fYoGf3b4QjkkkUAdhRXHt8WfDSW6SNc3oka4NqLX+y7r7T5oj8zaYPK8wfJ8wJXBH&#10;IrpNI1ez17S7XUbCdbmyuo1mhlUEBlIyDg8j6HmgC5RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUma8f/aX+Ntz8EvAS&#10;6xYWUV9qFzdpZW6XBPlIzK77mAIJAEbcAjkjmvk7/h4D8Rf+gV4b/wDAW4/+P19FgMgx2ZUfb4eK&#10;5btatLbc+azDiLL8srfV8RJ81k9It77dUfojmjNfnd/w8B+Iv/QK8N/+Atx/8fo/4eA/EX/oFeG/&#10;/AW4/wDj9el/qhmv8sf/AAJf5Hmf65ZT/NL/AMBf+Z+iOaM1+d3/AA8B+Iv/AECvDf8A4C3H/wAf&#10;o/4eA/EX/oFeG/8AwFuP/j9H+qGa/wAsf/Al/kH+uWU/zS/8Bf8AmfojmjNfnd/w8B+Iv/QK8N/+&#10;Atx/8fo/4eA/EX/oFeG//AW4/wDj9H+qGa/yx/8AAl/kH+uWU/zS/wDAX/mfojmjNfnd/wAPAfiL&#10;/wBArw3/AOAtx/8AH6P+HgPxF/6BXhv/AMBbj/4/R/qhmv8ALH/wJf5B/rllP80v/AX/AJn6I5oz&#10;X53f8PAfiL/0CvDf/gLcf/H6P+HgPxF/6BXhv/wFuP8A4/R/qhmv8sf/AAJf5B/rllP80v8AwF/5&#10;n6I5ozX53f8ADwH4i/8AQK8N/wDgLcf/AB+j/h4D8Rf+gV4b/wDAW4/+P0f6oZr/ACx/8CX+Qf65&#10;ZT/NL/wF/wCZ+iOaM1+d3/DwH4i/9Arw3/4C3H/x+j/h4D8Rf+gV4b/8Bbj/AOP0f6oZr/LH/wAC&#10;X+Qf65ZT/NL/AMBf+Z+iOaM1+d3/AA8B+Iv/AECvDf8A4C3H/wAfo/4eA/EX/oFeG/8AwFuP/j9H&#10;+qGa/wAsf/Al/kH+uWU/zS/8Bf8AmfojmjNfnd/w8B+Iv/QK8N/+Atx/8fr039nn9svxJ8SviTY+&#10;GPEOlaZFFfpL5FxpySRmN0jaT5g7vkEIRxjnFc+I4XzLDUpVpxjaKu7ST0XyOjD8V5Xiq0KFOUua&#10;TsrxaV3t1PsWo55lt4mkYEqPTrSxvvQGoNT/AOPGX8P5ivkz7Ai/tmD+7J+Q/wAar6jq0Mmn3SBX&#10;y0TAZA9D714Z8UfFvjzW/FTeEPh3ax2l7ZQpfX+tXyjyEBy0duuQcs5XB44B+pHYfDrxne+OPBTX&#10;2qaTLoerwtLaX1jL/wAs5k4bae6ngg+h79SAetUUUUAcZ8LP+QLf/wDX6/8A6AldnXGfCz/kC3//&#10;AF+v/wCgJXZ0AFFFcF8ZviW/wv8AC1pfQW9vPe399Fptsb2bybeOSQMRJK/8KKEYk/qOoAPDPHfj&#10;zUH1b4iajqPxDvvCeu+H7xodF8PQOqRXMSgGJmiI/febn325yflwKs6h8R/FumftF+CbK1vryRNd&#10;06xm1fQpHZ4bWSRSJgsZJ8vaqiTjHcnqc3L3zvEOo22s6p8a/h9b6tBgxpDplhcrCRyAk0snmAA9&#10;+DUmmfFC8huvGqRSeE9Q8XaZokmuR+J/D6RzRX8EOFaG4x8yvgKMBuBtxgAZAPpeivOPgL8WW+Mn&#10;gU61NYrp93BdPZ3EUbboy6qjbkzzgh14PQ5HPWvR6ACqtn/x8X3/AF2H/otKtVVs/wDj4vv+uw/9&#10;FpQBPKHaNxGwSQg7WYZAPYkZGa8ruvgDbf2NbQWOv6laamLee3ur6S5nmScTIfOKwtLsi3SbZDsx&#10;93HfNer0UrDueY+DPgsvhPXYtTW9sI9t4bw2emaWLO3BNs0G1EEjbfvbiSSSc+vHa+D/AA9/winh&#10;qw0n7R9q+yoU87Zs3ck9MnHX1rZoqr9CbBRRRSGFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABTDKq9Tior2byYWb0FJapHNaxOUVi6BskZ6jNAEvnp/eFHnp/eFH2eL/AJ5J/wB8ij7P&#10;F/zyT/vkUAHnp/eFHnp/eFH2eL/nkn/fIo+zxf8APJP++RQAeen94Ueen94UfZ4v+eSf98ij7PF/&#10;zyT/AL5FAB56f3hR56f3hR9ni/55J/3yKPs8X/PJP++RQAeen94UCZD/ABCj7PF/zyT/AL5FAt4h&#10;0jQf8BFADwc0tUbG48ySVB0R2X8jV6gApD0NLSHoaAPkn/goExPwz0gf9RqL/wBET18F195/8FAf&#10;+Sa6R/2Gov8A0RPXgH7LWl6bet4/utQtNCuJLDQWubafxDZi6tbeQSoBIy7HOME5KqTg1+z8N4hY&#10;TI3XavaUtP8At6K/U/DuKKDxWfKgnbmUFftpJ/oeF0V9l2XgrwxrPxG8A3o0Dw7f2mp+HNSku7zS&#10;LJF0q8uIo35ihYfK0ZxksinODjjjwn9l3RtP8QfHPw3YapY22pWMouvMtbyFZYnxaysMqwIOCAR7&#10;gV9FSzWFSlVq8jXJFyauujmrf+SPdLdaI+anlM4VqdHnXvyUU7PqoO/X+dbN7PVnlVFeq/EXRtPs&#10;fgZ8JL+2sba3vr4at9quooVWW42XSqnmMBlto4Gc4HSvVvgB8DB4m+EM8lz4XXVLnxZJdQW+ryW6&#10;udKjhibypVY8qXn+U7eqrzxWmIzOlhsO8RUWik47ro2m/uTffS27RGHyqricTHDU3q4qV7PROKa8&#10;92l21vsmfKlFfQngzRovAXwe0vV7bwxoGueLNc8Qy6Sx8SQRTQ2iRIP3eJSEjYtklmPTv6egeEfB&#10;NhbeLPiRd6h4M8MeFbldAtNRtbbXPI1HTbWR3w0yFBIFjfBIC5IB9MVz1s4hR53yXSulqtWnFPTe&#10;3vLXXbba+9DJ51+Rc9pStdcr0T57Xe1/cemnrul8d0V6V8V9ea38Y6VKF8D6h9hRJ1bwnp6x2Mx3&#10;52TKY03n5eQRjDY716P8QPHFtD8CPBWtQeDPBttqPiJtRtrueDw/boyLHIERoiFyjAHqD15rrlja&#10;iVFxp39o7fEtHq+qXRPouxz08vpznWg6tvZq/wALd0rX2k+rXV3Pm6ivrp7Pwvpfx70/4ODwRoFx&#10;4ceKGxm1GazB1KWSS2EhnFz94NuboOOMfRLHw3pvhP4S+DvsjfDaxvJLnVYLm88a6ask94IrxkQo&#10;whcnaODk8ZXFcLzqKUX7N+9ZrVaxfNZ6J2+Hazeq87d0cjlLn/er3LqWj0klF2V2k/i3ulo/K/yN&#10;RX0pp3gjTfjZpfw31Kz0vStNuF16fRtfGlWiW0LoCblZdqgDHkrIMn+6BUviTxB4a8O+Bda+Ieh+&#10;DvDl7PrPiibTLKG/02OW0tLKKIFPLgwEDvgEtjPJrZ5quZU1TfNe1rrR81km/PVp9lsYf2S0ueVR&#10;KNrp2eqUXKVl/dsk1fd79/maivsXw54H8MyeP5Nct9D8PafFrHw6bxCLLVrUTaZY3hdAZNjK22MY&#10;zwMgFsdawNIstL1PXNe1fVbH4e+JF8L+HLrVrW18K2PlWc05dEUXK+WnmBcE7SCMN15rL+2Ya/u3&#10;ok3qt22rbW3Vr3S62sbvI5xUb1F7zstHtZO71utHe3K3pbex8s0V9S6FoLeLtc+FWra98PPDmmQX&#10;mvRWkt9orWhsr6J1DrDLaxM21wASSwHBwRmpfFS2R+I/h/RWj+F9/plz4qtbNrHw/pSJfxxC5Hyz&#10;EwqNuF2OMnJOMEGr/tZe0VP2etpN+8nblbT1Sd9uvL95gspvCVT2mi5be61fmV1o2rfLm7rS9vlW&#10;vXP2Tjt/aB8KH/auf/SWWvWdU+GfhuTxX8VNe0rRrJtBHh7W4Y7RrdGTTNRtZERvLGMRkriRCMEC&#10;QgdK8l/ZQ/5L/wCFP965/wDSWWsMTjoY3LsS4Jq1O7v/AHoN2+X43TWh14fL54DM8KpyTvUsrdeW&#10;aV/n+FmnqfqRYnNuv0pup/8AHjL+H8xS2H/Huv0FJqf/AB4y/h/MV+AH9EGAFCliAAWOSQOp6f0q&#10;K6AFtN7of5VNUV1/x6zf7h/lQB1tFFFAHGfCz/kC3/8A1+v/AOgJXZ1xnws/5At//wBfr/8AoCV2&#10;dABWbrvhvSPFFolrrOl2Wr2qOJVgvrdJkVwCAwVgQDgkZ9z61pUUAcj/AMKf8B/9CT4c/wDBTB/8&#10;RVvTvhv4S0f7V9g8LaLZfaoGtbj7Pp8MfnQtjdG+FG5TgZU8HFdHRQBm6F4b0jwvaPa6NpdlpFq7&#10;mVoLG3SFGcgAsVUAE4AGfYelaVFFABVWz/4+L7/rsP8A0WlWqq2f/Hxff9dh/wCi0oAtV4z47+Lf&#10;xB8IfEDw74btvA/hrUI/Ed5c2ul3cviq4gOIYXmLToNOfyyUQ8K0nJxnHNezV5j8SfBusa/8WPhP&#10;rNhZ+fpuh39/NqE/movkJJYyxIdpILZdlHyg4zk4HNH2o+v+f/AH9mXe346E7fHnwppGvWfhvX9T&#10;g0/xM0lvaXcFnFc3Vja3kygpbte+SsSu2RsWTy3YFTsG4CpG/aA8CDxZL4cGsyvqkd1JY5j066a3&#10;e6RC72yXAj8p5woP7lXL5BG3PFeMW3wCutP+Iniu113wX4h8XaNrvildettTsPF0tnpsKO8UmLqy&#10;+1xhpIXjyu2GTeFjyRjjT0/wB470v4u21xofhi98OadL4kmv9YuDq9veaDf2jb2M8dtI5ngvHJXP&#10;lRxpu3Es4PJD3uW+l/w/4Z39bX1FL3ea2tvx/wCHOu+H/wC1Fofjb4Z634xn0fVdLh03U5tLWxks&#10;pxNdyi4aCBIfNjjDySsFGwf6tm2uVINU4P2kb/TtWvIvEGieHba004CTVrXRPFkepato0RIHnXlm&#10;IU2Iu4bzHJJtHIDAZrgrDwvrnwn8EWP/AAlGlS6fo3h74i3OuXOp+dFLbzWFzNdNHc4R2ZUia4hZ&#10;/MVdu0tyFzWD4V+HPjldE0jRz4Kae4n8KaxoMmqnVNPkguLq+uYZJdRYLMZGtmxvyAZMnaYxwSoO&#10;9nbotPPli36Xd/TotGU0k2m9LvXy5mvwjZ+ez3R6z+0X+1Jo3wi8K+KYtFu4tQ8ZaRbwSi0l0+6u&#10;LOFpXXYlxNEBHEzISVR5FZuMA5Ge11749+BvC3iM6Dq2tm21KM263LJZ3EltZtPxCtxcJGYrcvxt&#10;ErqTkY6ivAfil8IviHaeCvi94H8P+Dp/FEHjG+g1Kw15NStIEjAitkkhnWWRZN6m2O0qrKQ65K4N&#10;bfjj4VeOv7L+LngnTPC66xYfEK9W6tvEhvLdINOWWCGCYXMbuJSYvJLJ5SSBsqMrg04/f+HbTy3e&#10;r7E72vp+Pz8/Rdz1+T9oX4fw6x4n02TX/KuPDMcsmsSSWdwsFkIwpYPMY/L3YdcKGy38IODjgtM/&#10;a30G5+Ifi6K8uhp3gTQPD9lqs2oX2lXlpdxSzXEkRDxSor+XtERUiMfezuI6Y+pfArxZf/Cz4xaF&#10;FaR/2hq3ilNZ0hbu5TbqEUIsnUOyk7BI1s6HdgjOSMVzHxK+GnxI+LOr/E3WR4Bu9A/tnwvpmk6f&#10;ZX+p2Mk000N800oJimZFAViQS3IHYnaHBXkk30/OK1+Tdrbpq7E37r06/k9vu67dj3LUf2mPh3pO&#10;m2N9d6zdxQXdtJeqP7HvWkitkcxtcTRiHfBDuBAllCoeoYjmrviv9oHwD4K1FLLVde2SfZ4ruWa1&#10;s7i6gtYJTiKW4mijaOCNjnDysoIBOcCvKvix8GdSu/jJ4g8TP4V8Q+N9B8Q6Hbac9n4d8UyaNJbS&#10;wtKCk6i6t1lgkWbrmQqQ/wAmG5t2HgXxX8KfE/jODw58PYvFOh+KLLTYbKKTUYFttOMFoto1veGZ&#10;/MeEKisGjSVm3OCuTkqOqTfn/wAN8977fgU9G16fpr8tVbyNnT/2o9C0n4geO9B8W3sOmWujaxa6&#10;fY3dtYXMsSxTW0Do91OivHDulmZVdzGpxjkgmul8B/Hax8d/F3x34Dh0fUrO48Lm3Bvp7K5SK53p&#10;lvmeFUTBwFy581cumVBNeZeNvg34v1bwJ+0Jp1poyPeeKr23l0aGO5hVblVsrWJiCXAQB4nGH2n5&#10;fQius8P+HPFfgD4zfFfxFD4Wude07X9P0670+SzvLaMST20Bha1YSSqyuxIYMR5eM5YHiiGy5u34&#10;2v8Afe4nfW3f9Uvuafy+86bxh+0b8PvAevano2t63NbX+lrDJfrFpl3PHZxyjMck0kcTJHGQfvsw&#10;UcgkYqfwl8Rb7xD8YfHPhWSO0/srQ7HTLq0nhVvNkNys5fe24qQPKXbgDqc57efeMfhZ4o1mb9ot&#10;7fSfMHi7w7bWWjA3EQ+1TrYzxMnLfJh3UZfaOcg45rf+Dvw/1/wr8TPFmrapYfZbC+0LQbO3m86N&#10;981vDMs64ViRtLqMkAHPBNENfi7fmn+TS+/0CT093y/Nfmm/u9T2WiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACvPvi58QNS8Iw6Lp&#10;Hh60gvvFGv3JtNPjumIhj2jdJM+OSqAgkD1/A+g15n8ZfCOt6hdeGfFfhiCO+17wzcyTR2Esnli6&#10;glQJNEG6BioGCff6UAcx4hufiv8ACrSZfFGpeI9O8Z6VaYl1HShp6WjxQ5+YwyL94qOfn7A8Hv7R&#10;pOp2+t6XZ6jaP5tpdwpcQv8A3kdQyn8iK8G+InxL8X/ELwTrHh/Q/hz4k0y5ubWSK+utTtxHHFDt&#10;PmCHn987LlVAxktXqHwf8TeH/E3w+0c+G7h5tPsraOy8qYbZoDGgXZIuTtYADuR3BIINAHS6wcWr&#10;/SptM/5Btp/1xT+QqDWf+PR/pU2mf8g20/64p/6CKALVYer+OvDfh/U7fTdU8Q6Vpuo3GDDaXl7F&#10;FNLk4G1GYE5PHArcr5n0E+BxF8bB8QTYfbP7bujdC+2favsPlJ9m8vd82Nudm3v05r0MJh41+dzv&#10;aNtIq7d5KPXte7+S0vc87GYmWH5IwteTavJ2StFy1t3tZfN9LHv3iLxp4e8IeR/buvaZov2gkQ/2&#10;jeR2/mEddu8jPUdPWteKVJ4klidZI3UMrochgehB7ivnTwWfCQ+LvjIeJvswszoGk/2P/wAJHt3/&#10;ANn+Q3m483n7/wB/3616f8OdX8L+H/g5Yapocl1F4SsrKW4ge+3eYsCF2J+bnGAdv+ztxxitcTg4&#10;0ILl5m/d6ae8m0l1urWtrrfa2uGEx0sTUafKlrpf3vd5de1nzXT00s+unaWmrWN/d3lrbXtvcXNm&#10;6x3MMUqs8DFQwDqDlSQQQD2OaxbX4m+D7/Wv7HtvFmh3Gr+Y0P2CLUYWn8wEgp5YbduBByMZ4rm/&#10;gBpFza/D+PWtRj8vV/EtzLrt4p6q053Rp/wGIRrj/Zr5mvIvs3gLxFqd1d6FLp1h44nuX01Lfy9Y&#10;mK344iuC5xknoI8kBhuGa7MNltKvXqUXN+64rS2rb5X30TTttfutzjxeaVaGGp4iEE+fmet/hjHm&#10;XbVxtfe19nsfY2teOvDfhvULew1fxDpWl31wAYba9vYoZJcnA2qzAnnjin+IvGfh/wAIJA2u67pu&#10;irOSsTajeR24kI6hd5GfwrwTQm8FHUvjZ/wsD7ALw6nKZxqGz7R/Z/2dPI8vd82Mbtu3+LpzT/BJ&#10;8JD4va6Nf+zjTT4Y0v8AsH/hItu77D5b+bjze+7G/vnrU/2dTSbfM+WN3ZKzvGLtF+XNre+ib8in&#10;mdRuy5dZcqu3dWk43kuztpa2rS8z6NgniuoI5oZEmhkUOkkbBlZSMggjqDUlcV8Gv+Ed/wCFb6P/&#10;AMIn9p/4R3bJ9j+1bt+zzG6buduc7e23GOMV2teNWh7KpKCvo2tVZ/NdH3PboVHVpRqO2qvo7r5P&#10;quxj6Sc3d3/13f8A9CNbFY2k/wDH5d/9d3/9CNbNYm4Uh6GlpD0NAHyR/wAFAf8Akmukf9hqL/0R&#10;PXyD8Mvipf8Awvm1k2ml6XrEGrWZsbq11aKSSJ4iwYjCOh6qO9fbn7angbXfHnw8tbbQNOn1W8tN&#10;Qju3tbVC8rRiORDtUcsQXHA7Zr4fPwT+I/8A0T/xV/4Jbn/4iv2PhirhZZT7CvKPxSum0uqa6p9L&#10;n4lxXRxUc49vQhLSMbNJvVJrs11/E6pf2lvEdtrmjX1jpGhaZaaPaXVnZaTZWskdpELgESvt8zcX&#10;Oc5LdR065boH7SviXw7oGm2EGmaFPqGl2clhp+u3FkWv7SBgRsjcOF4DEAlTjJrl/wDhSfxG/wCi&#10;f+Kv/BLc/wDxFH/Ck/iN/wBE+8Vf+CW5/wDiK+kdLKpKz5P/AAJef9/zd7t3u73PmY1s2jLnjzp/&#10;4X5L+S2nLG1krWTVnqb2ifHm50vwZonhm+8H+FvEVjo/n/ZJdXtJ5JU82QyPysyjk46DoBWN4j+L&#10;OreIfEHhrVhaWGmP4dggt9PtrCN0hjWKQyKcM7HJYkk559qi/wCFJ/Eb/on3ir/wS3P/AMRR/wAK&#10;T+I3/RPvFX/gluf/AIitY/2dGbqKUbu/2l13057a9dDGX9pTp+ylGfLZL4XstldQT0sranSwftE6&#10;wJteS98PeHNX0nV79tUk0fULOSS1t7phhpYf3gdC3OfnI5PFWrf9p3xIuu65qN3o3h/UoNWsIdLl&#10;026tJBaxW0RykaIkikAf7RNch/wpP4jf9E+8Vf8Agluf/iKP+FJ/Eb/on3ir/wAEtz/8RWTpZU9+&#10;Tt8S8v7/APdWu+iu3Y29tmyd/f3v8L7t/wAneTdtrt6alPxv4zi8Z3VtNF4b0Pw2IUKGLRIJIkly&#10;c7nDyPkjpxina18QdR13wN4d8Kzw2qafoUlxJbSxowlczOGfeSxBwRxgD8atf8KT+I3/AET7xV/4&#10;Jbn/AOIo/wCFJ/Eb/on3ir/wS3P/AMRXUquCioxU42i7r3k7PXXWTfV9Xucrp49ylLkleSs/daut&#10;NNIJdF0Wx19t+1B4otoba4OleH5vEdtafYofE81gW1JIwuwESb9pYKcbihOKoaN8e7vT/B2jeHNQ&#10;8IeF/ElnpJnNrPrNrPLMvnSGSTJWZRyxHbsK5/8A4Un8Rv8Aon3ir/wS3P8A8RR/wpP4jf8ARPvF&#10;X/gluf8A4iub2eV2snDe/wASXftNW3eistXodKq5sraT2t8Lemm94O+y1d3otdDR8I/G/XvA1t4u&#10;t9FttPs7bxIrrLCsT7bPcJBm3+f5CFlZQTu4x1qHwL8YtT8EaBeaDJpOjeJNCuZ1uzpuu2rTxRzg&#10;bfNTaysrY4POCO1VP+FJ/Eb/AKJ94q/8Etz/APEUf8KT+I3/AET7xV/4Jbn/AOIrWX9nS5ryh71r&#10;+8teXRa819Ojvcyj/aUeXljP3b2912XN8WnJbXqrW8jpLT9o7xJD421PxJd6fo2pvf6U2iNpl1au&#10;LKKzJX9zHGjqQo246nqc5zUVr8fNQ0jxBa6ronhbwx4fKW81pdWdhYyfZ9Qgl27o7hJJG3L8oxgr&#10;1NYH/Ck/iN/0T7xV/wCCW5/+Io/4Un8Rv+ifeKv/AAS3P/xFZ8mWd4bW+JWtrpbns93um/O+pp7T&#10;Ne097/C7301T5LrZbNLS1raHTz/tH64tz4cOm6D4e0Kw0LUhq1vpumWckdvLcgY3yZkLnjjAYcfh&#10;Uep/H2a/1W11WDwN4Q0zVbfUItTF/ZWc6zNLHKJMMTOchmHzdyCcEda5z/hSfxG/6J94q/8ABLc/&#10;/EUf8KT+I3/RPvFX/gluf/iKSp5YmmnHS/2u+rv7+t/O4OeaO94z1t9jsrK37vSyb2sa2k/HrxLo&#10;7ePRAlk0HjNbgajbSRuY4mmLlnhG/KsN7AEluMZzitT9lD/kv/hT/euf/SWWuV/4Un8Rv+ifeKv/&#10;AAS3P/xFes/svfBnx1pfxi0fV9R8I61pWn6eszyz6hYSwA7oXjULvUbjlx07ZrkzCrgqWBxHspRT&#10;lBrRrW0eVdX0skduW0sfWzDDe1hNqM09Yy0vLmk/hVru7Z+jFgf9HX6Ck1P/AI8Zfw/mKqWc0scK&#10;gxSA46FDS38sj2UgEcnb+A+or8CP6IMuorr/AI9Zv9w/yp0cgcU26/49Zv8AcP8AKgDraKKKAOM+&#10;Fn/IFv8A/r9f/wBASuzrjPhZ/wAgW/8A+v1//QErs6ACiioL29t9NtJrq7uIrW1hUvJNO4REUdSz&#10;HgD3NAE9Fcj/AMLg8B/9Dt4c/wDBtB/8XR/wuDwH/wBDt4c/8G0H/wAXQB11FQWV7b6laRXVpcRX&#10;VrMoeOaFw6Op6EMOCPcVPQAVVs/+Pi+/67D/ANFpVqqtn/x8X3/XYf8AotKALDsERmOSAMnAJP5C&#10;q39pQ/3Lj/wGk/8Aiat0UAVP7Sh/uXH/AIDSf/E0f2lD/cuP/AaT/wCJq3RQBTe/t5EZHinZGGCr&#10;W0hBHp92uY8K/D7wL4Ev7m+8NeDdJ8PXtyu2e50rRFtZJRnOGaOMFhnnmuzoo2dw30Kn9pQ/3Lj/&#10;AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4&#10;/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/c&#10;uP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/&#10;3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aU&#10;P9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2&#10;lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn&#10;9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigC&#10;p/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1boo&#10;Aqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6&#10;KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTV&#10;uigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE&#10;1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8A&#10;xNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/&#10;AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ&#10;/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4D&#10;Sf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+&#10;A0n/AMTVuigCp/aUP9y4/wDAaT/4mj+0of7lx/4DSf8AxNW6KAKn9pQ/3Lj/AMBpP/iaP7Sh/uXH&#10;/gNJ/wDE1booAqf2lD/cuP8AwGk/+Jo/tKH+5cf+A0n/AMTVuigCsmoRO6qEnBJwM28gH5las0UU&#10;AFcfpXwu0fQvH9/4s01rixu9Qg8q8s4H221w+7ImZMff6jPuT1JJ7CigChrH/Ho/0qXTP+Qbaf8A&#10;XFP/AEEUmoxGW3YD0rIXxNFplvFDNaXDNGoTMSqQccdyKAOirD1fwL4b8Qanb6lqnh7StS1G3wIb&#10;u8sopZosHI2uykjB54NV/wDhOrT/AJ8r3/vhP/iqP+E6tP8Anyvf++E/+Kq4zlB3g2n5aflYicI1&#10;FyzSa80n+dy14i8F+HvF/kf27oOma19nJMP9o2cdx5ZPXbvBx0HT0qTxD4V0rxT4cutB1K0E2kXM&#10;QhltY3aINGMfLlCCBwBgHpx0qj/wnVp/z5Xv/fCf/FUf8J1af8+V7/3wn/xVNVZq1pPTVavR+Xb5&#10;CdKm224rXR6LVdn3XzOijjWKNURQiKAFUDAA9K5mD4W+DLbWBq8PhHQotVEpuPtyaZCs/mE5L7wu&#10;7dk5znNSf8J1af8APle/98J/8VR/wnVp/wA+V7/3wn/xVEak4X5JNX3s2r+tmhSpU5pKcU0trpO3&#10;pdOxY1rwL4b8Sahb3+r+HtK1S+twBDc3tlFNJFg5G1mUkc88U/xF4M8P+L0gXXdC03WlgJaJdRs4&#10;7gRk9Su8HH4VU/4Tq0/58r3/AL4T/wCKo/4Tq0/58r3/AL4T/wCKpqrUVrSem2r09NdPlYHSpvmv&#10;Fa76LX101+dzoIIIrWCOGGNIYY1CJHGoVVUDAAA6AVJXN/8ACdWn/Ple/wDfCf8AxVSQ+M7aZtq2&#10;d4D/ALSL/wDFVluaJJKyJ9J/4+7v/ru//oRrZrK0eNiZJWXaZHLlfTJzWrQMKbIcLTqjm+4aAMiz&#10;l3eIGT/pgx/8eWtuue0//kZ3/wCvZv8A0JK6GgAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooA8/0G7N1aIxOSRWldf8es3+4f5VheFT/oEX+6K3br/j0m/wBw/wAqAOuooooA&#10;4z4Wf8gW/wD+v1//AEBK7OuM+Fn/ACBb/wD6/X/9ASuzoAK8j/awYr8APFRBIP8Aoo4/6+oa9crz&#10;T9pHw9qXir4K+JdM0mzlv9QlWB47eEZdwlxG7bR3O1ScDk44oA+e/B/wk/tLwlol3/woP+2ftFjB&#10;L/aP/CZeR9q3RqfN8vf8m7O7b2zjtXnXjDxV8P8ATf7b0T/hUX9ja5b+fZef/wAJLcT/AGW4Xcm7&#10;bja+1hnGcHHXBq3PqHhPwPpGlW/ir4GajBfNAsbXmoaxe2f2yRFUSSKhQAZJBKrkDcB6VgeKvBep&#10;eNbqz1Twd8Ldd0LRpLZQsVul1qEc7bmPmrKydCCowOPlz3oA+zP2T2LfADwqSST/AKUOf+vqau08&#10;XeMrjwtqvh+1XR5r221S9Sye9WZEjtmbOMqTuYnB4AxxyRxnnP2b/Duo+Ffgr4a0zVrSSwv4kneS&#10;3mGHQPPI6hh2O1hweRXT+NPDdz4jOg/ZniT7BqsF9L5pIyibshcA/NyMZwPehbr1DozpKq2f/Hxf&#10;f9dh/wCi0q1VWz/4+L7/AK7D/wBFpQBaooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAQgMMGqsunRSnLKKt0UAUf7Ig/uD8qP7Ig/uD8qvUUAUf7Ig/uD8qP7Ig/uD&#10;8qvUUAUf7Ig/uD8qP7Ig/uD8qvUUAUf7Ig/uD8qP7Ig/uD8qvUUAUf7Ig/uD8qVNKhQ5CirtFADU&#10;jEYwBinUUUAFRzfcNSVHN9w0AYOn/wDI0P8A9ez/APoSV0Vc7p//ACND/wDXs/8A6EldFQAUVwvx&#10;v+IN78LPhZr/AIo0/Tl1O70+JGSGQsI0DSKhlk2At5cYYyPgZ2o3TrXJ+D/ixrdhYapr/ijW/Cfi&#10;XwBa6U+pf8Jl4VzFbQPGf3lu8LXE7Odp3K6Ng7SpUErlXWr7f5X/AK+7fQdnpbr/AMN+v67ans1F&#10;fO3xL/aWnPwq+IUmkaVrvgjxjpXhl9f06PXrS33ywHKpcIqvKhAYAFJMOpI3IM11nij9pLQPB2oa&#10;ha3Ol63qdlogtV17W9Pt4ns9JacKUExaRXY7WV2ESSbFYFsZqkm3br/X/DPbXQltWT73/C353urX&#10;utT12ivKtQ/aJ0Wy8S3+nQ6F4g1LStO1KLR9Q8RWNrFJYWd3JsxE/wC9EzYMkYZkiZFLjcwwcc14&#10;Q/aYuJdR+Lk/jHw/c+HPD/grURbR3pEMjSKYYWWJljnkZ5naUFQihSroM78qJTvt2b+63+at3vpc&#10;pq33pfff/J37dT3qivFtS/ao0HQNI1u41zwv4o0TVNIk09Z9CubSCS9eO9lEVvLGIpnR1L7gQH3g&#10;owK5wDNr/wC03pPhuK6a68JeKXk0vT01TXoYLa3kfQbdy21rrE+CSqO+yEysEUsRjGX/AF/X9adb&#10;C3/r+vl36XPY6K8V8TftV+HfDOpeJYj4e8SalpXht7X+19csLaB7K0iuIYpo5iWmV3QJKC3lozLt&#10;JK4wT6F8QfiHpvw38OQa1qUVzc2k17aWCrZqrPvuJ0hjOGZRtDSKSc5xnAJ4p2ennZfft94rr8L/&#10;ACWv5HUUV5F8S/jdo2hnxXpDz67pl34el0Zrq80yC3dmF7dCOJY/NJUglSsm5QQrEqS2MJ8I/jJr&#10;vxB+KHxM8Nan4XuNIsPDF/Fa2l67QHerQRvtk2TuS7by6lVChMBiHytKPv7eb+63+Y5e7v6feevU&#10;V84/tNftK3fgnwT8RrPwZp2t3GveG7GNrnxBZ2lvLY6XcSgPGknmvl22FWISOQKHUtt7dh4m/aT0&#10;HwjqOq2txpGuapY6BHbnxBrmn20T2WkmVQ487dIsjYRldvJSTYrAtilF8239f8Dz21QNcrS9fwt+&#10;Ou2569RXlnir9oTR/DPijUNGg0HxB4gXSorWfVtQ0W1jng05LgnyWkUyLLJkAsRCkhC8nFO1b9oH&#10;SdM8Z6hoEPh/xFqsGl3lrp+p6zp1pHLZ2FxcKrRpIPMEzcSRlmjjdVDjcRzhrVpLqJuyueo0V43p&#10;/wAd9G0jS9Wl3eIfEeoyeK7vw9Y6V9ntvtdxdRklobcKyJ5KKrsJJmUhVJdulQzftU6CIdDitPC/&#10;inUtb1XUL3SRoVraQG8tru1UNPFNumEa4VgwYOyEc7uRkXvWt5fjb/Nf8Ab038/w/wCG/wCHPaqK&#10;RTuUEgrkZweopaA3PM/Cv/IPh/3RW9df8ek3+4f5Vg+Ff+QfD/uit66/49Jv9w/yoA66iiigDjPh&#10;Z/yBb/8A6/X/APQErs64z4Wf8gW//wCv1/8A0BK7OgAooooA4j4ifB7w78UdT0C81+Oe5XRpJJIb&#10;ZHAim37MrIMEsP3a8Aj3yDiu1iiSGNI40WONAFVFGAoHQAU6igAooooAKq2f/Hxff9dh/wCi0q1V&#10;Wz/4+L7/AK7D/wBFpQBaopGztOOuOK+cLO+03S9B0K80N0i+IVvDcza88YBvFK20xmN2DyV84R7f&#10;M4zt28VLla9+n/B/y1KSvax9IVBZ31tqMJltLiK6iDtGXhcOoZWKsuR3DAgjsQRXid/4z8Q6BPBY&#10;6h4rljsLuLTLm51ue2tkbT0nFz5mP3YjCloY1DSK23zDkniuS8LeN/Elmtjpuk+INLsLKS5vLi2v&#10;NUuEgTVJW1GcMoH2eTzPlCnZG0TfvAQSMY0s+bl+Xzvb+u/Qz5ly839bX/rt1PqCivErrxX4utNN&#10;tr6DWZ7t9Y1O/wBFt4XtYPLs5vtDx20o2xhiEWJ87iwORkVi6p8TvGVxY2Fz/alp4es7u5ltXvL+&#10;WO0igmghjV4/Ne3mUb5/P4ZeRFhWXPMJ3V/6/rVF21t/X9aM+h6K8Qn8YeI7fRdT1HUvFa2Ai1bT&#10;9NkktoIPstvHJHbNNKjSRbusrkF8gA8rxXf/AAt1668Q+HLie4v/AO2IYr6eC11QIqfbIFfCSfIA&#10;p7jcoCnbkDmqtv5f1/X/AAGTfbzOwooopDCiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACo5vuGpKjm+4aAMHT/APkaH/69n/8AQkroq53T/wDkaH/6&#10;9n/9CSuioA53x9pniLVvC9zD4V1mHQ9eV45be5urZZ4H2OGaKRTzskUFCy4ZQ2VOQK8H1L9l7Vvi&#10;DfeN7nW7Dwz4Ci8R+HJdEnsvCcsl0l5cPIsi3tyXgtwzRlcKuwkh3BfGBX01RU8qd/P/AIb+unW1&#10;ylJq1v61v/XXpex8yN+zdq998KPHPhuDwL8MvBOt6zoLaTBqfheNozdSsPmedhaRtHGSFPljzcH+&#10;I4FT6t+zDJD8TfEevx+Cfh542svEM9rdyXXi623XmlypFHDKIf8ARpfOjZY1dVLxbWLcnNfSlFXf&#10;3ufr/X9aW8rEWXLy9P8Ahv8ALrf5ninh/wCHPxC8A+JfEVl4YuvDo8La74gbXZNQv5JjfWQlKNc2&#10;6W6x+XLuKNtkMqbd/KttGef8W/s06z4ttvjPoc93pS6H42vbXWLG6lLyywXcKW4EU9uY9jQlrZSS&#10;JCSGI2jrX0XRU20Xkrf+k2+7ljb0663q/wCd/nr/AJv7+h82y/s66rqPgu802z8DfDj4f6hLquj3&#10;hPhUOEuY7W8jnlMsgtIjkhDsTawBJy/ORP8AEP8AZsl1b4teIfGFn4N8AeOo/EFraxzQ+N4MyabP&#10;ApjEkDC3m8xHTbujzHygO7nj6Loqut/62S/JE/1+N/zPAPFv7Puua14a+OumWE+k2v8AwnMEEOkp&#10;vdI7YR2EVtiUCM7BujONgb5cd+K7r41fDjUfiN8MH0PSrq1tdYt7myv7R7zd9naa2uI51SQqCwRj&#10;FtJAJGc4OMH0Wil0S7W/8l2/rqFl+f42v+R8y698A/iH45m+Iepa1J4Z07UPEs3h5ra0sL24mit0&#10;0+786VXlaBCxZPukIMk4IUDcfTPh/wDDnW/Bfxd+I+tyPYXHh7xTPbahC6zuLuCeO3jgaNo/L2FC&#10;I9wcPnnG3vXp1FOL5dv6ukv0XzBrm1Z8y/F39n/4g+INM+LPh7wnP4afQviA6XklzrF1cQ3Gn3Ag&#10;ihkVUjhdZUcQRkEshQs3yvgA6Pi/4E+OJ0+I2geHr3Qh4X+IBjfULzUJplvNLdraO1uTDEsTJcB4&#10;olK7ni2sTncK+iaKhRSVum3y7emi/wAym23zdd/nvf1/qx85fFf9n3xX4p10N4bTw5YeVa2lppXi&#10;sXNzY63oiRYEgBhjYXiEAssckkagswIYGp/iJ8C/GXin4jPrOl/8I3pczX1nPB4wsri4stZtbaIo&#10;ZbaWGKMx3qsEdR5siqBIQUO0Z+hqKtNpqXVO/wA/6+/W97smyty9LW+X9etulj5h8RfsqanrWnSX&#10;Fza+GfEF/aeONR8T2uka4jTade2t0rIbe43RNscK24MI5ArIvDV1fhv4Hajpnin4baxb+HvB/g21&#10;8P3eq3N9o/hgMlv/AKTb+TGY8QRiR+F3sypwOAcYr3OilH3FZeX4JL8kv+AOXvO7/rW/6/8ADhRR&#10;RQB5n4V/5B8P+6K3rr/j0m/3D/KsHwr/AMg+H/dFb11/x6Tf7h/lQB11FFFAHGfCz/kC3/8A1+v/&#10;AOgJXZ1xnws/5At//wBfr/8AoCV2dABRRRQAUUUUAFFFFABVWz/4+L7/AK7D/wBFpVqqtn/x8X3/&#10;AF2H/otKALVFFFABRRVLVNb07Q47eTUr+109LieO1ha6mWISTOdqRqWIy7HgKOSelAF2iiigCnqe&#10;kWmsxwR3kXnJBPHcxjcV2yRsGRuCOhAOOnrVyiigAooqlca1p1pqlnpk9/aw6leJJJbWckyrNOse&#10;3zGRCcsF3LkgcbhnqKALtFFFABRRRQAUUVSXWtOfWZNIW/tW1WOBbp7ETKZ1hZiqyGPO4IWVgGxg&#10;lSO1AF2iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACo5vuGpKjm+4aA&#10;MHT/APkaH/69n/8AQkroq53T/wDkaH/69n/9CSuioAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKAPM/Cv/IPh/wB0VvXX/HpN/uH+VYPhX/kHw/7oreuv+PSb/cP8qAOuoooo&#10;A4z4Wf8AIFv/APr9f/0BK7OuM+Fn/IFv/wDr9f8A9ASuzoAK80/aQ8Raj4V+CviXU9Ju5LC/iSBI&#10;7iE4dA88aMVPY7WPI5Fel15H+1gCfgB4qxz/AMev/pVDQB8R6X8cPH+k6jbXkfjHW53gcSCK6v5Z&#10;onx2ZGYhh7EV6l/w3P48/wCgT4c/8Bp//j9fOtFAH6efBvx5P8TPhroviS6to7S5vUk8yGEkoGSV&#10;4yVzzglM4OcZ6mu0ryP9k9SvwA8Kggg/6Uef+vqavXKACqtn/wAfF9/12H/otKtVVs/+Pi+/67D/&#10;ANFpQBar5B+KfhqTV/H3xB+EUUr2cHxC1bStWR4iQyQNbyfbWGOmf7LwfeYetfX1c/d+AdAv/G+n&#10;+L59OSTxHYWktjbXxdwY4ZGDOu3O05I6kEjLAEBjmXG7V9tU/wCvVRZSk0nbfRr1/wCGbPkdvjFr&#10;UOgeMvita2a3fiHw34V0bwvFHMFKQ6lcTg3u4FlHyPJbkgso+TBIHNSfEZ/iteaTpum+J/7bsdMf&#10;xd4cbRtb8SQ6Qb6O5a6KzKYtPlaJo1IjdN4B+ZlO7Ga+pLH4ReD9P0LxNo0Wg2zaV4lu7i+1e0mL&#10;SpdzTACVmDk4zgcDAGOAKwJP2a/h/c6BPo13peoalp809vcsuo65f3civBkwbZJZ2dFQsSFVgoz0&#10;q7tvml5Py3vK3b3m2n6JkWSXLHTdfK1o+tlZP59zyy/+JXj3wNq3jPS7vxRL4gs/BGs6Nf3mp3Fl&#10;axzXWkXYK3EEwiiVFeH5pQ6KhKquepzBefEH4ieL/E/hO30rxnJ4e0nxb4s1izsp7fTbWd4tNtLZ&#10;xHs8yMgl5LeSQO27iUcEACvc/D/wY8HeGfDWvaDZaS0mn695n9qm+vJ7ue+3x+W3mzzO8r/J8oy3&#10;A6Yq1Z/Cvwtp6eEEt9KES+EkaPRQs8mLRTCYD/F8+YyRl93XPXmhaNX12/4P5Rt8+43s7ab/APA/&#10;OV/l2Pnnxf8AG3xjp3xAGoaBrGvax4atfGNj4Yut2k6bBoqb5ore4iLvJ9tlnV5CfNjAi3DbtwCa&#10;XUfjj4wX4m6RqOjarrur+D77xsnhh2m0nTrbRRGWaGSOJjKb6SZJFb99gRMysAoGK9i1T9mn4c61&#10;4kk1270CWTUJNRj1jC6ldpAt6jKy3KQLKIklyi5dVBYZDEhiCS/s0/DmbxPH4gbQJTqUWpjWocal&#10;diCC937zPHB5vlRuzcsVUb8ndnJpU9HHm6b/AIX/APbrdroJ635e3+dv0v6M8ZX4n/ETVNF0Lx7D&#10;40ks9N1jx/F4fHhldNtGggsBqLWpUyGMzecwiJZi5A3kKqkBho/tbfEDU/hf8TfAXiXR9Ik1e+sf&#10;D/iJ0VcGO3G2yzcSjIYxR/eYIGcgHC9xoeI/2Y77xH8W7DV4NI0PQfD1t4jh8Ry3dprV/NPdSxEP&#10;xp7ItrDLI4G+ZWLFd3Usa931bwRomu+I9L16/sFudU0y3ubW1md32pFcBBMpTO1gwjT7wOMcYycy&#10;k+SD6p/+2cu++ru+6TbWqRTa9pLt/wDbXXlorLs7K+7PnPxh8QviQ/irw54D8L61rviO5j8JJr9z&#10;4k8O2ujefqM8srRxMUvHihW3BUsREC5DoNy8s2Ze+PvjDqtv8RJtQ8UN4J1jwf4Q07WpdGsrCyuo&#10;TftbzyTxySOkhMRaDGEfIzw/HPuMv7OPgCTRtD0yLSLyxg0SKW306bT9YvbS5t4ZDl4VuIpll8on&#10;H7ssUAAAAAGNiD4O+ELe312CPSNsWuaZDo+oL9pmPn2kUbxRx53/AC4SRxuXDHOSSQDTndqXLvrb&#10;1d7eWmittpfqKFk482y5b+ia5vv1fztfQ+dvFfxU+I/iG3+JOu6J4zk8N2/hfwdpfiW00qHTrWeG&#10;aaW1mnljleWNpDGfK24VlYZyGGMGXX/jx44+Ej+IptT1j/hMWl+Hx8YWtvcWUNvHZXayrGYkMSqx&#10;g/eqcSF3AQ/Ock19AJ8F/Bsdhr9kuj4ttd0qHRNRT7VN+/s4onijizvyuEkcblwxzkkkA1Zl+E3h&#10;K41ePU59FiubtNFbw9+/keSNtPZgzQNGzFGBKjJYFu2cGqnZ83Js9vT3/wDOHpbTbVQ05efW1vw5&#10;P8p+t9d9PmnxH8QPjn4P8D65qNzPrNjZSwaSLTXPElporSQ302o28M0cUNjLIrW7xSsR5o3rtx5h&#10;JBFL4r+L/FHwk+OF1aW+tXF7ql/4U0fS7rxxqFtbCLSlm1W6T7XPCiqpwHCoBHs3bTIQMk/Q1h+z&#10;l4B0/RrnSV0y/uNOn+yg297rV9crGtvKs0CRebM3lIjopCJtXjBBHFb/AIg+FfhXxVqOs32raPHf&#10;3OsaSNDvjLI5WeyDO4iKbto+aVzuADc9eBh3SlzJdX93La337tdO5KTtZvp+N1rb5Xs+vqamh6Pq&#10;OmXd7Jea9daxBMsIghuYIU+z7IwrkNGiljI3znPAJwoUcV85eIvhh4ff43eHtM8Hwz6p8QLPXl8S&#10;+JPGFxIrXWn2LM5FnLMoUlZVPkx2w4Ea7yPlDN9D+F/BGk+DvP8A7LS6Tz4oIX+0309z8sMYjjx5&#10;rtg7QMkYLHlsnmuSsf2dvBela7qGr2H/AAkenXmoX7apdrZeLNVggnuWILSPClyI2zgAgrjAAxgY&#10;oVlUUui/z/Lq++2w/wDl249X/lb/AIb79z5ybSbRfBlz8TFgU/ENPij9hTW+ftbW/wDbIs/sm/r5&#10;P2f5PK+7jnGea7PxF8MPD7fG7w/png+GfU/H9nry+JvEnjC4kVrrT7FmcizlmULlZVPkx2w4Ea7y&#10;PlDN7N/wojwN/wAJmfFP9iN/apvf7SKfbbj7Ibzbt+0/ZPM8jzsf8tfL39855qnY/s7eC9K13UNX&#10;sP8AhI9OvNQv21S7Wy8WarBBPcsQWkeFLkRtnABBXGABjAxU0/d5b9Lfgor7m05Pa97PeTbn73Nb&#10;rf8AFyf4J8q3tv0SXzJrfxv8L/Ef9qL4b+KW8daJFo+k+Ir3RNM0n+1YFdY/sNykt5NHvyhmuPLi&#10;j3AZVEI/1teqfEvUZvir8UPhR4W8WeCdU0fw1e6hqMt3o3iF7KeDUmhsmeEsltcTK6Ix3bJMAkA7&#10;Tjj3jW/B2keItY0HVNRtPtF9ody93p8vmuvkSvE8LNhSA2Y5HXDAjnOMgGqvjn4d6B8R9PtbTXrO&#10;S4W0uFu7We2uprS5tplBAkinhdJI2wSMqwyCQeCRSiuWMU1ezv8A8H1vd9tuys5azlJaXSX3X/Rp&#10;d9+7v8keD9HsvE3xF8M/DfV7ZNW8A2HjDxRb22h3o860aK2hhe3iZGyHjiaeYKjZVcDj5Rh3jHw1&#10;aa3+xv8AGHTrqS/bT/CGsa7BoccOoXESwwwSsIYm2OBLHHuZVSTcoCgY+UV9M3PwF8DXPhTSvDo0&#10;V7bTtKuGvLKSzvri3u7edt2+ZbqORZxI+99z79zbjuJya0P+FR+Ef+Fb3HgFdGRPCdzbyWs2npNI&#10;vmJISZN0gbzCzFmLOW3EkknJzT+zbrp82nB39UotLd677lRklUUraX+5e9ovXmT6behy3xb8CaN4&#10;+tPDNrf2ul+JNTtY5LrT/CGvakLbTtUYKivJMnkzNJ5KsWXEbBWcZAyGHzP4f0ebxfpfwq8H/wBl&#10;ad441PTL3xI174M16Zo9HtlhuPK2GYrKWFs0iRQ/upNyuTiPAx9jeNvhd4a+IUGmJrVlM8umSGWx&#10;vLK9nsrq1Yrtby7iB0lQMvBAYBh1zWLd/s+eArrQdD0hNEksLbQ2lfTp9M1C5sru3aXPmkXMMiTE&#10;yZJfLneeWyeaVtW+7/V6/j57aNIxgnGnCHVK34Jfp5eaZ4X8NfAmjeP/AIMeCdNvYLDxt4k8Prqd&#10;tH4K8WamLaxMsd2YZ2ZBHctKLX/UxSYZQrD7pYbaulaR4Vf9kbQda17wvoHjrxdaB/D2mN4h0qK8&#10;NtfSX720dorSh2MUMzBBhvmSLPevfrz9nzwDd6DoOkJob6da6EJF02XSr+5sbm2En+tC3EEiSkSH&#10;l8ud55bJ5rWX4SeEY/DXh/w9FokMGi6DdwX2nWcMjxpDPCxeNztYFyGJY787ictk1TtK6fVr81dr&#10;qm1ddWr/ABWLu1Zrpf8AJ2T72duysnpezSfCX4Y6R8Hfh9pHhPRIlSzsIzudY1j86ViWkkKqAFLO&#10;zHAAAzgAAAV2FFFOTcndiSUVZBRRRUjCiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqOb7hqSo5vuGgDB0/8A5Gh/+vZ//Qkr&#10;oq53T/8AkaH/AOvZ/wD0JK6KgAorzb9or4j6j8JPg9r3irSjYLfWJtwj6ojPbIJLiOJmkVXQkKrk&#10;/eXp1rzfw5+0Pe6ne+OdPuPFXh/xroej+GZdafxZ8PbbaLGRdwNuyS3FxEZyoMiZkwdh3LjkzzK0&#10;n2/yv+X+W+hSi20u/wDml+bPpGivm34pfG+fRPAHjC78Oa5rkXiGx+Htv4jtHvraza2QSNKI5yAh&#10;JuCUO9TmLAXaM5r0Lx98d7T4aJLNqnhfxNf6RYWcV5qmvWNlH9hso3ONzNJIjS7cFmWBZCo5IGRW&#10;jVm0+9vxa/8AbX89CE+ZJrqr/wDpP/ySPUKK8b+IX7UWgfD678TofDviTxBY+F7aO51rU9FtYZLe&#10;xMieYkbeZMjs5Qqx2KwUOpYqMkWvF37Snh3wfq2qW0uk63qOnaKbYa5rNhbxPZ6QZ9pjE5aRXYhX&#10;V2ESSbFYFsZqV71rdf6/rp5hc9aormPHPxB07wBHoD6hDczrrWr22jW/2VVbbNOSEZ9zDCDHJGT6&#10;A1xvi39pHw94Q1LW9Pl0nXNQvdL1qy0FoNPto5GuLq7txPCIgZBlSGVSW24Y/wB35qN9F/W3/wAk&#10;vvQ/6/P/ACf3HrNFfP8A40/aEuNV8JRzaBBqfhTxBp3jLRtC1fStZtoDdQR3F3ArqQrSxlZIZcrI&#10;jHg5BBHHTH9pTw6PETWX9la3/YS6z/wjx8VfZ4v7MGobtnkbvM83/WHyvM8ry9/y76Frov60T/VL&#10;103B+7v2v+LX6N+mux61RXmfiH47WPhbxXFpWpeF/E1rpcmp2+jjxJLZRpp/2ubaIkG6QTOrMyp5&#10;qRNHuON/Bx5v8Wv2mL0XOkWfgzT9bgtE8b6d4cvPErWdu+nTk3SR3VshdzJnBZPMEQXcrBXzihe8&#10;0l1/zS/VfpcJe6m30Tf3Jv8AR/rY+lKK8o/4aP8ADx8UxaYula0+kSaz/wAI6vidbeI6adRyV+z5&#10;8zzfvgx+Z5Xl7/l35rP8L/tSaD4o1PQol8N+JdN0rW9Tn0ax1y/tYFs5b2JpVMPyzNICTC+1imwk&#10;Y3ZyAR961uv9f8N3urXugfu3v0/r+u1nfZns9FFFABRRRQAUUUUAeZ+Ff+QfD/uit66/49Jv9w/y&#10;rB8K/wDIPh/3RW9df8ek3+4f5UAddRRRQBxnws/5At//ANfr/wDoCV2dcZ8LP+QLf/8AX6//AKAl&#10;dnQAVBe2NtqVpNa3dvFdWsylJIJ0Do6nqGU8EexqeigDkf8AhT/gP/oSfDn/AIKYP/iKP+FP+A/+&#10;hJ8Of+CmD/4iuuooAgsrG2020htbS3itbWFQkcECBERR0CqOAPYVPRRQAVVs/wDj4vv+uw/9FpVq&#10;qtn/AMfF9/12H/otKALDqWRgGKEjAYYyPfmq32Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDE&#10;UfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH&#10;/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/&#10;AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z&#10;/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7&#10;HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdF&#10;AFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4&#10;irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y&#10;/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+u&#10;P++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob&#10;/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xF&#10;H2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fM&#10;f/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/X&#10;H/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/&#10;AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVP&#10;sc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0&#10;UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75j/8A&#10;iKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f64/75&#10;j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5v+f6&#10;4/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDEUfY5&#10;v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH/wDE&#10;UfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/AHzH&#10;/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z/XH/&#10;AHzH/wDEUfY5v+f64/75j/8AiKt0UAVPsc3/AD/XH/fMf/xFH2Ob/n+uP++Y/wD4irdFAFT7HN/z&#10;/XH/AHzH/wDEUfY5v+f64/75j/8AiKt0UAVktJVdSb2dwDkqVjwfbhas0UUAFRzfcNSVHN9w0AYO&#10;n/8AI0P/ANez/wDoSV0Vc7p//I0P/wBez/8AoSV0VAHnX7QXw/1b4ofCXWfDehvZR6rdSWssB1CV&#10;4oCYrmKUhnRHZciMjIU8kcVwXin4ReP/AIma74g1nXIPDXhmebwhqPhuzs9J1K4vhdSXW0iS5me2&#10;hKxxlBtVY3Pzuc9j9BUVLimnF9f1XL+TKUmmmun+al+aR8daj8Pbv4keI/iJ4D0LUdOu9TtPhhpv&#10;hW6vVmZrS21AS3OYpHVSVIBDEbdwBBI5rU+O/wCyl4p+J2s+N5rWz8G64Nf0u2s9N1PxQ00lzoDR&#10;RFHS0jELqokf5/MV0ZWckq+AK+saK0bcmpPff5tyfy+L/g6u8R9yyjstF6e79/wr/I+Hv2kDqPw+&#10;074r+D9K1vwtfXfxAt4LmPQri7mGsrdyQR2rR21ukR+0rJ5KYYsnl5YkEDn0zVP2YpI/iX4i8QR+&#10;CPh741s/EU9reSXHi+23XulypFHFKsX+jy+dGyxqyqXi2sW5Oc19K0VMfds+v6dF/WvmJxVlFbW/&#10;HTX8P+Aec/HD4e6t4+8OaIPD81lFrWha3Za5Zw6i7x207wSZMUjorMgZSw3BWwccGvn34n+A/Hvh&#10;i/TxJq6+HDr3ib4keH7yxsrK6nktYTFbiFY5ZGiVusfLqnIO7aPu19kUUR92XMv6+G/38qKeqt/X&#10;X8rs+cr34AeMPFD69r2sXGh2XiTW/FWhaxNZWNzNLaWtlp00TLGsrRK0krKkh3GNASwHAGaST9n3&#10;xjJp0vgM3miH4dSeKD4iOoedN/aYhN59uNn5HleX/r8jzvNzsP3M19HUUR91prpb8LNfc0n6/cEv&#10;e38/xvf8G16fefJnif8AZT8V6z49u9XFl4M1KV/GVr4li8U6q8z6ylpHcRSfYE/ckQoioyKVkKsA&#10;AUUsWGpqn7PXxCFpYeFNPuPDL+DrDxxF4sgv7m6uEv8Ayft/2uS2MIhKbgzyBZPM+YBQVXJYfT9F&#10;Efcsl0t+Frf+kp/ne7uT9+9+t/xTT/CTX5Wsj5w8C/syt4D8fXVyvgj4ea9psuvT61B4o1G2/wCJ&#10;5arLKZjEF+zMHdHYhJfPXChfl4q9on7PviLTfh/8OdClvdMa78OeMpPEV26SyGN7dri7kCxny8mT&#10;FwnBAGQ3zdCfoGiiPuqKXS34Wa/Jfr3CXvNt9b/imn+bCiiigAooooAKKKKAPM/Cv/IPh/3RW9df&#10;8ek3+4f5Vg+Ff+QfD/uit66/49Jv9w/yoA66iiigDjPhZ/yBb/8A6/X/APQErs64z4Wf8gW//wCv&#10;1/8A0BK7OgAooooAKKKKACiiigAqrZ/8fF9/12H/AKLSrVVbP/j4vv8ArsP/AEWlAFqiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoopM0ALRSZozQAtFJmjNAC0U&#10;maM0ALRSZozQAtFJmjNAC0UUUAFRzfcNSUyQZU0AYGn/APIzv/17P/6EldFXNpcQadr5muZo7eIw&#10;Mu+Rgq53Kep+hq6fF+gqcHW9OB97uP8AxoA16Kx/+Ex0D/oN6b/4Fx/40f8ACY6B/wBBvTf/AALj&#10;/wAaANiisf8A4THQP+g3pv8A4Fx/40f8JjoH/Qb03/wLj/xoA2KKx/8AhMdA/wCg3pv/AIFx/wCN&#10;H/CY6B/0G9N/8C4/8aANiisf/hMdA/6Dem/+Bcf+NH/CY6B/0G9N/wDAuP8AxoA2KKx/+Ex0D/oN&#10;6b/4Fx/40f8ACY6B/wBBvTf/AALj/wAaANiisf8A4THQP+g3pv8A4Fx/40f8JjoH/Qb03/wLj/xo&#10;A2KKx/8AhMdA/wCg3pv/AIFx/wCNH/CY6B/0G9N/8C4/8aANiisf/hMdA/6Dem/+Bcf+NH/CY6B/&#10;0G9N/wDAuP8AxoA2KKx/+Ex0D/oN6b/4Fx/40f8ACY6B/wBBvTf/AALj/wAaANiisf8A4THQP+g3&#10;pv8A4Fx/404eLdDZSV1iwfAzhLlGP5A0AcV4VH+gRf7orduv+PSb/cP8qx/DMRjsYgR2rYuv+PWb&#10;/cP8qAOuooooA4z4Wf8AIFv/APr9f/0BK7OuM+Fn/IFv/wDr9f8A9ASuzoAKKKw/GnhhvF/h260y&#10;PVNQ0WeQZivtMuHhmhcdDlSMj1U8H8iADyLRdFu/2jdR1PWNY1O+svAttdyWem6RYTNAL4RsVaeZ&#10;l5IJyAoxjHt82fpnw0sbTwLaePPhFPqnh24Nv9ti0a6uHmt71FyTFLGzthjggENwT26jovgv4X0f&#10;4HQWvhHWPGIvfEV3G1xFYz3brbxx7zxBEx2jLFiTjcx3HoKj1XVbb9njRbvT7XXxqdm8Bi0Lw1LG&#10;Jb5Llj8kcbKdzxZP8Skjj5j0IB6V8P8Axhb+P/Bej+IbZDHFf26ymMnOx+jrnvhgwz7V0NcP8EvB&#10;tx8P/hX4d0K7AF3bW5edQc7ZJHaR1z7M5H4V3FABVWz/AOPi+/67D/0WlWqq2f8Ax8X3/XYf+i0o&#10;AtUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAc/wCOvFcfgvwn&#10;rOuSxNPHptnNeNEpwXEaFyoPYnGK+Ebj/goJ8QXmdotH8OxxEnar287EDsCfOGfrgV9g/tCMR8If&#10;Gn/YFvf/AEQ9flDX6VwlluDx1GtPE01NppK99NL90fl/GGaY3AVqNPC1XBOLbtbXW3Zn0z/w8B+I&#10;v/QK8N/+Atx/8fo/4eA/EX/oFeG//AW4/wDj9fM1Ffef2BlX/QPH8f8AM/Pv9Ys2/wCgmX4f/In0&#10;z/w8B+Iv/QK8N/8AgLcf/H6P+HgPxF/6BXhv/wABbj/4/XzNRR/YGVf9A8fx/wAw/wBYs2/6CZfh&#10;/wDIn0z/AMPAfiL/ANArw3/4C3H/AMfo/wCHgPxF/wCgV4b/APAW4/8Aj9fM1FH9gZV/0Dx/H/MP&#10;9Ys2/wCgmX4f/In0z/w8B+Iv/QK8N/8AgLcf/H6P+HgPxF/6BXhv/wABbj/4/XzNRR/YGVf9A8fx&#10;/wAw/wBYs2/6CZfh/wDIn0z/AMPAfiL/ANArw3/4C3H/AMfqS3/4KCfEFJkaXR/DskQI3KlvOpI7&#10;gHzjj64NfMVFH9gZV/0Dx/H/ADD/AFizf/oJl+H/AMifsX4F8Vx+NPCeja5FE0EepWcN4sTHJQSI&#10;HCk9yM4roK8y/Z7Yn4Q+C/8AsC2X/ohK9Nr8AxEFTrThHZNr7m1+h/ROGm6lCnOW7jF/ek/1Ck60&#10;tFYHQZGr6LHqKFXUEVzEnw7tHYnyh+Vd9SYoA8//AOFc2g/5Yj8qP+FdWf8AzxH5V6BijFAHn/8A&#10;wrqz/wCeI/Kj/hXVn/zxH5V6BijFAHn/APwrqz/54j8qP+FdWf8AzxH5V6BijFAHn/8Awrqz/wCe&#10;I/Kj/hXVn/zxH5V6BijFAHn/APwrqz/54j8qP+FdWf8AzxH5V6BijFAHn/8Awrqz/wCeI/Kj/hXV&#10;n/zxH5V6BijFAHn/APwrqz/54j8qP+FdWf8AzxH5V6BijFAHn/8Awrqz/wCeI/Kj/hXVn/zxH5V6&#10;BijFAHn/APwrqz/54j8qP+FdWf8AzxH5V6BijFAHn4+HNp/zxH5U6TwJbWls7rEARjt7iu+xVbU/&#10;+PGX8P5igDmbS2FvGFAxin3X/HrN/uH+VS1Fdf8AHrN/uH+VAHW0UUUAcZ8LP+QLf/8AX6//AKAl&#10;dnXGfCz/AJAt/wD9fr/+gJXZ0AFFFFAHPeMPh/4c8f2aW3iHR7XVIk5QzJ88frtcYZfwIrI8G/BL&#10;wP8AD+8F3oXh21s7scLcuzzSr67XkZiv4Gu4ooAKKKKACqtn/wAfF9/12H/otKtVVs/+Pi+/67D/&#10;ANFpQBaooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA8x/aF/5J&#10;F4z/AOwNe/8Aoh6+A/2UdG07XfjFa2uq2NjqFoLC8kMOpW6zwblgcqzIwIOCAeh6V9+ftC/8ki8Z&#10;/wDYGvf/AEQ9fmZ8M/iNqHwr8Vxa/plrZ3l1HDLB5N+jvEyyIUbIVlPQnvX6hwtTqVstxlKl8UtF&#10;rbVwdteh+S8YVIUszwVSp8MbN9dFUi3p10T06n0tD4Y8O+J7j4T6m2keEtYluPE/9n6lfeF7BYdO&#10;aMgMtvNC6qWcjLZMYGOM+vhGi6TYy/tH2OmPZ276a3itLZrNolMJi+1hfLKYxt28bcYxxWg/7R+t&#10;wTeHxpWgeHfD9ho2pLq8enaXaSRwXFyBtDy5kLNheOGHH4U/w9+0v4h0GIJJovh7VzDqU+q2MmpW&#10;TSvp88rb3MJEgwN3IDbuQPSvq6GFxuH52o3TUklzbXk2u60Xbponc+Sr4rA4iUU5Ws4tvlbvyxaf&#10;Z6u2+vW1j13T/h94b8V6i7/2JptrbeFvHupx6n5FrGgfTlWW4VZMAZQeQ0YB4AOAMVV8TeCfDPh6&#10;y1rXIdE05rDxb4i0ZNFR7WN1treRFupliyPkU7/LIXAwMV4ZoHxq8SeH9M8bWUT29z/wl6FdSnuY&#10;yZMsXLPHhgFZvMcHIPB6Uuq/GrxDrHh7wVo1yLRrPwnIZLLEbBpTuVl807vm2hQo27eM9etZxy3G&#10;xqL3/dVvtPayk/nzxSX91vpdGs8zwUqU/c99qVtFveUYf+STbf8AejHeyZ7x8eIbDw94k1vS7CL4&#10;XR6ct/FbJpdlpKJrESM6AjIhADDJJIbp611XxV8D6Oo+K1tPoHgUaJpWmSTadD4etIV1iznwnlvK&#10;sIDJGCWLb8DGM8Zr548XftC3HjS5vr2+8DeD4tWvHEsmqQWdwLkOCDuDGcjPHpVBvj1r7+PfFXi1&#10;7LTG1DxHYzafeQGOTyFjkVVYoPM3A4QYJY965aeVY1U6a2lFa+9u7w6qXZS953euq1Oupm2BeJqT&#10;3hNq3uvRfvL6OP8Aej7qsnb4lY98f4b+F9D8BaB4+/sHS9bvtI8GWl3/AMI5FAn+kTuWDXt0mB5k&#10;a5yfvEkHOABnL8L2lhF8C/BetRxfDXStT1K61Brq58XaVGxn2znaItsLYCg4xwANoFeN6d+0J4o0&#10;rxD4V1i1jsIp/D2lJo0UPlOYrq2GQUnUv8+7dzgqOBgAirdp+0Ncw+GrHQbrwP4Q1TTLGe4ntIb6&#10;0uH+zmaQu6picfKCQBnnAHJ61rLLsba0nze9f4to3qe7ZtJ/FGV/k/hRMM0wF1yrltG3w7y5aa5r&#10;pNq3LKNv+3l8Uj0w+BtD8ffAWxCaXpFr4w1XWdRbTr7S7VIUuJYTvFspAB8t03hFPAYJxXnf7Umh&#10;ab4e+Iun2ul6fa6ZbtoljK0NpAsSF2iyzEKAMk9T1Nc5rPxk1jVPD+laNbWWnaNaaXqsur2R02OS&#10;NoJnOdqlnYBVIG0YyMck1R+KfxQ1b4veKj4g1qCzt7028dsVsY2SMqgwDhmbn15x7Cu7CYLF0cTG&#10;pN+5ebte9rqKj8tHp0a03POxmOwlbDSpwXv2gr2te0puV+t9VZ9U7PY/S79nr/kkXgz/ALA1l/6I&#10;SvTq8x/Z6/5JF4M/7A1l/wCiEr06vwnF/wC81f8AFL/0qR+/4P8A3al/hj/6TEKKKK5TrCiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqrqf/AB4y/h/MVaqrqf8Ax4y/h/MU&#10;AYNRXX/HrN/uH+VS1Fdf8es3+4f5UAdbRRRQBxnws/5At/8A9fr/APoCV2dcZ8LP+QLf/wDX6/8A&#10;6AldnQAUUUUAFFQXt7b6baTXV3cRWtrCpeSadwiIo6lmPAHuaLK9t9StIrq0uIrq1mUPHNC4dHU9&#10;CGHBHuKAJ6KKKACqtn/x8X3/AF2H/otKtViyaq1jfXkYsri5zIG3wmPA+RePmYHtQBtUVjf8JE//&#10;AECr384f/jlH/CRP/wBAq9/OH/45TswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswN&#10;misb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV&#10;7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8A&#10;HKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn&#10;/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAc&#10;oswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/&#10;AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/n&#10;D/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb&#10;/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP&#10;/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+&#10;Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCg&#10;Ve/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswN&#10;misb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV&#10;7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8A&#10;HKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn&#10;/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAc&#10;oswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/&#10;AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/n&#10;D/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb&#10;/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP&#10;/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+&#10;Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCg&#10;Ve/nD/8AHKP+Eif/AKBV7+cP/wAcoswNmisb/hIn/wCgVe/nD/8AHKP+Eif/AKBV7+cP/wAcoswO&#10;c+Mug3XiX4eeJNKslDXd9ptzbQhjgF3iZVye3JFfl3cfCbxtazPFJ4R1wOhKnbp0rDPsQuD9RX6z&#10;/wDCRP8A9Aq9/OH/AOOUf8JE/wD0Cr384f8A45X0+T57WyeE4U6akpNPW62Vuh8pnXD1HOpwqVKj&#10;i4prRJ7u/U/JT/hV/jP/AKFLXf8AwWzf/E0f8Kv8Z/8AQpa7/wCC2b/4mv1r/wCEif8A6BV7+cP/&#10;AMco/wCEif8A6BV7+cP/AMcr6H/XbE/8+I/fI+c/1Ew3/QRL7on5Kf8ACr/Gf/Qpa7/4LZv/AImj&#10;/hV/jP8A6FLXf/BbN/8AE1+tf/CRP/0Cr384f/jlH/CRP/0Cr384f/jlH+u2J/58R++Qf6iYb/oI&#10;l90T8lP+FX+M/wDoUtd/8Fs3/wATR/wq/wAZ/wDQpa7/AOC2b/4mv1r/AOEif/oFXv5w/wDxyj/h&#10;In/6BV7+cP8A8co/12xP/PiP3yD/AFEw3/QRL7on5Kf8Kv8AGf8A0KWu/wDgtm/+Jo/4Vf4z/wCh&#10;S13/AMFs3/xNfrX/AMJE/wD0Cr384f8A45R/wkT/APQKvfzh/wDjlH+u2J/58R++Qf6iYb/oIl90&#10;T8lP+FX+M/8AoUtd/wDBbN/8TUlv8JvG11MkUfhHXC7kKN2nSqM+5K4H1NfrP/wkT/8AQKvfzh/+&#10;OUf8JE//AECr384f/jlH+u2K/wCfEfvkH+omF/5/y+6Jznwa0G68NfDzw3pV6oW7sdNtraYKcgOk&#10;Sq2D35BrvKxv+Eif/oFXv5w//HKP+Eif/oFXv5w//HK/O6kpVJynLdtv723+p+lU4KlCNOOySX3J&#10;L9DZoqtYXpvoTIbeW2w23ZNtyenPykjvVmsjQKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACqup/8eMv4fzFWqq6n/wAeMv4fzFAGDUV1/wAes3+4f5VLUV1/x6zf7h/lQB1t&#10;FFFAHGfCz/kC3/8A1+v/AOgJXZ1xnws/5At//wBfr/8AoCV2dABRRTZZUhjeSR1jjQFmdjgKB1JN&#10;AHwz+1T8d9Y8SeKdZ8G2E/2Xw7Yy/ZriNFG66lRgWLN1wrjAA/u5PsfsrfHfWPDfinRvBt/P9q8O&#10;30v2a3jdRutZXYlSrdcFzgg/3sj38d+J+oW2rfEvxbfWcyXNpc6vdzQzRnKyI0zlWB9CCDTfhnqV&#10;to3xI8KahezLb2dpq1pPPM3RI1mRmY49ACaAP1MoqOCeK6gjngkSaGRQ6SRsGVlIyCCOoI71JQAV&#10;iS/8f95/10H/AKAtbdYkv/H/AHn/AF0H/oC0AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBo6d/qG/3v6CrVVdO&#10;/wBQ3+9/QVaoAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACqup/8eMv4&#10;fzFWqq6n/wAeMv4fzFAGDUV1/wAes3+4f5VLUV1/x6zf7h/lQB1tFFFAHGfCz/kC3/8A1+v/AOgJ&#10;XZ1xnws/5At//wBfr/8AoCV2dABUN5Z2+o2k9rdQR3NrOjRSwTIHSRGGGVlPBBBIIPWpqKAPP/Ef&#10;wP8ACOqaJd2umeHdA0S/kXEN/HodpMYWyDnY8ZVhxgg9icEHBB4d+CHhHS9FtLXU/Duga1fxpia/&#10;k0O0hMzZJzsSMKo7ADsBkk816BRQBDZ2dvp1pBa2sEdtawIsUUEKBEjRRhVVRwAAAAB0qaiigArx&#10;7xf4q1fw38ePClg94P8AhGdfgvbFrVkTi/jiinicNt3cxR3II3bflBxnr7DXj3x98Aa58QfC1zbe&#10;F7u00/xRY6hDe6bd3zOkMUgjEbliiswzFJKOBznGQCTUttWaV/6a/VP5FJJ3Tdr/APA/y/E8++HX&#10;xq1xdb8Xar4o1BZ/DF7pV34i8Po0UUK29la3M0Ui7lUM26P7LKS5YjzSOBxUXhn4vajonhjSrfxr&#10;r/iB/FJ03QbzUBp1nYCBJL+9eNFTdHnr+7kz0jQMmHJNbnxR/Z5m8U+EvA2heH7q0sYNDjXSLtro&#10;EebpMkaR3MSbVPzssUeAcKSOTXLftEeFX03xkdXkv9PT/hIbvwxpWmab5+27nlttWM02yMgblEco&#10;b5SSArEgAZOsElOMW9LqPqk1Z+sr/h5E3vFytbRv0b6fK34+aPRPjn8RdW+Hmp/DttMivL2LVNfN&#10;hdadYQxST3qGzuXSJDIQqEyJGdxZAMZZgu6lg/aG0eXTJ9+ga7B4ji1f+wh4VeO3OoyXhiEwRSsx&#10;gK+SfN8zzdgUHLAgitz4h+B7/wAW+JfAGoWctvHD4f1ptSulnZgzxm0uIcJhSC26ZTgkDAPOcA+W&#10;eO/2Z77xZ4i13XprXw5rsjeJ4tdsdG16My2V5B/Z8VpLBcZify2O1nR1STaVQ4OSBC2s+7/ONv1/&#10;H51K267L5v3v+B+Hyu+N/wBoW7t7zwb/AGVpes2WoHxSdE1rwvJBbPqDMbGeaKHIkaIBz5EiyLKE&#10;2n5nUBwF8a/tDXKS+CptG03WbW8fxU+ha14ZktrdtQL/AGKeVIOXaIbmEEiyrKE2kEuF3Yrr8EPF&#10;GkW/hrUvDHhj4d+ENU0rxC2rPo2ixSW9pLB9jnt/Ke4SBTLKxlP7zyECBvuPs+d178F/Hh1my8ZW&#10;s3h7/hL5PFH9v32nS3M/2FIE06SyjtY5hDvZihXMpjXBZmCHaFao2ur99fw+9b+n5p9bdn/7d+O1&#10;u/5dov7QGitool/sfWl8QnVTog8KGKH+0zehPM8rHm+Tjyf33meb5eznf2qneftI6Np9vZRXHh7x&#10;BHr9xrP9gN4eENu97b3hga4jSQrMYtskaqyyLIUw4LMoDleK8T/sz6r4yEvifW7PwxrPiyfxCuuT&#10;eH9SVrnRpYVtRZi0aR4SxIiUOJ/JyJAP3eK2dB+BOoWN94Qvrfw34H8FrpfiNtWudM8K27RR+R9i&#10;nt1BlEUf2iXdKG3GOIBSV5K5ZRV2ubTa/ltt36+n5p6bef6/8D1+enpXw8+I1r8QoNXCaZqOh6lp&#10;F6bDUNL1VYhPby7EkGTFJJGwZJEYMjsMN6ggc6/7QGjrqbY0XWn8Mpqf9jSeLQluNNS78zydnMwn&#10;K+cRD5giMYfjdgEjX8A+B7/wr4v+IOq3ctvJb+IdWiv7VYWYuka2cEBEgKgBt0THgkYI5zwPJfD/&#10;AOzCfDHiOeCPwL8Ndc06TWpdTj8U61p4l1aGGSYzNCYRBiSRWZkSY3C4GxihK7WFZyjfayv66X/C&#10;79e+zJaKVu7t6W0/HT0+9UfDv7Q2p6L4msbjxbr6x+HlfxT9oU20QaT7JqcNvaRoETczhX8tVXl2&#10;YZDNivWdS+MN/Y2VpLD8NvGWoXUlkb66sreKyV7FMkKkryXSRNIQpPlxPI4GNwXcufKrv9kSbxRf&#10;2Q8RzabLaWsniK4t7i2d2ubK4vr5Li0uIcoAJIgpJORhuBuBJq34m+CXxB8cXtjd+LtO8E+M5To8&#10;Ng0Gs3d0+n6beK8okv4bEwNFO8iOjYbynXaUWXad1Q2/Zq29v0/O/wArddWaS5faN9P+D+Vvnfps&#10;eiS/HSC90PSNX8OeD/E/jCx1DS49X83SoLaNYIHXciu1zPCrSEZ/dxl3GOQAylodB/aF0fxd4h0f&#10;SPDug67rkmo6TZa59oto7eOG2s7lnVZZTLMhBUodyKGfn5VbDY8ptP2Y/F0Hh/wto2q6f4P8Z2Wm&#10;+GrTRo7bxBd3MljpV3H5iyXkNn5LRXLMrrgv5LgJsEgViR3vwB+Ceu/Cy8sZdXutOuFt/CWlaA32&#10;GR2zPavcF3AZF+QiZMd+DkDAJ3tDnl21t+Nl+X9Xtk78vn/w2v5/1a/ofjrxre+C7aO5t/CeseJL&#10;bZJLcTaZcWEKWqqASZDdXMPBGTld2NpzjjPH6T+0RY694d8NX+neEPE11qviKKa60/w8I7RL57WI&#10;gPdMWuBCkXzR4ZpQW8xNoO6k+OPgzxt47vNF03SLDQdW8GqWm1jStU1aewfUXBBihZo7WfMAILOn&#10;HmEKp+TcrrrHhbx9c+IfDXjWx0/w9B4j0+zu9LvPD8mrzGxmt5njdXS8Fp5iurQRnBgwQzDIwGOK&#10;2u+/+f5uy8ld+lS8u3+X5K79bLuUtU/aO8MWtpp3iFJ9dewOharq0unQWsAGLKSJLiOYSYkWeNyU&#10;Cq4QnfuJwpra+J/xl0fwXpk0F22sWktx4ev9dju9MhgeWCC2WIuVEpKeb++QqGVkJB3cdfEbn4Rj&#10;UvGFl8OZNfsrnxDe+E/E82tT2WHFhPqV1byKTFu3CPdIwTdtLrGTxzjqPGnwW+JXxMgkOsJ4V0d4&#10;vCGqeHIIbHUbm5Ek9ysAWdna3j2pmI5QKxXAO592FreK/rvf/wAmVvT5mkeXnV3pp+lvT3bt/wDD&#10;Hot38b44b2/ttK8IeKPFVtpPlR6nqGlQWrLayNEkxQxPOk0riOSNyIIpM7wFy2VEXwo+Kes+PfHf&#10;xE0m/wBAu9M07QdRitLK5nWFA6NbxSYdRMz728wuMooCMgOHDKON+JPwL8ReLr+V7HQvCltqpt0g&#10;svHNhql5pOt6YPI8o5METNdBMu4Rp4kcFUZBt3nvvh54F17wZ4+8b3l1LZX+ia9PbX8V4J3F2J0t&#10;Ybd0eHy9m0+SXDCTPzY296pW5n8/+B/X53MFfkXf3f8Ag/1/TzPH37R+i+AW8UTSeH/EGtaT4XRf&#10;7a1bSoIHt7KZoxIsBDzJI77XiJMaMieapdlAYrb8S/H3SvD1/rKRaDrms6ZoIjOuazp0UBtdK3IJ&#10;CJfMmSSQpEyyOIUkKqwyMkCvBfjnr8/hq3+Mfgfw5rnhy5v/ABbJ5qaTqdxPBrKXNxbRQtDaWfkn&#10;7akmxSsyOqxs8mQ/lEHuPEH7M83/AAmvibVLXwT8OfGEXiGeK7/tDxjZ+bdaVN5SRSBUFu5uYv3a&#10;yKhlhIYsu7BDCI6xUv6vZael76+RcrJ29fuvo/XyPR9T+N0EGq6pbaN4S8R+LbLSWSPUdS0OK2ki&#10;tnaNJtojknSaYiKSN8QRyZDgLubKjJ1b9pjRdJ1zxLZHw14mubDwzLAmt6zFZxLaWCSxRyrK4eVZ&#10;WUJJlhHGzoEYsqjaW534ofArXPFurXLaT4d8I6femFYNN8aaXqF3ous6Unk+VtC28TG4WPLMsZnj&#10;jYFUZBt3tzFh4Q8b+MPFHx08J6Xc6NJoetahb6ZqOp6hJLHd2gfS7VJpYokjZJy8bHCs8QRlzlwc&#10;BrV2Xnv6rfstdfwug0teXlt0vvbu97L77HrMv7QGhw+IPFNi2l6qNL8Lc614gYW62Fmv2ZblXyZh&#10;JIGRgAI43II5ABUnmvHv7QM6fDrxqbTR9b8E+KrTwxda9pKa5b2xa4ijTHnIqSSr8jtHujl2uN65&#10;TBrRj+A89zoPxZ0Ke/isdO8XyKtjPa5lltYhYQWwLq4ALBoScAkEY5BJxz3jH4MePfinp2tTeJX8&#10;Pabqi+Er/wAOabFpt5PPDPNdCPzLmZ2gQxL+5QCJVkxuY7zgVMtrLt+jf33srdm3qVTaU4uW1/Xr&#10;H8LOTv5L59fB+0JoMWlareNb6jqFhpAgtJ9Vs4Y5ILvUZGRBY24D75Z97qpCpsVm2lwysBDq37SO&#10;jeGNL1afxF4d8QeH9S0yWyWbRrmK2nu3iuphBDPGLeeSOSMyblIVy4KMNuSobh9Z/ZWvR4Z1zwho&#10;p0GDwXcPZa1p2k3sBlt7TVIHRpYWh2FXtJ9mWGQVZ3IU7uLX/DPWo3mg3sNl4J+HXgC5k1LSrhIP&#10;DELFpIra8juJTLci3hLbgmEi8nAIyXO75dNJT8rr89f1+VnvcxjdQV+36afpfzutrHqngb4ow+Mt&#10;f1jQbrQNX8L67pcUFzNp+sC3LvBNvEcqPbzSxspMci43bgV5AyM4/iv4+6L4T1TWYX0jWdR0nQWj&#10;TXddsYoWs9JZ1V8S7pVkcqjo7+THJsVgWxWrpfge/svjP4g8XPLbnTdQ0Wx02KJWbzlkhmuXcsNu&#10;NpEyYIJOQcgcZ4Pxx8HfGWqD4haBo13o7eGPHcgkvL6/nkS80ovBHb3AhhWJkuN0cSsu6SLaxOdw&#10;qFvH019b/hpd+tjRpXeumn3W1t3aen9XOw1L446Dpfh7xVqklrqDv4e1NdInsI0j+0T3DmIQrCC4&#10;VhL58RQsy53c4wapn9oHRxqRI0TWj4aTU/7Hk8WbLcabHd+Z5PlnM3nFRMRCZFiMYfjdgEjK8QfA&#10;y81P4zaD4gtbu0h8IRJb3Wq6Y+7zrm+tFkWykGBtIAmyxJzm3hxkA1yXh/8AZhPhjxHPBH4F+Guu&#10;adJrUupx+Kda08S6tDDJMZmhMIgxJIrMyJMbhcDYxQldrONm1f8AqzSfpdXkvu8nDvyu2/8Amr/O&#10;z0f9NerfD34t2/xK1PVIdM8Pa1BpunXd1YS6xeLbpbNc28xikiRRMZWJI3BvL2Y4LBgVGf4q+POl&#10;+GNU1uCPQdc1rTfD+z+3dZ02OA2mlbkEjeb5kySSFImWRxCkhVWGRkgVqfCDwPf/AA/8Najp+oy2&#10;801zrWpakjWzMyiO4u5ZkB3KDuCuARjGc4JHNeV+Kf2a5JfH3ivV7PwT8OvGEPiO5jvRqHjKy8y6&#10;0qXy1jkCoLdzcxYRZFjMsJDFl3YIYTreK8lf1tH7tXL7vv0dve9fwu9fPS33ne+Iv2gNH0K91cWu&#10;i61r+j6Gsb61rulJbvZ6YrIJSZC8ySSbYmWVhAkhVWGRkgVna/8AtM6Lol34qWHw34i1jTvCzxjW&#10;dW0+G2a2tIngjnWYF51eVNkmSIldxsOVwULcbrf7MJtvGPiS+07wL8NfFdprs0NzHeeK9PBn0iQR&#10;JE6xxLBJ9ohxGrrF5sOCWXdghh02p/A7V7jwb8Z9GtZtLgbxkrJpaoXjhtx/Z0NqBIoQ7AHiJwu7&#10;C478U1tf+t1p+eqCKTaUtNvu7/8AA/p+keL/AB7pvgvTtKv75J5bHUL+209bi3VWSFp3CRPJlhhC&#10;7IuRk5ccYyRx3iv9onRPC3iubw8mh65rWopqNvpEY02KBkmvJraS5WBWkmTBEca7mbaq+amWxuK9&#10;R4y8CJ4z+GWo+FbmRY3u9P8Asq3C8+TMFHlyrx1Rwrg+qivN/C/wN8SWOn/D+71e+0u68S2PiW48&#10;SeI7q3aQRXM01tcRFYMrkhBLCihtvyR+vBqy52r6X/B/5Wv80ZpvkTa1a/G1/wAb2+TOh8W/Ho+D&#10;dPvtRvvAHi99K0y1judVv4YbPyrAFA7q265BnMan5zbiVQQQGJBAn8dfHSDwLHqt6/g/xPrGgaTA&#10;txqGu6fBbC0gQrvYqJp45JgikMxhSQDkZ3BlHl3xr/Zs8U/E/UPHiHT/AAjr39uRGPRtc8TXVzPP&#10;oKfZ0QxW1mYXijLSIW8+ORGy4ZlkMYU1Pip+zH4u+IUXi+0n0/wfr0urWawaTrniK7ubiXQVFrHG&#10;0VraGFo03SIW8+N42+cMyOYwplPRN/15f1+Ol9bLmtfT/htfz/yWp6b44/aV0LwRH4lu/wCwtf13&#10;RfDUatrGsaRBBJb2kjRrIkJDzJI7lXiJMaMiCVS7KAxXuvG3jvTfAPhWXXdSW4kgDRQw21rH5k9z&#10;PK6xwwxrkAu7uqjJABOSQASPk74u6td+DdC+K3gDQtc8M3Oq+KEQ/wBk39zcQ6ul3NaQwPDZ2nk/&#10;6bHJsUrMrqELvkN5RB+l/iz4B1Dx14Ht7LSbu2std028s9UsJLxWa3a4tpUlWOXb8wR9pQsMlQ24&#10;AkYNWXLdPqlfy6/d0Mk3dJrWz089LX7Xd7/8C55ePj3qT/EHxpaa1B4j8K6bpaeHYYtKNtYvdwXN&#10;5eTRMS4aWKSKQeQGKyNtXdt2yAgd6/7QGjrqbY0XWn8Mpqf9jSeLQluNNS78zydnMwnK+cRD5giM&#10;YfjdgEjh9d+DPxC8da/4k1nW28N6ZLqUvh02tjYXs9wtvHp9/JcTB5WgQuzq+VIRRk7SAF3tU8P/&#10;ALMJ8MeI54I/Avw11zTpNal1OPxTrWniXVoYZJjM0JhEGJJFZmRJjcLgbGKErtZxt7ql5f8AB/C/&#10;z06a1Pq4/wBaL9f1PcfEHjew8NeJPDejXsVwJdfnmtrW5VVMKzRxNL5bksCCyI5XAOdhzjjPDWvx&#10;30PVfHD2MH/CQJFZx6snlwWcM1rfGye3SZ0Cb53ZXlMaKgG5hICpwhPRfGXwTqfjnwPNbaBPaWfi&#10;exuIdS0e7vg3kw3cLh037QWCMAyNtGdrsO9eb3/7O3iCx0jw5aeHNet9LvdL8Jaro76pvkWc6hdm&#10;BzcrtAIBkjldmDKwLgqPTJX1v5/inb7rW820XZbd/wBGvzv8rM77wn8Yl8Q+L7fw1qfhHxD4R1S7&#10;sJNSs11sWhW5hjdEk2m3uJdrKZY8q+04bpwcQ/EP4yW/hHUtR0bT9E1nxBqljph1O/bSIYXXTLdt&#10;4jll82RC+4xykRxCSQiNvk5XPn/wt/Z/1jwj8XNH8XyeG/BvhWztdJu9Ou4NCup7y9vZpXgcXM93&#10;LBG87ExuCJMsuSxeQuQvXeK/AfjXTfiFr3iPwY2hXUXiLSoNOvYdbnmgNlNAZfKuY/LjfzgVnYNC&#10;xjyY1xINxwVVeFo72l9+vL6X019NhU3793t7u/y5vu/z364vw9+P13d/DjwT5uh65478XXfhex1z&#10;V49ChtEaBZYhiWTzZYYwZHWTbHHljsbC4Fehar8V9B074XN8QLdp9V8NizTUBLYxgubc4Jk2sVxt&#10;UlmBwQFbjIxXhll+ypf6HD4bvbjwn4B+IeoweF7DQtQs/FakRW9xaoVWe1mNpMxRt7BoyiZ2ocg5&#10;Fe+6R4HtIPhzF4UvLPTILR9PNjc22i2f2OzAdCsghh3N5aHc2F3HGepras1ecoK+rstustPRq1n0&#10;v5WWdNW5VLbr36a+t76eXzMHVvjx4Z0XxN4q0S6+1pP4c0c61dz7EELwqod0jJcFnVXiJBAA81Oe&#10;TjP1X9ofTNM/tCZPDPiK+07R4YZde1G2htvJ0XfGsrJOGnV3eON1d1gWXaCO5ArzOL9lXxTe+DPC&#10;On6t4g0651mLVW/4SS7j80JqGlkQqYEyM72Sysw24AcPz663ij9mqSTx74r1ey8E/DnxhB4juY71&#10;dQ8Y2XmXWlS+WsUgVBbv9piwiusZlhIYsu7BDCLa7/109Lp29Yvvq1e2v9dHbvtdeUlpoXdP/aJn&#10;0Hxn8So9X07WNb8MaFqdsP7W022tza6TZyWdtJvlJdJJV3PLITGsrKoJbau3Pb6v8a4rTWNWs9I8&#10;I+JPFdro7pFqWo6JFbSRWztGkuwRyTpNMwikjfEEcmQ4C7myo4bWPg349f8A4WT4e0xvDEHhPxrM&#10;kZuTLPFc6ZAbKC1mMduIikpKxNsTzECYUlnyVVPiZ8Btb8T6lONH0HwvaXggS20zxxaapeaTrumI&#10;IfJAY28TNdbMswRp4o3yqsg27ydF8vy1v6fjrroitG3f/gdNuvf087j/ABR8ftR0n4jaZoWgaVrm&#10;vRXXimPSNQFxDZxLaqdNF0I7fdJE/IKuTKGI2zLkHy1PYP8AtAaOuptjRdafwymp/wBjSeLQluNN&#10;S78zydnMwnK+cRD5giMYfjdgEjkL/wCBniy18XTeJLC60nUr2Lxbba9DDfXMluJ4F0oWMokZIX2S&#10;bizgKrKQACRnjL8P/swnwx4jngj8C/DXXNOk1qXU4/FOtaeJdWhhkmMzQmEQYkkVmZEmNwuBsYoS&#10;u1nG3up/18P6Xt579mpvdrt/n+tl6feex+O/GFp4W1nwfbXV3qNqdW1RrONbKOF45WFtNKVnMgLL&#10;HiInMeG3BBnaWByPCPxoXxjc6TLb+DfFFtoGsDdp3iGW3t5LO4QqXjcrFO80KOoyGmijAyA21iAb&#10;nxH8Daj4u8Q+AtQ0+e1gTQNZbUbj7SWyyG0uIQEAHzHdMpwSowDznGfO/CHwP8QaR8RNI1yLRfDP&#10;gWK1nM2q3Pg3VLuOHXwI5UCz6b5McCFmm8zzHeeRNgUO33goatX7v9P6/Rjna2nb/P8A4H/AOg+J&#10;nxQ1rwX8ZfBei6fp2pa/ZarpWpTPo2lRW5mnmie12P5k7xqgRHlJ3SKDnHzMVFVdU/aQ8M2lpYeI&#10;PN14WS6Fquqz6VHa242fYniW4inDkOtxG7FAquEJ37ifkNbPxD8JeM5fib4Y8X+E49DvV0zTL7T7&#10;rT9ZvJrX7QJ5LZl2Sxwy7NvkFiSrZwFx825fNNc/Zd8SahoNxDFqmlS6pqOh+I4L+R2ljiGoapNF&#10;MPLARj5KFGXJ+bAU7SSQJV+VfP8AN2+Vv8vTRKLmr7afpf5/8Od3dftL6NpVrqVzrHhnxJokNtod&#10;x4itGvYLbOpWUIUyNCEnYq4EkZ8uYRN84yBhsW7L9onQlup017SNa8IWg0ibXra/1qKFYbuyiKeZ&#10;KgilkdCokjJjlVJMOPlyCBh/GT4H678Q44V06706Ap4P1bw+ftUki/6RdLbiNvlQ/IPJbceoyMA8&#10;4m+K3wCuvind6db3F/b2elr4W1LQbmRQXlWa4NsY5EQrtdVMDEhiM8DHJxcrK9u7Xy96z/CP9PTO&#10;Gqjzdk36+7dfjL+lrfuv2jtL0XTNUvPEPhbxJ4YNro8+u21vqkVr5uo2sKhpjCI7h8OgaPMcpjce&#10;YOOG27Hg/wCM9n4r8U2ugz+Hdd8PXN/p76ppk2rxQLHqFsrIrPH5czshHmxkpMsb4cfLwceVL+zd&#10;qt74N8TaVH4C+Fng3U73w9daVFqfh20bz7q5lj2eY0gtojbRdSYwJidw+YbPn9Xm+HuoyfFDwZ4k&#10;E1r9h0XQ73TLiMu3mvLM1qUKDbgqPIfJJB5Xg84aUb6/1pLX71H79tdJ15fP9fd0/GX3b918afGW&#10;w8H+ILjR4dD1rxFd2NiNU1T+x4oXXTbVmYLLL5kqFy3lykRxCSQiNvk5XORb/tE6ZrOm6PceG/C/&#10;iLxXc6hosGvyWGlx2qzWVpMMwtMZp403vhwI0Z2OxsDAzXCfGDxpD8J/ij4l1Gx8R+GNPvvEGgW8&#10;U9l4puprJkaFpxFNZ4iZb5iJWVrZGRgUj+YeYK57wt+zPqA8P+C9dufA/gzxlqMvg/TNK1DR/HMP&#10;lNYXNvF8skUn2WdhneyvEVXlFO4cis1dwv8A1f3tPTRa/le6uVk7f1b3dfLd/d169v8A8NIafbfE&#10;DUbhNRl1rwze+H9JvNB0vT4EN1f3d1NdLshVtrM7LEmVdgqBGZtgDGup179oTSPDtxqX2jQNdm07&#10;RRD/AG/qtvHbvbaI8iK5jnPnbnZEdGfyFlCKwJNcBrn7K15qGvv4gsP+Eb0TxDpeg6dbeHb3SrFr&#10;aHT9Qt5p5ZNkA3eXbS+aqMgdiVLAjIBrU8SfB/x9q+meONCtp9Aj0fx4I5dUuZbubz9Ile3jt7pb&#10;aMQYulKxAoXeEgk5BHFXpov637+l7vyj3Je9+mn5a6fdZdby7I3/ABR+0tpHhm98Xxr4W8S6tZeE&#10;ZEXW9R0+C2NvaRtDHMJf3k6PKoSTJEau42HKgFS122/aH0GK+uotc0vWPClkmkza7a6jrEUKwXtj&#10;EV8yaMRyvIhAkjPlypHJhx8mQQMbV/ghrF14R+NOj2tzYI3jMMulmSV9sI/s6G1HnHZkfPET8obg&#10;g9eKX4rfAK6+Kd3p1vcX9vZ6WvhbUtBuZFBeVZrg2xjkRCu11UwMSGIzwMcnE7L7v/SZN/c0lbzt&#10;1uqSTeun/Dx/O8vuv5O/dftHaXoumapeeIfC3iTwwbXR59dtrfVIrXzdRtYVDTGER3D4dA0eY5TG&#10;48wccNt2PB/xns/Ffim10Gfw7rvh65v9PfVNMm1eKBY9QtlZFZ4/LmdkI82MlJljfDj5eDjypf2b&#10;tVvfBvibSo/AXws8G6ne+HrrSotT8O2jefdXMsezzGkFtEbaLqTGBMTuHzDZ8/qGp+ANZ/4WH4T8&#10;TWZsJ00TQL/TWtp53iMs8xtjHhhG2E/cMGbGRkYVuav3U9dv+BLX71H79tdIV2vP9fd09NZfdvpr&#10;6RXh3iz4r3nhv4peL9N1HVNRt9Csbfw39ki0u3tmlSe8vbiF8mVTlH2RK+SSqhimG5r1LxZZeINW&#10;8E6lbaJqEGg+JprNha3hQXMNtc7flJDL86BuOVBI5wDxXjXiT4P+KvFMHiPxJ4jl8PaHrF7c6FJJ&#10;Da6hNPZwWem3f2mR2neGM723zYHlhVwuWOSRMbKfvbLf8Nflr+ew3rGy3e34/np+R6h4C8YQ+KvC&#10;erajZXeo3QttR1Gz8zU44UkV4LiSNlURAKY1KEISNxUAsS2a82+B37Rk3iPwZ8Ox4r0jW7a68RWS&#10;pF4mu4LWKxvrtIGllVVjl8yPIjlILwojbDtJBXO3+zXs1X4U6rc2ksVxaalr+uXFpcxOHinik1C4&#10;KSIwyGVhyCOCORWdYfAXVx8O/g94bvbqxZvCTKNUaKV9sqfYLi2byCUyTumUjcF4B78FaxvpraP3&#10;2bfpra/4lvlel+svu6epv6R+0Bpmvy6aY9D1vS9I1wSpoXiG/it1stTdUZ0EYWZpk3ojuhliQMq8&#10;dVB4/wCD/wC0je638NPB1xr+ga9PrOsaQZbPVZoLSG21m9jhMkkMIEy+W7bZCvmpCjBGKsRgmp8L&#10;f2a7jwFNodhJ4G+GaR6NG8S+LrbTs6vfKqMkLmMQILeYgqXkE0uSrYX58re8BfBbxz/Yfw28OeMZ&#10;vD8ej+CESaO70W5nlnv50tXt4laOSFFhRFlclgzmQqp2x5IBJe7JQe+3T+bXye2n+RKezkuvr028&#10;159Dv/gL8QNU+Jfwf8NeKdc059K1DULNLmaN/LCPlQ3mRhJHxGc/KGIfH3gDVTT/AI6QT+JND0zU&#10;vB/ifw7aa5PLb6Zq2rwW0Vvcukby4MaztPCWjjdlE0SHjBAPFXPgr4N1/wACfCTRvCmsvYQ6hpFo&#10;NPgu9NnedJY0ULHMQ8aFXPUp8wGPvHNeL+Ff2Y/F1h4o8Caxe6f4Ps9X8P3jz6n4oju7nUNY1tmt&#10;ZoTLJPPCrphnRvILyL0AdBGoa5tOo+X4f+H/AOBp5+tkl7ur11/r+vw0v61afHi3bX9G0/UvBvij&#10;QLTWpZoNM1TVbe2jhunjieXb5YnaeItHG7KJoozxggHiqHg39pbRfGJ8K3H/AAjniHRtF8UIx0rW&#10;tUhtktp5FhaVoiEnaVGCxyYZ41RvLO1mBUt5n4Y/Zh8V2fiXwNq2oaX4Og1TQbt59V8SJe3V9rGv&#10;F7WaAySXE0AeMAujeSXkXGAroI1Ddra/AnVofhv8IfD19dWTnwgV/tVrd5GE0Y0+4tmEHyZY7plI&#10;BC8A98Aw9ItrV/8AD6/l/kVZN22/rb+vvNrQ/wBpPRNa1jwvanw/4g0/TvFMko0PWryCBbO+ijhk&#10;nacbZjJEhjjBUTIjsHUhSA5W34e/aA0fX77Ry+i61pOg640iaN4j1FLdLHUmVGkURhZmmTfGjuhl&#10;jjDKhweVB8F8C6xc+Pdd+EHgWz1zw14j0Xw19qiu5tDuppNRNsmnXFrHNe2zxJ/Zz/vEQxOzkySE&#10;ArsIbtvhz+zJ/wAIXFpWlX/gX4bCx0mCWCTxbY6bu1q/iCMkbCJbdBBOQQXkE02SrAL8+Vc7RTcd&#10;Vra/W17N9unlq97ErVpPfS9tbPy7/wBbXO50P9pPRNa1jwvanw/4g0/TvFMko0PWryCBbO+ijhkn&#10;acbZjJEhjjBUTIjsHUhSA5V9h+0XpV+ljdjw14ig0XVkmbRNYmithb6w6RtIscCicyq0kcbtH50c&#10;YcLweVz4b4F1i58e678IPAtnrnhrxHovhr7VFdzaHdTSaibZNOuLWOa9tniT+zn/AHiIYnZyZJCA&#10;V2EN6D8If2cJvh1qXhy1n8C/DNYdCyg8W2unA6xfKilYm8sQILeYgqXk86XJVsL8+VqUV9l6a2fz&#10;0b87WdtnqK9umul159l/V15Hf6h+0F4S03SfDGqzTXH9ma9pc+tJdqi7LSyhhWWSacbsgDfGmEDE&#10;u4GOpGddftHaXoumapeeIfC3iTwwbXR59dtrfVIrXzdRtYVDTGER3D4dA0eY5TG48wccNt5Kx/ZZ&#10;uL6z+JGka1qlqNG1eyn0fw2LSMu+l2M0slxIrowCkiaRVCgkGOCIZHNZ6/s3are+DfE2lR+AvhZ4&#10;N1O98PXWlRan4dtG8+6uZY9nmNILaI20XUmMCYncPmGz54bvdrTr6Xvp6rRef5XFLmSk9L2b+a19&#10;Gr+lvv8AVfB/xns/Ffim10Gfw7rvh65v9PfVNMm1eKBY9QtlZFZ4/LmdkI82MlJljfDj5eDiL4h/&#10;GS38I6lqOjafoms+INUsdMOp37aRDC66ZbtvEcsvmyIX3GOUiOISSERt8nK5nm+HuoyfFDwZ4kE1&#10;r9h0XQ73TLiMu3mvLM1qUKDbgqPIfJJB5Xg84xvFfgPxrpvxC17xH4MbQrqLxFpUGnXsOtzzQGym&#10;gMvlXMflxv5wKzsGhYx5Ma4kG44msrxah/e/Xl9L6a/kFF6xc/7v6c33a6fn1xfh78fru7+HHgnz&#10;dD1zx34uu/C9jrmrx6FDaI0CyxDEsnmywxgyOsm2OPLHY2FwK9h8MeJdN8ZeHdN13R7pb3S9RgS5&#10;tp1BAeNhkHB5B9QeQeDXzbZfsqX+hw+G7248J+AfiHqMHhew0LULPxWpEVvcWqFVntZjaTMUbewa&#10;MomdqHIORX0X4L0AeFvCmlaSLbTLM2lusbQaLZ/Y7NGx83kw7m8tM5wu449TXRUcXKbXd2++X4Wt&#10;b+ksY3SS/rZfje/9avaooorE0NHTv9Q3+9/QVaqrp3+ob/e/oKtUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABVXU/+PGX8P5irVVdT/wCPGX8P5igDBqK6/wCPWb/cP8ql&#10;qK6/49Zv9w/yoA62iiigDjPhZ/yBb/8A6/X/APQErs64z4Wf8gW//wCv1/8A0BK7OgAooooAKKKK&#10;ACiiigArEl/4/wC8/wCug/8AQFrbrEl/4/7z/roP/QFoAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDR07/AFDf&#10;739BVqqunf6hv97+gq1QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFV&#10;dT/48Zfw/mKtVV1P/jxl/D+YoAwaiuv+PWb/AHD/ACqWorr/AI9Zv9w/yoA62iiigDjPhZ/yBb//&#10;AK/X/wDQErs64z4Wf8gW/wD+v1//AEBK7OgArm/iTqt1oXw68U6lYymC9s9KuriCUAHZIkLMrYII&#10;OCAea6SuR+MH/JJfG3/YDvv/AEQ9AHx7+zvBf/HL4najD4q8Qa1czW+ly3VtdwX8kc1vKJoV3RkH&#10;C8OwxjHPSp/2m9a8bfDrX7Twk3jvVtX0maxW7TzdsMu1pJE2SOmDL/q85b16cVjfsieNtD8C/E68&#10;u9f1KLS7W50yS1innyEMhmhYAkDC8IxycDjrWl+2tqdnrHxP0W7sLuC+tZNDhKT20iyI3+kXHRgS&#10;DQB9hfCAk/CbwSTyf7Esv/RCV11cj8H/APkkvgn/ALAdj/6ISuuoAK80134ixaB8U08Nahai2tL/&#10;AE6fUbfU2m+UvAIvNhK7eCEkVwd3IDcDbk+l14/8dvg+vxm0VtKXWZvD9zb3yzLf20QkfymgMNxD&#10;gkYEkMsqZz8pYMASopO+lv66X+V0/NJrqhq3X+v+H1XzRyfgD9oLxH8RvEWn6bpvge1toJ9Jtdem&#10;ur3WXTyrG4nnSPai2zFpjHEsgjO1fmZS42gszTv2lbhPilong3W9J8PafeatczWy6fYeKY77WLBl&#10;geeP7XZJCBHuRMEpLIAzKMkHNd9p3wxg0vx/rPiK3vPs9tf6JZ6LHYW8Pl/Zlgedg6vnuJ8AbRjZ&#10;1OcDzTwt+zBrOgQ+BNPl8Z2KaF4OunuLKx0fw+ti90Xt5oXkuZPPfdORLu8xFRSxcsjFgUrS6tt/&#10;wZfpy/e/NC3Tvv8A8BfrdeiXcsQftPPp/wASdJ8K+ItM8O6TLqM08LWdn4pjvdW07ZA86m8s0hAi&#10;DJHyUlkCllGSDmr/AIa+Puvazq3gBrzwOth4e8cTSf2VqK6r5s8MItZblGuoPJURyOka4RJJAMvl&#10;wVAfE8O/svarodl4I0278VaddeHPB88k9rpGleHlsjfh7eaGQ3L/AGhg8zCXPmII1LFyyMWBTlfh&#10;voXifVfGvwq0mG48Qv4b8GS3EhtNa8KT6XLZwCzmtoY7m7kdoryZTKiK1rhCBI5DAqRUOVtJ/wBL&#10;X8dv1Cbsm12/Hpb+vTqen+OfHXinQv2gfB2jW62K+EJ9E1G/vzNetHJmF4AZNggbJjWT5V3gN5jE&#10;7Si7uY+H37Yug+OfFHhuxEnhtNP8SzNBpiWHiaK81WJ9rPF9ssVjH2cOqN0kkKMUVgCTj0zxp8M5&#10;vFHjvw14kttSgtP7MtrzT7yzubNp0vLS58oyIpEiGNwYVw/zDk5U1l/Dv4X+LPASaLo3/CdR3vg7&#10;RUaGzsBo6rfSwgFYYbm6aV1dUUgZjiidiiZb7waIdFLz/N/pa3zCeusey/L/AD3+Ro+NvixD4D8S&#10;S2GpaeRYDQbzWor9ZwPMa2ZPNg2FeG2yIwO45+bgYyfOvEH7SYuvhut5P4YnS+m0DWdT1bS4NYkt&#10;Z9P+wt5MsSzpGH3GY7A67CMFhnGK7/4x/B23+LsPhxZNSk0qTSNSS7eSKFZDc2xUpPatkjCSodpP&#10;OMDg1y9/+zLaXc/xbmTXZI38d2TWMAe1DLpKPG3m7AHHmb5XeU/d5IHbNSr2d/6tqvvvb/t3z10j&#10;bnj20v8Ak/utf/t7yPPx8QdXg+Ky+brmo2+kJ46hhe3e9laNLX/hHfPaIgnlPM+crjBb5sZ5roPB&#10;P7Zmg+MNe0C3DeGxp/iF5ItMisPE0V5qsbhGkiF5ZLGPs4dUbpJIUZkVgCTjpf8AhnCGTxQNVuNc&#10;E8B19NaktDZ4Dqul/wBnmHd5ncfvN2P9nH8VafgX4U+LPBdlpegf8J5Hd+DtJhe2s7EaOq30kO0p&#10;DFc3TSusixqRzHFE7FEy33g1zfu2j2dv6+63zM97N+V/w/4NzC8A/tDa54qj+Hupat4Kt9E8P+N/&#10;3Wn3EesG5uoZ/s7zgTQeQiiNhFJtdZGP3CyLuIWz8UPE3i3SPjv4E0/wvZf2ubzRdVeXTrvUnsrH&#10;KS2e2adljlOVDMqkRsd0gHALMNTRPgZ/Y/hf4U6P/bfnf8IJNHN532Tb9u22k1vjbvPl587d1b7u&#10;O+Rf8f8Aw21/xB478PeLPDfii20DUdIsbux8i+0s31vcpcPAx8xVmibC+RkBWB3bSTgFWqXKpLl2&#10;Tf3WdvzH0l5r8b/5JHB6z+13pGm6d4egaHRdG8Sak97FdWfirX49LstPks5fJuEe6Mcm9vNIVAkZ&#10;LjLHaAcaFt+0uuu/DfT/ABbotl4e+xG5ns9U1HW/E8VjpFhNFJ5RVbwRSGYSPjymSPDL8zFCQpt2&#10;X7Pd54XbQdW8L+KVsfF9gb432p6np/2u21P7ZL59z5tuksRX98FdNkg2bdp3AnMuvfBbxRq2s+Ev&#10;EY8Z6be+LNChvIhe634cS6tc3DIzPbwRzRNAyBAit5jtsJVy5JYx013/AK28v+H8mddNv638zB8L&#10;ftPan4+TwhbeGPCVhqeqa/Dqjln17bYW7WNwkLn7SkDmSJ95KSJHk5QFQGLLlad8d/HPi/4j+EU0&#10;jw/Yw2Mmma4NQ0abVypa+srmOBwsgtTuVW4Q5UOJSWVCgDdf8Mv2eZvh54g0TVJ/FMuuy6aNZ3Pc&#10;WSxy3J1C6juCzsrbQUMZHyqA27ICYxT/AA38Arvwn4o0HXNP8RwmfT7/AFme4juNNLrcW2oXS3Dw&#10;riYeW6FFAk+YHnKc4FWV1r/wHqvuV7jbSTt/XX9EvmxNH/aS0/V/EPgqxGlPBp/iHRl1SbUJLjiw&#10;leGWWO3dQvLFba6ySVx5XQ54qaT+0B4h8XadZy+GPA8GoXo0SHxBfQXusG1SG2nMn2aOJ/s7mWeR&#10;InbYVRV4BfkVk6p+yFZ3/gjxb4eh8T3NodZ1oalZ3kdou/TLbezGzjG4bk2zXShsjAnPHHPZ+Jfg&#10;9qq+ILjVvBXiWDwtLfaTFot9Bd6ab6EwRF/IkhUTReVKglkAY71IIyhxUNtxbSs9bdrtXV/JP3e7&#10;Sv1JSSdun6J2fza97107Gavx9vfFkdtJ4A8Lp4kj/sK28Q3banqB07yoLgOYIY8RS+ZOwjlyp2ou&#10;0ZkGRTNG/aEuPGPieztPDXh63udCk0Cw8TXOr6pqLWvkWdw0oKiJIZS0yiIkIWVT8wLrgbnD9n+9&#10;8Jrar4A8Ur4bQaDb+HbpdTsDqIlt4AwgmjAmi8u4USSfOd6Nu5Q4rY8EfAvS/AmsTyWd08+jt4bs&#10;PDUenzx5cRWxm+d5QfmLibBG0cqTnnAqdve5PO1+/vW+Xw+e9wj05vL7vdv8/i8trdDze9+Mfirx&#10;L4s+Dmt3GiyeGPBet391fRXEGrPLJcWY0y6ljS+gEaLGxHlyqivMAUbLAqu6x4J/bM0Hxhr2gW4b&#10;w2NP8QvJFpkVh4mivNVjcI0kQvLJYx9nDqjdJJCjMisAScbWifs7a5ZXPgax1TxxHq3hTwdJMun6&#10;YdH8q4uLd7Wa1RLq484iR445QA6Rxg4bcpLBl3vAvwp8WeC7LS9A/wCE8ju/B2kwvbWdiNHVb6SH&#10;aUhiubppXWRY1I5jiidiiZb7wYnazUP71vxtfz28r3Ddpvyvbbrt5d76mF4B/aG1zxVH8PdS1bwV&#10;b6J4f8b/ALrT7iPWDc3UM/2d5wJoPIRRGwik2usjH7hZF3EL7g3Cn6V5XonwM/sfwv8ACnR/7b87&#10;/hBJo5vO+ybft220mt8bd/7vPnburfdx3yPStMivotOij1K5t7u+AIlmtbdoImOf4UZ3K8Y6sadR&#10;RakoedvTS36h1v8A1u/0sfK3we+LF/8AFTw74H8Bz61rejjULS7lvfEdx58N1qrwTMJLOyuWGdwU&#10;gyTBtwQERfNukh774xftBXHwIhnFxpWhLomn2oa3bxB4uW01PVFjVfN+xwPFK1wyghcySIzvnsQ7&#10;bEn7PVtN8F9H8EHWpYdW0RvtOk+I7aDy5rK8V3aOdE3HpvKshbDqWU8NXOeK/wBmfxD4ki8eQReN&#10;9M01PG9skWsXsPhsNflltlh2RTm4wtuSm4ROjsoeQLIpYOJTasu346R/L3l9z3d1douTb2f4ay/4&#10;D79NlYueI/2jdc01vH97pfgm31Hw/wCCnjfUb641k2808DWsVyzW8Qt3DyKkjZR3jHCYc7iE7n4s&#10;eMbbw14HsdWe0ub6C41PTIEjtr6Wyf8Af3cMasXj+YhS4Yp0cAq3DGsCf4CtceEPidoja6A3jaPY&#10;bgWfFmfsMVpnb5n7z/Vb+q/ex2yW/HrS7m78DeGfDdhaX2o38+uaP5ZtbGaWNEgvYJJZJXRWWFQi&#10;M2ZCoOMAk8Va5U0vOP56mava77S/9J0/G/4GZ8OvilZ+IvH2kaXFpOo20lxJ4iUTT69c3Ma/ZL+O&#10;F8xP8rbywZQf9SAUT5Sa3PH/AMUddt/EOueGvCXhpNeu9I0ldR1SebUjZtCsvmCGO2Aik86ciGRt&#10;rGJR8mZBu+XkfBPw5ufCPx50e1t/t2o2dhZ+IL+71GTTZre2R9Qvre4igSVgY5WAEgOxifkJIXIF&#10;dp4v+E+uX/jPUvEXhXxZF4an1nTY9L1aK50wXokSNnMU0B82Pyp1Eso3MJEIKZjO3nGacqSS3af3&#10;2svle/4GyajVb6Jr7r3fztY8h8KftVReE/h54A0S41Dw/eeJv+EQ07V9Su/GvitNIEzSwjaqSSRy&#10;vPM5R2bICqNpZ8sBXpXxD+JkHjD9lPxL458L3t1Yx3nhi51CyuonMU8DeQxBDKfldWGMqeCOD3qp&#10;4c+AGv8Aw9tdDk8HeM7TT9UtvD1n4f1KXVdGa8tr5bVSIbhYVuYmilG6QffdSGAIO0Gu78Z/D+48&#10;Z/CXWfBl5rk011qeky6ZLrNzbxtIzPGUMzRxiNCcnO1do7DFbV2pubju27f+BP8AC1vxM6HuThzb&#10;K36b+d7ni/iT4433j/4brqvhR3j8M2uu6Lpsfia21Jkm1Cf+0LaO5SONV5gwzoZDJ853AIUIY9N4&#10;1/aVuPAPjix0fV9J8PWVre6pbafBaT+KY11yWGaYQpdrpwhIMRclv9du2AkqpBUWtZ/ZvN1e6kmm&#10;eIhpWi6ldaXqV1pf2ASJ9us54ZDPGRIuzzo4VR1weQr5yCGyLr9mDWZLa90q28Z2NjoFx4lXxO6Q&#10;eH1F/dzi8W5Ed3c+fiZBjYCI0cBY8sQpV2nFzV9r6/gn+rXyVr6vNJqml1S/4K/Gyfzexag/aN16&#10;W0fW38EW0PhSHxK/hme+fWj9r837abRJ47cW+1oi5TdmVWGXwrBQX3v2b/F3i3xp4T1y98Wx2S3M&#10;Ov6laQPaXjT/ALuK6ljCEGCIKE2BFIyXA3NtJIof4Dbvh5P4X/tzHm+Jz4j+1/ZOn/EyF95Ozf7e&#10;Xvz/ALW3+Guk+GPw/u/h1H4gs21WHUdKvtWutUsoVszFNa/aJnmkjeTzGEo3udpCpgcHd1qIWSd9&#10;7L77Rb/Hm/LaxrO32e7+68kvwseTy/to+G4/E0kIn8NjQYtZ/sRy/iWIa0ZPO8gzLpvlkmES9zKH&#10;8sGTZjAJL+2j4bj8TSQifw2NBi1n+xHL+JYhrRk87yDMum+WSYRL3MofywZNmMA9x4d+EnifwZfz&#10;WGgeN4tO8GS6pJqf9mvpCzX0PmSGWW3iunlMawtIznDQM6q7Krg7WU8O/CTxP4Mv5rDQPG8WneDJ&#10;dUk1P+zX0hZr6HzJDLLbxXTymNYWkZzhoGdVdlVwdrKofZ5vn+F7/wDk1vlpsTP7XL5/rb5/Df5+&#10;Zz9r+0brk1s2tTeCbe38JQ+Jn8M3F8dZJuxJ9tNos8dv9n2vEXKZzKrDL4VgoLel/Ejxdf8Agrw2&#10;+pafp1lfujZmm1XU006xs4QCzz3FwyuURQP4UdiSOANzLyD/AAG3fDyfwv8A25jzfE58R/a/snT/&#10;AImQvvJ2b/by9+f9rb/DWz8XfhfP8SovDctpqFjY3+g6ouq2y6tpg1GykkEckY8yDzIySvmblZXU&#10;qygil9lLrp+Ub/8Ak3MU7cza21/N2/Cx5vof7WNx4ksrKLSPDmk67rFz4mPhlf7G8RLdaazmza6S&#10;4S7EA3x4AV/3YZcPhWKhWq698cvHmp+MPCeh2Og6XpGpW3i9tD1y0/tp5IJ1/s9rqPypvsm4oyMH&#10;JKIweMIQVYsOk8O/s6alp3iuLxDq3jL+2dQPiZfE05GmCBWf+zmszAgEp2RjIZSdzBVCsXOXNzWv&#10;gFd3Xim98R6Z4jhstVk8Tw+JLf7Vppnhi2WAsngdRMhcMm5gwZdpI4OOdI2Ti38//Jf/ALa//DCl&#10;tJLs7f8Ak3/2tv8Ahyv/AMNIrEvhCO48OvDd6vrFzpOpQi73f2UYbpbQyEiPMgaeSBRwnEu7PGDP&#10;afHnU/E1/b6X4W8L22qareXepC0N7qjWto1lZTLbyXMkywSMpaZgqRrG+R8xYDmq+ufsz2urat8S&#10;76LX5rM+LbZEs41tVYaPc4QvcRndl2eWGCUj5eYhzzkaEPwKuvDWn+CZPCHiGLR9c8Maa+krdajY&#10;NeWt7BIEMvnQLNE28yRJIGWQYOc7gcVnH4fe3/4H6NL/AMCfbRS3fL/X/Dpv5xXfWvpvx9vfFtt4&#10;esvC3hdLzxTqS3zXWnarqBs7bT/scwt7nzLhIpSx84qiBYzvB3HaAap2X7ROq+Jr/wAJ6V4a8HxX&#10;es61BqbXEGq6qbSHT57GeOC4jkkSCUsN7MFZV5wnADErb079n+98J2/h2+8L+KVsvFOlrfLc6jqt&#10;gbu21D7bN59z5tuk0RH74K6bZBsC7TuFXvBHwGh8E+IPC2rR61LezaTZ6pFdGa3Aa+ub64iuJp8h&#10;sRgPG2EAPDAZ+Xm42vr/AFvt5beYns7fL/g+f4bnAfEb4x+K/E+i6PqOg6JJpvhOTxrp2kJrdrqz&#10;peSiPU44J2e3WIBbaRkljB81mYMm6MBzt9X+MfxVi+E2h6deyQ2BfUL1bGO51nURp2nWzFHk33N0&#10;UfylIjKqQjFnZFwN2Rxd3+ztrhjh0Sw8cR2fgu38SQ+JINLfRxJdK63i3b2pufOAMBl8wqBEHXKA&#10;u6qVb1LxlpPiDVbK3PhvX4NB1CCXeTe6eL21uE2lTHLGHjcjncDHKhDKuSy5Vp/5dpLe/wCkb/jf&#10;boU7c/lZ/m7fO1r+Z474t+KfxIbWPhlHa+H9H02DV/EH2a4kt/EAubPUrY2cs8bQTLalzGQpYlo4&#10;zuiVQGRy46l/jzt+Hk/ij+w8+V4nPhz7J9r6/wDEyFj52/Z7+Zsx/s7v4q5/Rf2X38N2dlc6PrOj&#10;6Prtv4jTxFjTdB+z6Sri1a0aKOyW4ygaJss3mkmTLdPlE+pfs7a3dW11olr40t7TwjJ4jTxKlgdG&#10;8y8E321bt4WuTOFaIyB8YiVxlcuwUhrjy3Sff9Y3/wDJeZeu1gdt12/Sf6uL9CvdftPXOk+EfEfi&#10;3V/DVjpfhrTNUudCtp59bCzXd7HefZo8q0KxxQMfmaV5cptf5GADHLi/bFsjpWuiLT9C8R65pk2m&#10;hbTwh4lTVLW5hvLpbZStz5Me2VHJzG6LxsO7D5Xtn+AUMvw21Lwu2uzxXcuuXHiCx1a2gCPZXT3r&#10;XcJCFmDhHIUgkBwD93PDtb+E/izxtoU9j4q8b2l7IdQ069gj0vQxaWsC2tyk5AR55ZGeQptLGXaB&#10;twgIbdMN0pf3b/dG/wA783ytYJWu+Xz/ADlb5W5fmVB4l8VfEm88U/D3Uki+H/iG1trK8fUdCv21&#10;ESWM8kiuIZWigaGYiCVN2w7CyupYjAp/A+7kl+I3ju18PalrerfD6w8izhudc1Ca/wD+JqjSLdpb&#10;Tzu8rRKohVtzFBIHCfxV6Bp/gL7D8Uta8Zfbt/8AaWlWmmfYvJx5fkSzvv37ud3n4xtGNvU54veA&#10;/CNv4E8K2WiWqQJDbGRgLZJFjy8jSHAkkkYcuern2wMAEdLPy19btfgrP1dxS10W1/0T/O69NDfo&#10;oopAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFAGjp3+ob/e/oKtVV07/UN/vf0FWqACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAqrqf/AB4y/h/MVaqrqf8Ax4y/h/MUAYNRXX/HrN/u&#10;H+VS1Fdf8es3+4f5UAdbRRRQBxnws/5At/8A9fr/APoCV2dcZ8LP+QLf/wDX6/8A6AldnQAVU1fS&#10;rXXtJvdMvovPsb2B7aeLcV3xupVlyCCMgkZBzVuigDntH+Hvhnw/o0mk6foGnW2nSDEtstspWX/f&#10;yPn+rZrG0v4GeANF1aTUrPwlpkV45DbjAHVCO6I2VT/gIFd1RQAgUKAAAAOAB2paKKACsSX/AI/7&#10;z/roP/QFrbrDmIF/eZOP3g/9AWgBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh&#10;6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUU&#10;bh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcP&#10;UUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKT&#10;cPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBa&#10;KTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6ig&#10;BaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6&#10;igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUbh6igBaKTcPUUb&#10;h6igBaKTcPUUbh6igBaKTcPUUbh6igDS07/UN/vf0FWqqacQYGxz839BVugAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKq6n/x4y/h/MVaqrqf/AB4y/h/MUAYNRXX/AB6z&#10;f7h/lUtRXX/HrN/uH+VAHW0UUUAcZ8LP+QLf/wDX6/8A6AldnXGfCz/kC3//AF+v/wCgJXZ0AFFF&#10;FABRWF438Zad8P8AwrqHiDVjKLCyQNIIU3OcsFUKOOSzAckDnkil8EeMdP8AiB4V0/xBpRlNhfIX&#10;jEybHGGKsGHPIKkcEjjgmgDcooooAKq2f/Hxff8AXYf+i0q1VWz/AOPi+/67D/0WlAFqiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqrq&#10;f/HjL+H8xVqqup/8eMv4fzFAGDUV1/x6zf7h/lUtRXX/AB6zf7h/lQB1tFFFAHGfCz/kC3//AF+v&#10;/wCgJXZ1xnws/wCQLf8A/X6//oCV2dABRRRQByvxRvdR0/4f63PpWhxeJb9YMR6VNH5iXGSAwZP4&#10;gFJO0cnGByaX4XXmoah8P9En1XQ4vDd+0GJNLhj8tLfBIUKn8IIAO08jOD0qb4iaLrPiLwVq2m+H&#10;tU/sXWbiILb33I8s7gTyORkAruHIzkdKPh3ous+HfBWk6d4g1T+2tZt4ttzfZJ8xtxI5PJwCBuPJ&#10;xk8mgDo6KKKACqtn/wAfF9/12H/otKtVVs/+Pi+/67D/ANFpQBaooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKq6n/wAeMv4fzFWqq6n/&#10;AMeMv4fzFAGDUV1/x6zf7h/lUtRXX/HrN/uH+VAHW0UUUAcZ8LP+QLf/APX6/wD6AldnXGfCz/kC&#10;3/8A1+v/AOgJXZ0AFFFFABRRRQAUUUUAFVbP/j4vv+uw/wDRaVaqrZ/8fF9/12H/AKLSgC1RRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;VV1P/jxl/D+Yq1VXU/8Ajxl/D+YoAwaiuv8Aj1m/3D/Kpaiuv+PWb/cP8qAOtooooA4z4Wf8gW//&#10;AOv1/wD0BK7OuM+Fn/IFv/8Ar9f/ANASuzoAKKKKACiiigAooooAKq2f/Hxff9dh/wCi0q1VWz/4&#10;+L7/AK7D/wBFpQBaooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKq6n/x4y/h/MVaqrqf/AB4y/h/MUAYNRXX/AB6zf7h/lUtRXX/HrN/u&#10;H+VAHW0UUUAcZ8LP+QLf/wDX6/8A6AldnXGfCz/kC3//AF+v/wCgJXZ0AFFFFABRRRQAUUUUAFVb&#10;P/j4vv8ArsP/AEWlWqq2f/Hxff8AXYf+i0oAtUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFVdT/48Zfw/mKtVV1P/jxl/D+YoAwaiuv+&#10;PWb/AHD/ACqWorr/AI9Zv9w/yoA62iiigDjPhZ/yBb//AK/X/wDQErs64z4Wf8gW/wD+v1//AEBK&#10;7OgAooooAKKKKACiiigAqrZ/8fF9/wBdh/6LSrVVbP8A4+L7/rsP/RaUAWqKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACqup/8eMv4fzF&#10;Wqq6n/x4y/h/MUAYNRXX/HrN/uH+VS1Fdf8AHrN/uH+VAHW0UUUAcZ8LP+QLf/8AX6//AKAldnXG&#10;fCz/AJAt/wD9fr/+gJXZ0AFFFFABRRRQAUUUUAFVbP8A4+L7/rsP/RaVaqrZ/wDHxff9dh/6LSgC&#10;1RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAVV1P8A48Zfw/mKtVV1P/jxl/D+YoAwaiuv+PWb/cP8qlqK6/49Zv8AcP8AKgDraKKKAOM+&#10;Fn/IFv8A/r9f/wBASuzrjPhZ/wAgW/8A+v1//QErs6ACiiigAooooAKKKKACqtn/AMfF9/12H/ot&#10;KtVVs/8Aj4vv+uw/9FpQBaooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAK&#10;KKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoo&#10;ooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooAKKKKACiiigAooooAKq6n/AMeMv4fzFWqq6n/x4y/h/MUAYNRXX/HrN/uH+VS1Fdf8&#10;es3+4f5UAdbRRRQBxnws/wCQLf8A/X6//oCV2dcZ8LP+QLf/APX6/wD6AldnQAUUUUAFFFFABRRR&#10;QAVVs/8Aj4vv+uw/9FpVqqtn/wAfF9/12H/otKALVFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUA&#10;FFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAU&#10;UUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVXU/8Ajxl/D+Yq1VXU/wDjxl/D+YoA&#10;waiuv+PWb/cP8qlqK6/49Zv9w/yoA62iiigDjPhZ/wAgW/8A+v1//QErs64z4Wf8gW//AOv1/wD0&#10;BK7OgAooooAKKKKACiiigAqrZ/8AHxff9dh/6LSrVVbP/j4vv+uw/wDRaUAWqKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACqup/8AHjL+&#10;H8xVqqup/wDHjL+H8xQBg1Fdf8es3+4f5VLUV1/x6zf7h/lQB1tFFFAHGfCz/kC3/wD1+v8A+gJX&#10;Z1xnws/5At//ANfr/wDoCV2dABRRRQAUUUUAFFFFABVWz/4+L7/rsP8A0WlWqq2f/Hxff9dh/wCi&#10;0oAtUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABR&#10;RRQAUUUUAFVdT/48Zfw/mKtVV1P/AI8Zfw/mKAMGorr/AI9Zv9w/yqWorr/j1m/3D/KgDraKKKAO&#10;M+Fn/IFv/wDr9f8A9ASuzrjPhZ/yBb//AK/X/wDQErs6ACiiigAooooAKKKKACqtn/x8X3/XYf8A&#10;otKtVVs/+Pi+/wCuw/8ARaUAWqKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKACqup/8eMv4fzFWqq6n/wAeMv4fzFAGDUV1/wAes3+4f5VL&#10;UV1/x6zf7h/lQB1tFFFAHGfCz/kC3/8A1+v/AOgJXZ1xnws/5At//wBfr/8AoCV2dABRRRQAUUUU&#10;AFFFFABVWz/4+L7/AK7D/wBFpVqqtn/x8X3/AF2H/otKALVFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABVXU/+PGX8P5irVVdT/48Zfw/&#10;mKAMGorr/j1m/wBw/wAqlqK6/wCPWb/cP8qAOtooooA4z4Wf8gW//wCv1/8A0BK7OuM+Fn/IFv8A&#10;/r9f/wBASuzoAKKKKACiiigAooooAKq2f/Hxff8AXYf+i0q1VWz/AOPi+/67D/0WlAFqiiigAooo&#10;oAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiig&#10;AooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAC&#10;iiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAqrq&#10;f/HjL+H8xVqqup/8eMv4fzFAGDUV1/x6zf7h/lUtRXX/AB6zf7h/lQB1tFFFAHGfCz/kC3//AF+v&#10;/wCgJXZ1xnws/wCQLf8A/X6//oCV2dABRRRQAUUUUAFFFFABVWz/AOPi+/67D/0WlWqq2f8Ax8X3&#10;/XYf+i0oAtUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFVdT/AOPGX8P5irVVdT/48Zfw/mKAMGorr/j1m/3D/Kpaiuv+PWb/AHD/ACoA&#10;62iiigDjPhZ/yBb/AP6/X/8AQErs6KKACiiigAooooAKKKKACqtn/wAfF9/12H/otKKKALVFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;VXU/+PGX8P5iiigDBqK6/wCPWb/cP8qKKAOtooooA//ZUEsDBBQABgAIAAAAIQBWbeyA4QAAAAsB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqO1QCglxqqoCTlUlWiTEbRtvk6ix&#10;HcVukv497gmOo32aeZsvJ9OygXrfOKtAzgQwsqXTja0UfO3fH16A+YBWY+ssKbiQh2Vxe5Njpt1o&#10;P2nYhYrFEuszVFCH0GWc+7Img37mOrLxdnS9wRBjX3Hd4xjLTcsTIRbcYGPjQo0drWsqT7uzUfAx&#10;4rh6lG/D5nRcX372T9vvjSSl7u+m1SuwQFP4g+GqH9WhiE4Hd7baszbmuXyOqIJEpsCugJinCbCD&#10;goVIU+BFzv//UPwCAAD//wMAUEsDBBQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZuRHAr9QOGZJpGmwdJFPv3BtwoCC7n&#10;Xu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jATAn23XLRnmnCXEZpNCGxQnFJwJhz&#10;2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSAeFINsH4Oxfyf7YfBSDp4ebfk8g8F&#10;N7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQItABQABgAIAAAAIQCKFT+YDAEAABUC&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC0T&#10;+cIqBwAAgiUAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAh&#10;AM7dnDE1NwEANTcBABUAAAAAAAAAAAAAAAAAkgkAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQIt&#10;ABQABgAIAAAAIQBWbeyA4QAAAAsBAAAPAAAAAAAAAAAAAAAAAPpAAQBkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAAAIQgEAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAAD5QgEAAAA=&#10;">
                 <v:shape id="Image 61" style="position:absolute;width:57607;height:37336;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCb9IqZxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvzSZWpETXIKJQT6VaqN4e2WeSNvs23d1q9Nd3CwWPw8x8w8yL3rTiTM43lhVkSQqC&#10;uLS64UrB+37z+AzCB2SNrWVScCUPxWI4mGOu7YXf6LwLlYgQ9jkqqEPocil9WZNBn9iOOHon6wyG&#10;KF0ltcNLhJtWjtN0Kg02HBdq7GhVU/m1+zEKNut9f/s8vN7a6lhut5Onb9d8oFIPo345AxGoD/fw&#10;f/tFK5hm8Pcl/gC5+AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCb9IqZxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:imagedata o:title="" r:id="rId51"/>
                 </v:shape>
                 <v:shape id="Graphic 62" style="position:absolute;left:46628;top:8248;width:8953;height:2019;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="895350,201930" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m895350,24511r-25273,l870077,176022r25273,l895350,24511xem895350,l,,,24130,,176530r,25400l895350,201930r,-25400l25273,176530r,-152400l895350,24130,895350,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBH8bQfwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba8aboetFSjyMLC7kn8g+Dt2TybavNSkqzWb28EweMw85thZovONuJKPtSOFXwNMxDE&#10;pdM1Vwp2259BDiJEZI2NY1JwpwCL+UdvhoV2N17TdRMrkUo4FKjAxNgWUobSkMUwdC1x8k7OW4xJ&#10;+kpqj7dUbhs5yrKxtFhzWjDY0reh8rL5twrGK7f0zRkPE2e2e593+VH+lUr1P7vlFESkLr7DL/pX&#10;J24Ezy/pB8j5AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEfxtB/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 63" style="position:absolute;left:46628;top:8242;width:8953;height:2019;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="895350,201930" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l895350,r,201930l,201930,,xem25273,25146r,151511l870076,176657r,-151511l25273,25146xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBr5Tl7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWOFUKOr1Ipaih5qqudH9jWJZt+G3VXTf98tFHocZuYbZrboTCNu5HxtWcFomIAg&#10;LqyuuVTwma8fn0H4gKyxsUwKvsnDYt57mGGm7Z0/6HYIpYgQ9hkqqEJoMyl9UZFBP7QtcfS+rDMY&#10;onSl1A7vEW4a+ZQkqTRYc1yosKXXiorL4WoUmPeNPp1oO9lvl6td6q7nfH3MlRr0u5cpiEBd+A//&#10;td+0gnQMv1/iD5DzHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBr5Tl7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 64" style="position:absolute;left:3873;top:8578;width:8611;height:3074;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="861060,307340" o:spid="_x0000_s1030" fillcolor="red" stroked="f" path="m861060,l,,,38100,,269240r,38100l861060,307340r,-38100l38481,269240r,-231140l822579,38100r,230632l861060,268732r,-230632l861060,37846,861060,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxLxULwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RawIx&#10;EITfC/6HsELfak5ppZ5GkYroU6HWH7Bc1sthsnteUj3/vSkU+jjMzDfMYtUHr67UxUbYwHhUgCKu&#10;xDZcGzh+b1/eQcWEbNELk4E7RVgtB08LLK3c+Iuuh1SrDOFYogGXUltqHStHAeNIWuLsnaQLmLLs&#10;am07vGV48HpSFFMdsOG84LClD0fV+fATDEQ/k2KvPzdcXfqdd14mb3cx5nnYr+egEvXpP/zX3lsD&#10;01f4/ZJ/gF4+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHEvFQvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 65" style="position:absolute;left:3873;top:8572;width:8611;height:3080;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="861060,307975" o:spid="_x0000_s1031" filled="f" strokecolor="red" strokeweight="1pt" path="m,l861060,r,307975l,307975,,xem38481,38480r,230886l822579,269366r,-230886l38481,38480xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmkbGlxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHeGjlN4xQ3SgiFgksCIQ8wvS3W+kGtlbHU2P73VaDQ4zAz3zDr7WAacaPO1ZYVzGcR&#10;COLc6ppLBdfLx9MrCOeRNTaWScFIDrabycMaE217PtHt7EsRIOwSVFB53yZSurwig25mW+LgFbYz&#10;6IPsSqk77APcNPI5imJpsOawUGFL7xXl3+cfo+BQfq72aTrGxUtRZ3z9yo7ZYqHU43TYvYHwNPj/&#10;8F871QriJdy/hB8gN78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAppGxpcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 66" style="position:absolute;left:3194;top:11106;width:54368;height:13652;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5436870,1365250" o:spid="_x0000_s1032" fillcolor="red" stroked="f" path="m4400550,770890l,770890r,74930l,1291590r,73660l4400550,1365250r,-73660l74422,1291590r,-445770l4326128,845820r,445643l4400550,1291463r,-445643l4400550,845185r,-74295xem5436870,r-35814,l5401056,35560r,214630l4379214,250190r,-214630l5401056,35560r,-35560l4343400,r,35560l4343400,250190r,35560l5436870,285750r,-35306l5436870,250190r,-214630l5436870,35179r,-35179xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhrq+PwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EBujZwe3OBGCaXF4JBL7fQDFmtju7VWRlJsJ19fFQo9DjPzhtkdZtOLkZzvLCvYrBMQ&#10;xLXVHTcKPs/54xaED8gae8uk4EYeDvvFww4zbScuaaxCIyKEfYYK2hCGTEpft2TQr+1AHL2LdQZD&#10;lK6R2uEU4aaXT0mSSoMdx4UWB3prqf6urkbB6ajzrStK2gz+/v6lP+ylfC6UWi3n1xcQgebwH/5r&#10;F1pBmsLvl/gD5P4HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYa6vj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 67" style="position:absolute;left:46628;top:11099;width:10934;height:2871;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1093470,287020" o:spid="_x0000_s1033" filled="f" strokecolor="red" strokeweight="1pt" path="m,l1093470,r,286893l,286893,,xem35813,35814r,215265l1057655,251079r,-215265l35813,35814xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQASoS14wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaKqHKtUosrAiCMKqiN4ezbOtNi+1idr995sFweMwM98ws0VjSvGk2hWWFQwHEQji&#10;1OqCMwWH/Xd/AsJ5ZI2lZVLwSw4W83Zrhom2L/6h585nIkDYJagg975KpHRpTgbdwFbEwbvY2qAP&#10;ss6krvEV4KaUoyiKpcGCw0KOFX3llN52D6PgvO1RFK+Hp3F8v25uFa0mDz4q1e00yykIT43/hN/t&#10;tVYQj+H/S/gBcv4HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAEqEteMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
@@ -15653,51 +15654,51 @@
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="34777D5A">
               <v:group id="Group 68" style="position:absolute;margin-left:106.25pt;margin-top:9.05pt;width:207pt;height:48.7pt;z-index:-15717888;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="26289,6184" o:spid="_x0000_s1026" w14:anchorId="38DD1A16" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBuMnSYRAQAAO4OAAAOAAAAZHJzL2Uyb0RvYy54bWzMV9tu4zYQfS/QfxD0&#10;vrEt+SILcRbFpgkCLHaDboo+0xRlCSuJLElf8ved4UVSrDix87BogJikORqeOTNzaF1/PtRVsGNS&#10;lbxZhZOrcRiwhvKsbDar8O+nu09JGChNmoxUvGGr8Jmp8PPN779d70XKIl7wKmMyACeNSvdiFRZa&#10;i3Q0UrRgNVFXXLAGNnMua6JhKTejTJI9eK+rUTQez0d7LjMhOWVKwbe3djO8Mf7znFH9Pc8V00G1&#10;CgGbNp/SfK7xc3RzTdKNJKIoqYNBPoCiJmUDh7aubokmwVaWA1d1SSVXPNdXlNcjnuclZSYGiGYy&#10;PormXvKtMLFs0v1GtDQBtUc8fdgt/ba7l+KHeJQWPUy/cvpTAS+jvdik/X1cbzrjQy5rfAiCCA6G&#10;0eeWUXbQAYUvo3mULMdAPIW9+SSZLh3ltIC8DB6jxZ9vPzgiqT3WgGvBiJKm8O8IgtmAoPcLCZ7S&#10;W8lC56Q+y0dN5M+t+AS5FESX67Iq9bOpS8gagmp2jyVFbnEBXD7KoMyAiWUYNKSGfnioyYYFsAbC&#10;vQ0+gfwPHKyrUtyVVYWs49xBhXI+KodXorWldsvptmaNtr0jWQWoeaOKUqgwkCmr1wzgyYdsAimD&#10;vtUAUciy0bZRlJZM0wLPzwHHX9BeCJSk7YYB3eHEEJQrro/US7RI8OQ27SQVUul7xusAJwAVIADX&#10;JCW7r8qB8SaOQnu+AQZwUBlAapQnD1YD+i7qph8FEQwgoNsuwwuoeZvheycu8A1E4qyw4dzqBD2L&#10;2Ww+AyfQN0kcz2KbAN9XcRQnuIttFc+TGFrsJU10a2nqUwPqlFmSgK7Cz+ih8VMkE4WyMkKpoSKA&#10;4DAAoVzb46HI8Tl0itNgD6c7JEULBHdrvmNP3Nhp7HJv5RUCEtqZVE3fNIJw44UJ3AflDfwojM+e&#10;4XQ8n55tHEeL+fxt6+l4NokNhIuML4JxkfHbcG2ZnGPz/qHW1xlhO8N+8fn8+NHmqZf7F6Xqrfw4&#10;tI6S8XTiCttb+fEV63fT2kPyPhEvjCdxdC6O4zTQiitmmxN7xohZ20fQB/1OVbwqM6/wSm7WXyoZ&#10;7Ai05N3dGP4chp4Z3IPKKSzO1jx7hjtmD5qzCtW/W4IXWvXQgMZBvrSfSD9Z+4nU1RdufiOZpgVt&#10;fTr8Q6RwMqtBeL5xL3UDtbW2+GTD/9hqnpdGijtEEDUuQHZ/lf7CBXakv6aSEAWo9GX6Gy0Xb+vv&#10;Mp651PhLrp9VfzX9Av1FIK/p70uFOCW9vZL3pebbzY/DtpsnXfTeyo/WulWK8wyPjx400KnL51Tw&#10;qOaRUXOr67YZT5HQWcdRMo3e7vveHXSZdR+JZ8uPlrUOx2u2A1JASU6pStXgRT2JFiAgWBw9+YDF&#10;OSpjf3bdElVYNTIeWkF0zW1/yHQ9//9WIfMCAS9VRo/dCyC+tfXXJrDuNfXmPwAAAP//AwBQSwME&#10;CgAAAAAAAAAhANhviUBPBgAATwYAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAAEUAAAAQQgCAAAAnybM3gAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQB&#10;lSsOGwAABe9JREFUeJzt3UFsFFUYB/BvSzGdEKSz0QSXWHWHpIfBGNl30uHWuai7kRD2pMWTBw6G&#10;aMBWEm8ktRzkyM0gJspuiGZXvExPduJpCiG2xGBnEaIDCWaWxuJbg7geXh03C13aR/vebvv/Hcju&#10;MJv5uul/3ptvXqap69evEwCsXqrZbOquAaBn3LhxY2hoSLzu01sKQO9CeAAkITwAkhAeAEkID4Ak&#10;hAdAEsIDIAnhAZCE8ABIQngAJCE8AJIQHgBJCA+AJIQHQBLCAyAJ4QGQhPAASEJ4ACT16y4ANoJK&#10;pXLlyhUiyuVyruvqLkcRjDxLTp8+PTMzo7uKnlSpVHzfj+M4jmPP8zzP012RIhh5ltRqtVqt5nle&#10;LpdzHMcwDF2VhGFYLpfjOF7Vp9Lp9MGDBy3LWqeqOmg76czMzCgbfMR3RURafvb+985e/W37k5++&#10;uXOIiOjPr775tfyH8f7bz76qto4DBw60vj1//vxK/mvNJedOxpjjOJlMZv2OtZxSqVSv11f7qTiO&#10;y+Xy2NjYepTUAeecc966ReXzmJLvSsvP3n/hp8Vrg098TDRERHTv0s+LX99p7idSHJ5uEwRBEASW&#10;ZTHGcrmcykOL34Y9e/bk83nTNFeyf7VanZ2dXe1g9fiCIKhWq20bGWPKCmg0GuKFlieo9X//wfDf&#10;W7Y+s/R2+/i7w4fvb3lafSFEtMyokmxsG4IUCMMwDEMtc7nZ2dkwDF3XdRynw26+73ue13buVyAM&#10;w6mpqTAMDcMQkzTf9wcGBhhjKhsGo6OjpVKJiIrForKDJvp3pbe1vO0b3LFtUH0V3U3LXM627bm5&#10;uUqlEgRBsVh88KBRFJVKpSiKkp0VVEVEnPNqtRoEARExxvL5vDinaGmyWZY1Pj6u/rgCGgaroHIu&#10;d+jQIRGeKIpOnTq1b9++kZER8WvKOZ+ampqeniYi0zQLhYJt28eOHVunSkQbmnMuxkDf9znn2WzW&#10;dV0t/Ynukcp+NHNtMH3p6PMvEREtfHgyPHln69HDL36yS3dpyoVh2Gg0oijinEdRVK/XO1y4p9Pp&#10;dZrLiRhMTk4SEefc8zzf98UR8/k8EVWrVXF54ziO67qigNZPrSHRhm7dYhhGPp9XeWHTgfpuW+vj&#10;djHy/E98+7Ztt26s1+txHN+8eVMkinNeq9VI1VzOMIxCocAYEzO0M2fOiO2ZTOahc7k19+C9r7Gx&#10;MY19/Daau22Kj9eLUqlU8iJ5rVImkzly5IjoDRDRI7sIm4fmbpv6Q3atZNom/hVjznI7m6Ypxhxl&#10;p2HHcWzbHhgYUHnidxynbcXAxMREoVBQ3L5fjuZum/pDPpRoQ3e+AbqSfaSt/II7m80yxrRM+ldy&#10;22dtiR5aEASNRiNpGJw7dy4IgpGREe0NA3TbeobGZQcaua7b2oZ2HEe0qsMwbG1Vb0IIz6Opn6F1&#10;M8MwisViLpfzPC8Igrm5OfHNJHd+VF6PaV7bpvh4nSVrCDqsbVNJ4wyty1mWZVmWWJ7TelFUqVSI&#10;SFl+0G3rRhpnaIZhcM4lbnqqvyJijNm2PTEx0bo+KAgCZeHp5m7brTeOR9/Rts9PDL9F9MVnF0fn&#10;6bX9e79ldPnCjy//cO+FV6zw9R1rUkeHNsC6LqNu0w0zNNFBWu3CatM0tXScDMMwTVP94joB3bau&#10;0D0zNL0dJAmMMTFbS94qO7Te76rtr2Fv6uU5IM33fS0NA/WWX55z/69f7hLR1uGd6quCHuY4zsbO&#10;zEMl4Yknz/5+4dbd6XvU99z2/Vt01gTQE/4Lz+3FL68uXqZUZuip8ju7VHdtAHpQSkuPD6BHtV7z&#10;4NFTAJIQHgBJCA+AJIQHQBLCAyAJ4QGQhLVtKvQdv6i7hCX/nNiru4SNAyMPgCSMPCrgfL8hYeQB&#10;kITwAEhCeAAkITwAkhAeAEkID4AkhAdAEu7zwOa1sLDwOB/HyAMgCSMPkabnTcKaU/zXkzZ7eJLY&#10;iBdIUS8SmUmllh7IoSxCmzo8SWBaESLUO5LYtGo2m4+Zn/n5+d27dz9yt38BoQa50ACZEFYAAAAA&#10;SUVORK5CYIJQSwMEFAAGAAgAAAAhAC/03uPfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0Fr&#10;g0AQhe+F/IdlCr0161qUYF1DCGlPodAkUHqb6EQl7q64GzX/vtNTe5z3Pt68l69n04mRBt86q0Et&#10;IxBkS1e1ttZwOr49r0D4gLbCzlnScCcP62LxkGNWucl+0ngIteAQ6zPU0ITQZ1L6siGDful6suxd&#10;3GAw8DnUshpw4nDTyTiKUmmwtfyhwZ62DZXXw81oeJ9w2ryo3bi/Xrb372Py8bVXpPXT47x5BRFo&#10;Dn8w/Nbn6lBwp7O72cqLTkOs4oRRNlYKBANpnLJwZkElCcgil/8nFD8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94Xc&#10;Qcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr&#10;5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluSh&#10;bY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwB&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbjJ0mEQEAADuDgAADgAAAAAAAAAAAAAAAAA6&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA2G+JQE8GAABPBgAAFAAAAAAAAAAAAAAA&#10;AACqBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAL/Te498AAAAKAQAADwAA&#10;AAAAAAAAAAAAAAArDQAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEA&#10;ABkAAAAAAAAAAAAAAAAANw4AAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8&#10;AQAAKg8AAAAA&#10;">
                 <v:shape id="Image 69" style="position:absolute;width:26289;height:6182;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBR/nWxxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvBf/D8gQv0m5aIWjsJqgg6MFSa0G8PbKvSTD7Nuxbm/jv3YLQ4zAz3zDranK9OlKQzrOB5SID&#10;RVx723FjYP/xPL8FJRHZYu+ZDPySQFVezNZYWD/yOx13sVEJwlKggTbGodBa6pYcysIPxMk7+OAw&#10;JhkabQOOCe56vcqyXDvsOC20ONBTS/X37scZ2HbLgLKaDpvx8TO/lvD6diNfxlxdTg/3oCJN8Rz+&#10;b79YA/kdnL6kH6DLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBR/nWxxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:imagedata o:title="" r:id="rId53"/>
                 </v:shape>
                 <v:shape id="Graphic 70" style="position:absolute;left:7556;top:833;width:3239;height:3683;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="323850,368300" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m323850,l283337,r,40640l283337,327660r-242824,l40513,40640r242824,l283337,,,,,40640,,327660r,40640l323850,368300r,-40259l323850,327660r,-287020l323850,40132,323850,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0qF71wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCm4GTUeLj2oUEQRXw6j9gGtzbYrNTW0yWv/eLAZmeTjv1aaztXhQ6yvHCr5GCQjiwumK&#10;SwX5eT+cg/ABWWPtmBS8yMNm3ftYYabdk4/0OIVSxBD2GSowITSZlL4wZNGPXEMcuatrLYYI21Lq&#10;Fp8x3NZynCRTabHi2GCwoZ2h4nb6tQq6u8u3Jr2w/Fl8fx7TNC/lJFFq0O+2SxCBuvAv/nMftIJZ&#10;XB+/xB8g128AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtKhe9cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Graphic 71" style="position:absolute;left:7556;top:829;width:3239;height:3690;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="323850,368935" o:spid="_x0000_s1029" filled="f" strokecolor="red" strokeweight="1pt" path="m,l323850,r,368935l,368935,,xem40512,40513r,287909l283337,328422r,-287909l40512,40513xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD3l/yAwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJuteQcmuBaNiZQmlPT/DzAYm39E2tlLCVx3r4qFHIcZr4ZJi9nO4grTb5zrCFNFAji&#10;2pmOGw2n48frGoQPyAYHx6ThTh7K4vkpx8y4G+/pegiNiCXsM9TQhjBmUvq6JYs+cSNx9H7cZDFE&#10;OTXSTHiL5XaQS6XepMWO40KLI21aqs+Hi9Ww8qvPXSfnfrfcq77/Gis1nL61XrzM1TuIQHN4hP/p&#10;rYlcCn9f4g+QxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA95f8gMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4484EAE5" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="18"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A3426E3" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
@@ -21260,51 +21261,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="318770" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="64D05E46">
               <v:group id="Group 74" style="width:427.4pt;height:56.9pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="Graphical user interface, text, application  Description automatically generated" coordsize="54279,7226" o:spid="_x0000_s1026" w14:anchorId="76E7B924" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJjCz3TDAwAAFgoAAA4AAABkcnMvZTJvRG9jLnhtbJxW227bOBB9X6D/&#10;QOi5jWz5LsQpFs0mCFC0wTZFn2mKkohSIpekfPn7zpCircbbxmmASENzODxzeGbE6/f7RpItN1ao&#10;dp2Mr0YJ4S1ThWirdfL16e7dMiHW0bagUrV8nRy4Td7fvPnreqdznqlayYIbAkFam+/0Oqmd03ma&#10;WlbzhtorpXkLk6UyDXUwNFVaGLqD6I1Ms9Fonu6UKbRRjFsLv96GyeTGxy9LztznsrTcEblOAJvz&#10;T+OfG3ymN9c0rwzVtWA9DPoHKBoqWtj0GOqWOko6I85CNYIZZVXprphqUlWWgnGfA2QzHj3L5t6o&#10;TvtcqnxX6SNNQO0znv44LPu0vTf6i340AT2YHxX7boGXdKerfDiP4+rkvC9Ng4sgCbL3jB6OjPK9&#10;Iwx+nE2zxWoJxDOYW2TZfNJTzmo4l7NlrP7n9wtTmodtPbgjGC1YDv89QWCdEfSykGCV6wxP+iDN&#10;RTEaar53+h2cpaZObIQU7uB1CaeGoNrto2DILQ6Ay0dDRAFMzBLS0gbq4aGhFSc4LrhlIMz7oEUq&#10;SWehMkTruCkp42+JA1LfEqq1FAw2Uy0ht7hGaD+gnVNQJDAn5YFUvOWGOl6gwuPmCAUP9gzZRgp9&#10;J6TE40S75wDgPNPZ/9AYNHyrWNfw1oWiNFx6hLYW2ibE5LzZcMjbPBRj0AI0BAe5awPZhQq0znDH&#10;aty/BBz/Qt0iUJofJzzoE05MwfaqvVSIi2x+FOJ0luHORz3RXBvr7rlqCBoAFSDAIdKcbj/aHkx0&#10;6SkM+3tgAAdbDvQwG8mD0Rl9ryrTLzXVHCBg2IF0IIcgnV4pZDHHTHovrOR+9At6JuPxZDoCwUFF&#10;jlfTbLYMRxBLdjJeLhZ9xU6y5SpU7IAo1gWihuRA4ysCTUBYHS22b6OJdGIPlr4HO9AEUJwQ6MGb&#10;sD3UD67DoGiS3TqJSGowAxCcbdSWPynv57CBRK/YfADpyUW2Q1fIauAV5+Jb+3DBZ7KaAAdBIHE+&#10;vod+AGs2v8TxJyZjpPgOEQeJvM77AhDD2Kt5Nv1tatliuVxlnqvJa5wvwbFaLuBGAKfwKueXj+On&#10;BF86u4Hz87NjUlkezh1l6DvEUZograH4rZKiiG3TmmrzQRqypaDyu7sR/PUkD9zgq2X7toXWRhUH&#10;+CLsoOWvE/tfR/HzIx9aaBwgQxcNE41NNIyTH5S/0fg6gIb1tP9Gje57F34pPqnYP85aWPDFla36&#10;G74apfD97YQIssYB9DJv+cuHZ6K/KOHtZjj2Xqfr3M0PAAAA//8DAFBLAwQKAAAAAAAAACEAjAxY&#10;P2syAABrMgAAFQAAAGRycy9tZWRpYS9pbWFnZTEuanBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sA&#10;QwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwKDAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwP&#10;FxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgAWgKlAwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAA&#10;AAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMFBQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQy&#10;gZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkqNDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVm&#10;Z2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS&#10;09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/EAB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYH&#10;CAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMRBAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1Lw&#10;FWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5&#10;eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj&#10;5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A/Sd7iKL78qJ/vMBUJ1SzHW7gH/bRf8ag8J3x&#10;n8Vzw54FqzY/4Gn+NdzQBxn9rWP/AD+W/wD39X/Gj+1rH/n8t/8Av6v+NdnRQBxn9rWP/P5b/wDf&#10;1f8AGj+1rH/n8t/+/q/412dFAHGf2tY/8/lv/wB/V/xo/tax/wCfy3/7+r/jXZ0UAcZ/a1j/AM/l&#10;v/39X/Gj+1rH/n8t/wDv6v8AjXZ0UAcZ/a1j/wA/lv8A9/V/xo/tax/5/Lf/AL+r/jXZ0UAcZ/a1&#10;j/z+W/8A39X/ABo/tax/5/Lf/v6v+NdnRQBxn9rWP/P5b/8Af1f8aP7Wsf8An8t/+/q/412dFAHG&#10;f2tY/wDP5b/9/V/xo/tax/5/Lf8A7+r/AI12dFAHGf2tY/8AP5b/APf1f8aP7Wsf+fy3/wC/q/41&#10;2dFAHGf2tY/8/lv/AN/V/wAaP7Wsf+fy3/7+r/jXZ0UAcZ/a1j/z+W//AH9X/Gj+1rH/AJ/Lf/v6&#10;v+NdnRQBxn9rWP8Az+W//f1f8aP7Wsf+fy3/AO/q/wCNdnRQBxn9rWP/AD+W/wD39X/Gj+1rH/n8&#10;t/8Av6v+NdnRQBxn9rWP/P5b/wDf1f8AGj+1rH/n8t/+/q/412dFAHGf2tY/8/lv/wB/V/xo/tax&#10;/wCfy3/7+r/jXZ0UAcZ/a1j/AM/lv/39X/Gj+1rH/n8t/wDv6v8AjXZ0UAcZ/a1j/wA/lv8A9/V/&#10;xo/tax/5/Lf/AL+r/jXZ0UAcZ/a1j/z+W/8A39X/ABo/tax/5/Lf/v6v+NdnRQBxn9rWP/P5b/8A&#10;f1f8aP7Wsf8An8t/+/q/412dFAHGf2tY/wDP5b/9/V/xo/tax/5/Lf8A7+r/AI12dFAHGf2tY/8A&#10;P5b/APf1f8aP7Wsf+fy3/wC/q/412dFAHGf2tY/8/lv/AN/V/wAaP7Wsf+fy3/7+r/jXZ0UAcZ/a&#10;1j/z+W//AH9X/Gj+1rH/AJ/Lf/v6v+NdnRQBxn9rWP8Az+W//f1f8aP7Wsf+fy3/AO/q/wCNdnRQ&#10;Bxn9rWP/AD+W/wD39X/Gj+1rH/n8t/8Av6v+NdnRQBxn9rWP/P5b/wDf1f8AGj+1rH/n8t/+/q/4&#10;12dFAHGf2tY/8/lv/wB/V/xo/tax/wCfy3/7+r/jXZ0UAcZ/a1j/AM/lv/39X/Gj+1rH/n8t/wDv&#10;6v8AjXZ0UAcZ/a1j/wA/lv8A9/V/xo/tax/5/Lf/AL+r/jXZ0UAcZ/a1j/z+W/8A39X/ABo/tax/&#10;5/Lf/v6v+NdnRQBxn9rWP/P5b/8Af1f8aP7Wsf8An8t/+/q/412dFAHGf2tY/wDP5b/9/V/xo/ta&#10;x/5/Lf8A7+r/AI12dFAHGf2tY/8AP5b/APf1f8aP7Wsf+fy3/wC/q/412dFAHGf2tY/8/lv/AN/V&#10;/wAaP7Wsf+fy3/7+r/jXZ0UAcZ/a1j/z+W//AH9X/Gj+1rH/AJ/Lf/v6v+NdnRQBxn9rWP8Az+W/&#10;/f1f8aP7Wsf+fy3/AO/q/wCNdnRQBxn9rWP/AD+W/wD39X/Gj+1rH/n8t/8Av6v+NdnRQBxn9rWP&#10;/P5b/wDf1f8AGj+1rH/n8t/+/q/412dFAHGf2tY/8/lv/wB/V/xo/tax/wCfy3/7+r/jXZ0UAcZ/&#10;a1j/AM/lv/39X/Gj+1rH/n8t/wDv6v8AjXZ0UAccNTs26XcB+kg/xqZJo5PuSK30INdXXn+qX5Hi&#10;/UYc/dMf/otTQBsUVHE+5AaKAOb8AylvH12vb7E5/wDIkdeoV5V8Pv8AkoV3/wBeMn/oyOvVaACi&#10;snxT4q0jwToN5rWuX8Om6XaJvmuJ2wqjsB3JJ4AGSSQACa+NviH/AMFGpYr+S38EeGoZbVGwt9rT&#10;MTKPUQxkFR6EuT6gdK9bAZVjMyb+rQulu9l97/4J4+YZvgssS+szs3slq38l+tj7for4B8N/8FHv&#10;FUF+p1/wro99ZHhl01pbaQe4LtID9MD6ivsL4RfGzwr8bNCbUfDd6XkhIW5sbgBLm2Y9A6ZPB5ww&#10;JU4ODkHG2OyTHZdHnrw93undfO23zMMBnuAzKXs6E/e7NWfyvv8AJ/I7yquq6gmk6Zd3rwz3CW8T&#10;SmK1iMsrhRnaiDlmOMADqatVV1WC6udMu4bG6WxvZIXSC5eLzVhkIIVymRuAODjIzjGa8J7aH0C3&#10;1PPp/jnaWzTWr+FvEP8AbNu0pn0hY7ZriKKOKOV5iwn8sqFmj4Vy+XA25qxffGzSNMcT3Wl6xBoj&#10;xSSw629sotZ9lsbllRd/mn92rEN5YUlSAxNYNr8FvEtrb27x+LNKi1OGG6tzfR6FITcJchPPeUPd&#10;sXlLRRMr7gF2kbWUgCxf/BTVNQlvbOXxFZTaBNpf9jW9vPpTvd2VqYRGwim+0BA7MA7OYiTgA8Ko&#10;Df8AX9fl576Erf8Arv8A8P8ALbU6nSPibY32ja9qGoafqHh86GhlvrXUkj82KPyhKHHlPIrApnox&#10;OQQQCMVij442pZbT/hFvEI11nAXQzHbfajEYjL52fP8AK2bQR/rN275dueKjHwWOt2Ouf8JTrtzq&#10;eo6rE1vJNpTT6dbrGYBCAbdZmWQ4y37wsMscBRxVQfBzxCNVi8QHxdZt4rixCl7/AGMfsv2fyTHs&#10;MHn7t+Tv3+YBu427eKH1t2/HX9bX7K4RvbX+tv8Ag/gaUfx10S4nha20zWbzTZREo1O2tVkiE0ls&#10;LmODYH81pGjK42xldzqucnFTR/F8S212E8IeJH1S0nEFxpaxWxmiBh84SPIJ/JVShHWQNkgbc8Vi&#10;2HwJu9GNtZ6Z4pez0aF7e6EX2BHuhdQ2i20ciys2zbhI3KNE2WX7204qKH4F30Og6nYDVPD5TUbt&#10;bi501vDSnSHAjC5+yGbIkLASF1lGWUZWiWz5fO36f12t1vZrdX8v+D/Xe62tfptN+LdjqmpaLDFo&#10;2spp+seWlpq01ukdtJJJbm4VAC/mH92DlghQEFS2QQL2k/EvR9aXxLJai4eHQbg2txL5Y2yuFDHy&#10;ucsATtyccg9ua5T/AIUheyano00viguml2q20OoLp6Lq4UW5iKC83cxlmMpR42O8/exgDQ8IfBw+&#10;EbLXbMeJdQ1Sz1GOCKKO8t7ZPsyxRLGOYY49xwoHQDAHBOWNaXfbX89PwI96y+X/AATo9D8f6Rr2&#10;omxhnSK75CwyzxF3IySAquSSACTx2NdJXGeH/tsUOgafNpd5A9nKxmmcJ5QAilXIIY5yWHbvXZ1J&#10;YUUUUAFFFFABRRRQAUUUUAFFFefa94xvnkv9Rt7uXSdB0S8a1vd9gJZr58RgGFmcBUDSFSSuSUOD&#10;igD0GiuJ8Ma9rWmeKpPC3iOe3v7mS1a+0/U7aHyRcxK6pKkkeSFkQvHypwwcHCkEVq/EDxDc+FPB&#10;2pataJFJcWyKyLMCUOWA5AIPf1o8v66L9Q/r+vuOhorg7X4uWl9rMunw6Hq7Yu7rT4bplgENxc26&#10;uzxITLuBKxsQzBV4wWB4rmvBPxhuYPB1hfa3p+uapf3NiNavTFBabNPtX+6wCOuY/lcqvzzEIxYd&#10;qFr/AF/XqD00/r+unroew0VwWo/F+xsrm9jg0XVtRjt72DTlntFgKT3EyI6Im6VT92RSWYBR68Ua&#10;H8X7PWr+K2fQtZ00Sy3Nss15HBsNxAGMsPySsSwCN8wGw4OGJo8wO9orylP2gtP1LRLu+0XRLzWJ&#10;7S/tLKe0t7yycoLiQIj+Yk7x9SRt3bt2NwRSWC63+0DoPg+Bzq8rSTm6vY1hQ29syRW8pjY/vrgC&#10;Qg4ACEu/JEY5AAPVaK8ptPihcr4g8Yatdx348NaPFbx20Yeyjt5vMSOTzTI8iurESAjeyIE6/NwL&#10;H/DQPh6XS9HvLWzv746m1wsVvbNbM4MLhJAp87bMckYWFpGYcqCKdnt1/wCH/wAhXW/9bJ/qj06i&#10;vP4vjf4am8fjwikzNqBuDaeZ50GPOEZcoY/M84cAjcY9meN2a9ApdLj62CiiigDAj8eaFPrOoaTB&#10;ffatR0+Bri5t7WKSZkVTggbVO5wcDYMtyOOaj8PeP9H8T6pPp1l/aEV9BCLh4b/SrqzIjLFQw86N&#10;MgkEceh9KibRrw/E2LVhD/xL10d7Uzbl/wBaZlYLjOegJzjFHgvSL2C41nWNVhNvqWp3RIhZ1cwW&#10;0eUgjypI+7mQgHhpWprpfs/zsgem3dflc6iiiikAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAwzIs&#10;yxE/vGUsBjqBgH+Yp9U5f+Qxbf8AXCX/ANCjq5QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABXk2tTEfEXV19DF/6JSvWa8g1v/kpWs/WL/wBEpQB11s37oUUy05iF&#10;FAHPfD7/AJKFd/8AXjJ/6Mjr1WvKvh9/yUK7/wCvGT/0ZHXqtAH5w/t3fF+88X/E2Xwha3DDQvD5&#10;VWiRvlmuiuXdh3Khtgz0w+PvGuX+H37GnxC+JPhDTvEmljSodPv1Z4Fu7pkkKhiuSAhwDjI56Yrj&#10;P2hrO4sfjr4+juVZZG1u7lAbrseVnQ/98stfpH+yt/yb14G/68B/6G1fsOOxk8iynDPBpa23V948&#10;zfq2z8Xy/B08+zfErGt6XejttLlS9EkfnJqf7NnxQ0rUbmzk8Da3O8EjRmW2s3lifBxlXUEMD2Iq&#10;n8LfiBrvwG+KFpqyw3VldWE/2fUdOlUxPLFuAlhdT0PHccMAeor9fa/JT9p//k4Hx1/2En/kK0yX&#10;Op57KphcTTSjy62vrd2e5nneRwyGNLFYaq3Lm0ulpZXWqP1ksb2DU7K3vLWRZra4jWWKRejowypH&#10;1BFZ3jHxNB4K8Ja14hura5vLbSrKa+lt7NA80iRoXZUViAWIU4BI571lfCKzuNO+FHgu0u1ZLqDR&#10;LKKVW6h1gQMD+INdRd2sV9azW06CSCZGjkRujKRgj8jX45iIOEpwpu7V0vk2l+S+8/acPNVIU51F&#10;uk2vVJv82eeH4/eEz438B+Fknnl1LxppsuqaW6Ipi8lIxKPMO7ILruK4BB8tuRgZm0j48eDL/wAI&#10;z+KNR1i18MaCmqXWkx3/AIguobOK4lgmeFmjZnwVZon25IYhc4FfKfhT4V+PvD/ws8QeKLjQNQu/&#10;GPw/1Kw0zw3Ym0cTX+n6W8qloVxlxPFd3CgqDu2rjNdJP8Jtd+G//ClZ7qfxVYaPpPhe506/vPCe&#10;kRarc2Wpz+VNNJJbSWty2yUiZDJHGSDgMVVzkk46uO3T0leUfmopRf8AefeyEuZaSf8AweW0ZffJ&#10;8y/up+p714l/aC8L+DviDp2g65qmkaPot/oT6zD4h1DVYoLZyJ440iUvhW3CQuGD9F4B6jurfxZo&#10;d5NJDBrOnzzR2iag8cd0jMts+7ZOQDxG21sP0O04PBr5U8LeH9O+EPjnwBfS+CfG+r+FbTwVf2cE&#10;t74fOoXtpLNerKsU0drGRGzRl0CKo2qwVgoDY56/+Dfj3w98H/hvHo+h3VtreuafeeC9YtYw0sul&#10;aZf3RmhkkK52i1jBQ9lMhGeKfLfSO97fNuSV/Syu101LbSab2tf5JJu342T+1ofXNl8VPBWparZa&#10;ZaeL9ButSvYhPa2cOpwPNPGY/NDogbLKY/nyARt56c1N4V+JPhHx1DfS+G/FOi+IYrEhbt9K1CG5&#10;W3JyQJCjHb0PXHQ+leHL8O77w74k+PtzoXgu31GeTw/p2naFb6jZZtb9YtPkQWwZsLJHu2oyhgOc&#10;EivLvD+leMLrxb4q1HSdC8U+LE/4VhLpsMPjLwnFpVlPeLMjLYpbrbwKyKruAj7sgsFdlyamVlzc&#10;vRX/APSmvyV/N/eRu7KXdL/0m/8A6U7eS9bfYPhn4l+EPGljf3vh7xXomvWdh/x93GmajDcR23BP&#10;7xkYhOATzjgGo/CfxS8F+Pbh7fwz4u0HxHOkZmeLSdThumVA20sRGxIG7jPTPFfFOueA/Gfjy9+I&#10;EOi2/jbWbe78A2lktx4i8Opoi3csF6sktjDGlvAADCZI1Dgn52AZl5r2P4YeIdL8V/tganf6N4e1&#10;TQLSPwDbQOmqaNLpkjEXrbR5UqK2FA2A4x8hCkgZrZU03a/Rv7lJ/c7fj6Xy53y3t1X4uOnr734e&#10;tvUfEfx/8NeFbT4kXGoxX8I8BxRTalH5Sb51lgEsRtxv+bfkoN2351I6DNW9I+Nfh3XtY8I6fYi6&#10;uG8TaHJ4itrgKgigs0EPzzEtlSxnQAANyGzjHPkvxk+G3iDXP2lfCS2GnXE/hDxNDaN4iuo4GeGE&#10;6VcPdwCVhwvmtIsYB6hTjoa47wH8MfGXhrT/AIzBvCS6tN4d0Obwp4Ts9Uti9vqln511dKoRsLKh&#10;Se1iIBwTCVJBzXMnaHM97N/+A3T++Ti15KW6u1q0+flXdL/wKzX3JTT83H0f1L4a+Jng/wAZ2F/f&#10;eH/Feh67Zaf/AMflzpuow3EdtwT+8ZGITgE844BqLSfiv4I1/wAP32u6Z4x0DUdDsW2Xep2mqQS2&#10;1ueOJJVYqh5HUjqK+PE0rxld+IPH2o6NoPirxjFL8PYbCIeMvCMVhb3FxHdAtbx2gt4FkEccjlI5&#10;AxYgqrOtR+IfCniXxRYfHFrPT/HPiO11Xwlpdpa3fiHw0NPmv5oribfHFbxW0GQisAA0e/GeSm0n&#10;bk95RXVfq1r5Eqfu8z7/AKJ/fr+H3fW/jP4t6ToHwi8R+P8AQ57LxXpuk2Fzep/Z96jQ3JgDboxM&#10;gcA7kKk4OCDxxiugXxloYmu7ebV9PgvbKzS/vLV7tBJawMCRLIpOUQ7W+YgD5T6GuL/aF8OS3f7O&#10;fj/Q9B0x5p5PD13a2WnafblmYmFlSOONBknoAoH0rxaTwl4r8A/DT4t+FD4Wk8aeJr4R65Frt7pH&#10;2yPW4JWRXWSNv3TXFqquqWuQGVIdqHLCsU7ymu1rf1+L8lp1K1vC/W9/v/pLzd+x9N+EvHXhvx/p&#10;8l/4X8Q6V4ksY5DC91pF7FdRK4AJUtGxAbBBx15FblfLHwT1PUPC3xS+KfinULXx9rWiXOm6JFBq&#10;OteF2tru+kR7mN/Ktre1hLCPegOYt4UZOU2mvoDTfH1rqmtx6Wmk67BK813ALi50meK3Bt2UMTKy&#10;7Qr7sxtnEgVtpOK0tdJr+t/8rkqWrT6f5L/O3yOnoooqSwrhr3RLzTb3UbCfS5/FPh/W7qSedJJo&#10;82AKINmyRhvjLKzDacqWwARyO5ooA81+H/hLWZPEUev67bS6bDY2cmn6Vpl1e/bbiGOSRZJZJpck&#10;FzsiQAM2FTliSa7bxN4etvFehXek3byx29yoV2hIDjBB4JBHb0rUooA5Wy+HGm2N1bTxz3Ze31W5&#10;1hQzrgzTpIjqfl+4BK2B14GSe+VN8GtMbTbGxt9V1awt4NLTRrgW0sYN9aJnbHKWjOD8z/NHsb52&#10;wRmu/ooA5X/hXGliSVkkuY1fVYNX2IyhVlijjjRB8v3NsS5HXOear3fwq0a/tfs1xJdyQG6vrtk8&#10;xRua7SVJVJC52gTNjGCMDJPfsqKHrowWlrdDz+D4OWken6lbzeINZu5737F/pkxthLB9lk8yDyws&#10;IQYbGQykHHPU5sP8KLOK7F5p+tatpF+ZbqR7uzeEvIs8vmyRsHiZdu/lSAGHZuTnuKKd9bislocj&#10;q/w00/V49W3Xl7bz6heW1+biJoy8E0CxiNkDIyn/AFSkhwwJJ/DHvPglYX2hPpM3iDW5LSeS4kvA&#10;727C886TzJN6tCUU7s4aNUZckBhXo1FLYZzGl+BItE1+41Cx1fU7e0uJmuZdJDxtavMybS+TGZBn&#10;AJAcLu5xnNdPRRQA13WNGZmCqoyWJwAKisb+21Szhu7O4iu7SdBJFPA4eORT0ZWHBB9RWd4x0FvF&#10;PhHW9FW4a0bUrGezFwvWIyRsm4e4zn8KwPgr4Bufhf8AC/QfDF5eJfXdhE4lnjJKFnkaQhcgHaN+&#10;0ZA4A4FZ80udRtpbfz7HaqVB4WVV1P3ikko23i025X8nZW8zqr/WLPTLnT4Lmbypb+c21su0nzJB&#10;G8m3gcfLG5ycDj1Iq7Xh7fD7WY/Hdvfx+Fo5NUh1q9vn8TS3EJSa2kt51giYb/OwhkijKbcDZlSc&#10;muUs/AOreFfDevXWr6Q+n6K66VPf2N9LptrBeNFPIbpB5BWMKwaPDTHLgAO2Olp6Xf8AW3/B+442&#10;tbL+t/8AgH03RXy3pfgGXxz4fjvdM0O8HhKTVdSeLSNKbTpCofylimQXAe3Kr5cqho2yu792SM57&#10;i0+El7ba7caqdMNxqcOs6VJaandTRPdfZYre3juCZAQedkoYADfjoeKtLWz0/pf5/gQ5dtf6f+R7&#10;ZRRRUlBRRSE4FAHlvxP+Mq+Fbr+zNIWO51KN1M7yruijGM7eCMt0+n16dl4J8b6f460o3llvR422&#10;TQSDDRtj9Qex/rkV8ueNbhLvxjrs0cgmikvp2SRWyGXzGwQfTGK9M/ZtuUTUtbgMqq8kUTLGW5ba&#10;WyQO+N361+U5XxFi8VnToVGvZybil2tzWafd21738kfpuZZBhcNk6r00/aRSbfe9rp+Svp2t5s94&#10;ooor9WPzIKKKKACiiigCnL/yGLb/AK4S/wDoUdXKpy/8hi2/64S/+hR1coAK4T4f/FqD4jeG7vXL&#10;Dw5r1pYxQCe3N7BErXwIfiDbKwY/Jj5ivLL747uvM/g98W/CHjPwD9u0UWWjWumWomvdLt8BNNQ7&#10;yAQqgAYRzwOxoA3Ph18S7P4jxaubbTNT0ifS7s2Vza6rFHHKsm1W6I7jGGHeuwrzz4RfEDw98Qpf&#10;FV34d0+1t7a31MwyX1qFA1B/LQ+ccKCTggc5Py9a9DoAKyvEnijSvCGmjUNZvotOsfNSE3M52xqz&#10;sFXcewJIGTwO9ateQ/tVeGdU8YfBrUdI0Wxm1HUrm6tVit4FyzfvlyfQADkk4AHJoA9D8UeMtJ8H&#10;aImrancGOweWKFZYkMmWkcImNueCWHNbdfJ7/B7xX8NvgAul61rVxrdzJqunSR6XAvmw2Ci5QlUb&#10;G48cnooxwOpP1hQAUUVkeLvE1r4M8L6trt8sj2mnW0l1KkQy7Kik4UepxgZ45oA4zVv2gvCWi/Fa&#10;1+H1zJdjXJzGnmLCDAkjqGSNmzncwZeikcjJFL4B/aA8J/EjxtrPhbR5Ls6lpgdmaeEJHOqOEcxn&#10;JJwSOoB5yAea+TdT/a70nUPiHb+Lm+GWlS6nbAJFdTXjm4CgEA7gu3cAeGKkjseK7aT9obwn8Mdc&#10;0Xxno3gK1isvGFm9xdTwSGO9iZJ2jmXByhG9N3y7N3BOCKAPsWiuZ8W2Vr4z8AXyrHNdW15ZNNDH&#10;Ezo0mU3IMKQTnj5TwehBrU8NxPB4d0uOVGjlS1iVkcYKkIMgjsaF1/rv/kD0t8/0/wAzjPj18Sb3&#10;4V/DyfWtNsBqN+9xFaQwEkfNIcAgAEk+g7nFfM+i/tffEzTNAt7C68Gy6neRxFH1GaCZZJG5+cqq&#10;hQfoO1fSPx2/5Bng3/sbdI/9KVriviNbXnxL+IPjbRbpry70zwnosV3aeHLS5ktxq11LHI6mRoyH&#10;ZQUVAoPVgfUEA0P2Vvi5r/xM8N6nZeJrN4dW0VoY5LmUFJLgSBiGZNo2n5e3BBH4+4187fBuz0zw&#10;T8XE07w1Lcy6D4n0L+0pLO98wzWM1vL5WMy/vAnzOu1uQV9K+iaACiiigDjfhd8QLn4jaJeX914c&#10;1Lwy9veSWottTTa8gUAhxwODnHsQRk4rsq8o/Zy1G31Lwhqj23jy6+ICrqk6m/u4mjaHhcRANyRj&#10;DAj5fmwAMV6vQAV5Brf/ACUrWfrF/wCiUr1+vINb/wCSlaz9Yv8A0SlAHV2n+qFFFp/qhRQBz3w+&#10;/wCShXf/AF4yf+jI69Vryr4ff8lCu/8Arxk/9GR16rQB8Tft3fs8X+qXx+JHh60a72wrHrNtCpaQ&#10;BBhbgDuAoCtjoFU9NxHzj4M/ai+J/wAP/DlpoOg+KHstJtAwgt3srabYCxYgNJGzYyTxniv1n614&#10;d8Q/2Nfhj8RL+S/l0mbQr+Vt0s+iyiASH3jKtHk9yFBPc199lfEOHhh44PM6fPGOzspW9U+3Rrpo&#10;fnma8OYmWJljcrqck5bq7jfvZrvu0+up8Sf8Nq/Gb/ocv/KXZf8AxmtX9nb4M+IP2kvijJ4n8RiW&#10;60KK8+16tqM67Vu5MhvITAAJbjIXAVT2yoP1R4b/AGB/hZoF+tzcprGvKvIg1K8Xy8+pESRk/QnH&#10;tX0HpOkWOg6dBp+mWdvp9hbrshtrWIRxxr6KoAAFdWN4iwNCnKGVUVGUlZy5VGy+WrfbotzlwXDe&#10;PxFWM82rOUIu6jzOV3+SXfq1poXOlFFc38S/+SceKv8AsE3f/olq/NZy5YuXY/UIR55qPdpfe0jp&#10;Koadr2maxcXsFhqNpez2MvkXUVvOsjW8nXZIASVb2ODXg+h+LvFEN+Hh8QzxaXp+raJpEelLa25i&#10;eG5tbbzCzmMybg0pZSHGCMEEcDN8Na9feDvCmh2l947uvDWjX15rdxNrt1BZk/aI7tljtwzQ+WPM&#10;zLKQVLsVKoVGANJrkk12/wA3+i++y3MacvaQjJdbfkn+v6n0zRXzvd+PvHOo6Te3z6zP4fvoNM0F&#10;jYR2UBSOe8uNkzssiM+QF4TcMZOcnGNXT/EHizRvFZiuvFt7q9na+KY9B+zXNnaIJ4JLQT75DHCr&#10;eYrSAAoUXCjKkkmlbWzHzaX/AK/r+uqPc6TNfJcvxY8U+KvD/jaKLxdNbxx6DJrEJsbq2e9090m2&#10;mCXZbJ5B2sN0ZaR12j94O/QeI/iDrmjSahHo+vabY6bc6/5M3ie6mtbON0GmWskRkuBayxbpWYne&#10;0ZyFCKVG0BdL/wBf1/SLtq12v+B9C+INA07xVod/o+r2kV/pl9C9vc2swyksbDDKfwNYHgX4UeGf&#10;hxc6jdaJaXQvtREa3d9qOo3OoXUyxgiNDNcSSPsUE7U3bRk4HJrzuDxt46h1DQdIe8t9Tv8AVrC3&#10;1aO70+ENbvHDE5uo0ZkU7ZHFsAWAYfajtxtGOX8KfErxxrnhuS5k8Y6XLLd3Ok28i6fNDc3mmS3F&#10;2scyNEbOJYfkZgI5fNdWTljTtZtL+tbfnoS37qvt/wAC/wCWv9afTdFeJ6R4+gT4wX+mS/E9W0zR&#10;opEvdM1WfTY3uLgR72WNUhSUJEgZ3ctjdwOEevV7DxVouq3ps7LV7G8uwHPkQXKO+F2bjtBzx5ke&#10;fTevqKN0mhvRtPoaM83kIGxuy6rjPqwH9akqtf8A+oX/AK6x/wDoa1ZpARfaoftHkeann43eVuG7&#10;HrjrUteKx+HLqSeK4j09Xna7+2t4izEYWj8/zVulnD7gPJOwpggjA+4MnqfjdqPhTSfBiXXjCOC6&#10;0yO7j8mwu5ljgvLg5EUUu8hCmTuO/wCUbdx4Wk3YaV3Y9Bor5U+Icd4fgTHpOip/wknhS2s7m8vN&#10;T8N6hayWkdx5peO0BadX8iEt0VSSI4hgDctfRX/Ce6DBCP7Q1Wx0m6Vf39ne3kKy2zhUZkk2uVDK&#10;JY84JHzqckEE1bf1t+F/6+/Zom+39df69Nt0zoaKKKQwry7x94/1nTPEul6dpul3N5Z3M7Qz3Nu5&#10;UW+CoLMQDxyx5I+7716jXi3xE/Z2tvGPii51wanqIknIYQRzKFiIAHybl4BIz16k0AdB8KPHmr+K&#10;EuI9Y0mfSnWZ4oo7hizMFAO7JAyOo7jjg1vfFPxTeeCvAOr61YJC95aohjE8TyplpFXlEIZuGPAI&#10;Jrnvh78HIvB/iWXXpNQvZbmS2S3a3klDI7BFUyvgcuQuc5PLMe9dl4x8LW3jXw3e6Ldzz21vdBQ0&#10;1qVEiFWDAruVh1UdQaP6/L/gjW+v9b/8A860/wCOaaHpms3PieWGRbS9gs7aSOzbSZLh5Y9+1oLy&#10;UGLADYeR1Vgpx05kX4/2k88Wo2el3mpeG20o6hNc2axPJa7J3ilaQ+aFZF2H/V7ycEruFdA/wltZ&#10;1muLjXtZudbe5huk1t3gW5haJWRAirEItoWSUEGMg+Y2c8Yt3/wystWs7+G/1LUbyW+0ttJuLmR4&#10;xI8bMzF+ECh8ueg2gAfLT0J/r8V+n/BKVz8ZtCs/GN14bmjmW/ghlmG2a3cyeXH5jARrKZV+UEgu&#10;iqccHkZrWXxv028slmOh61BczxWk1lZSRwedfJcswiMe2UqM7Gz5jJtAJOBVhvg7pzaxJef2tqot&#10;2nurlNODw+RHLcRvHM4PlbyTvYjc5APTA4qS4+D+kzW9mkd9qNrcWVlZ2VrdwyR+bD9mZmikGUKl&#10;zvYNkFSDjbSWyuN+Rzkv7Q2neH9Je68RWkljdyaheW0FgZbeCVYoGAYu0s6xlhuUYRyWJ+UEZqe3&#10;+NFppml69rl7K1/pH9qRQaeVltrULDJZQTLl55Il5LufmbdzgdMDYtvhDbWKQS2niHW7XVYp7mc6&#10;qj25nk+0MrSoytCYypZEIGwFdowRU978KLG5u2vINW1Sw1E3pvhewPC0is1ulu6jzI2XDJGuSRuB&#10;yQRSd7ab/wDDAt9f63KOofHTw5psnhvzBMYNeht57WbzbdCFmYLHmJ5RK/LDPlo+OpwK6jwp4sj8&#10;WxXs9vYXlrbW11LarPdCMLO0cjRuUCuxwGQjLBc9q5UfA3SooLC3t9Y1e1tra2srWSGN4CLpbR98&#10;BkLRFgQeuwqD3FdhovhqDw/o0+nWdxcIks1xOJmKmRHmleViPlxw0hxkHgDOe9O2tvP8/wDInW6N&#10;eisyx0i5s7pZZdavr1AGBhnWAIcqgB+SNTwUYjnrI+cjaF06RQUUUUAQW97b3jzrBPFO0EnlSiNw&#10;xjfAO1sdDhlOD2I9ap+IPEFv4bs4Lm5SWSOa7t7NREASHmlWJSckcBnBPtng9K8Y8R/CS+dPEFtp&#10;/h1rbT7jxFHqM8WmpYBtStTbbdqpOGjYpMS5SZVBySpzzXYr4JvbT4Z+HdFsoL2SWz1GxuDDqM0B&#10;niijvElYMY8R/IgICpwAoVc4GUtUn6fja/6g9G0vP9bfoek1BcXtvaSW8c88UMlxJ5UKSOFMr7S2&#10;1Qep2qxwOyk9q+ftD+HXjGwuvE9ymhm2vNR0e5huFkFglrdXbTKV8tYiHcFDJta5JbJw2ATmfwr8&#10;JbzTp9JuLnwnJLb2HigXttDfR6cs9vatZCNnCwFYUAuAshWPk7A2GYZLWtr+QpaXt5n0DRRRQMKb&#10;JGssbI6h0YFWVhkEHqCKdRRuByusfDTQdTtVig06y01w4bzraxgLEd1+ZCMHP6CtWw8K6LpVwlxZ&#10;6RYWlwgIWaC2RHGRg8gZrVorijgsNCftI04p6dF026afKx1yxeInD2cqja9X1+evzuFFFFdpyBRR&#10;RQAUUUUAU5f+Qxbf9cJf/Qo6uVUkRjqtu4UlBDKC2OAS0eB+h/KrdABVeHTrW2WRYbaGJZBhwkYA&#10;Ye+OvU1YooAhtrSCzUrBDHApOSI0Cgn8KmoooAKKKKACiiigApskaTRskiq6MMFWGQR7inUUAUf7&#10;D07/AKB9r/35X/CntpFi6IjWVuyICFUxKQuTk444q3RQAiqFUKoAAGAB2paKKAMfxX4R0fxxo76V&#10;rlimoWDushiclcMpyrBlIIIPcGvPrv8AZq8LWl3FqHhi41PwbrMQKrqGlXjs7oeqSLKXVl4BxjqK&#10;9ZooA4nwB8KtP8CXl/qbX9/r2vX4VLnV9WlEtw0a/djXAAVB12gfXOBjtqKKACiiigCjpOh6boFu&#10;9vpen2umwSSNM8VpCsSs7feYhQASe56mr1FFABXkGt/8lK1n6xf+iUr1+vINb/5KVrP1i/8ARKUA&#10;dXaf6oUUWn+qFFAHPfD7/koV3/14yf8AoyOvVa8q+H3/ACUK7/68ZP8A0ZHXqtABRRRQAUUUUAFF&#10;FQ3N1HaKhkLfO21QiFiTgnoAT0BoAmoqn/akP9y5/wDAaT/4mj+1If7lz/4DSf8AxNAFyiqf9qQ/&#10;3Ln/AMBpP/iaP7Uh/uXP/gNJ/wDE0AXKKp/2pD/cuf8AwGk/+Jo/tSH+5c/+A0n/AMTQBcoqn/ak&#10;P9y5/wDAaT/4mj+1If7lz/4DSf8AxNAFyiqf9qQ/3Ln/AMBpP/iaP7Uh/uXP/gNJ/wDE0AWZohMg&#10;ViQAytx6ggj+VPqn/akP9y5/8BpP/iaP7Uh/uXP/AIDSf/E0Acqnwd8MJ4fXSTaTPELX7KZmnbzC&#10;uzbuODt3d+mM9u1dhZ2kVhaQWsCeXBAixxpknaoGAMnnoKh/tSH+5c/+A0n/AMTR/akP9y5/8BpP&#10;/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cuf/Aa&#10;T/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/w&#10;Gk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/&#10;8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cu&#10;f/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3&#10;Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP&#10;9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2p&#10;D/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9&#10;qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR&#10;/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE&#10;0f2pD/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8A&#10;xNH9qQ/3Ln/wGk/+JoAuUVSbV7dSoInBY4UG2k5OM4Hy+gNL/akP9y5/8BpP/iaALlFU/wC1If7l&#10;z/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh/uXP/gNJ/wDE0f2pD/cuf/AaT/4mgC5RVP8AtSH+&#10;5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuUVT/ALUh&#10;/uXP/gNJ/wDE0f2pD/cuf/AaT/4mgC5RVP8AtSH+5c/+A0n/AMTR/akP9y5/8BpP/iaALlFU/wC1&#10;If7lz/4DSf8AxNH9qQ/3Ln/wGk/+JoAuV5Brf/JStZ+sX/olK9T/ALUh/uXP/gNJ/wDE15Vqsqzf&#10;EbWHUMATFw6lT/qU7HmgDrbT/VCii0/1QooA574ff8lCu/8Arxk/9GR16rXlXw+/5KFd/wDXjJ/6&#10;Mjr1WgAooooAKKKKACuY1nxN9l8f+GvD32bd9vtb2/8AtPmY2eR5KbNuOd32nOcjGzoc8dPXnniT&#10;/ku3gT/sC61/6N0+uijFTck+0n9yOetNwUXHrKK+9nodFFFc50BRRRQAUUUUAFFFFABRRRQAUUUU&#10;AFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQA&#10;UUUUAFFFFABRRRQAySVYhljgVVOr2ynBkH515B+2Bdz2XwB8Wy280kEnkRLvicqcGaNWGR2IJB9i&#10;a/LCvscm4e/tehKt7Xls7Wtfon3Xc+LzriP+x8RGh7Lmur3vbq12fY/a3+2Lb/noPzo/ti2/56D8&#10;6/FKivf/ANSf+oj/AMl/+2Pn/wDXn/qG/wDJv/tT9rf7Ytv+eg/Oj+2Lb/noPzr8UqKP9Sf+oj/y&#10;X/7YP9ef+ob/AMm/+1P2t/ti2/56D86P7Ytv+eg/OvxSoo/1J/6iP/Jf/tg/15/6hv8Ayb/7U/a3&#10;+2Lb/noPzo/ti2/56D86/FKij/Un/qI/8l/+2D/Xn/qG/wDJv/tT9sodQhnOFcH8as1+XP7FV3Pb&#10;/tBaHFFNJHHNDcrKiOQJAIXIDDuMgHnuBX6hw/6tfpXxmcZX/ZOIVDn5rpO9rd/N9j7XJc1/tjDu&#10;vyctm1a9+ifZdyte/wDHzp//AF3P/ot6uVTvf+PnT/8Aruf/AEW9XK8I98KKKKACiiigAooooAKK&#10;KKACiiigAooooAKKKKACvINb/wCSlaz9Yv8A0Slev15Brf8AyUrWfrF/6JSgDq7T/VCii0/1QooA&#10;/9lQSwMEFAAGAAgAAAAhAEA2/PvcAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdxFoJaTalFPVUBFtBepsm0yQ0Oxuy2yT9945e9DLweI8338tWk23VQL1vHBuIZxEo4sKV&#10;DVcGPvevDwkoH5BLbB2TgSt5WOW3NxmmpRv5g4ZdqJSUsE/RQB1Cl2rti5os+pnriMU7ud5iENlX&#10;uuxxlHLb6scoetYWG5YPNXa0qak47y7WwNuI43oevwzb82lzPewX71/bmIy5v5vWS1CBpvAXhh98&#10;QYdcmI7uwqVXrQEZEn6veMniSWYcJRTPE9B5pv/T598AAAD//wMAUEsDBBQABgAIAAAAIQBYYLMb&#10;ugAAACIBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkaZu&#10;RHAr9QOGZJpGmwdJFPv3BtwoCC7nXu45TLt/2ok9KCbjnYCmqoGRk14ZpwVc+uNqCyxldAon70jA&#10;TAn23XLRnmnCXEZpNCGxQnFJwJhz2HGe5EgWU+UDudIMPlrM5YyaB5Q31MTXdb3h8ZMB3ReTnZSA&#10;eFINsH4Oxfyf7YfBSDp4ebfk8g8FN7a4CxCjpizAkjL4DpvqGkgD71r+9Vn3AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAJjCz3TDAwAAFgoAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0ACgAAAAAAAAAhAIwMWD9rMgAAazIAABUAAAAAAAAAAAAAAAAAKwYAAGRycy9t&#10;ZWRpYS9pbWFnZTEuanBlZ1BLAQItABQABgAIAAAAIQBANvz73AAAAAUBAAAPAAAAAAAAAAAAAAAA&#10;AMk4AABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAA&#10;AAAAAADSOQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAH0BAADDOgAAAAA=&#10;">
                 <v:shape id="Image 75" style="position:absolute;width:54277;height:7224;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7bjzrwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8Qw&#10;FITvgv8hPMGbm+6CWuqmZXER92q14PHRPJNg81KSuK3/3giCx2FmvmH23eoncaaYXGAF200FgngM&#10;2rFR8Pb6dFODSBlZ4xSYFHxTgq69vNhjo8PCL3TusxEFwqlBBTbnuZEyjZY8pk2YiYv3EaLHXGQ0&#10;UkdcCtxPcldVd9Kj47JgcaZHS+Nn/+UVHMa6fu/tNp6eh+PshsW4HIxS11fr4QFEpjX/h//aJ63g&#10;/hZ+v5QfINsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPtuPOvBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application  Description automatically generated" r:id="rId55"/>
                 </v:shape>
                 <v:shape id="Graphic 76" style="position:absolute;left:31134;top:1942;width:3187;height:3289;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="318770,328930" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m318770,l,,,39370,,289560r,39370l318770,328930r,-39370l318770,39624r-39878,l278892,289560r-239014,l39878,39370r278892,l318770,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQx2CVxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gq96aYWUk1dg7YEgwfBPwe9PbKvSUj2bciumn77bkHocZiZ3zCLdDCtuFHvassKXicR&#10;COLC6ppLBadjNp6BcB5ZY2uZFPyQg3Q5elpgou2d93Q7+FIECLsEFVTed4mUrqjIoJvYjjh437Y3&#10;6IPsS6l7vAe4aeU0imJpsOawUGFHnxUVzeFqFJSr9eYt32Vb/FoX5+Zy0VudzZV6eR5WHyA8Df4/&#10;/GjnWsF7DH9fwg+Qy18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkMdglcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="64F97AD0" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2353"/>
         </w:tabs>
@@ -22248,51 +22249,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="330200" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="4F29E955">
               <v:group id="Group 78" style="position:absolute;margin-left:124.85pt;margin-top:10.9pt;width:347.9pt;height:161.65pt;z-index:-15715840;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" alt="Graphical user interface, text, application, chat or text message  Description automatically generated" coordsize="44183,20529" o:spid="_x0000_s1026" w14:anchorId="5F0911A0" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBhXqct4AMAANwKAAAOAAAAZHJzL2Uyb0RvYy54bWycVttu4zYUfC/QfyD0&#10;nI1vUWwLcRbFpgkCLLZBN0WfaYqyiKVElqRvf79DUrTVuI2TBIh1KA4Ph3Mu1M3nXSPJhhsrVLvI&#10;RpfDjPCWqVK0q0X21/P9p1lGrKNtSaVq+SLbc5t9vv31l5utLvhY1UqW3BA4aW2x1Yusdk4Xg4Fl&#10;NW+ovVSat5islGmow9CsBqWhW3hv5GA8HF4PtsqU2ijGrcXbuziZ3Qb/VcWZ+6OqLHdELjJwc+HX&#10;hN+l/x3c3tBiZaiuBeto0A+waKhosenB1R11lKyNOHHVCGaUVZW7ZKoZqKoSjIcz4DSj4YvTPBi1&#10;1uEsq2K70geZIO0LnT7sln3bPBj9XT+ZyB7mV8V+WOgy2OpV0Z/349URvKtM4xfhEGQXFN0fFOU7&#10;RxheXl2NZpMJhGeYGw/z8TzPo+asRmBO1rH69zMrB7SIGwd6BzpasAL/nUSwTiQ6n0pY5daGZ52T&#10;5k0+Gmp+rPUnRFNTJ5ZCCrcPmYm4eVLt5kkwr64fQM0nQ0S5yKbzjLS0QUU8NnTFiR+X3DKk5kPM&#10;RirJ2qI2ROu4qSjjF8RB1gtCtZaCYTPVXhBWU0eUCVOkQRF4Z+TOexLaQwhdO4XiwQop92TFW26o&#10;46WPQqLkCfqAn/BdSqHvhZQ+zN7ulAHJF/n3H+LG3L5TbN3w1sViNVwG3rYW2mbEFLxZcqhhHssR&#10;cgSNwkERbXDmmCXWGe5Y7fevwONP1LMnSovDRCB95OmPYLts/mCCXvmtD2lGC22se+CqId4AV3BA&#10;bGlBN19txyZBOg0jgcAMfHwvQnOzST2MTvR7V/1+r6nmoODdHjNqhiqLGdUlEMEbnKRD+RLvRv+j&#10;z2g8mw/zjKBSR/l0Or+axxikWkYdo+N2pTwfj2D/Wyi2jkL1xUFHLKNMEKxOFtu1yfRy+uYsQ3N2&#10;SApInBE052XcHmXl13mn3iTbRZaY1OgpkYifbdSGP6uAc76xJFTqSgjpESLbPnQ8n0xzZGAPmgDp&#10;qYPPHnByPUNjiwokUHqegMd5Pp6+jp5c59PrQOFd4HfReBf4dbpIhLNqRcz5TSPuDcfugP3kS5Kn&#10;Z5S+F/suQ14LVB+d59cIw9vRZ8PaVQ3EOi9Ej0hMhzfyeBkqJpXlca2vmdDODnWEOuhXqlVSlKnJ&#10;W7NafpGGbChK8v5+iL9Oix4MN6/tmqy3lqrc41bb4tpaZPafNfVXqHxs0eUQL5cMk4xlMoyTX1T4&#10;LgtFi+76vPubGt01Wn/bfVOp2Z3024j1K1v1G+64SoRmfGSEU/sBGm+wwidUUKL73PPfaP1xQB0/&#10;Sm9/AgAA//8DAFBLAwQKAAAAAAAAACEA+B+UoSl6AAApegAAFAAAAGRycy9tZWRpYS9pbWFnZTEu&#10;cG5niVBORw0KGgoAAAANSUhEUgAAAh4AAAE1CAIAAAAnIn51AAAABmJLR0QA/wD/AP+gvaeTAAAA&#10;CXBIWXMAAA7EAAAOxAGVKw4bAAAgAElEQVR4nOzdeVzM+f8A8NdnOuborkmkpkOlEorsInKrXdda&#10;5w9hl9iVrBybs1BrtRshYWXd9ruEXbErCoXIFiWl0DmlpGbompmOmc/vj0+NdB8zQq/nw+P7nfl8&#10;3p/35z2z07zmfRNv3rwBhBBCSHZonV0AhBBCnxoMLQghhGRMsdGjJEm+53IghBD6ZLwNLQ3DiVgs&#10;eb+FQQgh9ClQhHeDChVOSFJCkmTd41iPQQgh1EqK0phBkqREQkokYpIkJRIJdZyUkAAgISUYWhBC&#10;CLXS21qLWCyWUMQSCSmhngKApLFmMQlGGoQQQk1QrBtXxHVUV1dTdReJRCINJKQEe18QQgi1QBEA&#10;JBKSCiFisbiqqsrExKSzS4UQQugjRpPWTCRiiVgsrq4Wd3aREEIIfdxo1GAwKrJUV1VXVVV2dpEQ&#10;Qgh93Gg148EkpFgsrhZXV1VVdXaREEIIfdxotR31EqqvBQcZI4QQ6qCaNcQkEolYLKmurq6uru7c&#10;AiGEEPrY0UiSJCXU8LBqkiQxtCCEEOogGhVZakeJSSQ4cwUhhFDH0Ki1wiRiiXRqS2cXCSGE0MeN&#10;BtTqYSRJ9eE3uqwLQggh1Ho1oYWa3SIWi0nAEWIIIYQ6hEatbUyh2sQ6sTQIIYQ+AdJaSw0MLQgh&#10;hDqoZpdJaWjp3NK0Q865rT9dTCsHYNq7B/7wGT0jZIN3aA6Asunk9VtnmJFZf3v5nc8qI0Gzj8cv&#10;6wcwJdG7lh2Mf5temlGDC0PWe4e+kEhUjCeu2/p/xrR6FyrFBXrs+Y/f9I3qF4y6i+jWT64hun57&#10;l+gT1IGYmJi6L6dnz56Ghobv7d1DCCF5UKy7zdfHF1pKQoMidJYe9rZTfn50xc7DzywNj1xW9jh+&#10;coAg2mf5kYgJ3sWH/9JfetjHlp561G3PyacHhl49+Gqk34nZPdKOrtgZ/Mx+uQU1abQs9FD9C/9k&#10;u53f8Zno5g6X09embzA8UOfCI08ZVXsKRxw48bVqebTP8lMPp63PPHxGd+n/fGwh9eiyA3/lm6sG&#10;XVFfevKkHfn8yIrAP/MGLdAnACoe7Qkr0CJ0a4ufk5NTWlpqaWkpfUEaGhrv/11EXY8wP/Ha36HR&#10;eX3X+kzRBeBf2rTlWvHbP3/6WC//KbrNXI9kIj0tvZdZr84uhVwoSh/VbCv5cUUXdaeNe+hqdADg&#10;dNfSqujBzXphNnoADUDVYZjl0Vwefea6Q3RVOgAYd9fSqjQsyXih3ftrfQLAfPxAxX282nzI7HoX&#10;ZhS9sHCwBwDGyGH9/npeVFb5zoV8m59P9qMuLalislWBPs33fzV5VYm69dBWc97xe83ziipdDhsA&#10;AFKPBzNn/p/u0eQ6r0BNTa20tDQxMVFZWZk6UlpaumDBAjm+aajLe/L7jnNE//49mOk1B7Qn+e6d&#10;VPOYH+67+4U9u7PKhj4NbxvE4KOLKwAAVFypyNi3KbTPigOqeb7SEW7UFzUVVyqeH9wQYb7Gn1Xy&#10;RxlIzyvVyaes5N0Ly0qlb4USABAlpQ0vjN22cO9zsUJ/971U1Sf39A/rw3jQc6LvYjoAQP4pd8+r&#10;b0idr7d+r0wA5J889mrmtv5KfvVfQ0lJiYODg7QdrF4TGUIyZ71oqxdAyYXE2w3P5URcZ43y6km8&#10;/1KhTwmt3vOPMLpAxrHN/hrfHZhlCKCqDrV/EtLNAcjnp9YfpP3w6wJ9AtTVVEF6vkqJjNnu4uLi&#10;4rI5hlnvQlU16Z9WFQCQ715IPRjkdezkyQPLxMd2RAgAAAzm7jl58tTPA+/vOPwEAKDHvMATJ0/+&#10;4nD7133PJMXng1LGrnJUxr/YVikqKgoNDY2OjuZyuWfPno2Pj+/sEnURwjtn4ozGj2B1djnQx65+&#10;aPnovDj2o7/C0v0uvQAACCPjnmlXbxUDlEXfSe3WQwfI7FOrDwp++HWJEQ0AQK2XAf/h388kQD6/&#10;9qC6G3vwhpMnT5486TPEtN6FppyeaTciSwBEkXcS9XqwVd+50Eg7/lcXn4gyEkBJTbm6vKyq8I9V&#10;rr+nAADQldXKyyUvQtx+OPQEAECZrioor8i7FMnNOb7UxcUl8Bn/lueKQ3kfXwh/b1JTU729vR8/&#10;fqyjo8NisUiSPH369K5duwQCQUeyrXp03Mvd3fVAgqzK2QihsMlTOaHb17h/53W+SI637zDenZvF&#10;/SfYfPRfC6jTKbacpO3KKiV/JvFOJPJuFwpAUA3lVQAAKkrAUhyuy5rfT2e2jY6qsiw+vuT949fz&#10;S2GLyzUAAKHlknNLv473cXcJJpV7Tdk4lgXR/7ta+Ao2LaAq/gbLjv/0Q28PnwUuAMxB7oEW0jKo&#10;Tn73Qjrp6uLt6+ZyVKJiMm39eCWC5lb3wt4DlX645/H9/OMAyr2mbPxKQ5f8YaL3DheXMhI0bTx+&#10;senJXO+4zdfFpZxK39eAHnhiHgAA/OfzQ8Ki3dQIMQaDoa6uXlJSIoO34lORmppqaWnp7u4uHd0w&#10;a9asSZMmHT9+PCAgYOPGjc1cW3JhyzYFtyb6n/lXQpK6/7Bnm5n8vjf5oT/9zF/ot7CxW6Rcu0FO&#10;/vmgo2rDUx+OrL8jaOM2czq7GOgTQOTk5FRVVYlEIqFQKBAIBALB+PHj251dflnVkkuZlxMKoarZ&#10;X+VKxERb3UOTTHqoKjWXrGuIiYmpO+Y4JiZm8ODBnVukzlJUVOTt7e3p6cnhcAAgOjoaABwcHKiz&#10;P/30U9++fSdPntzU5c2FFjJ5/4qbQwKX28m80K3KmR+6KUC4atss7Q+oRbT+2yW4vdP72ehfF8n+&#10;LUJN6BIjxDqovJLcdDNn981cqGzFpMsq8nLsK/1HRR6jDHxGGap0+R6I1NTUFy9eUI/z8vI6tzCd&#10;6O7du6amplRcAQAej1f37JdffnnhwoVmQkstfuimgOemWsXxmXzQ6LNk/fd9Ky5t/i0FyBR3d+Ol&#10;e1abPjm2/fiDYpFE03jEgu9mmqlA0aWNJ7gWeamPh3t5iYP8sgzZeQkZFcAaOnem4MqxBL6Eoee4&#10;cuOsnkTl89Cg4xEZxaRYs/fXHm5jJZe9tl57DZDkvm9J4Bxubfx4eWX3/n/T+UBXGTDP+xvb7H1b&#10;w4sl4L0idqyX/xSFB7/v+TOBLwS6zhhXz696s0D45PcdBxL4JGj0nLhkvRMHQPjk9x1HE/jCt0fk&#10;ruCviJcDMa4g2ZBNaCkor7YJTi7ilrbtskpJwFXu/1Jfxy+27q7SdasvXbaO0pCOjo6FhUVTZ3v3&#10;7s3n84uKitjsFobGElBcwJq3JbC3UsyetZeiBH2/nOSzNKembiGM9g9Otl8d+BWnMufstr1Hzbe5&#10;2QEQ+UJzn70LmETJBeC90VzqH8gR3A748fTf47wCA3Wrb+7+7tqjWd/YlkP3L1ft6a1NVN/c/d3F&#10;R2O/mbRtrylVa7EFPpe6fc7ZvfGcVYEr2cAP9d1xLK3fsuXe46S1FsELpc9cty4yYJHpx9Yeu+S4&#10;bVbR2UMFn3sHfskW3N7vHR7vtKjvzd+O06ZuDbRlCZKOeZ0Iddw4mSn7n1/qX2/xr/NUb+7WX2V+&#10;D9RVySC0JLwU2B1KhjcV7bv8ZXZpj10JDxb3GdADh6V0dYaGhizW248Bi8VKTEyUxhLqVGtCCwDo&#10;2ZizAMDMlPWvUADwNlMy43m24VdrOACgbDjJWc/73gvSThMkTBOL2q9v1YGOHABg9emlqak/nA0A&#10;itpMIhUAQIv55tiuH/cViwCAsB7Z6K1LYp+U5vO2ut+knmqkC8CszmmWtuJ/Ad6H8kUAJGgMBwCD&#10;gXb833Zsfth74KRJ2xYZAqQkZwqepns+BAAggW79ggSzrl6zRx+XjoaWl+VVdoeftDuu1HhdMfDI&#10;k/yV/bty3QUBwL1794RC4cKFC6mnY8eO1dHR+e2336gultTUVACou3jBe8cPPRjOnOUZ2JcNj35z&#10;vdtkOsaYtb9+VbcVi//24aOzewt6b/xlgyGTH7opQAgALJsF/r+Icl/E3goJ8Ipd+utiANCbv2fT&#10;IByphT5WHfrslleSVoeeAF8kg4LwRH0OPSmvxCG5XVr//v2TkpLqDjK2s7Pz8PCg6iuRkZE2NjYd&#10;vQdham6U8/ffXACozLkUVsAZ0obpgSIABoOpDSDMSnrbJUaAqO6waHUbE0l06F0+CQCvE/97Knz3&#10;Uy18I2Fo6zABeMlpFQAA1Td3ex59JDEwG/7VzH7ky6dC0ryPfu6lv3KEACBMu5/4QY9XRqgxHaq1&#10;uIdlvclpY/9K0/g5pe5hWUcmm8gqQ/TRsbS07NWrV1FRkbQnHwBYLNbYsWOjo6MfP37s6enZ4Zsw&#10;HZa5Pt8e6H5dJNE0HrH0OzsmAeWtvFb/ixlmPnt+WA4apsZMFvFaAMAievTT455236cSOKcmlcWC&#10;taN37/de8T8AVZMvvu/3bugaPGPGnd2e7heUNS0N6CIhn1QcNXPszoOe7qepbvyFTAJGrViRsWPv&#10;j5FCaiDA5x1+0Z+wihLIiwG2Fajhuq4fkPYPPn7KE1n6PYBqmdYzFImcTZ8ZqL+nZjHuRkej9BXk&#10;n9Pfz+0+IM98Pp/wyOP5udmdXZBGcbncc+fOjRo1qnfv3iwW6+nTpzdv3nz8+PGcOXOkA5ERqhEy&#10;E15zQYkJcy4CXb2zS9M2n/Dg4/Y3iK26ypVxXAGAatL9SlYb0hcFOpvZeSTVDncWnPyql9moi+Ka&#10;p2TEwl7mb59+yD6ZFyILbDbbzMzs9OnTERERqampe/fuJUnS09MT4wqqLzUEXnMBAKqEkHiskwuD&#10;6mhng1iFmPz3ceMtwAEzzcy0mXWP7IstuPrgVStz/juhsGK6GV2hdc3fOkMslfbGxJWDjRoAwJWr&#10;SQSk/xsJU8YAANy/cp9mPGf4x9AX+sm8EFlgsViTJ0+ePHky1ekSFBTU2SVCH56KEri0WDreGwAg&#10;/g9I+gsm7QN2n84r1vvj5uYmfSz9G9m5c2dGRgb1uO6SFh0nEAjqjt6sezwnJ0dHR6feuM12fluF&#10;pr6BikamRtpbaa0c3H2ihUbdf2FzLWY76Bsaq9f7B5r0hjlAhSQ09U1ry0HYTxqgFHPzFvXs7r/x&#10;qj179oy+EA0AAGW3n75RHzSRmv8sCF83fqCZmVkvM7tRAfekGXSTxO+ZZE8dHxmQAACQs3ek2eCV&#10;6TWvTnx4es+Bq6MBLk+3snPftNDOvMfQDU8BIOfsghEWZmZmZmZmA5b+I+3FrY7Z9pWd+TsZAgBA&#10;qv+0AVTi+RsXDLbgeKe274U0kb8wfuNUKn/jAZN8a2s/3I2OejM3+o3rbWw+/c8m3kLx+Xm9zD73&#10;iKUuyQuZN5p6UYYjF4UKO3lUBYvFavTTjGSGTN7vvu+jXPsz9N24QqkSwqXlUJrTGQXqBKampk5O&#10;Tk5OTtIjgwcPdnJyMjU1lfm9uFzuwYMHG67jx+Vy9+7de/du/eGS7QwtfyQ1XmX53KDxJZL+N82U&#10;u6JfvX+k1yAjk0baRpvKvFEjR1l3T4qOBwAy7uxd+OxXDwfRg5B0CQBE3k9/aT/GDgDI5C2j3EKG&#10;BCampaWe/05jn8voizVr5Ks9PBP25eHHaY/vbbXOCfrmu1gJGM6bavL6wolnAAAgPB2WXDV2GtUQ&#10;U3IlvMr7XNLlTb3JuO9Gbrwz8lhiWlpazHaLiB8mHSsFACgKnjj3hMDzelpaWvqpqRVUhgBw023C&#10;wQzDnTceP378x2eZ0UWNROVWvZAm8i/bN3PqWYUVUc/T0tL++qL4wIK10bXZqj08E/XlsWv3TzTe&#10;rfJo2zDPGKOd1wMG0QAgftG4FRmDTzx+npb23y723RkLD3doPUjUecRJyUXjnMVJyS0n/RjF7qlp&#10;B2uoSgixXaWaa25uTtXvpUccHBwmT55sbm4uj9s9fvzYy8urlcuQtzO0PChoeoXXtpho1simim3K&#10;XMGxv1Fx7GU+Cc+v3K0ePPMzp4mWb+7fLgcyLiK5evCQzwAALvx8uHzcia1DWQBK/Zd6O6vdvBBF&#10;XZ4+cMuV722ZwOw29/AWS+Fvh28CaC8aby64dYkLAOT1f+IZX0+vmS2fMSHg9Ff9dbRZQPT56b/7&#10;j7cOZQEAe+Y8O6UbVIWDPe90bOK12RwAgM/nOumU/xPxDAAuB93IsN94cQqHyWRauvnM02nkbW/V&#10;C2kif9VFx+MSzy3sSQCA3YJxnOLof2prXS9sPM95DLHQbuS3v5IgdPbXJ17ODbkxpeYHgeUvtx9f&#10;3z6USQBoz/i/gd0fRka0/r8E+pCU7Q8SFxSW7W/iS5Z3++CmFe7u7hsPXK2ZcSNID93p5e7uvtx9&#10;U8CtQgAAEGad/nmtu/vytZt2+f645mIhAEDutYBNK9zd3Vdt/j1eSAKZfMDd/+gRr7Xu7m5rfc+8&#10;eF/V3Pxmv93SIt9TMboeoVB4+PDhs2fPtrgMeTv7WnLKKltO1F5ty9x8lC15IiZOUvbofuzAhWOB&#10;WTbCbH7YVZiYn1Jl8uVkVQDgPuQyRHkLzOpMibavjV4Eo/YQc1B/TUh/DQCq3zgN/O3Scf6azTF/&#10;39EcfbZ25pqhprY0sQ4vdMHXm6NfSN7NkKn0aOtXq04l1e4kRogAyPS4HLGhc0sTMlrxQhrPHwCY&#10;8HTj1PFnHlNLKJOgI/3PLmJoNdGiVHFi1toHmk5ntr5dNYqp/fqyy/T1MTW/BwnCFmstHynRnfvU&#10;/za2IbYw+ui5dPs1gV9xqmJ+W5dSBQAgJHWn/BBopgOC2zs9L8Y7LrbLuXQ4QW3qL3uHMvMvbdqR&#10;BwCQd+ZgrP6qPR7aRMmFHRv/fBa4EAiyIN/sx1+/1S24sMX32rNZ3/R+Hy/vZWoLCYqSP/kel2b6&#10;IOtVZWQuKirq+fPnLi4udScJ1NPenuFSOYaWtmVODBtjpxj5T9hfUWmDnZ0AQHXK54MeXAm/FZPM&#10;MB9du9Dsa7OlMWlvtTDgmD33S5Psf0PL7p6/J20Ne4fg0uwvahvE0tJ229aOln7m4+R6UuB5PTEt&#10;Le351UZrJx16IU3kz9341dyzCiuiEtPS0tL+XdANWh4EQSNTKhcdX6sdMc9b+gNQeHnGxNoGsbQ0&#10;P1zZ7BNFLXXzFQcAlD4fVjP0VYdVdnHPWnd3d8+z6SACgJLYJ28GjhvKJAD0RwzQBgAoepBc/PKO&#10;9wp3d/eNN19U5qeLAEig97JhA4Berx4ikWwaM2SgAjeqkK+8vDw/Pz9qgYxGyWW/lvfsi897sW//&#10;di7V3GW2KgCA+ZwvtafsO6b2YuAmKir0NDFUO3v/rIhcxmjwnUtKlxIQxj56Az21AIBqE/O/8P1v&#10;aeB8vLFv2NyETJrtT1SDGMDbv6fHT7O6zYyczWEBAIiAWv6G6DXcTHFrVjpAC6M1WnwhjecPkPi0&#10;UDLn0MKeLAAAIdma1REkhO2CrwbPtl7055ffe8y4G2BDAzIvLkdsucFnKLWU1gfzLYHagTHsc9Gd&#10;+4xhrZ1sWXLh0CXtr71W27LJ5P0ralY/YzKY9ZJVa41cu23a21+q5Cfal4NawmQyp06damlp2VR0&#10;aW+tRU25/YWSdeaq4z/TefLkjpnjTCpyEL2m2CslPykcPMqRSqCw6HtnyaP1C/Y9BQBB0qHp/XoH&#10;ZFOnej3Y8sWBBCEIX51evCWVuXTxqJo83WYNTI65Thu5tNF1nLS7a0kSDhxIEAqFqfvmbEmo2dIY&#10;emqyXl3fcStHJHhxd80Pp8pqmsvGLB5lGr3tm1s5QqEwNWjzKV7j+w60+EKayr+nBk1yLfD6C0FF&#10;7q117qdKoNVN3hY/Hp2l/OeSTfEAQGjpqxPxR/cnCIVVj36bvf2+NNXLKwcvvSABhHF/HLj0ggTI&#10;uxr0x93OHj+GmqG6zE1Bj626zK2Rc3WWuqm6fycdAACEAAwmkw1Q+bxmBRv1Qdb06NC7QhIgL+oh&#10;HwBAx9pCEHP+vyIAAF7SvTRsLu1Mu3btojY0aig6OnrXrl1cbhMjHTpMX19/3bp1zc8za2doMVSV&#10;Y2hpc+b9Rn9GEiqfT5IOq7abPpQEnc+Hq9Q8J4Yd/G//7PzACWZmZv2+2qvyY7iHEXWmdMAs538X&#10;9zXrO8T7Sa9NFw9KAwlr+jQrxRdj5jb+5rFd/wl0qtw5vW/fvl+Hm7gMZjFErwUAMHjfP98ZPPp2&#10;lE2/Ed8XTplupZDzhg8AMCqIOt63b985/5kMU2uiwarFF9JE/naHz65l3186op/1yLXc2V/1Jcv4&#10;/Mbv0JCl765ZghDnH+4CaC+5uG92fuD0vn3Nv7lsMWcoAyr4IhLIuC3Ld07edg/I5MObd/149ikU&#10;/ROwy2vzmbLW3gO9dwo2fdjhVxVsGu1vYDp8M71XnL+7u/uWh+VUPV3Pebp1UpC7u/u2S7lMhogn&#10;JMFwpvuQ0r9+XLF87f7nDAYAANFr4cpxELrN3d3dbffVImb9Og16n9LT0+ttaCTF4/HS09M7uOF3&#10;U5ycnDZu3NjyxhbtW+hl6pnnf98vaHjcbZzhvi+MWl/K5Veyg8LrD0L/6nO9v2bJZfDcB4GMW2n9&#10;f492pN6cotDZRUGoGcIXz3la5gYsyDuzKYC30G+ZHPd+bouKEjje0nfUuK1g4tRCmg9ARxZ6cXNz&#10;69Wrl5mZGQBIO+2jo6N5PF5aWlp6erpsp0ympqaeOnVqyZIl9bruU1NTAwMDnZyc6g0caGdfyxwb&#10;dqOhRSbm2LS8G8dH5t/FZj70387tG9NTFL9p1d/V/f3Gfxh/pQg1SfjyVvDuvfyaJTI/nLhyaXHL&#10;ySJ3gJrBJz9ILD09PT09HeqElpiYGOlsfNnicDgbNmxoOIWZzWY7OTk13MGvnaFlsqUm0GkNJ+Sn&#10;8Tu2cQsA0GmTLTU7msmH5svAkOg5i0aYlwBUq1st/uPsLDlsGoiQTGkPXLR1YGcXor7Eo41Mwm+o&#10;Sgh3f4XJx+Rens7j7u7e8OCMGTOk7WDNjAxuh6bWxWCz2Y0OdG7/yseNt4kxFO4t6zfYQKWxK+p7&#10;zhdZ/P4E8t9pEPzEW8NQ64hEotLSUpFIRJIkQRAMBkNNTY3BYLR8JepqXtwDggAA0LHGlY8/HO0f&#10;fBz4hfHfD17VX/xYJB6yqwMrEikS+74wbv/l6OMnkUj4fH7dHkiSJIVCoVAoZLFYrdm6uDMVXdqw&#10;t3LVtmkfdik/LXcD3i6qjz4Y7Q8tBupK3wzTPxr5Qoal+WaYfs/3tVkL+jDx+fzy8nKJRCISiaR1&#10;cIFAwGAwysvLAaCZ6JKy74f9T2saadVMRi34fmrvxhoeU/b98O/IgNU27e886HgOSGYmH4a8e8D+&#10;+Kosn7YO/W0EOhtrG6rJqiiahmqBzsayyq1Lyc/P7+wiyIZIJCovLydJMiQk5MqVK9euXaPRaNev&#10;X79y5cqZM2cqK6vKy8tFouamhNLHegUGBgYG/jJdEhN8DXf+7YCiSxu8zn8E7yBdHUyccIvJD02H&#10;ZuOrKBPJS6x77H4EvNZMAG+WNiNlibWKMnZud2mlpaUAIBQKFRUVCYIoLS2trKgsKSkhCEJZWbm8&#10;vExZWau0tLQVnS5CAYCWFhMAQJB0bPvxB8Uiiaax83erJvUkAOD1xQCv37L4oNFnyfrv+6pUPg8N&#10;Oh6RUUyKNXt/7eE2VpsoubDFL8uQzX+UUUyyBizy/saWBfw7QbvPpL4Wa/Y2p9e2A+deCzh4OaOY&#10;VNK0ddnw7dvl2ATpoQeOh2e9JkGj14wfPBx1AfgPft/zZwJfCHSdMa6eX/VmFV3aeIJrkZf6eLiX&#10;/xRdebyfCHWWjtbou6soJbn2Aa3Gdl5pPU160pI+3VVk3hRW8Z/fMhcXl/X3Gp/9Lpt7dHhM3PtR&#10;UlKSkpKSkpJSUvLhLq9E1UhUVFTU1NQAwNzCQpmubGVlBQAsFktDQ0OapikVEdvc3d3d3b1DaF8s&#10;dVQFEN7Zf1Y4a0tgYODu6ezrx69QfTiVvSauCwwMmKv7LCSsCKAcun+5ak9gYODe0dV/XnxEZcV/&#10;w/hy455AvwV6Ty5HCMnqmydOFfRfGxi4f/1g5hsqtNQs1xgYGLjFrvDIn8/eloNa7TEwcJ+fkyTk&#10;YjwACIRKn7luDQzct/d7kzunLvFJACDyheY+ezshrjz6zfVAQsvJWu/j3fcFyYcM1hDr042Zv8rW&#10;7vCTl9ml7biczVFLcu2jp9LOksRuW3hh3JGfhzQWI3NDTzw3X3XSw66RczKSG7J6S8Gyw8ut5XcL&#10;WXjy5MnNmzeNjY0B4MaNG6NGjbK2blDkzItbdpxPF5ASFZORqza4WkhrBhU3vJbspy8+t3G4vMsp&#10;kUgAgCCI8ePHi8ViRUVFALCysjLrZaaopEij0UiSpNI0hT6WqgEIHwRt8fuz16+zSpOyXj85tI4a&#10;pylm9Kcm6OrZmLMAwMyUCZUAoMV8c2zXj/uKRQBAWI+ksqru0ac3kwAwNaNXCIXwPCPLYNIKDgCw&#10;7EcYn/wXapZrfO294g4AAFT2SH+7rqoOq+zYnrVZr0UAYug9GgBY2or/BXgfyhcBkKBBvZUSponF&#10;ex+GXnJhy8abPAYkuR5YFPy9bf2KV4PyNKzS1a+TWcd4bb32GiDJfZ9r4HI5/rmhj4dslqfsrqKU&#10;tbzfuoic3TdzobLVVQRl2spRBjvGGrZ2u+K2yk5/aeIglw969I7pkQ7nNg4Hgxn7DsvjBrJUUlJy&#10;8+bNmTNnikQiDQ2Nzz777OzZswYGBurqdbs980/tOl81N/Cko4bo5o6FQf/7Ys83BgAAILkZcDZT&#10;0tLSmrJBo9Fevnz59OnToqIigiAUFRV79OhhZWXF5XKfPHnCZrMtLCz09fVbkRNz4DDTg3f5AEok&#10;YTQ7cE3dBXtS3k1KAD/0YDhzlmdgXzY8+s21/nZ5zam/XGPRJer/G1nt8dHZvQW9N/6ywZDJD90U&#10;0ImLf6p/vSWw12+udz8P/t62kXXyG6yKT1XpemsT1Td3f3fx0dhvbOuvwB+4eNte0/0rbg7BuIJq&#10;yWzlY7oCEeDE+aUwItkAACAASURBVNGhx5JLmZcTCqGq2bULlYiJtrqHJpn0UJVRIxh5/6f5/ygP&#10;LE58wCeh5zjf7QsU/vfDwWQmJM+df3PpCS/H2p/kYi2bb71/HKtDQPQO15s0jaePGct+tvzDN6tX&#10;98wH6RWg+dniacS5I/+9ISsNv/h5+xxTgOKbO72OJPABqgzHeHkv1P2fx6rrRUxInv4TnFvAdfu1&#10;cv2ebwyg4lGAp/9DHgBL/2tPv6nMU+4/C9bvWaJPQOqh+Ye1d/pPrzi/zffv5+UAzEHugSs+o+ee&#10;Xh6cYZLzPGXUT0szN+99LqZeSpW2s/+euQayeV8AADIyMoyNjXV1dWNiYgDA0NDQ2Ng4Nzf33YqL&#10;8mfTNzg5agAAw8aq+9+1a5CJbm8/Q3w3z9o3TnYFalp5efmNGzeUlJQAgCCIioqKrKyszMzMr7/+&#10;OiEhoaioKD8/39nZ2dCwxT5b4YM7GZo6XwCh20+P+/ffXLuvOCxB+r10jSF9Gw4wEwEwGExtAGFW&#10;zdqMjTA3Nc699Bd30DSOIC4qSwJALdd48Px/Izw+YwMv6d5r0yG1k30brvYIwjcSBkeHCcBLTquA&#10;nk0WXChgMlkgFAiZLCYIhUKmXJfqalDxEkDvelPjGqnSNayTIfQuGS+q30NV6dL/WZRNM/sziXci&#10;kXe7UACCaiivAgBQUQKW4pjuKi79dKZZaasqy3jgJgGZRebbT640fHHMw/1i4oIVc/d8l1NTtyCf&#10;H91R85O8+OrPS7cds9zzjQFAWaGmx8mT1pB/6g9Btvas309aiUK3LT4cNs7v+En98itebicezt4y&#10;QFBAH/LdgVVWqkRKwBL/v8f8vjDgpHltrSX3NHV3ydVdAeI5QSc/Uy+N8V956M9xP08eyVx1PXeJ&#10;i2HG7Udaw7brph5d9MBs60kvA8gPWbVuV5L9ek0gMsn++4+vViUAjp0EADL71AqfHNf/k2Fcqatn&#10;z56xsbFN9IHrWIzQoR5lnLlGjvI2AACoiP71fwrL99kW/yKfEtWnp6dHo9EkEglBECRJAgA1ZZIk&#10;SSaTWVlZSRBEz57NvT0VEdvcIwAAVE2+cJ/NAQCHVUuebw/0vC4iGRp95q8f0uASEvS/mGHms+eH&#10;5aBhasxkEa8bXdVPcdT8eU92/+oeKdbsba5ZszT1wpXjAg5ucz9JUmME3r4Q5+nW24Pc3UkNY2Mm&#10;g+QJSRg8Y8ad3Z7uF5Q1LQ3oIiGfhMYWnUj5Y/3v7I3+xv+uOq/687puRz3v9/tl9Vh5NprVr3i9&#10;q9EqXaMr8CNUl1z2a1FVpi0eoLt4wHvtnCRBs5edAQD0NNejRb7b6/MiIY42arWjBgBojJ8+8uzv&#10;d8rI2QBV3axqf7drDhprCQCMAb00rleO0ScAVNmKREUFAKiaKT/88fsD1MID9CbmVDy4/1T8/Imb&#10;S83TqixS3XGoit/9IhfF6ESd8TvVC/9IrMwpWu9yhUqgnVYK9iDRMrRUlX5rVMT6+kZ+tv6wrGdL&#10;mJqaRkdHFxYWGhoa6urqFhYW5uXlDR/eeMfJi2Mem4tnH1neDQAkNwOOsZcH29Cg8aW7ZU9LS2vW&#10;rFlv3rwhaDVvAimRAICCgsKYMWPEYrGmpqaOjnZTl1st3xPY8CjLZqHvrwvfTWZFPWJP2r4NAAD6&#10;L9gWuOCdq77eElzzSHuyrw/1YJjbtmH1MjcY7+Fbd/WK2gxZNgt99y58J6n+uDW/jHvnSG3iumVb&#10;tNsfAGDBwf4AAKsC5dW/RVDbdjWseJnVq7Q0UqVrpE4GQIAIF9lHUp/CVmDyRcbv2pPRzzd4vhGj&#10;8JjH+qYTGroe2+5YdzHjYaMl2289EEbrDN2jTJQAwPgtJ13qLOqQ+87lL46t202bf8RF9qs+qKur&#10;jxo16uzZsyYmJgCQmZk5atSodztaaohu7vB54bR743A6AED+HxeeiN4ku9wFAGBC8uwf0vxrO2Dk&#10;x8DAgMViNVwPXE1N7SOYjf+xMLA2Tv/D9QAz+HvbpipelEardI3UyZg9+ulxT7vvY2F3CwKArhJa&#10;etraS3x+v/X1T44axdfORar29ldtfQtDeQWoqurQAfLjMvhQu7wZAVV1E/WzNdx5/sSTz7+xppc9&#10;jkztPtJeF3ScHZg/BEdrT99FB9AdbCbZfjriy81jdYiXd6P4A0e8M0Ir8/TPMb02Hhz+dhB3RQXQ&#10;6QAVpRV0NXrts/aytrY2MDDIzc0FgGHDhjUaVyTRO5b+ree9x7m2stljXuCJedRD6bCFt+Uqq6Cr&#10;drhcjaDRaGw2m1pDrKKigmocwzXEZExn+IZ9tfWh+hWvWs1U6Rqpk2k7bNrb3M5QqIvpGitVEObf&#10;rJumdNrdxcXl+39oi70WtuGnNzFswVeK/3w/f57L9oegWVZWCgBg0d889ej0n25LU9Enb1pv/Ojn&#10;xS4uLt8HJkqob276hFF65foOjkwAAEs3vylwbuV8FxeXjdcKGe9+H8eeDC8uv/+zi4uLi8vc+dtu&#10;Q17IGtctDyWFf6xfGPgfpB5a6rbvSXtffVBQEACoq6tbW1tbW1tTcSU8PPzdVPl//PlEwr/h7VKj&#10;8clAuSFrXP3+g7yQNct+fijJ2Oe+4EC7y9UcBoOhq6trYGDA4XCodjyMKwh9RNq/8jH6cOTn5/fo&#10;0aOps0FBQQMH1l8c/cGDBxYWFuPGjWv0EoQQ6oiuUWtBCCH0HnWNvpYub/DgwfWOlJaWYpUFISQn&#10;WGv59Lm5uTU8iHEFISQ/GFo+Bc10tCCE0PuHoQUhhJCMYWhBCCEkYxhaEEIIyRiGFoQQQjKGoQUh&#10;hJCMYWhBCCEkYxhaEEIIyRiGFoQQQjKGoQUhhJCMfcRriGVkZHR2ERBCCDXiIw4tAGBqatrZRUAI&#10;oa4rIyOj0e9hbBBDCCEkYxhaEEIIyRiGFoQQQjKGoQUhhJCMYWhBCCEkYxhaEEIIyRiGFoQQQjKG&#10;oQUhhJCMYWhBCCEkYxhaEEIIyRiGFoQQQjKGoQUhhJCMYWhBCCEkYxhaEEIIyZh8F9U/duxYbGxs&#10;w+Nz5sxxcHCQ660RQgh1FjmGFi6X22hcGTRo0B9//AEAH0J0uZdbfvpxEfXYTIs+rz+bzfy497BB&#10;CKF6ioqKEhISBAIBANja2nI4HHnfUY5fo9TLaGjhwoUA0OnR5V5u+f/9lZ6dWVL3oMfZNLdxhvu+&#10;MGp9PvO33jlZ3OgZlX277OYkPBuXQNuz0MwB4HXCszFPWddmGbAbJE36M7bvM9WHXlZ28Gb+1qST&#10;OobkciMA0fnzT3dq698dpQvA9zuaXzWy9yYTjHwIoTY4e/ZsVFSU9OnVq1f79u07f/58Foslv5vK&#10;/nsqOjr6/v3706dPbyZNp0eX44+KFp55DiS5bKzhvH7sIQYq1MHNUXlB4TlBSbzC5f1aWX0JWGn7&#10;UxUAAK0g1+D3IqVJ/dL7Uj1YNB2ANwVlDxIll3mkgw5x/yEvPrXi7iyDya0tpjgprewe8Zo7SpdT&#10;VLzu8WswEGwyUW/PC0YIdUlnzpy5deuWqanphAkTLC0tuVzuvXv3bt26dfDgwVWrVsnvvrIPLTwe&#10;Lz09vakqi5Q0urBYLDs7O5kXoxlPeaKFZ54DQ/Hut9ZUUKEs6M9e0J8dEPNy1dm0L049jXXt05rc&#10;dDRUdahHQgUAYLNUDNkK0rMspwGkU81j52+HkG0rqYq3p4M39ZBtQu4yadvVCKGuraioiIorq1ev&#10;po5wOByqNezWrVvR0dHy+2XfCSPEQmtpa2szmcycnJz3XIAVV7JBJK4bV9z+zX7KE1GPPQZ3n+2g&#10;H5fy+vKzxtu52iTpz1hiVXyQ9PG2lPiaM8IrfyYQq+4Qq+4QASnnhI0GnTfzt94h9mUDAECe3ao7&#10;+vfFAAA5z4lVd8yuvZwfEEOsukOsiiZO5Rd1vKwIoU9LQkICAEyYMKHe8UmTJgFAYmKi/G7dCQ33&#10;V69ebU0yPz8/LpdLPQ4KCpLV3YuE1dceFo4foFu3vrI/IucLM83eOgzqaeCXnD+j8wL/eznRQkNW&#10;963n8bmkL/+r1BnZK8KBlRGePu2/StBsWw7pYZlvRhonuCjH/pXu+jBjeD92Sj8l+RQWIfRRolqP&#10;LC0t6x1nsVj6+votti11xAfdJyzDiCIVk1MOAHP66jSThs1UNDRWv5ZR0kyajinw+K8CBpgVTe4O&#10;ALazbf8VxH6Z28Y8RloVTdYEgP6u1X/++Px6ajH0azg+ACHU1XG53IZDwvLy8mxsbOR30w93yiSX&#10;y12/fv2qVauiIqNaTt0Kxx8VLb+SvTUqFwD+l8RffiX7Xm55U4m7MRXgTYVM7tuInJLr1WBp1a32&#10;Oc2Q1eb/ED301Gof0vVVmkuJEOqabG1tAeDevXv1jkdERABAv3795HfrD7fWsmzZsj59+rx69WrH&#10;jh0D7e1VVTv69TnBQnPhVS68FADA1QevyDptYgOttCYde7J5HGfbqJ7UkVdCMdDlGncV++jJM3uE&#10;UJfH4XBsbGxu3bpFEMTMmTOpgxEREWFhYVpaWnIdP/XhhpY+ffoAQLdu3fT09LKzs6inHcFmKha6&#10;99MNTISXgvEDdK/O6y09Fefa5/Kz4kl/Pjv2mMdd0Q8AcvLLBprKq6MFAADE2XwAA3neASHU5S1Y&#10;sODAgQNRUVFRUVH6+vp5eXkAoKWlBQCXL1+WxhuZ+0BDS2Zm5qFDhzZu3CQQlBcUFBgZGcskWyq6&#10;eN98EfRl/UmREy00SK9BVBPZ5hsvoEIyt9n+mA4xVB+jWHA98RX06w4AAJIcgURe90IIdWEsFmv1&#10;6tXR0dGJiYkCgcDGxqZfv352dnaXLl2KiooSCATUPBCZ+0BDi4mJibW1tZfXZgCYMnlKx1vDpNhM&#10;RSqu3MstN9eh15sXOcRA5fKzYt/LmdCd5TG4u6xu2oBewGfcfnfT2erk9aHK/13JWpJU1dYRYggh&#10;1EoODg71prDMmjVLKBRSa3HJI7p8oKEFAFxcXFxcXOSUeZGwemjQI2AqBYw3XFkbQp7yRIH/FQSF&#10;5wCdlrrIWk63pvSdbvNv9dMvI9NtIwEMdbz7ire+7+k9CKEujYoocooucgwtcl2gpoPYTMVdU0xX&#10;XczwOJvmcTbNyEQ9+3UFNSTM0Fj9oat1exapNDQnd5nXO2YzexA5u9HUzC9m29Y9taXm/zVPeA87&#10;0cjjZm7URDKEEGoWFVGSkpKKiorYbFnOXpBjaOFwOIMGDWp08WMpLS0tanjc++cxuLtLf/bJR0Wn&#10;H/NeCcWGmnSHPjpz++rIZ5pkVe5L3rqnFaCk0Y4OHKGgPPH2ywQg7JmE7IuGEOrCFi5cKPO4AvJu&#10;EFu4cKGc+ohkgs1U9BjcXZ59KrXyswx/LQBF+ozFBu1YzPrCsYR5aSSY6p/q9+HOQ0IIfaRkHldA&#10;HqGFageLiYl59uxZi4knT271KsAftR6NtJW13txlDnNlWBiEEJIz2YcWW1vbsLCw5tvBpLpKaEEI&#10;oa5E9qGFzWZv27ZNurIkQgihrkYufS0sFqvhWpsIIYS6COwWRgghJGMYWhBCCMkYhhaEEEIyhqEF&#10;IYSQjGFoQQghJGMYWhBCCMkYhhaEEEIyhqEFIYSQjGFoQQghJGMYWhBCCMkYhhaEEEIyhqEFIYSQ&#10;jGFoQQghJGMYWhBCCMkYhhaEEEIyhqEFIYSQjGFoQQghJGMYWhBCCMkYhhaEEEIyhqEFIYSQjGFo&#10;QQghJGOKcs09NTU1MjJSIBD069dv7NixAHDgwAGCID7//HM7Ozu53hohhFBnkWOtJT4+PjAwMC0t&#10;jc/n//XXXwcPHgQAc3Pzx48fHz58ODQ0VH63Rggh1InkGFr+/fdfLS2tbdu2+fr6Ojo6Pn78ODU1&#10;1cLCgjp79epV+d0aIYRQJ5Jjg1heXp6NjQ2LxQKA/v3737p1SygUWlpaShNwuVwOhyO/AqAPFkmS&#10;nV0EhFDbEATR+sRyDC02Njbp6elcLpfNZkdGRgKAjo5OamoqdZbJZGJc6ZokEolYLCZJUiKRdHZZ&#10;EEIto9FoBEEoKCjQaK1t6JJjaJkwYcLevXv9/Pyop46OjhwOR9rFMnfuXPndGn2wJBJJdXU1QRDK&#10;ysqdXRaEUGtVVVVVV1crKiq2MrrIMbRwOJx169bdvXsXACwsLKRNYU5OTkOHDmWz2fK7NfowkSQp&#10;FouFQqGGhkZnlwUh1AZKSkrFxcUsFosgiNa0jMkxtHC53GfPnlGPnz17JhQKe/fuPXnyZAAQCARP&#10;nz7t3bu3/O6OPkwkSWJoQehjVF5WzmQyW5lYLqElNDQ0NjaWz+c3PDVo0KCJEyey2eycnJzg4GBH&#10;R8exY8dSXf2oK5BIJFVVVZ1dCoRQm4kqRK3vH5V9aNm1a1d6erqpqamzs3Pv3r2lDV/x8fHPnj2L&#10;jY1NSkpasWLF2LFjw8LCrl69+vjx440bN8q8GOiDhcPDEPoYkZI2/OXKeF4Ll8tNT0+fOnXq6tWr&#10;HRwc6nao2NnZzZo1a926dUKhMCEhAQB69OgBAHl5edHR0bItBkIIoU4k41qLQCAAgNzc3DZNtufx&#10;eLItBkIIoU4kl76W2NhYeWSLEELooyDj0GJpaRkUFNTKxKtXr5bt3RFCCH0IcFF9hBBCMoahBSGE&#10;kIxhaEEIISRjGFoQQgjJmHx3mURIfiQSiUgkEggE1dXVErFELBEDgAJNgaZAU1RUZLFYDAaj9Qu1&#10;IoRkCEML+viIq8VviosFgvJGTknEYom4qqpKKBQCAIuloqmhoaCo8N7LiFCXhr/p0MeEJMni4uK8&#10;/LxG40pDAkF5Xn5eSUlJO1aX2bx5s7Ozc9vLiBDC0AKwefNmozqmT5/eVLLNmzfLqQByyvkTU1VV&#10;9erVKypOSAEAtauYlPSgVHFx8atXr8TV4vdQSB6P7+zsbGRkZGdnFxcXV/fU9OnTjYyMqMfpaen+&#10;/v7Dhw9v33/6b7/9tu6GrQ2Fh4dL74XQ+4ehBXx8fLJrjRkzxsnJqbNLhBpRUVFR+KqwsrISAIha&#10;ACCRSJSUlBh1KCkpUeuz1k1WWVlZUFBQUVEh73KuXbtGVVX14cP4ESNGuLq6So+HhITUXaXCc53n&#10;kydPuFxuO27B4/GpbZBCQkLadKGzszP+iEHvB4aWt3g8fnx8fN2vAwBYuXIl9Qs0JSWFOhIXF2dn&#10;Z2dkZOTs7Mzj8QEgPDy83pHg4GBLS0sjI6OVK1dKE1A/Zp2dnf39/S0tLS0tLYODg6k8Y2NjqRyo&#10;9A3vQuVgZ2fXNb8aKisreUU8qqMe6tRICIJgMBgFBQUxMTGRkZGRkZExMTEFBQUMBoMgiLo1GwAQ&#10;S8S8Il47lvT/9ttvhw8fLq2OUKi2spUrV1L/oaV1lPj4eCcnJx0d7QkTJvD5/PS0dADg8fjbt2+f&#10;P3++NM9z584dOXKkqTs2zLauCxfOM5lMZ2fnM2fONLxE+hECAKrA0sKnpKScOHGC+ghJP6Lffvst&#10;1NZynJ2dnZ2dqcdUHYu6lsfjU0+lH8iGR6jbDR8+nPps+/v7Sz/w1FnUpWBoeWv37oB62yrHxcVF&#10;RUXduH4jIuJ6QUEBddDV1fVcyLns7GxLS8ujR48AgLu7+y+//JKdna2vr797d0BcXNz58+ejo+8+&#10;fBifmpoq/WoI2hf08GE89T2Ymprq4+Nz4sQJ6b0iIq7fuH4jKiqKSt/wLgBwLuScj4/Pe3grPigk&#10;SfL5fGlckaKCx/3798PDw1NTUzMzMzMzM1NTU8PDw+/fv08FnnqXiCViHo/Xpn6XlStX3r1799jR&#10;Yzo62mFhYdnZ2efPnweARYsWAcDu3btTU1Ozs7N79eq1Y8cOAODz+cbGxtLLMzIzAMDHZ5udnZ2j&#10;o2Mrb9ow27rOnz8/YsSIefPmxcbGSn/KhIWFnTp16vz582FhYdLazOrVq29cv1FYWHj06JGwsDAr&#10;K6v58+f7+PjExcXt3Lnz1KlTDx/Gx8fH+/v7U+nHjh3r6+tLPV66dKn0Wh0d7XPnzmVnZ1Mf4EaP&#10;UFfp6emlpqYOHTo0MDCQuntKSsqNG9db/4ajTwOOEKvB4/EvX74cEfHO38DFixcnTpzYy6wXAIwc&#10;ORIAwsPD+Xz+6DGjqQRWVlb9+/c3NjYeN24cABw5coTH4+/eHZCSkjJggJ00E0dHRz09PSofPT29&#10;pUuXAsCMGTPWrFlDpRk0aJCOjraOjvaIESMiIyNfv37d8C7SHLoQEoAAXhGPJMl39ooggEbQaDRa&#10;cnJyUlKSkpISnU4HEkggCSCAgJQnKQwGw87Wrry8nKARBEFQZ4GEyorKkpKSVm5zmZWVlZKSsmnT&#10;Juk7z+PxXV1dp06dOmPGDAAICQnZvn07teudlZVVo5mEh4eHhYVFR999+PBBM/eSdo1kZ2c3k216&#10;WnpKSoqvr6+9vb22tvbRo0fWrFnD5XKNjY3t7e0B4NSpU1qaWlRIoz6WxsbGxcXFdTO5ePGiUCic&#10;Nm0a9VR6lvpAhoeHN7x28+bNISEh1Li7po5IS9uzZ09pDgCQmJhIvV2o68BaS40LF86PGDFCR0e7&#10;xZQcDkfaNxMWFlbvLJXD1KlTpWnaV89o/i5dBQGVFZVV1VVisbim24RGAAFAgpKyUrlA8OTJExaL&#10;paSoRJIkSbWTAQkA1eLq9LT0V4WvaAq0t3EFAAggCKK6qlokErXm/kKh0MrKqm7lkupK2bzZi3q6&#10;efPmiRMnZmdnSxu7tLW1s7KypOlNTUx37twpFAoHDLBbvHgx1Akh9Uj/czeardRff/8FANOmTTMy&#10;MuLz+RcvXqyXwN7evjU/QbS1tVv/EY2Liztx4kRgYGB2djYVPBoeQaguDC019u/f777cvd7BKVOm&#10;XL58OT0tncfjR0ZGAsCAAQMLCwupPpLw8PC4uLhx48ZlZWVRP/RWrly5cuVKR0fHsLAwql0rODi4&#10;NQ3NkZGRPB4/PS09Kipq5MiRDe8i65db36MC4cKLmZy9idQ/nYBH0sffhmY+KhDKuwBNEYqEVZVV&#10;pIQkaIQCTUGBpkAQBBUpXr0qqKyshJqQQgIJNf8AGAxGaVmpUChUVFCkETQqrhC1/fpisVgkbFVo&#10;sbKyOn36j8LCQqp/IiQk5O7duwEBAXV/gmhoaEg/HgBgZ2d39epVHo//zz//aGtr9zLrRTWjZWdn&#10;Hz58GACo4NGietlKnT59WvrD5fz581wuNy4ujsPhZGVlxcXFpaelW1paNtO9/+LFCx6P7+joyOfz&#10;qQ+nv79/Kz9gWlpacXFxdQNnwyMIUTC0AAAEBwfb2dk1/K1nb28/YsSI0WNGjx07Rk9PDwB0dLRP&#10;nTq1f/9+IyOjnTt3Usl8fHx+/PFHIyOj3NzczZu9xo0bt3r16nnz5hkZGd27d681BVBRUXFwGDp6&#10;zOgRI0bY29s3ehc52XnvpcLOBFu/B8ejXuRklVD/+Dml0sdHI1/Y+j3QCni09/4ruZakIXGVWCQS&#10;UV0mJElKoGZfbgJqOlHEEjFB1NRjSCCpw7VVF6iqqpKmfCdbibiysrKV/fk6OtpUr1hcXNzvv/9O&#10;tSNR3dcAsHr16sOHDzs4DAWA8vJyAPj1V/+ysrIBA+yioqKkwzTaqmG2FKo9dt68edRTqk3s1KlT&#10;rq6uzs7O8+bNmzBxgrOzc1OtT4sWLbp+/frcuXPGjRu3adOmnTt3DhhgFxERYWJi2nx57O3tp06d&#10;Om3aNFdXVyaTWVpa2vBI+14p+lQROTk5VVVVIpFIKBQKBAKBQDB+/PjOLlWrZGRkmJq28CeBmhEQ&#10;83JVRA7w2zIel83YN5bj9lm39t2RJMmKiopXr15xOJzWpBcKha8KXikoKNQEDoKg0WjUzBVlunJa&#10;WlpUVJSqiio1nYWqlVAxhjoydMjQXma9xGJxTT8NQf1PTbDRYeswmcz2vRCEuqD0tPSeBj3pdHrd&#10;ATJNfQ9jraUrKhRUq+9KWHU2rW1xBQCKRMv/fGYR9PiN6H1MP6wQVdBoNGlHCUmSYolYQkpIkhRX&#10;idU1NNg67MqqSolEQtBqPutU4qrKKkUFRSaTWV1d/bb/n6w5Tf17D3NcEOqyMLR0OSmFom4740tz&#10;y9qdw/P0Yq3dCRmvK2VYqkaJKkQKNAVp5zwJJCmp6VepFldrqmuw2eyqqiqJREKr6d8HaoSYMl25&#10;p0FP3W66ErGEJGsbyoCsiVIkAACGFoTkB0NL15JYILTeHQ+vO/yt+krYa3dCupyji6RaIibFUBsw&#10;pP3wBBA0BZqSkpKVtZWWppaioqKooqZLRiwRV1dVq6mq9evXj8mobe+SVnykSHg/674g1DVhaOlC&#10;XpZX9f8tCYQy+kotrTQ7+Li0QiKb3BojloiBrBdV6ozyEonU1NTGO43v06ePpqYm1Samy9a1trIe&#10;M2aMioqKUCis14tP1Ha1UPUe+ZUcoS4Op0x2IVaHnsAbmbYCFQoHH3mS/L2NLPOsQ7pYCxUQartc&#10;ah5QnfaKCormFuZmZmbVYjEpkSgqKiooKjCZTGoqH+Vtbw1BEmRNu5kCDVfaR0hesNbSVWyLynuT&#10;I/sRok+evzn0oFDm2VJoNBoQbzvepf3wVFWGmuCiqKDIoDNUVFQ0NTW0tLRYKiwlRaUKUYV0imTj&#10;WROAm7ggJD9yqbVwudyEhITWpLS1tW3lOFTUEaUVEu9rrZqpBwDAULA30Yh7Wd7KLpml/2YtGajb&#10;/sI1TVFJEaqgZp18Emg0Ws20fGr6pIKCUCgsE5UJBUKBUEBNjVRQUFBSVFJRUVFRVZE2f9GAVlld&#10;+XbHSQKo3hp5lBkhBPIILVwu18/Pr5WJr169OmfOHAcHB5kXo31WrlwZFhYmFAqnTp26e/duAIiL&#10;i3N1deXz+dTEbB0dbR6Pv3TpktjYWCaTuXr1amql5ODgYGo9D+mFUnFxcadOnYqKioqPj6eOhIeH&#10;U2t+AICVlVXDdVxCQkLWrFlDTdtuWIB2vK5113Na38Vyd1nfIQaqRcJqXZ9YaM0g49cV2+/kbxjW&#10;ox0Fax61JbpNLgAAIABJREFUPD5RTVDzJRUJxSpJlYKCggJNIT8/P+9lPp/H4/P5YrFYLBZToYUK&#10;J3Q6ncFg9OzRU99AX11VXVVdFapBOhifAIJG0BRp2BqMkLzI/odbK+srUjweT+ZlaJ/g4OAHDx5Q&#10;KxZLp1K7urpu2LAhOztbVVXVx2cbAKxdu0ZdXT07O/vUqVO+vr7paenpaek7d+785/I/1IX1ltnw&#10;8PDo06cPtdQg5dGjR/Pnz29qfTBqAXbp002bNi1btiw7O3vQoEFr165p30vbH/OylSmdBnYbYqAK&#10;AGymotsw/VZeteO/gvYVrHl0JbqkWkI1XtHp9GpxtZq6WmZmZkRExL179x4/SnxV8IqKEwo0Baoq&#10;Q6PRaAStQlTxmv86KTnp2tVrsQ9iMzMylZWUq6uqJWKJdKQYg8mQR5kpZWWt2gTzPTh//jy1VDNC&#10;75Mcf7gFBQU1n2Dnzp0ZGRnyK0BbGRsbe3l5UdWCESNGUAeFQiG1bMbSpUupNVeGDBkyetRoALC3&#10;t6da8zIyM2xsbKh1YiZOnFhvndfbt28DgHStcqizTKzU9OnTBw8eTK07u3btmg0bNkgXRU5JSaEq&#10;Rj4+Ps1vLNiU29llUNaKRU0YClR9RXpg35dGW0b11N2XBPktTIIpzS3jFldyNJTbUbxmKNGVqiXV&#10;ACARSyRiiaKC4t27dzMzM0VCkYKiAkuFBVQVhEajOvwJGkFFDqrti+qVyc3NzcnJsbCwGGQ/SLoH&#10;JRDAYLQQWsrKyn///fCzZ8/odPqUyVNGjBzRymJnZmYGBgbu2rWr/a/8vfPz85s4cWKfPn06uyDo&#10;EyHH0BIaGtp8gjdv3sjv7u0gXQM8Li7uwYMHmzd7pael1917gyLdKyw4OJha6P7GzRttXfz18uXL&#10;J06c0NbWDg4Otre399vhp6mlBQDh4eElJSV119vncDjBwcGurq7+/v51Rz213qnHRa1JVi+uUNhM&#10;xcLlNrr+LU+FOfWYJ/M2MSUlJU1NzeLiYoJG0Ahaenp6akoqTYGmTFcGEiQSCQEESdQualxnQj7V&#10;yV+zzD5BEATx7NkzbW1tM1MzUaWI2oxSmr4p//vfHywWKygoKDMz09/f38raqlu3Vq1wY2Ji0qa4&#10;QtUqpEvcI/QJkGNouXr1akcuT05Ovnv3rra29nv+k+Px+B4eHtTqtpmZTVaqqEXF//77IjRWC2ne&#10;lClTpkyZYm9vHxwc7OHhcfv2barGw+Pxt23bRuUpFRAQ4Orq6uvrO3Xq1PateXU7p+WJ927jDBvG&#10;FQqbqRgwztDjbFrzOURllciju0WFpVJcXFxdXc1gMHJyc6mOeuleXlQUkQ5KlqJWQwYA6ZSY6urq&#10;nJxcc3Nz6rG6mnqLt7Ywt7CytgIAExOThkHFzc3N1tY2ISFBXV3d2ck57GpYSUnJ4MGDXVxckpOT&#10;L1++7OnpmZycfO7cOQaDweVyORyOp6cndSFVoZe2U924cQMA0tLSPD09MzMzDx06VFJSwuFw3NyW&#10;q6qquLm5DR48OCYmRl1d3cPDo25JpImpklDZnjx5MiYmptGaVr1TZWXlQUH7qLJJdxloUwEQaooc&#10;B8m4NzBo0KBWXkv9cWprt6fLuiN4PP5XX03x8vKidlWyt7dvdMFwqmv9778vUq1n/fv3l25v3Bqv&#10;X7+m8nd1da27O/rRo0e4XO6AAXbUqrpGRkbh4eH29vbx8fHZ2dkODg4Nq1CtkVLa8pz5L8ya2xpr&#10;5eDuLebwtOMz/BujoKigpqZG9cArKSnWbNpSR72njaKuUlJSBACCINTU1Foz8njEyBHU12hUZJSm&#10;pmbDr9ShQ4cGBQV179497GrYxo2bvL294+Pj6/WyFBcXz5w508/vlzdv3iQnJze8y7Rp00aPHj16&#10;9Ggq8Bw6dMjDwyMoKEhfX//27VtUGo4hh7oR1bgqFRoaam9vHxQUZGFuQR25cuUKAAQFBa1bty7s&#10;6jvdeA1P3b59i8Fg+Pn9MnPmTOnPozYVAKGmyLHW0nD72Nbr06dPnz59kpOTU1NTZVik5lFxZf78&#10;+dKWMQBgMpkhISEzZsz47bffqNBIxZXg4GDpYC1TE9OkpKT0tHRNLa3Lly//8ssvzd9o586dWVlZ&#10;VCZU+KSuXbNmjbQdzMjIqO7GHuHh4Xv37l2xYkV7XlgrOlommGu2kKKHavM9LtmynYxZh4aGhlAo&#10;JAiisrKyoqKCIAiJpG1LANBotIqKisrKSoIglJWVW7nFJCUzMzMyKnL16kYGUFA9EwYGBgYGBqqq&#10;KqqqKnp6etnZWXXT6OnpmZiYAICmZkvvMEBycnJJScnWrVuppxwO54svvgAAqvJhYGBQL/2zZ88W&#10;LVpMJTgbchYAEhMTuVxuTEyMNENp4oanEhMTJ06cqKqqoqpqQu0Z0dYCINQUOYaWvXv3yi9zeXj4&#10;8AGXy/X19aW63KlhwVQ/x5o1a6ysrFau9ACAixcv8vl8aTMdtdn46tWrJ0ycQA0+rhuZGuXr6+vh&#10;4eHr60v1tQCA5zpPaTd+Q87OzgUFBRs2bGjnLrCt6cNviTFTIav5FPKptQAAQRDddLvx+Dzq609Z&#10;WblNm9tTOVRWVurp6VFZtf5HD9U6tHHjJlVVlTaXu126devm7e3d+vQNC7Zw4cK6zQN1f5zVO3X5&#10;8uWOFwChRskxtDg5OTV6vIN9MPIzbty4hjsAUu1RdY/4+Pg03PDV1dVV2r3fqLo529vb12tYOHfu&#10;XDPpu+4GxrUUFBW0tLT69u3bt29fkiTbWiGWXqKlpdX6SfhUXFmyZIls4wqdTs/MzNTV7Zabm0vV&#10;A9g67GfPnwGAkZFxcXFxVGTUiJEjkpOTWSwWVeNpioWFxfnz56dNmxYVGUUdMTMz+/fff62srAHg&#10;QVxc3b6Whqf69esXERFhZGRcWPiqoKCgHQVAqClyDC2TJ09u9PgHG1o+WWrK0Irulo5Sl/HI43qU&#10;lJTYOuzCosL2LYZPp9N12bptWtzl4cOHJSUl/v7+1NPRo0fLZETJlMlT/P396XS6hoYGFVqsrK0u&#10;hl708/Pz9PR0d3c/dOjQ2ZCzHA5n5syZzWc1efLkQ4cO3bhxw9bWljoybdo0gUDg6fkjnU6vNxO5&#10;4anhwx0TExM9PX/kcDhUI6GqqkqbCoBQU2S/y2RoaGibgoeTk1NTQYjqa2nq7xl3mWwlwj8B8loY&#10;JEbuGtZ8ApN9j7MymhsIR+upKl5t28Jd2rjLZKOKi4tLS0tb3yZG9du3qX/lY5GZmamiotKtW7eo&#10;yKjIqEhsyEJy1aZdJmVfa7G1tW1TaNHR0WnqFNWZL4tCdWn91ZQeNZ+C0fJv+W6MFvpa7NSV2lCm&#10;DtDQ0FBVUX1TXCwQtDzjncVS0dTQ+FRXoiwqKqIGCqurqy9ZsqSzi4PQW7IPLdT4felyL8+fP5dO&#10;uWcymY6OjnUT4/KU78Ewjuqjp6+bPM1QuLusb4uZ/DPXovlp+Y4ctfYVrx0UFBV0dLS1tDRFIpFA&#10;IKiurpaIJWKJGAAUaAo0BZqioqKKigqdTn+7JOWnaNCgQa0f0I/Q+ySXvhYOhyMNGKGhoVRoYTKZ&#10;K1aswEDy/s3ryw4Kz2nqrNtw/aYmS9bFZipe/sp44oGkphK49Ge3s3ztRaPRWCwWi8V6z/dFCLXo&#10;PS3+inGlEw02+P/2zj2qqSvt//sk4RKIKESltZaDom2itTYQ3qqMwgAZ48Aqwwj115ZxWlrq+mnp&#10;DwtWlzW20zCuXqCytLDGxlsZHN8OUktfHPE9SKFWtEMgirVQS4TgZUppUrlIIEDO74+Np6dJCAET&#10;rs9H/0j22Wfv55wc8mTvZ+/v441muKFO20uQc6kbFo6HXDAYltD9p8sh5WOE0Ex3yQPwFQ8AwCAu&#10;ny544okn1q5dO0H8il4/KD+sbdTarzCiQxOfVAe20zP8d/zC5tRltS+NQBVt2ypHNZIBAJgOuNy1&#10;BAQEPPXUU2PjV/R6A5ZIQQhpG7Xs1xKJBCG0adPLWVlZFEVteWWLzRbCwlap1eqRHrpPKIqSy+Wu&#10;aJnhr5EPI76joeyVeXVPHvxWmKVxdMji7fZWxEOjNw4AgCnHlApyCoV+AQEB2AGUf1GOEMKpU8q/&#10;KA8KCkIInThxIiMjQyaTDbUJsaGhAat7jeiQS5HL5RRF3WcjMzw4b0Y77N17Bv79rcHx3fXvryO9&#10;3EYv6gMAwNRjSrkWhFBISEhFRQVC6MyZM/Hx8efPn0cIXb16dcWKFeje1zQzSpDL5eQ9cAkz0ElL&#10;SyNJUiKRyOVyhULBHKIoavXq1fhEZqihUqlEIpFIJEpISLAYf5AkmZycjJtSqVQSiYQkybS0NAuz&#10;W1tbmTbZM29yuby+vv6ll17CNtwPb/32IfSg88MhD5AzMlaNYLYNAIDpwFRzLWFhYd9++y1CSKvV&#10;KhS7a2pqEEI1NTURERHWlUtLS3U6XW2txs/Pj52qS61WV1ZWlp8tLys7e/eu5eaJtra2zMzM2lpN&#10;a2srHk9kZ2fv37+/oaHBx8eGVPszzzyj0+mCgoLy8vLKys6Wny0vLS21iNwYjcbcD3NrazUCgeDI&#10;kcNsC8Vi8cGDB62lZUbBtReXOLKFZQR4u6lfWOLMBgEAmBJMNdcSLAnWaDQURUkkEqxMrG3UtrW1&#10;2ZnLeu65Zzdv3syuUFxcHB4eHrQoSCj0s/ZJgYGBUqlUKPTDaokURc2ZMwdLUj7zzDPW7eNDYrE4&#10;NjZWKPQLWhQUGBhYW1tj0SbubsOGDYw2rdNZ7Od5Imk0eSqHoixZ/NBY7ZQEAGASMdVcC86pderU&#10;qZUrVyKEIiIi/rrnr3bSnKSlpc2bN89aWXLGjBFsAPT2HiNZ3Ptn/RLfT15citzv+3P3civ5v8ui&#10;FgyfUAsAgGnIVHMtCCGJRHLy5Mk//nE9QiguLk6j0Qy1Y7mwsLCmpubw4cMW5XFxcSUlJdpGrV5v&#10;wJEbO8hksubmZjwzdvz48RGZyiw5a25uVqvVer3hk08+wWEh5tC8efOYdGROWaL29FLf+m3ByH80&#10;CSsxHvMFLduCYxZPQVUuAACcwhR0LStXrgwICMCzYVKp1Gg0WqjLMBw6dKilpYUdxsdIpdLw8PDI&#10;qMjo6ChHRiTp6empqakikaijo8NxO9VqdVJSEn7N5/O3bt0aHCzp6up64YVkhFBSUhJ2JOvWrcvM&#10;zFQoFOz694lI6ElvD8lYFzji4Quf+/YfFva89sTDM2EeDACAIXG+8vGYMWrl48LCwkOHDtlPgoIz&#10;S+K8k6+++qr9HFwURQUHhwiFfsnJyT4+Pjk5OaOwalxoaTc9X9z0xTc/of7hhITdOE9J5qieWjDX&#10;a/QKDk5RPgYAYFwYZ+XjCQ5FURkZGbt27bJTR683nD59Gud8jI+PHza345dffpmammo0GsVi8fvv&#10;ZznTXBcTMNO9fOOjCD36jyv6/Dr9mR+6UXcfMvajngHkyUVePD9v96j53huWCtcv8R1vYwEAmDRM&#10;x1ELMF7AqAUAJi8jGrVMwVgLAAAAML6AawEAAACcDLgWAAAAwMmAa3EhTtfhZyTOAAAAJjLgWlxF&#10;VlbWpk2QrhwAgOnItFt8PGbgtcsAAADTEBi1OA2swy8SiVQqFUJIoVBgJXy1Wo219LG6Pj6UkJCA&#10;Cxm1fHyULblvXQIAADApANfiHCiKqqmp0el0p0pOFRUVsQ+98847sbGxOp0OK2ZiWltby8rOFhUV&#10;5efnI4S0jdolS5Zghf/Kykpto9a6ZKwvCQAAYLSAa3EOwcEhXV1dq1evPvrx0dwPc9mHqqur09K2&#10;IoTY+soRERFCoR+j5B+0KOjmzZsikSg4WGIwGK43XbcuGcvLAQAAuB/AtTgHodBPo9Hs3r27s7Mz&#10;JjbG+qj901UqVUNDw/nzVTqdTiwW2ywBAACYLIBrcQ5ZWVkJCQnBwSEKxW4+n89edhwaGooDKjgG&#10;Yweh0I+iKEZC32YJAADAxAdci3N44YVkHx+f4GBJWNiq5557jj1M2bFjR0lJCUmSFy5cGOp0nF2G&#10;JMns7Ow5c+bcuXPHumQMrgIAAMApgDyly1Gr1b6zfIMWBalUqvz8/HPnzo23ReMGyFMCwORl/EX1&#10;jx49ajD8aiP6k08+GRYW5oq+Jj5NTU0pe1IMBoOfn9+wc2IAAABTAOe7Fo1GU11dbVGo1WqNRuPD&#10;Dz9sUS4UCmfPnu10GyYUiYmJw2Z8AUaEXm8YdmXEiCBJUqfTubQLC3D72kZt0KKgoY6Outn7tm5C&#10;MHGuxfrxuE/kcnl6erpMJpvCH7TzYy03btywWX7y5Ml9Vrz55psNDQ1OtwGYMjAbTiUSCR7zqdXq&#10;sLBVLu3U1SI9TPuRUZE2K2za9HJW1vA55Sw05SaatpBcLqcoatSnh4Wtwjm8pzBDXSOz4domE+2D&#10;tsn4C71cu3ZNJBKNtxXABCUpKWn//v0ymUzbqI2JjZFIJFKp1NU/R1wt0sO0P9Rv4RMnTtxPs1OD&#10;MfjRSVFUdna2/VzmLm1nRNfIDJ4mxQcNK8SACY3RaAwODkEIBS0KSk9P953lS1GUXC5HCOn1Brlc&#10;TpKkXC6XSCQURVEUtXr1aqYQt2Ctl5OVlSUSiXAdm+rU1iI91jWxro9EIpHL5TYrq1Sq5ORkXM78&#10;eJJIJNpGLdM+I/xDskCs3/sqlUokEolEooSEBHxFTC/W8j9Ms3K5PDk5GZ9YWFjIVLBjkrZRi+8b&#10;o1RkXUJRlEQikUgkCoWCufkSiQT/7mbqMyUIoePHj7PNYK6L+RBx7wihhIQEPFBjjLSjimR98zHY&#10;QuYBwB80Yz9zP/HdoyjqpZdeqq+vtx78DfV4WIg5MZ2y27F+ZqzvFQPTNdMp87HW19ezrxrXJEmS&#10;oij288PcCnwbrWWlxgtwLcCEZteuXWFhq5KTkwsLC1NSUtiRiSNHDgsEgtpaTWZmptFoxIVtbW2Z&#10;mZm1tZrW1laKomzq5bS3t+O9qAKB4NNPi2x3fK/3nTt36nS60NBQdk21Wl1ZWVl+trys7Ozdu3dx&#10;YUpKyonCEzqdTiQSHTlyOPK3kRqNBiFUUVHB5/PVajXu3Tq4olQqdTod7iU1NZV9KDs7e//+/Q0N&#10;DT4+PriE0Q1aunSp/VvX0NDw0ksvHTp0iCmxY9L1pusvvviiTqcrKCjIy8tDCFmXYE4UnlAqlTk5&#10;e0UikU6n27lzZ0FBAUJo+47toaGhOp1u8+bNu3btYpuRnp7ONoONRCIp/6IcIdTa2nrx4kWE0IUL&#10;F9iSSMhKFcnmzWeT+2EufgAuXrzY0NCgVCqZE4uKis6fr6qt1TQ0NPj6+h48eFAsFluMHYd6PIYS&#10;c5LJZOx2kpKSmGfmueeeRQht2vQyvpM7d+585513rA1Wq9XHjh07VXKqtlZTU1ODvS++6vKz5dh4&#10;3LhOp5PJZOxzly5dqtPpgoKCjn58FA0hKzUugGsBJjQpKSmnSk4tWbJk3759q1evZv+KLCsr27Bh&#10;A9bLCQwMxIWBgYFSqVQo9PP390e2FHQQQgEBAdHRUSRJVldXt7S02Ok9OjpaoVAkJycHBASwdXqK&#10;i4vDw8ODFgUJhX4REREIIYqiDAZDZFQkSZInT54sKysLWhQkEAi0jdri4uLNmzcXFBSUf1EeHh4+&#10;VF8KhcLHx4c910FR1Jw5c/BXyTPPPIMLq6urlUol+rVukDW4/vLly9mFdkwKDg755JNPSJJcv349&#10;Xt5pXYIQ8vf3x65xzZo1paWlCQkJOp1OodhtYdixY/9gm8F8OtasW7fuwoULhYWFISEhra2ter1B&#10;o9HgTV0MFqpI1jefDbYQPwCbNm1CCCUmJuJPubi4uL6+PjhYEhwsqa+vLy4utmnSUI+HHTEnBvyR&#10;4WU7SqWyvr4e35mMjAySJDMyMqyXOGHDYmNjsdnnzp3Dw3R81TZXebDBjwEj2GFTVmpcANcCTFy0&#10;jVqVShW0KCgjIwPvB6qtrWFXmDVrlv0WrPVytI3a7OxsPLzYuHGj/dMzMjJOlZxauXJlfn6+RVx9&#10;xowZFpUDAgJ098DT7iEhIUc/Purv7//HP66vqam5evXqUEvwCwsLKyoq3n/fMnTv7e1t38KRMpRJ&#10;27ZlzJ8/HxuPa1qXsJHJZOfPV23YsOHixYvWIWXHFy9FRkZpNJrTp08nJSWFhIR8+mmRQCAY9nTr&#10;m+8g8fHxzGeEHaEFdh4P+2JODDY/stpaDdPvsEbe59KvCbJyDFwLMKHJzs7G8wPaRm1XVxf7UHR0&#10;9IEDB/R6g1qttq+FY62XM8vXV9uoraiosN+7SCS63nQ9JSUlLi7u5s2bTHlcXFxJSYm2UavXG3Aj&#10;wcEhbW1tTEwCT6nHxMSUlJSsWLEC/4iurKy0uQxd26jds2fP0SNHLb4UZDJZc3Mzvvzjx4/jQsd1&#10;g2xixyT8fc32oNYlDAkJCTk5exMTE3fs2NHa2so2rLCwcPXq1TZ7FwgEly9fRgh9+eWXuASb8f33&#10;30ul0qSkpLy8POuBiAXWN99B8EgLfzQqlUqvNyxcsBAbb4HNx8OOmBPTDv7IcGBJoVDgXzNisXjb&#10;tgyEkLZRyw592bwiuVxusw5CyM/Pb1gF9Pt8PJwIuBZg4hK0KEipVL799tskScbExsTGxrInml94&#10;Ibmrqys4WLJr1y4+n2+zBWu9nKBFQXK5PDhYkpCY4O/v39nZaccApVL5+uuvkyRZVlaW+sovURCp&#10;VBoeHh4ZFRkdHYV/pQqFfjgmgfvC1WQymdFojP9DPEJo7dq1QUG2JzeOfnyUmUyzCL2mp6enpqaK&#10;RKKOjg5cwugGXb16dbj7Z4OhTNq8eTNuFntQvd5gXcJuZ8eOHdXV1SRJpqSk7N69m12yb9++vXv3&#10;2ux9x44dBw8exHNNTGF0dPTixYsRQnjKKy4uzv4lWN98x689PT09KSmJUV3CM4Tse27n8bAj5sRu&#10;p6CgYM+ePfga8cTgsWP/uH37NkmSCYkJQ11RbGxsTGxMWNgqkUg01DY4fNX213M7Iis1Njhf6OXz&#10;zz8/c+aM4/XXrl371FNPjaKjySL0AjA4V+hFrzfU1tbIZDK1Wp2UlHT+fNVYTgUUFhYmJibq9YY/&#10;/CHu1VdfHcWuWL3eEBwssT9DQlFUcHCIUOiXnJzs4+OTk5NzHyZPHe7/5k9VXCorNSKhF+ePWoRC&#10;odPbBABrmpquZ2dnkySZlJSUnp4+ln5FrzecPn2aJMngYElISMjovtqCgyVRUVH263z55ZdhYatI&#10;krx9+zaOlgNOuflTlaampoTEBJIk8/Lyhho7jg3OH7V0d3fv3bv39u3bjlT29fV9+eWXR/cbFkYt&#10;kw6QpwSAycs4y1N6eXm98cYbTm8WAAAAmCxAGB8AAABwMuBaAAAAACcDrgUAAABwMuBagKkGI304&#10;kZmARo6vmiEwxQDXAgATAkeym9xnBhQ0XCKQ+6nsIODApgngWgBgBLji2xYAph7gWoCJC0VR7EQm&#10;WCTfIokIspWRBaNSqSzEkuVyeUJCAs7hkZWVxST2wHVsZmdhp+hQKBT5+fn5+fkWc1kWaTxsphhh&#10;ZwoZ6noPHDhgkV/EOkGIRQYU6xtiP8EJ1uId6mKHqszcZ9wFVtPCvUskEmQrJQk7uYvNHDMWN8Sm&#10;2cDkBVwLMHGRyWRYLDY1NTU0NFQmk1knEbGZkQUhVFhYmJ+f/9lnxRa79MViMU5ksn//fpzZBSFU&#10;Xn4W2cq0gZUZcYqOvLw8pVK5cePGjRs3svMJ2kzjYZ1ihJ0pZKi8vPPnz29oaNi/fz9WIbPonanG&#10;zoBiM6uKnQQnjBqjRXYZpnGblTErV67EylQXL17Eh8q/KMeuZdOml3H6lvfeey8pKYnxVTi5i3WO&#10;GZs3xMJsYFIz/gmMAcA+FEUVFxd/9lkxQig4OGTTppfZSU2YjCw4GxjOyNLa2qpQKJRKpbX6y5o1&#10;axBCy5cvF4vFWA8xNDS0rq5u1qxZ7EwbOCRQVlZWX19/8uRJxhJr85g0HhEREUwaD5xsg+mdyRTC&#10;vMVmWBATE4MQkslkc+bMUavVNnu3yIBifUNs9o7TgeBDiJVdBlcQi8VMC9aVGf74x/V5eXl6vaG1&#10;tTUkJKSwsPDChQvr1q1DCFVXVx848BE2PjAwEOc+YJK7VFdX45TMKSkpmZmZNm+ItdnApAZGLcCE&#10;Rtuoff311/fu3Yu/cayTiFhnZEEIGY1GuVw+VGbDobApo5uVlcVk2rBI8IdxMI3HsJlCbDJs7/az&#10;qtjBOrvMsAiFfgKBICdnb1xcXFhY2Pnz57///vvIyCjm6IgMGN0NASYL4FqACc3zLzy/c+dOJsMg&#10;GiKJiEVGlsDAwJycHIFA4Pisvc1MG6Ghofv27dPrDTjXPUIoICDg1q1b7BPtpPFgsM4UYtMGnJSF&#10;oqi2tjapVGrdu03sZFXBOJhdZqjKbCIiIkpKSiIiIhITE2tqary9vbFHCQ0NxSET/CngPIkM1klE&#10;HLwhwORlsroW4rWvxtsEwOVQFNXS0oKTv+IwvnUSEeuMLMzpBw58VFJSMlRgwxrrTBtKpTIkJASn&#10;6MC5bCN/G1lVVcUO49tJ48FgnSnEJh0dHSRJpqampqen2+zdGvtZVTDsBCc4r7PN7DJDVWaDk6lg&#10;T7948eLo6GhcfuDARw0NDSRJvv766wUFBRY3wTrHjIM3BJi8OF/5eGwgXvtK+8o8UD6eXIDyMQBM&#10;XsY5XwsAAAAwzQHXAgAAADgZcC0AAACAkwHXAgAAADgZcC0AAACAkwHXAgAAADgZcC0AAACAkwHX&#10;AgAAADgZcC0AAACAkwHXAgAAADiZsRDV/8nYf/r79q9vdeG36xbNilk8cwz6BQAAAMYFl7uW3V/c&#10;UlItqGeAKcmlbqBZHkfjFvx5+WxX9w4AAACMPa51LfJj187U/Ige8Ppgzbw/LZ89m8/7Tt9TcFmf&#10;+dXt5z9uMDy9aOuKB1xqAAAAADD2uNC1bPmX7kzNj78LnnMm6VGm8FGhpzLyof+30n/O/rrX/tno&#10;x+cgoKMOAAAZpUlEQVTB2GW6wZZNBQBgSuKqMP53+p68shsPB/owfqXkWvveiz/g17P5vLbUx9Es&#10;j+eLm1xkADAx4XA4bm5uXV13x9sQAABGwJ07d9zc3TgcR12Gq0YtBZf1CKE8OcmUnG688z+N7cwM&#10;2Gw+b9dv5mWWNJVca499BKL60wWCIPh8/u3bt/5z+z/tHe0DAwM0TY+3UQAA2IYgCPw3O3fu3MDA&#10;QMenHFzlWj7+Ro88OPZ9RtJyYWZJ0+nGO+BapgkEQXC5XD6f7+/vL/AW9PT20GbwKwAw0XFzd5sx&#10;Y4a3tzeXy3XQuzjZtfxk7H+r4hZC6MadXsR3e+W0DiH0VsRDs/k8hNCN3n525UeFns7tHZj4cDgc&#10;Ho/n5eXF5/PNZvN4mwMAwPBwOBz8u3DcJsRm83lBvh6v/bMRv82lbnzw9CLsV9YtmpWn/jFwf93x&#10;+KCV870RQj8Z++21BUxR8GM63lYAADAyRvRn6/wJMRxNwd7lA9by4thHZrZtk7z5xa1VH2iO/ln0&#10;5+Wz/375J4TQfz3k7XQbgAkOuBYAmNq4JNbCuBOLbSuz+bzc35OvPukv9OIhhF773xvIgwOLjwEA&#10;AKYYrgrjM07lO32PRUwFv5Ufu4bu9O6KXeAiAwAAAIDxwrXylB9f/kn0V3Wo6up3+h6msORae+D+&#10;OrybUhn5kEsNAAAAAMYe1wq9xDwy6/+Ezfvv87dFf1UjTy75oLeuqQMhhDw4m6Mfzv09OVwDAAAA&#10;wOTDta5lNp93fP3CtyLmvVVx+/ytLjONHg70+fNjwqTlQlh5DAAAMFUZC1H9R4Wex9cvHIOOAAAA&#10;gInAWLgWALAAxF0AYNIxzvtaAMA+ZrMZS4fBbnwAmBSM/258ALCP2Wzu7+8nCMLd3X28bQEAwFH6&#10;+vr6+/t5PJ6D3sW1i48BgA1N0wMDA0aj0c3NbbxtAQBgBLi5uRmNRselysG1AGMKTdNGo3G8rQAA&#10;YMQYjUbHo6TgWoAxxWw29/X1jbcVAACMmN7eXsfjo+BagLEGlocBwGSkv28EWvUQxgcmJ9buCcSU&#10;AWDCAK4FmMCw/Qfxq7e0lW8hwLcAwIQBJsQAAAAAJwOjFmDigocmFsMR6/EKAAATjck6aqE/+M14&#10;mwAAAADYBkYtwGTC5jiGOWajGI9wIAoDAGMLuBZgQkOw/AiNaEQjghgiYE9beRf6niuiCdwWAABj&#10;A7gWYAJDI5qg2Z5k0LsgAr/oH+g3D5h5XB6XxzXTZsLa7TDOBvwKAIwh4FqACY3NEQqNaJqmaTPd&#10;39dvMplMfaZ+U3+/uR8PcTgEx83dzcPdw9PT090DRDABYBwA1wJMYAiLd79MjXV2dHZ0dvA4PA6P&#10;Y+4395v7aTNNEzRBEwPEwIBxwGg0unW7ufHcvL29+V78sbcdAKYz4FqAiYtl6iECEYjo6Ozo6ugy&#10;02aEUN9AH+ofDKjQ9ODUGYEImqZpRPf39yMz6kJdJpPJw8PDw8NjyDgNAABOZbIuPgamFVjUsv1O&#10;++3btzs6Osy0mQm6EATBITgcgsPj8pgdL3jGbGBgwNRn6r7bfaf9jrHb2D/QPyL5MoVCIZfLXXI9&#10;ADDVAdeCFAoFySIhIWGoagqFwkUGuKjlKcPAwEBfb19/fz9eBkbTNLOqGPsWLofLc+Pxvfhu7m4E&#10;QXh6eBK/prevt6Oj09hjNJvNLtXH1OsNcrmcJEmJRKJWq9mHEhISSJLEr7WN2qysrNWrV4/uo09O&#10;ThaJRHYqUBTF9AUAYw+4FqRUKnX3iIqKWrt27XhbBNyDRrSZNpvNfb193T3dff19A/RgJiI8LnF3&#10;c6cR3dLScqnu0rkvz5VRZXV1da0/tvb19eGhDONaTL2mrs5OY7exv6+fNtO4cVewbVuGQCCordWE&#10;h4enpKQw5YWFhdXV1czb7Tu2f/vtty0tLaPoQq83VFVV4TZHdKJcLocfMcDYAK7lF/R6g0ajYX8d&#10;IITS0tLwL9D6+npcolarJRIJSZJyuVyvNyCEKIqyKFGpVCKRiCTJtLQ0pgL+MSuXy7OyskQikUgk&#10;UqlUuM3q6mrcAq5v3QtuQSKRTLevBrPZ3N/X39vX29PT09fXRzMDFhrRNH3nzp1vr36rqdXU1dU1&#10;aht1LborV6589dVX//73v00mk4enB6MKgwc3ff19nV1dvaZeNBLBmOTk5NWrVzPDEQyeK0tLS8Mf&#10;NDNG0Wg0a9euFQr9YmJiDAaDtlGLENLrDXv27Nm4cSPT5okTJw4fPjxUj9bNsvn00yI+ny+Xyz/5&#10;5BPrU5hHCCGEDWaMr6+vz8/Px48Q84gmJyeje6McuVwul8vxazzGwufq9Qb8lnkgrUtwd6tXr8bP&#10;dlZWFvPA46PAtMK1rqW7u7uqqqqsrOynn36yPqrRaM6fP+9SA0ZETs7e5557jl2iVqsrKyvLz5aX&#10;lZ1tbW3FhSkpKScKT+h0OpFIdOTIYYRQamrqe++9p9Pp5s2bl5OzV61WFxUVnT9fVVuraWhoYL4a&#10;cj/Mra3VtLa2Xrx4saGhQalU5ufnM32VlZ0tP1teWVmJ61v3ghA6UXhCqVSOwa2YINA0zeVxOzs7&#10;e3t6zQNmmqZxYN9Mmzlcjqen5/Wm65pLmp7eHi8vLw8PDz6fz+PyaDPdqG3U6XT9psH0EkxIps/U&#10;d/duV5+pDyFHRy1paWlVVVVHjxwVCv1KS0t1Ol1RURFC6MUXX0QI5eTkNDQ06HS6oKCgd955ByFk&#10;MBgCAwOZ0683XUcIKZVvSySSNWvWOHjh1s2yKSoqCg8PT0pKqq6uZn7KlJaWFhQUFBUVlZaWMqOZ&#10;9PT08rPlbW1tR44cLi0tFYvFGzduVCqVarU6Ozu7oKCgtlaj0WiysrJw/ejo6MzMTPx606ZNzLlC&#10;od+JEyd0Oh1+gG2W4LP8/f0bGhpWrVq1f/9+3Ht9fX15+VkHLxyYMrhkhVh3d/elS5fq6uquXLmC&#10;S06ePDlv3rwnn3zyiSeeQAhVVVVVV1cbDIaFCxeGhYW5woaRotcbSkpKysp+9TdQXFwcGxsbtCgI&#10;IRQREYEQoijKYDBERkXiCmKxePny5YGBgTKZDCF0+PBhvd6Qk7O3vr4+OFjCNLJmzRp/f3/cjr+/&#10;/6ZNmxBCiYmJGRkZuE5oaKhQ6CcU+oWHh1dUVPz888/WvTAtTB8IgjCbzd3d3YhAHA7n3uZ6NDjB&#10;1dV1/fp1N54bgYiB/gFEI5wCj0CEm5tbXV3dAw8+IBAIaJo202bmRIIg7rTf4fP5PLfhH/7m5ub6&#10;+vpdu3Yxd16vN6SkpMTHxycmJiKECgsL9+zZYzAYEEJisdhmIxRFlZaWnj9fVVtbY6cvJjSi0+ns&#10;NKtt1NbX12dmZkqlUj8/vyNHDmdkZLS0tAQGBkqlUoRQQUGB7yxf7NLwYxkYGNje3s5upLi42Gg0&#10;rl+/Hr9ljuIHkqIo63MVCkVhYSFOPj1UCWPtQw89xLSAEKqrq8O3C5g+uMS1lJWVnTlzhnn77LPP&#10;Go3Gr7/++uTJkydPnnRFj/fPp58WhYeHC4V+w9YMCAg4d+4c8xb/HTLgFuLj43Nycoaq4wj2e5k+&#10;dHZ2Doq9EAhvzKdpGo9mun7uMplMeByDl4sxe+/NZjNtpru7u31m+JiR+Vd78glE0MTdu3dnzpw5&#10;7EJko9EoFovz8/OZaVIcSlEoduO3CoUiMTFRqVQqFAocSvHz82tubmZaWLhg4ZZXthiNRuanBkmS&#10;Op3Oui92oXWzDCc/O4kQYrxCcXEx8wMFgx0Mdi128PPz02g0zFv7D5harc7Pzz948KBMJsMzgdYl&#10;AMBmLGItQqEwOjr6jTfe+Mtf/uL4nMAYk5eXl/pKqkVhXFxcSUmJtlGr1xsqKioQQsHBIW1tbThG&#10;QlGUWq2WyWTNzc34LzMtLS0tLW3NmjWlpaV4XkulUjky0VxRUaHXG7SN2srKyoiICOtenH25llxu&#10;NT5f3BSwrw7/F+69zLxO/rzpcqvR1QbYhEZ0Z2fn4B57xOEQHA6HQyAC0ciN69bV1dXf109wCOxU&#10;2JtgzGZz/0B/d3c3h8PB5XhObHBXC4E6uzodibWIxeJjx/7R1taG4xOFhYVVVVV79+5l/wSZOXMm&#10;83gghCQSyZkzZ/R6w6lTp/z8/IIWBeFpNJ1Od/DgQfRrF2IHi2YZjh07Fh8fjxssKipqaWlRq9UB&#10;AQHNzc1qtVrbqBWJRHbC+7du3dLrDWvWrDEYDPjhzMrKcvAB8/X1VavVbMdpXQIAmDEN48+ePXvD&#10;hg1j2aODqFQqiURiPd0klUrDw8MjoyKjo6P8/f0RQkKhX0FBQV5eHkmS2dnZuJpSqXz99ddJkrx5&#10;86ZCsVsmk6WnpyclJZEkeeHCBUcM8Pb2DgtbFRkVGR4eLpVKbfbiIrIv/MDNvvTEuzUfV9660dyB&#10;/xtudDKvj1TceuLdGt+9l/d9/aNLLbGmx9jDJbj0oKqLGf+/NymG+Hw+Hsww2yAHnce9Qr4HH0+F&#10;ERb/EEII9fb2OmKDUOiHo2JqtfrQoUN4HgmHrxFC6enpBw8eDAtbhRC6e/cuQuj997O6urqCgyWV&#10;lZXMMo2RYt0sBs/HJiUl4bd4TqygoCAlJUUulyclJcXExsjl8qFmn1588cWzZ88+99yzMpls165d&#10;2dnZwcGSsrKyBQsW2rdHKpXGx8evX78+JSWFz+d3dnZal4zuSoGpCnHjxo2+vr6enh6j0djd3d3d&#10;3f273/3uPhv9/PPP2RNiqamp7DX4W7ZsYV4vXLgwPT19dL1cv3594cJh/iQAO+y9+MNrZTeQwaFv&#10;2EFme34YHbDlv+aOrkeapnt7e3/88ceAgABH6ut/0pv6THjWixl8mGkzTdPu7u4GveF06Wkej4d9&#10;D1ubcmBgYGBgYF3M731nzsKLyhi/wiE4eIpMMEMwa9as0V0IAExDtI3ah+Y/NKhqcY+hvodh8fF0&#10;pK273+eDS6/9s3FkfgUh9FPPK/997ZHcK3d6Blxj2q8YMA8g872ZLmazJA6XmGk+n08GkH2mvh5j&#10;D6IRXkJmNpsHBga4PO7iRxZ7873MZjONaLa+ixmZsSsaXCcGAIALANcy7ahv65mbrem82TXqFr7X&#10;tvvmXLr+s8mJVtmEWXCMVfTxf4QQIpCZNvO9+EsfW+rr58vhcmhED5gHGNfi5ub26KOP8r34ZrMZ&#10;h2F+mTe756L6+/pdbT8ATFvAtUwv6lqNS3I06OcRDlas+dEYlHNJ62LvYh4w42DJLzsf740+8FbK&#10;OXPmREVFLVu2bMaMGd7e3gRBzJ4zWyQS/SbsN97e3vgEhAbTvLD/I4QG6LEYeAHA9ASUj6cRP9zt&#10;W37gG2R00ldqp2nR3650vCaZ4eGqHygD9MAvmSLvLe7CKSPNtNlsNvcYezw9PR9//PHHHnusp6eH&#10;S3DdPdw9PDzudt9FNDL1mmxKHROIoAl6UO4FAAAXAKOWaYT4o2/Rnfser7BpM644/K0zG/w1PA4P&#10;b2RhabsMDjsIguByuTRNm3pNiEbubu4CLwHfi09wCJPJhBCz3HhwMo1p894CMoLL5brOcgCY5ozF&#10;qOXatWsBAQFeXl5j0BcwFG9X3r5zw/krRL/9/s5HNW0vh8xxessIIQ6PQ/QRNH1v+TBrBMPhcLg8&#10;rqnXZDKZurq6urq6OFwOuudQfHx8ZvjMwK9/mU5jrxBDiMsD1wIArmIsRi1nzpzZtm3b3/72N/bu&#10;34mJtcaftRglI8zH1pe00KNko1ar09LSJBIJU4Ll/9gqhxYUFhYysh/WBoyCzl7zm//r0E49hBDy&#10;5ErFfsjXw8Hqm/7VPDqrhjfEw5M20xyCg0ceZrOZw+F4enh6eHi0tbVpNJrKysr/Kfmf8vLyr7/+&#10;+sI9qi5UnS0/e/pfp+uu1BkMBqPRiAjk7uGOPRNeu0zTtIeHoxcIAMBIca1rmTdv3rPPPpuamrpm&#10;zZrGxsaDBw8yohR8Pj80NDQmJsalBowIlUpVU1ODZSWZ/W4pKSk7d+7U6XQCgUCpfBshtG1bho+P&#10;j06nKygoyMzM1DZqtY3a7OzsUyWn8IkWe6G3bt26dOlSrAeFuXz58saNG/GG6tLSUgszsEou83bX&#10;rl2bN2/W6XShoaHbtmWgUbHj7A3HQyxVm5dVpyxpy5AgT8d+1//cu+er/4zOMPt4eHiYzeZBaXxE&#10;mGkzl8Ntbm4+c+ZM1YWqust1WDOU4BBcLhdL6OOhianX1N7RfuXKlVOnTmlqNa0/tA7OkjG5Xmjk&#10;UtfS1XV3+EpjQlFREdbTBICxxCUTYkKhcM2aNVFRUbNnz8YlIpFow4YNGo3m8uXLCKHly5ezf8VP&#10;EAIDA3fv3o01PMLDw3Gh0WjEe5s3bdqEN8avXLky8reRCCGpVIq3/l1vuv7YY4/hzfyxsbEWYnxY&#10;CowRlEUsLT+GhISEFStWYL+7bVvGzp07GR9cX1+PBayUSqX97E92yLv4g4M114bMXTlfgBCazedt&#10;+c283LIbjpz1zr9bd/7mwdHZZgc3npsn39PUazKbzWazme/Br71U+13DdwMDAwghLo/LIVi/je5F&#10;+AenvWgOQRA0h75x88at27cCycCQkBB3D3eTycTlcHk8Ho87zMPf1XX30KGD165d8/DwiHsqLjwi&#10;3EGzm5qa9u/f/8EHH4zuqseFd999NzY2dunSpeNtCDBFcIlrGUrMGGcccUWPToERalWr1TU1NQrF&#10;bm2jli2QjmGUClUqFVYjLv+ifCjV26EoKSnJz8/38/NTqVRSqfTdd96d5euLEKIoqqOjgy2KHBAQ&#10;oFKpUlJSsrKysMrsSDmn60JdDmwP9ORWbV6G/Qrmw9+Tb/32oTkffoP+M8wmmM6bXS3tpoCZ7qMw&#10;zw5cN66np2dvby+Xy3V3c9c2aesu13l5eQ2qIKPBVcWMeCVN/LLrniYGQ/e0mTYPmK9fv/7AAw88&#10;OO9BgiA4HA6PxxtW+fj48X94eXnl5uY2NTVlZWWJl4jnznVIhmDBggUj8it4VMEoTgLAFAAWH1ui&#10;1xu2bt2KJQibhpaPxcqvn31WjGyNQuwTFxcXFxcnlUpVKtXWrVvPnTuHRzx6veHtt9/GbTLs3bs3&#10;JSUlMzMzPj6ez+eP4ooKrthIlmONhV/BzObz2l55bE7W8FthCq7onT5woWla4C1ov9NOI3qAHrh1&#10;6xZBEH19fYPiLmYap2EZ3AXJ+seG4BAcxOnp7Wm50bJ48eLu7u7+/n7/uf5ssQqbPLL4EfESMUJo&#10;wYIF1k5ly5YtTzzxxKVLl3x8fORr5aVnSjs6OlasWPGnP/3p6tWrJSUl27dvv3r16okTJzw9PVta&#10;WgICArZv345PzM3NRfc8CkKovLwcIdTY2Lh9+/ampqaPPvqoo6MjICBgy5ZXBALvLVu2rFix4uLF&#10;iz4+Plu3bmVbwlTGluBm//73v1+8eNHmSMviUFfX3dzcD7FtPT09Fm06YgAADAUsPv4Ver3hD3+I&#10;2717N1Yml0qlNlVd1Wp1SkrKZ58V49mz5cuXMzkoHeHnn3/G7aekpLBT2B45crilpSU4WIJj+CRJ&#10;UhQllUo1Go1OpwsLC7MeQjnCuRvDb7zfInvY2q9gZvN5e2UPD9tCZXPHiC0bDoIguDyuz0wfM23m&#10;8XgcDofD5fDceDh9C5fH5XA52LsQWBWZa+s/h4ODMVwud8A8gAjkM9OH6zZ8GCk8Ihx/jVZWVM6a&#10;Ncv6K3XVqlW5ubkPPPBA6ZnSN97Y9eabb2o0GosoS3t7+9NPP/3uu+/duXPn6tWr1r2sX78+MjIy&#10;MjISO56PPvpo69atubm58+bNO3fuS1wn4OEA3BE7zwJC6PPPP5dKpbm5uY8sfgSXnD59GiGUm5u7&#10;Y8eO0jO/CuNZHzp37ktPT893333v6aefZn4ejcgAABgKGLX8AvYrGzduZGbGEEJ8Pr+wsDAxMfHA&#10;gQOhoaHonl9RqVSMsvrCBQu/+eYbbaN2lq9vSUnJe++9Z7+j7Ozs5uZm3Iifnx9CCJ+bkZHBzINZ&#10;ZPWgKGrfvn2vvvrqKK6rvnP4PfPrFs20czRtxQNb/9lov4Xv7n+H/xDMnDnTaDQSBGEymXp7e3F+&#10;sBG1wOFwent7scylu7v7zJn2LtaCpqamisqK9HQbCyhwZGL+/Pnz588XCLwFAm9/f3+drpldx9/f&#10;f8GCBQghR6Qwr1692tHR8Ze//AW/DQgIWLduHUIIDz7mz59vUf/atWsvvvgSrvDPwn8ihOrq6lpa&#10;Wi5evMg0yFS2PlRXVxcbGysQeAsEC7Cw90gNAIChANfyC7W1NS0tLZmZmTjkLhaLS0tLcZwjIyND&#10;LBanpW1FCBUXFxsMBmZmHGeETU9Pj4mNMRqN8fHxbM9kk8zMzK1bt2ZmZuJYC0Jo+47tTBjfGrlc&#10;3traunPnzlGm6nMg0BKzeLgvvgcF9iMuOuduxmRBEMTcOXP1Bj3++nN3d8cilSNqwWQy+fv746aG&#10;nQpjwLNDb7yxSyDwHrHdo2Lu3Llvvvmm4/WtDXv++efxbyBMQ0PDUIdKSkru3wAAsAm4ll+QyWTW&#10;aZrwfBS7RKlUWieoT0lJYcL7NmG3LJVKLSYWTpw4Yae+9QLlkeFIDH84AvncZvs1HBgbjRouj+vr&#10;67ts2bJly5ZhwcoRnc6c4uvr6/hOSexXXn75Zef6FQ8Pj6ampjlz5t68eROPA2YLZ1/7/hpCiCQD&#10;29vbKysqwyPCr1696uXlhUc8Q/HII48UFRWtX7++sqISlyxatOhf//qXWLwEIVSjVrNjLdaHHn/8&#10;8bKyMpIMbGv7ES/jHqkBADAU/x/5UDPorwUqlAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAo+Fm&#10;LOEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW62TdTGbEop6qkUbAXx&#10;tk2mSWh2NmS3Sfr2jie9zTAf/3x/tppsKwbsfeNIg5pFIJAKVzZUafg8vD08g/DBUGlaR6jhih5W&#10;+e1NZtLSjfSBwz5UgkPIp0ZDHUKXSumLGq3xM9ch8e3kemsCr30ly96MHG5bOY+iR2lNQ/yhNh1u&#10;aizO+4vV8D6acb1Qr8P2fNpcvw/J7murUOv7u2n9AiLgFP5g+NVndcjZ6eguVHrRapjHyydGeVBc&#10;gYFlnCQgjhoWcaJA5pn8XyH/AQAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRy&#10;cy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJ&#10;LfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRR&#10;XlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8&#10;O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCx&#10;gme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGFepy3gAwAA3AoAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;CgAAAAAAAAAhAPgflKEpegAAKXoAABQAAAAAAAAAAAAAAAAARgYAAGRycy9tZWRpYS9pbWFnZTEu&#10;cG5nUEsBAi0AFAAGAAgAAAAhAKPhZizhAAAACgEAAA8AAAAAAAAAAAAAAAAAoYAAAGRycy9kb3du&#10;cmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAK+BAABkcnMv&#10;X3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAKKCAAAAAA==&#10;">
                 <v:shape id="Image 79" style="position:absolute;width:44183;height:20529;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, chat or text message  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADlxOpwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NisJA&#10;EITvgu8wtLA3nehB1+hE/EHYq1kfoM20SUymJ2RGk/XpdwTBY1FVX1HrTW9q8aDWlZYVTCcRCOLM&#10;6pJzBeff4/gbhPPIGmvLpOCPHGyS4WCNsbYdn+iR+lwECLsYFRTeN7GULivIoJvYhjh4V9sa9EG2&#10;udQtdgFuajmLork0WHJYKLChfUFZld6Ngtnh1tHlufB7ejZbt7um2FelUl+jfrsC4an3n/C7/aMV&#10;LJbw+hJ+gEz+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOXE6nBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, chat or text message  Description automatically generated" r:id="rId58"/>
                 </v:shape>
                 <v:shape id="Graphic 80" style="position:absolute;left:1289;top:15779;width:3302;height:2921;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="330200,292100" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m330200,l293751,r,36830l293751,255270r-257175,l36576,36830r257175,l293751,,,,,36830,,255270r,36830l330200,292100r,-36424l330200,255270r,-218440l330200,36576,330200,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUoglAwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/sNwBXc6qZQQUkcpQms2IsZKcXfJ3Dxq5k7ITE38e2dR6PJw3uvtaFpxp941lhW8LCMQxIXV&#10;DVcKvs4fiwSE88gaW8uk4EEOtpvpZI2ptgOf6J77SoQQdikqqL3vUildUZNBt7QdceBK2xv0AfaV&#10;1D0OIdy0chVFsTTYcGiosaNdTcUt/zUKLt/+cj1I+Vlm159dFO/L1/x2VGo+G9/fQHga/b/4z51p&#10;BUlYH76EHyA3TwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAUoglAwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="173FA521" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:sectPr w:rsidR="001046BD">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="141" w:bottom="1280" w:left="141" w:header="0" w:footer="1094" w:gutter="0"/>
           <w:cols w:space="708"/>
@@ -22642,51 +22643,51 @@
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="252730" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict w14:anchorId="31A70C79">
               <v:group id="Group 81" style="position:absolute;margin-left:124.85pt;margin-top:11.5pt;width:453.6pt;height:108.95pt;z-index:-15714816;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" alt="Graphical user interface, text, application, email  Description automatically generated" coordsize="57607,13836" o:spid="_x0000_s1026" w14:anchorId="186D6152" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAB9YITvNAwAAHwoAAA4AAABkcnMvZTJvRG9jLnhtbJxW227cNhB9L9B/&#10;IPTsWLfuxYLloIhrw0CQGImLPHMpSiJCiSzJvf19ZihxV/Y22dgGvBqKw+GZwzNDXb/fdZJsuLFC&#10;9WWUXiYR4T1TleibMvr36e7dMiLW0b6iUvW8jPbcRu9v/vzjeqsLnqlWyYobAkF6W2x1GbXO6SKO&#10;LWt5R+2l0ryHyVqZjjoYmiauDN1C9E7GWZLM460ylTaKcWvh7e0wGd34+HXNmftc15Y7IssIsDn/&#10;a/zvCn/jm2taNIbqVrARBn0Dio6KHjY9hLqljpK1ESehOsGMsqp2l0x1saprwbjPAbJJkxfZ3Bu1&#10;1j6Xptg2+kATUPuCpzeHZZ8290Z/1Y9mQA/mR8W+W+Al3uqmmM7juDk672rT4SJIguw8o/sDo3zn&#10;CIOXs8U8WWRAPIO5NF/m8/ls4Jy1cDAn61j7z5mVMS2GjT28AxwtWAH/I0VgnVB0Xkqwyq0Nj8Yg&#10;3W/F6Kj5vtbv4DQ1dWIlpHB7r0w4NwTVbx4FQ3ZxAGw+GiKqMlpmEelpBxXx0NGGExxX3DKQ5v2g&#10;RirJ2kJtiN5xU1PGL4gDWi8I1VoKBpup/oJAlQhJyC0uFRrfEbp2CqoFXKTck4b33FDHK6Q9YEBE&#10;eMInAFdS6DshJZ4r2iMVgOqF4P6HzUHMt4qtO967oToNlx6obYW2ETEF71Yc0jcPVQqigM7ggAJt&#10;IMlBFtYZ7liL+9eA4wsUMAKlxWHCgz7ixBTsKN83KTJb5rj1QVe00Ma6e646ggZgBQxwmLSgm492&#10;RBNcRg4HAB4Z4MHmA93MBvZgdMLfqwr2a0s1BwgYdiKhPEhoVAwZMhm9sKYhLxz9hJ/ZLJkny1lE&#10;oDb/upplV8MRhNrNZtkC3vnSzefp1cx3ywlPbD3wNOUGOmA1sAR8tcFiuz6YyCY2Y+mbsQNNAMMR&#10;gWa8GraHMsJ1GBRNsi2jgKQtoxEIznZqw5+U93PYSNArh1YTuhAgPbrIfur63CvMhaf24QafPF0c&#10;8g7z4fnML0/gOhqFFBzC85njlMngEJ6D4ySRZ7wHr/A89T4PYho7S/P0l4izLE2ThWc0f5XzeRx5&#10;Os9Av3BW+auczx7HNMHXOL88OyaV5UNfQBn6BnGQJkhrKn6rpKhC27SmWX2QhmwoqPzuLoG/keSJ&#10;G1xeoSzRWqlqDxfDFjp/Gdn/1hRvIfnQQ98AGbpgmGCsgmGc/KD8p42vA+hXT7tv1OixdeGF8UmF&#10;9nHSwQZfXNmrv+HWqIVvb0dEkDUOoJV5y3+FeCbGLyb8zJmOvdfxu+7mBwAAAP//AwBQSwMECgAA&#10;AAAAAAAhAMwsSOBkdAAAZHQAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/gABBKRklGAAEB&#10;AQBgAGAAAP/bAEMAAwICAwICAwMDAwQDAwQFCAUFBAQFCgcHBggMCgwMCwoLCw0OEhANDhEOCwsQ&#10;FhARExQVFRUMDxcYFhQYEhQVFP/bAEMBAwQEBQQFCQUFCRQNCw0UFBQUFBQUFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFP/AABEIAOkDxwMBIgACEQEDEQH/xAAfAAAB&#10;BQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMDAgQDBQUEBAAAAX0BAgMABBEFEiEx&#10;QQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUmJygpKjQ1Njc4OTpDREVGR0hJSlNU&#10;VVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6&#10;wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4+fr/xAAfAQADAQEBAQEBAQEBAAAA&#10;AAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncAAQIDEQQFITEGEkFRB2FxEyIygQgU&#10;QpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZn&#10;aGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS&#10;09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhEDEQA/AP070T/VLWxWPon+qWtcnAye&#10;lLqAtFeHfEP9sr4Y/Du/ksJdWm12/ibbLBosQnEZ95Cyx5HcBiR3FYPhv9vn4W69frbXL6xoKtwL&#10;jUrNfLz6ExPIR9SMe9exHJ8wnT9rGhJx9P03/A8aedZbCp7KWIjzev67fifR9FU9J1ix1/ToNQ0y&#10;8t9Qsbhd8VzayrJHIvqrAkGrleS04uz3PYTUldO6CiuT+KgsP+EC1U6npF9r9kojd9L02GSaa6Il&#10;QrHsjBZlLAbhgjZuyCM18+ar4Ohbw60cHhzVdRgl0rUU0e1t9AvIItL1iWVZE8iKWJWt0UMgScqq&#10;jy3OVJK0hn1fRXzJ4g8P2Gp6n4sl0Lwzrmm3irNbzJ/Yt6k2tRNdxS3by3LRhJAY45Ehj3klXIGN&#10;wVdibRtbPw78VWPhnwq1l4OutSM8Fi/nWd4tmPs/nxQWJhBCylLnCFoziThTkZAPoOivlXXPCUEs&#10;OpungzVZfCM8Wqp4c0qLR5g1lePHaCKVbfyw1rulS5KOyqE3McoGydTT/C5g1i6OseE9cv8AWUk1&#10;h/EN7Y2ssbajYySk20SXAKC4+QwBY0clfKcbR3APpaivkrVfCjSfD7VLZfCV3Jftd3p0Wa28LXcd&#10;oitDBxbWW/dp0jOMJPIrBWjlfOJNtddrNvq2mfFG61jwl4Lv5dZWC8Fwstg0Lyzuq+XI9/LL5NxB&#10;nG23VkKYJ4xtoA+hJZUgieSR1jjQFmdjgKB1JNV7PVrHUWZbW8t7llGWEMquQPfBrx74P+HNXh8A&#10;eMdIu9D1fTbmbVrmWNtcaEy3e/aWkLJI4YlgxLA7ST8pI6dP4STTEfw/cQahI+p3Ezi4hGoSPu/d&#10;SkgxFyuAQDjbxgdKAPRaKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooqnqurWmi2n2m8njt4i6RK0jh&#10;Q0jsERASQMszKo9yKALlFef3PxQvtL05dS1TwteWdjEWa/EVzDPcadF1SWaJGJ2lcsQhYqATg847&#10;yCeO5hjmhkWWGRQ6SIwZWUjIII6g0ASUVkXfi/QrDWY9Iuta0621WRPMSxlu41nZcE7hGTuIwCc4&#10;7GuW8J/Gjw94i0a41e71fRNL0xtQmsLOaTVomM5jOPmyFCMww4QFvkZGz82KAPQKKx28Y6Al7p1m&#10;2uaat3qMYlsoDdxiS6Q8holzlwfVciszwt8UPDPi7RjqNnq9nGkVut1c281zEJrNCMgzKGPl8epx&#10;QB1dFc4/xI8JR6VFqb+KdFTTZmZY7xtQhELlcbgH3YJGRnB4zUPir4m+G/B9nFNfaratNPGs1tZx&#10;XEZnuUZgA0SFhvHOcjjANAHU0Vyfiv4k6P4d0jxNNb31jqWraFp0+oz6RFeIJ9scZfDKMsgPA3Fe&#10;461NrfxG0DQtbstGm1CCbWLq4itxp8E8bXEfmfdd4ywYJ747igDpqKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAor5V+Nf7YuoeAvH2reE9O0aGEWMsUbapKfPbBVXYrDlAThsDL+/tXdfs+&#10;ftBav8XtUvtM1nwyNBubaxhvUlWRts6OcBlRlBCnqDk8evWgD3CiudvPH2iaZq2qWOo3sWljTo7e&#10;SW6vpUhgPneZsCszdf3TZBx2xnnD7rx/4XsdOsb+58SaRb2F9n7JdS30SxXGOvlsWw34ZoA36Kxp&#10;PGnh+LUILB9d0xL6eD7TFbNeRiWSLBbzFXOSuATuHGAanHibRypYarYlQsDki5TAWZtsJ69JG4U/&#10;xHgZoA0qK88k+L0Zv4YItL3xTLpTLJ9rjfi9uZ4M5j3odnkbsqxDb8fLjncPxJ8OWmnWl3qms6bo&#10;i3fmtCl/qFupkWNiGZSshVgAMnBOM84ORQB09FczqnxF0DSvEVhoLajb3Gs3dytt9gt542nhLRtI&#10;Hkj3blTCdcdWX1rpqACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKyvC80lxoVtJLI&#10;0sh3ZZzkn5j3rVoAKKKKACiiigAooooAKKKKACiiigDH0fH2ce3pXx7+3X+0RqGmXzfDfw9dvaZh&#10;WTWbmFisjB1ytuD2UqQzeoZR03A/YOj8wAV+T37Qd3Pe/HLx5JcMzSLrV1EC3XYkrIg/75Va+14S&#10;wdLFY1zqq/Irpebdl92/qfC8X42phcDGlSdnUdm/JK7Xz29PU8+or9h/h/4S0QfDjw5a/wBkWLW5&#10;0q3QxNboVKmJQQQRzn361x8v7HvwemLlvBVuN2c7bu5Xr6Yk4/CvqY8ZYZTlGrSkrO2jT6v0sfKy&#10;4LxUoRnRqxd1d3urXSfnffyPhz9lX9ofUPgx41tbG9u3fwfqUyxX1tIxKW5YgC4QfwleN2PvKCOo&#10;Uj9R+tfir4jsYtL8Q6pZwZ8m3upYU3HJ2q5Az+Ar9ffhFeXGo/CjwXd3bM91PollLKzdS7QIWJ/E&#10;mvJ4xwlKLpYymrOd0/PRNP1toetwXjKslVwVR3ULNeV2016X1+/ub+s65p3h3T2vtV1C10yxR0ja&#10;5vJlhjDO4RFLMQMs7KoHcsAOTQNd01tcfRRqNodYS3F42nidftAgLFBKY87thZWUNjGQRnIrjP2g&#10;vA8vxI+CXjXw7bK7395pcxsfL+8LpF8y3I+kqRn8K+M9W+KepzaPe/tOWCXFuviS3vPCllbICwSH&#10;+zlNsR7f2pbSp6jzu/Ofzc/Tj7/0PXdN8TaVb6no+o2mrabcAtDeWM6zQygEglXUkHkEcHtVSw8X&#10;6RqfinV/Dltd+ZrWk29tdXtt5bjyorgyiFtxG1txgl4UkjbzjIz8neKfDnirw/4t8L/CbRtTh0/S&#10;PDfw8tbiAf8ACXXXhtWuUklhmuvMt7eVrjy1hiYpJhB5pZg27jLt7Ea54v8AH+p+LfiRPo/iCw+H&#10;Ggai+r+Fdee0tbyZUvi98uwR+fEG2sFZTHifBU5UgA+3qK+KtW+IXj2WHw5odxq+rWutfGDw1oMt&#10;hcRTvGdKvR5aaubcAjydttIs4CbcOrEc5I1fEWrXWg6V8fvGN/4w8YRtpPiSPw9ptnZa2Y7e1jmg&#10;0wL5aykxxFpLghpmBMas7rhslgD7Aor4n074k674I8NfHnSdX1rULK30I6JFaQ6V4rk1q4sZ71vK&#10;aMajexq8YZvL3FwRCGdk6CqB8e+LvDmmfFjwxceI59B0/T9a8L2U95a+KbjXJtCtr6dYr2Rb+5RZ&#10;VYIM4YERkkr60Afc9c7L4u8J2VhqesSa1o0Flplw1rf6g91EsdpOCFaOWTOEcFlBViDlgO9eSfAs&#10;DRvjz8WPDNl4r1jxHoml6ZoUlvb6trEupGxll+3NKoeVmbLBY2O4lsbRnaqgeTfFPwS3jD43eLvg&#10;XIZLPQvHepWXjG5aFdwW0S0kjuT+N5Y2ZIyP9fnvQB9kHXdNGuLop1G0GsNbm8Gn+ev2gwBghl8v&#10;O7YGIXdjGSBnNXq+FfCnxK1LW/h/8UviXr1zqWn6tpOmaF4DN5p00cF1HfRsv21VmlBWMNdXyq0r&#10;DKKhYcoKu2fxH17who3xo8OarrOo2aade+HrOxg0vxfLqs1lPfSeW8R1O8jV4VchQ7MP3IZyhzig&#10;D7drE8ZeMtH+H/h2513X7z7BpVu8SS3HlPJtaSRYkG1AWOXdRwOM5PGTXxl/wk/i17Lxv4Nl8Taj&#10;oyWfj3wtpkbaN4rutWuLCK8lt1uYk1CdEmfOWykikKSy8jr7T+1lpP8Awi37KWt6fZPeambJtMjh&#10;bULx57icrqFtjzJpCWZj3ZiT60Ae/wBFfHsvj3VU+FepN4g1/Xj8R9Z8a2+g6ro9lq7adBYXBkPk&#10;2UMp3G0tHgVWFxEvmyhw2SzYXB07xX4o1XwHd6BL4q1Gwa1+L9l4cW40bxLPqM0FlJFbPJbrfyok&#10;syh5pRmRcj7vOwUAfcFcjb/Fnwlea3pukW+tw3Go6jfXumW0MKO+65tAxuYmYLhGQK2dxGccZyK4&#10;n4CveaT4z+LPhN9W1TVtJ8P67bR6a2sX0t7cQRT6da3DRGeVmkdRJK+3ezEA4ycV83eN/F3j1tS8&#10;Maj4WE3iHxdZ+NPHlvpqXspnaOKI3SIkasfmMca4jiyFJVFyq8gA+9aK8VudWs7L9kPWtW8K+KNU&#10;1yFfCV7eWfiG8vpJb6WX7NI/nNKTuSQPn5RjyyNoC7QB5d4O8B3usfETwD4eufHvjt9J17wFJr2p&#10;xf8ACT3YknvYpLSNJElD74R/pkhKRMiMUTKkAggH07r3jzw/4YvjZarq1tY3QsLjVPJmbDfZYNnn&#10;S/7qeYmfrWtp9/b6rYW17ZzLcWlzEs0MyHKujAFWHsQQa+JvDXxQ8X6v8O9EvrvxLqkl43we8SXz&#10;zLdOjPdW9zaxw3LbSAZlXOJPvfMxzyav6k2ueK7D4kalP408V2Uvhv4aaJrWnxadrdxbRrfNbX8j&#10;TuqMPMYmBNwbKvk71YhSoB9b+MvGWj/D/wAO3Ou6/efYNKt3iSW48p5NrSSLEg2oCxy7qOBxnJ4y&#10;a26+bf2mNXm1/wDYpuNU1K9+zXF7Y6Lc3N4hWPy2e6tGeQZG1cEk9MCuH+JPjTW/hDN8WdH8F+L9&#10;Y1jSrPwxpWqvfalqT6rLolxcXjwTSJLKXZQbZTOEYlU8veAFbFAH2VRXxJ8ZPEGqfC2L4jeH/B/j&#10;rxDqmkReCbXXHu7vXJ7+4067+2RxrIl0zmSITQl3Kbtp2FlCrkV2fxo8Y65qfjz4qReEfE9y0nh3&#10;wLpOu29pp2oN5a3UF/eXLxlUbAaaGGONgR86OobKkUAfVFFfDen/ABZ8YeNfHFvZW+uasND+LWt2&#10;t34Zkt7iWBrDTdPvHW9EJBzH51nbwSnGP+PhieSaua78SddX4uabrmk61qCWEvxMTwrI+peK5AZU&#10;WUwXFrFo6R/Z/KXkrM7ecflc/eFAH1hpvxL8O6z471XwdY3st3r+kwpNfwxWc7Q2wcKyK8+zylkK&#10;urCMvvKnO3AJrqK+OrTwVqGj6H+0V4l8Iahr0fijRPGR1G0gGuXrxXS29npt49u0JlMb+aBJESVJ&#10;2OEzsVVBffEbUPHfh+LxHZ6xrctn8QPG/wDZ/hqwtdffSLSXT7S2ljCtdANJapM9vPMTCPNkJiVQ&#10;QaAPqzxB4v0jwtd6Hbapd/ZZ9bvxplgvlu/nXBiklCZUEL8kMhy2B8uM5IBL/wAX6RpninSPDlzd&#10;+XrWrW9zdWVt5bnzYrcxCZtwG1dpni4YgndxnBx8i+A/FWreJ9F+GEer6iNTk0n4w3+l28y6m+ph&#10;YI7DUdiC7kVXuAobAkcBmAGa6j9sLXfFnhz4m/D6+8HW7yanH4e8RefcwIJbiztN+mG4uIISQJpk&#10;jDFIyQGbbnI4IB9V1l+JPE+leD9JfVNav4dN05JYYWubhtqK8sqxRgntud0X8a+T/ibrmr6LrHhz&#10;wf4I8aa3c6T8TvDtjpnh/XX1Se9mt5oLpTd3qSs5YSNZXbS7gV3G3HI28Y2nfFbxh48+F/ivxrNr&#10;GqaXPp+o+EfCrW9vdyQrDfR39odVIRSBl5LtoGbGWWLaeMigD69h8f8AhqZrgDXbBDBqY0aTzZ1j&#10;xfEKRbDcRmQ71woyTnimn4j+Eh4vHhQ+KNFHikrvGif2hD9t27d2fI3b8bec46c18g/ECzPjlJ31&#10;/WNbmj0/43Q6ZbGPW7u2W3tX+zZRfLlULtwSjdYyzFCpZs+zeMfhPB4i+M3hnStL0aw0bQtP1EeO&#10;dX1aPY13fagrmOGFcncoJG6RyMFVVFxk4APeqKKKACiiigAooooAKKKKACiiigAooooAKKKKACua&#10;8d6dd3tjpk1nZW+oSWWpW108Fx/zzV8O6cj50UlxnPK4xkiulooA8b1jx7oum6hca/4e1OHxDJ4h&#10;iNuPD8cDSXF1PChRRGBgxgFlWTzBhQckrjB9D+Hvh+48J+A/Dui3c32i607T4LWWXOQzpGqnHtkc&#10;e2K6AKASQACep9aWgDyTxX8L/EWu/ESHV4ri1bTI9Usb+MvqNzC0UcOwSR/ZkXypGbDsJHJI3beA&#10;ARg+KvDOteA9M0ueDTo9fu/s2s2TWsdtdXEYW6uBMjL5UL4bACkOFVuRvUDJ95ooA8N8P/BLU7bU&#10;NFu72GK7tza6UbmKTWby2azmtI0UhYYT5U/zIGUuV2tn7wq2nwZ12z8MabY2N3p1re2vh6XSmkRm&#10;CtM1xDKSDsyFIjkG/G5SwYAmvZ6KAPH/AAT8IdW0fxJBqWpixMC6pdX/ANn/ALQuL90WWyggC+dO&#10;u923RPksRwwxj7oyj8FvE9n4Wg0W2Oh3YuNH0mwu7m7nlDW8tmBu8kCI70bGRkoVYk4OcV7rRQB4&#10;Zc/AfU5bXxTaf6LcyXtvqy2Gp3Gs3xKveLJw9qcwpgyYZ1yW2htoNbt78NdffxWJIV0iTRz4ii18&#10;3k80gvBiMI0WwRlTjGFbf93C4HWvVqKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA+&#10;J/i38NvGP/C6PGOqW/w3Hi3T72WG4sbmZMrHKkShWyD86ZLBo24bAz0rrv2RPAfjrQfHfi3XPGel&#10;31pNqFtGDc3uAZZN+cAZ7AdAMAYHHFfVVFAHnHiL4a3+teNX1dZLM2bXml3Plys27FsZy/G0jOZU&#10;289jnGBng/HHhLWvBVlM1lpceuz6jb65Zi1itbmdIUur17iIqYoXCsVkVWV9iHb/AKwBcn6DooA8&#10;W8NfBW/03xJaXt/FBf2hltL1nk1m8ia2mito4SgtkPkTYMfDsQcMVIYAUnhr4D6homs6Jcz6nDPa&#10;2t2ftUQLZltbcINOQcY3RmFGIPGXkwTwT7VRQB45ovwc1rTrfSY5bqwY2lvocT7JH5Nld3M0uPk6&#10;FZlC+pBzt4J43xv4H8ReFvDd5otnpUOv32t+H5NFPl21zKlu5nndGSRIWRc/aBu81owDGjbjtxX0&#10;rRQB5Svw21+LxbaSKmkPo1v4hl137a8sn21xJFIpiKeXt+UyYDb+VVRgYr1aiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigAooooAKKKKAMfwj/yL1p/wP8A9Datisfwj/yL1p/wP/0Nq2KAI5547aGS&#10;aaRYoY1LvI7BVVQMkknoBVOLxDpU500RanZyHUozLYhJ0P2pAoYtFz842kNlc8EGuQ+NdxocHg9F&#10;8Q+J9T8KadNcCJrvSv8AWS5jkzE37qT5Cu4ngcqOex4jxrZfD/S/Cfw2nufG2s+HrXT7Dy9B1HTs&#10;efcwmCNSzfuH5MYQ/dX7x47AA92oqK1KtawlJGlUoCJH6sMdT7mpaACuf8W+P/DfgO3jn8Q63ZaQ&#10;kn+rF1MFaT12r1b8BXQV4v8ABO00jxRqWo+NNYltb3xbqt7eLax3Dq01lZwTvAkUSnlVGzLMAMl+&#10;aAPSfCPj/wAOePbaSfw9rdlq8cRAk+yzBmjz03L1XODjI5rfrx/436FaeFH0r4haTFHYeINO1G1g&#10;uJYVCNqFtNOkMkEmPv8ADhgTkqVyK9goAKKKKAMbRx+4Xnk1+fP7dfwgu/B/xLk8X2tu7aF4gKs0&#10;qr8kN0qgOhP+0F3jPUl8fdr9BtG/1K0/xP4V0nxroF5ouuWEOp6Xdpsmtp1yrDsR3BB5BGCCAQQR&#10;Xt5PmcsqxSrpXi9Gu6/zW6PAzrK45thHQvaS1i/Pz8ns/v6Hyv4N/wCCgngLRvCOi6fqGh+IxfWl&#10;lDbz/Zre3eLeiBTtZplJGRxkCtdv+Ci3w4CnbofiktjgG1tgP/SiuH+If/BOWWW/kuPBHiWGK1ds&#10;rY60rAxD0E0YJYegKA+pPWsHw3/wTh8Uz36jxB4q0exshyzaaktzIfYB1jA+uT9DX2P1fherF1nU&#10;avra8r/dyv8AM+N+s8VUZKgqSdrK/LFrtvzLt2PBPhv8PtR+PHxaj0rTYJIo9QvHurqVRuFpbl90&#10;jsenAOBnGWKjvX642NlBpllb2drGsNtbxrFFGvREUYUD6ACuK+EXwU8K/BPQm03w3ZFHmIa6vrgh&#10;7i5YdC7YHA5woAUZOBkknvK+bz7OFmtWMaStThor7vzf3JLyPpuHsmeU0ZSrO9Se9tl2S+9tvv5I&#10;KwY/APhiLw5b+H08OaSmgW8iyw6UtjELWJ1k81WWLbtBEnzggcNz15rO+LWvX3hj4farqemT/Zr2&#10;DyvLl2K+3dKinhgR0JHSuch+LutXfid9Mt/DFp9kk1a80O0vJtVKmW7htZbhd6CA7ImETKWBZlP8&#10;DDr8ufVnZeLvh54V+IENrF4o8M6P4kitXMlumr2EV0sLHGWQSKdp4HI9Kpa98I/Aviq/jvta8F+H&#10;tYvYxEEub/SoJ5FEe7ygGdCRs3Nt9NxxjJry74d/E7xDo3w48PsdGbxDq0nh+PxPq1xd65I37iRc&#10;gxtJEf3j7XIgGyNNuA+ME9GfjdqV5a6hfaZ4atrrT49Vs9Is5J9TaKS4luBAQzJ5LCNFE692JIIx&#10;3oA9OvNE07UNQsL+6sLW5vtPZ3s7maFXltmdSjmNiMoWUlTjGQSDxVWXwhoU1nq9pJomnSWmsSNL&#10;qUDWkZjvXZFRmmXGJCURFJbOQqjoBXnmi/GrVprq2OteGbTSNPl1C+0lruPWBNturWKeVzhoUHlF&#10;beTEjFSCOUAwTz8f7Q3iPWrbZpPhawg1BL7S4yuo3V5DDNbXsskaOjSWkbE7omG5VZBnKtJgrQB6&#10;fpHwm8D+HtLv9N0vwb4f03TtQgW2vLOz0uCKG5iUuVjkRUAdQZJMKQQN7eprK1L4LeHbPwZreh+D&#10;tI0PwVLqdultJPp+h2rRPGjMyxywFAksR3yqUbtLJgqWzXJar8eLvw+89nZaHqPiTVXv9U22wWaX&#10;y4LW4EWFNraSMNzMoQOuByHl6Ftif4829kl215od1avYRXl9fW8j4nt7KC0jufOKFQdzefBH5Zxt&#10;Z3G47CCAM+BvwFtfg5feJdT87Sn1LXWt0lg0DR00nTraCAP5UUNsrybfmlmZmLsWL9sV6SdA0ttd&#10;XWzptodaW2NmuomBftAgLBzEJMbthZQ23OMgHGRXlWkfHPxBrD6faJ4GmtNSv9SjsYBqEt3ZWzI9&#10;rc3BcST2aMzILVgyrGQN6kMc1cufjFr2m6h4hgu/C9hcW+ltb2kdxpesPOJb64njhgtW8y3jCMfN&#10;RnYFggZc5JoA79fBfh5dL1TTRoWmDTtUllnv7MWcfk3kkpzK8qYxIzn7xYEt3zWXpnwh8CaLpF/p&#10;Wn+CvDthpeoQpb3llbaVBHDcxIWZEkRUCuqmRyAQQC7Y6muL1z493nh8Pplz4YaXxYmoGxbTrKW4&#10;u7cgW63HmrLBbPKV2Oo/1GQxIICjdWd4X+Md3qPxXXSm06/gvdc07TriLSNUkktl09Qty1ySHXO/&#10;CgBQoL7QThVLKAej6R8JfA/h+2+z6X4M8P6bbiW3n8qz0uCJPMgffA+FQDdGxLIeqk5GDW9rOiad&#10;4j06TT9WsLXVLCQqz2t5Cs0TlWDKSrAg4ZVYehAPavMvjF8T9f8AD1l4os/DWnQyTaPpcd9danNd&#10;BGtjK0ixiOJo2EpAiZm3FQBjG48Vav8A41tpeo3FzdaJ5fhSHU5dHOqi73XH2iNW3n7Ps/1e5GQM&#10;JC2RnZjmgDr9X+HfhTxB/a39qeGdH1L+10ii1H7ZYRS/bUiyYlm3KfMCZO0Nnbk4xUOmfC7wZots&#10;ltp/hHQrC3S6hvUhttNhjRbiJQsUwCqAHRVUK3VQoAIxXC3Hx21XTtH+033hKOC8u7K21HTLWPVA&#10;4nhluIYNsr+UPKkU3EZKgOvJw5wa6/xP4z1bQv8AhHNOtdGtL/xHrDMv2N9QaK1h8uIvM3n+SWZV&#10;OFX92C24HC84AOls9F0/Tr2/vLSxtrW81CRZby4hhVJLl1RY1aRgMuQiIoJyQqgdAKpW3grw9Z3l&#10;vd2+g6ZBdW1zcXkE8dnGrxTz5M8qsFyrybm3sOW3HJOa8Y8MftFauNK0S1m8O6j4k1RrdLnVJbO1&#10;uHaFZLmWNFQW9tJGWVYmJDtECAMMxzjrofi7ruoXEVtY+F7KW6vdYv8ATNPSbV2jWWOzlmjnnlIt&#10;28vmJdqKHJL84AyQDvLXwhoNjot5o9tomnW+kXpmN1YRWkawTmYkzF4wNrbyzFsg7txznNPi8PaN&#10;p1zbahFpdlb3NjZtZW9zHbIskFsSrNCjAZWMmOM7BxlF44FeJeGP2itXGlaJazeHdR8Sao1ulzqk&#10;tna3DtCslzLGioLe2kjLKsTEh2iBAGGY5x7zqP8AyD7n/rk38jQB5/8AEL4MWHiP4f6j4d8LwaJ4&#10;RurrS7jRYtQTRkm+yWVx/wAfEUSI8W0NgNgNt3qrFWxiuj0X4d+H9G0Q6aNKs7pJdNg0i7mubaN5&#10;L22hjZEjnO394oV5PlbIHmPgfMa6WvH/APhMNUGqpMdYkOpNf/Z/7GDRbVxcbDCYseZzF+8EgJ6F&#10;shcAgHpeo+FdE1jQP7Cv9HsL3RNiR/2bc2qSW21CCi+WQVwpVSBjjaMdKqeG/h94W8G6bd6d4f8A&#10;DWj6Hp947SXNppthFbxTswwzOiKAxI4JI5FR+P2vY/D7zWmvxeGLeGQS32qSRo7QWyglzH5gZAxw&#10;Bl1YAE8E4rxX4g/G7W/A3wxtLS71+00vxldxXN9Bc6ukFvcfYY5m8lmgbCm4lXyl8sLwTI20bCtA&#10;HtXh34aeEPCGk32laF4U0TRdMv8Ad9rstO06G3huNy7W8xEUK+QSDkHjimeFvhd4M8DiceHPCOhe&#10;HxcRCCYaXpsNt5kYLEI2xRlQXc4PGWPqa5fxt8QJtW0m0fwtc6yliL6Aahq+k6LLcutnJFIyzWm+&#10;F47kF1iUtEsoVZC2OlVPBnxC1Xxn8P7e2hu7mx8TXC3SR6td6NN9nWOG7lg86RlXyElKQl/KL8Mw&#10;+XaRkA9BtPBnh+wGii10LTbYaJG0OliGzjX7BGyBGSDA/dKUAUhcAgY6Vm3Pwm8D3viR/ENx4N8P&#10;z6+8sUzarLpcDXTSRsrRuZSm7cjIjKc5BUEYwK880nxD4q1htJ0qDxTejTdX1e4TT/Eb2dqLy4sY&#10;rTzNyr5XkndMG2v5XzRLuA5DVTk8XeNta8DeHtYtPEqWus3dutrYaVaWMLnVL9JZFkacOrFINiKz&#10;eWUKAyHdwoIB7bp+i6fpMt9LY2NtZS305urt7eFY2uJtioZJCB877URdxycIo6AVk3/w38Jap4Vg&#10;8MXvhbRbzw1AFWLRp9PhezjC/dCwldgx2wOK4C38YeI28ZWWoNrLNpN14ouPDx0T7NEIo4o4Jisu&#10;/b5vml4g3LlSrYCjrXsVAHO6Z8OfCeiW9rBp3hfRrCC1vP7Qt4rXT4o1hufLMXnoFUBZPLJTeOdp&#10;IzjitWfRdPutVtNTmsbabUrOOSK2vJIVaaBJNvmKjkZUN5abgDg7Fz0FXaKAMLTvAfhnR4tIjsPD&#10;uk2MejtK+mpbWMUYsmkDCUwgKPLLh3DFcZ3HOcmnt4J8Otp91YHQdMNjdXn9o3FqbOPyprrzRL57&#10;rtw0nmKr7z825Q2cjNbVFAHlvgH4FWGi+EfEmj+Mm0zx0/iTWZ9c1NLvSkSykmkKYVLaR5cKoiTG&#10;52OQTn09FGiacNaOsf2fa/2sbcWhv/JXzzDu3eV5mN2zcS23OM81dooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACoby7isbZ55m2xoMk1NXMfEiy1m98J3S+H47ebVUKvDHdE+W3OGBx3wSR7g&#10;UAY1t8bfDV01qyX1u0F1ObeF1mBLyDHygevzL37j1Fd7FKk8ayRsGRhkEdxXynpXgDxlFaNaN4f0&#10;Jbq0kF1YeXEMrPvTcGHoVBOeOUX0r6a8LWt7Z+HdPh1IRDUFhU3CwElFkPLBc9gSQKAOb174sWfh&#10;7XL6wm0fVJrawe2ju9ShEBt4DOQI8qZRK3JGdqNitfWviBoGiDV45NUtbjUNLs5L650y3uI2u1iR&#10;N5PlbgRkYxnA5HNefeNvhBqniPxnrGp22m6AWvmszba7cyuNQ0ww43NCohOWyMj96o9QRkGtdfA7&#10;UZb7xLkWtyL1tUuLG/n1i9Biku45F2NZ8wKF80r5i5JUA7d3NAHpFr8SPCt1os2rL4j0pdOgZUuL&#10;h76IJbucYSRt2FbnoTmpbvx/4XsI7J7rxJpFsl6qvatNfRIJ1Y4UoS3zAnoRnNcDr/wo1yW7ln0q&#10;WyjiKaahtUvJrIypbx3COgniQvDzLGQyckIVOAay7D4F6zD4P1LS7ibTHvLjw3qGjQuZpZFSWe4l&#10;kjJd1L7AHTJOWyvfGSAel6p8RdA0rxFYaC2o29xrN3crbfYLeeNp4S0bSB5I925UwnXHVl9ar6t8&#10;TNHtlRdMvbHWp11O10y5gtLxGa1aaUR5cLuIIyTtOM4I4rk5vhj4gfxLCE/spdHi1+bWxqAmkF+f&#10;NhkQx7PL25UyYDb/ALqqMDFY/hb4E6noltpMUqWYudMmsI1vzrF9cm4t7e4WRsQy5SAkJkImQCSA&#10;wFAHrNp408PX9xqEFtrumXE+nKWvYoryNmtQM5MgBygGDndjpVeP4ieFJtOg1BPE+jPYTzfZ4rpb&#10;+IxSS/3Fbdgt7A5rym1+C/jBLvU531GxS5m0e/06O7OoXM/myTTwyI/kOnlW67Y2UrEOCQctxjV8&#10;GfCPW9I8U2+rag1mkKau+om3/tO51CRVNgbYDzp0DO27BycADpjAFAHc+JfiPpPhPUZrK/Fx56WY&#10;u0ESBzNuk8tIoxnLSM5ACgc561n6z8WLTRZbtZND1i4j0+3judUmto4XXTVdd2Jf3uWYL8xEQkwM&#10;HoRVDx18KJfGPjODX47tLG7sNPEem3asxktrsTb1cp910IyrAnlWYcZzSf8ACOeOdP1HV7zTDoUN&#10;xrscEl1LNPK39n3CRLEzRL5WJ02opAYx85zkGgDUvfipYWmrz2q6Zqdzp9tdx2FzrEEcbWkE7lQE&#10;b5xIcF0BZUZVJ5IwcdrXn1p4Y8W6DrOp2+kT6WNH1LUxqL31zI/2qBW2edEsIjKPu2kK5ddob7rb&#10;efQaACiiigAooooAKKKKACiiigAooooAKKKKAPAvjZ8W/EPg74jxaLp2rWul2J0y3ugbhIMvI81w&#10;hXMjA8iJcH7owdxGRnovgX8V9c+ImoeIdO1yy0+CbSYrR47jT5S4nEolyWU8ocxfdIB5zjBBPU3v&#10;w5s9X+IF/r+p21nqFpcaTb6cltcQCRkaOWd2bJGACJgOP7tX/CPw68N+A5L2TQNJg0yS92faWi3E&#10;y7N2zJJPTc350Acx4p+IOu6Vr+pPZR6cdE0e7sLO8injdridrl0DGNw4WPYsqHBVtxyMr1qV/FWv&#10;6B42+x63rvh5tBt7KS/1Cf7BJZmzjLbIA0r3Lrl239VAxE3TIrV1z4Y6frviA6nLf6hbxzSW0t3p&#10;8EiC3vHgffC0gZCw2kDhGUMFAYGtzSvD1vpOo6tfpJLPdalMs00kxBKhUCJGuAMIoGQPVmOSSaAO&#10;euPGOonxx4btLQ6ZdeG9Zgllgu4JGllk2xCQOpGECnIwRuyOcisvT/HutaP4llt/FlxoVhpq2L31&#10;y8TNENKHmqkCTzu5SQyAvggR8xtgEc12mo+HLbUtd0jVZXlW40zzvJVCAjeYoVtwxk8DjBH41ieE&#10;vh2/hDU7y6h8Taxfw3c8lzPaXq2rJJI/8RdYFlO0AKoL4AVR0AFAGVdeNfEFt4q0ra2j3Og6ncMt&#10;tb24eS5ezWHe175wfZsDFRt2dHX58sAcvw78QfGerx2sf2LR573WdEXWdMhQSRLa5kjUxzsXbzdq&#10;zI25QmSrDAyDXUxfDt7fxpeeJIPEusRS3jRedZbbV4DGg4iBeAyLH94kK45ZjnJzWbZfBiw0/Try&#10;zg13XEWTTv7Js5VuIxJptpuz5UDCPjoo3PvbCr83AoAy7Lx94q1GaLR7eXRpdRm1aexh1kWc32SW&#10;GGDzJJFg87cSsmYSBLjKsc8ba7X4f+JJvF/g7S9WuYY7e5uIz50cRJQSKxVtpPO3KkjPOMVixfCh&#10;YtJ06yHifWRJpkivp13HHZRSWYETRFEVLdYypRiMOjdsYIFdR4b8P2nhXQbHSLEP9ltIhEhlbc7e&#10;rMe7E5JPck0AadFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBj+Ef+RetP+B/+htWxWP4&#10;R/5F60/4H/6G1bFAFe/sYdTsbmzuFLQXEbRSKDjKsCCM/Q1h2fw90Swbwu0Nu6nw1bta6bmVj5UZ&#10;iWIg8/N8igZOa6SigAooooAiuvO+yzfZvL+0bD5Xm52bscbsc4z1xXg3w6+CPi7wl8V9V8a6lPos&#10;kVzbXTR6TpsswjFxMUZypkX5Q7Jk8nBY4HavfqKAPKIPBvi74i+JNL1LxvFp+jaHpNyt7Z+H9OuG&#10;uHluV+5JcTFVBCdVRRgk5PTFer0UUAFFFFAGPon+qWtisfRP9UtbFLqMKKKKYgooooAz9e0Gx8T6&#10;TPpmpwfabKfb5kW9k3bWDDlSD1APWqMHgbRLa7huo7LbPDqUuro/mucXUkTwvJjdjmOV12/dGcgZ&#10;AI3qKAOLv/g74R1LTNI0+bS3FppVkum20cN5PETahVUQSFHBmjwi5SQsDjkHJrU/4QHQRHLGNPVU&#10;l1GLVWVZHA+0x+X5bgBuMeVH8o+X5enJz0FFAHOS/Dvw7PAkMumrLCl9c6iI3kdlM88csczEFuQy&#10;XEw2n5Rv4AwMY1p8EPB1jY39rFYXgS9W1SaV9Vu3mxbSGS32SmUuhjZjtKMCBgdAAO8ooA4/UvhL&#10;4W1RU82wmikS5uLtZ7S+uLeYPO26ceZHIrbHPLJnacDjgVpf8IJ4fbVLzUW0q3kvLywXS7iSQFxL&#10;bKWxEyngj5jnjJGAcgDG9RQByeh/C7w54eNgbO1ui1hcC5tTdahc3JhcQyQAKZJGwojmkUJ90bsg&#10;AgEU7P4MeFLG01O0S1v5rLURL9ps7rV7ye3LSSCV3WKSVkR943B0AYHJBGTXcUUAcY3wg8KtpSWB&#10;sbkBLs3wvBqNyL37QV2GX7V5nnbtnyZ3/dAXoMVaPww8Mlkc6aTJH9kKSm4l3obYsYCG3ZBXe4JB&#10;ywYhtwJFdTRQByXi/wCFPhjx3eNc61YTXMr24tZfJvZ4FmiDF1SRY3USBWZmXcDtJJGDUn/CsPDP&#10;/CTPrx03dqDymchriU2/nFPLMvkbvKEhT5TJs3EE811NFAHFad8GvB+l209vBpT+VMIF2zXk8vlJ&#10;DIJYooi7kxRq6qRGm1OOmK2vFPg3SfGdvaw6pDM/2Wb7RbzWt1LazQybSuVliZXXKswIBwQSDmtu&#10;igDiLb4MeELH+zPsmmTWf9nRCCD7Lf3EW6ISGQRy7ZB5yB2Zgsm4Ak4Ayavaj8MvDup6ZDYS2c0c&#10;EF9PqUL2t7PBNFcTSSSSussbq67mmlyA2MMRjGBXU0UAcRbfBjwhY/2Z9k0yaz/s6IQQfZb+4i3R&#10;CQyCOXbIPOQOzMFk3AEnAGTXY3sbS2c6IMs0bKB6kipqKACvPoPBHipPDMdu3ihBrAsBbG6+yKze&#10;Z5eM+cfnI3c7jz3xmvQaKAOe8SeB9O8a+HbfSPEPnX8UbwzNJb3Eto7TRkMsgaF1ZTuG4AHAOPQU&#10;DwHo7eFrvw7Ot7f6VdqyTJqGpXN1K6t1HmyyNIB7BuO1dDRQBR1vRrbxDpVxp14Zxa3C7ZPs1zJb&#10;yEZBwJI2Vh05wRkZB4JrPv8AwNoepeDpfCstgsfh+S3+yNZWzvAvlf3QyEMB9Dzz61vUUAcWfhB4&#10;bfS0sJBq88Mcy3EMs+u30s9u4RkzFM0xki+VmUhGUEMQc1HefBjwndzaZMlrf6fJplkNOtG0rV7y&#10;x8q3BB8v9xKmRkAknJOBknAruKKAOWt/hl4btPFC+IY7CQaormUO13M0QlMflmXyS/l+aU+Uybd5&#10;BOTzXU0UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFF&#10;FFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFADIYY7eMRxRrFGOioMAfhT&#10;6KKACiiigAooooAKKKKACiiigAooooAx9E/1S1sVj6J/qlrYpdRhRRRTEFFFFAGfeW0N1qlqk0ST&#10;KIZSFkUMM7o+eak/sew/58rb/v0v+FEv/IWtv+uEv/oUdXKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/&#10;79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nyt&#10;v+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58&#10;rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+&#10;fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D&#10;/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/se&#10;w/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7&#10;HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj&#10;+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/w&#10;o/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf&#10;8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36&#10;X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9&#10;+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3&#10;/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+V&#10;t/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/P&#10;lbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/&#10;z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPY&#10;f8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj&#10;2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8A&#10;Y9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/&#10;AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp&#10;/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKA&#10;Kf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyi&#10;gCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVc&#10;ooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCF&#10;XKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8A&#10;hVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/&#10;AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v0v8AhVyigCn/AGPYf8+Vt/36X/Cj+x7D/nytv+/S&#10;/wCFXKKAKf8AY9h/z5W3/fpf8KP7HsP+fK2/79L/AIVcooAp/wBj2H/Plbf9+l/wo/sew/58rb/v&#10;0v8AhVyigCn/AGPYf8+Vt/36X/CirlFAGPon+qWtisfRP9UtbFLqM+LP2uviFqHirwbq2mzJHbW+&#10;keLP7PQQFh5yLalwXycE5Y+3Arxz4FeNfD/gWLXdRvdUvNE8Txm3k0a+toGmjyvm+bFMgPzRPmME&#10;deARytd/+0dbSy+H/HMqRu8UXjs+Y6jITNmAMntk180UxH6z/DLxifiD4B0PxE1sLR9RtlmaBW3B&#10;G6EA9xkHFVPDfxQ07xT4v1bw/ZWsxn0x5I552ubQqGRtp/dLMZgCcgFowOOvSsj9m+GSD4F+DEkR&#10;o3+wKdrjBwSSP0Na9l4G1AeNIdb1HWor62szdfYbaOxWCSMTsCyySBsSKoUBfkU9CxYjNAHTS/8A&#10;IWtv+uEv/oUdXKpy/wDIWtv+uEv/AKFHVygDJ8W+JrPwZ4X1bXtQLCy0y1ku5tgyxVFLED1Jxge5&#10;rw+DTfGPiiy8Pa34x8ea14SvPEtytvpWheGY4UhsmeGSaNJ3kjZpW2RMWJwM8DivTfjF8ItJ+M/g&#10;6fQNVnubPJ3wXlo+2SF/p0ZSOCrcH2IBHk2teLfhp4T0GLwH4gh8U+DpvD13v0q/kt7h7m4lUMi3&#10;dvPEsiyFhI3DcfOVKYGB9Dl8Yul+5TdRvW0U2o20avf7Vr2jeytotX8zmUpxq3rtRpJe7eTinK6u&#10;na1vduo3la7vq9F3/wAMvF/iOw8a6v8AD7xnd2+q6zY2cep6frNvAIP7Rs2YxlpIwSqSJINp28EM&#10;pAHU+p14r8I9M1rxn8Rb34iavY3umWMejRaBpKapEsN5eRCTzZruaJQBEXcLtXA4GcAEZ9qrz8fG&#10;Ma1o2vZc1tubra2nbRaJtrpp6WWynOheV7XfLfflvpe+r66vVpJ9bvwv46T+NfCmr+GLrRfH2oaf&#10;aa/4lstHaxGnWMiW0UwYMyM8JYkFMjcT1NdBea7qvgHxV4W0LVPFmoa3LqFpql0zz6XbDzhAkTDc&#10;0ZjCbNxwFQ79x3FcCrPxu8H6v4v/AOEB/si0+1/2X4t0/U7v94ieVbR+Zvf5iM43DgZJzwDVL4t+&#10;HNQuvH3hLxEkKDRdH0rWo767kmRFhaaGFYgQxBO4ow4BxjnGRXo0p0qtKjTny7TvpG91blvpf07n&#10;l1YVqVbEVI81k6dtZWs03O2tvXt5Ir6B8dLa28G+CGe11vxnr+vad9uSDS9OijuWhUDfPLH5vlwr&#10;llX/AFhyxwM1x3hH4z+J/EOoeGpGv54rTUvHep6U9vc2UcUoso45WhgdSgZGXauTw+QQSeaz/hP4&#10;e8SeH9C+F/jvQNAfxRG/g9NDvNOivIraaFTIs8cyGUqjDIZWGQeVIzyK0PCPwv8AGi6h4a1DVNCS&#10;wnj8d6nr15DHexSrBbzxy7GDBhvG5wMAbu5UV6EqODouqvd66tq971brl6WtHXrdeVvOjXx1dUvi&#10;6aJO1rUmnzdb3np0s/O/SeDPi3Prl98M4W1u7uf+EhudaRxJpEMQuRavIArkTN5ITaNpXeZNo3bM&#10;mr/hT9pnw/4rXw1cLoPiLTNJ8Q3As7DVtRtI47V7g7tsJKyM24lGAIUqT/FXmng7wzqPgzx58BND&#10;1iBbTVba48UTTWwlSQokpkkjYlCRhldT1746gitvSvhJ4stvgz8F9Ck0rbqvh7xHYX+p2/2mI/Z4&#10;I3mLvu37WwHXhSSc8A1NfC4FNc1vevZ3tperrorP4Yrtr5oMPjMw5Z8qbcbXVm9bUdNXdfHN6a6e&#10;TPo6iiivjz7kKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooA&#10;KKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAq6rqCaTpd5fSqzR2sLzMq9SFUkgflXi3hXw5&#10;49+Ing2z8Z/8J/eaRrOpwC+sNLs4YW063jcbo4pFZC0nBXcxYEEnjgV7i6LIpVgGVhggjIIryL/h&#10;QupWFlcaHo3j/WNG8HTs2dGhgheSFGyWihuGUuic8DnA78nIB2Xwn8ayfEX4c6D4ingW2uL633Sx&#10;RnKiRWKPtP8AdLKSPYiutrzH4Srrnguc+AdY01pLPTLfdpOuWkG22urUEKEkxwk65GR/FyR6n06g&#10;AooooAx9E/1S1sVj6J/qlrYpdRnml78Dbd/EOs6tpni7xP4efVrgXVzbaXdQpC0uxVLAPCx5CjvS&#10;f8KXvf8Aopnjn/wNtv8A5Hr0yimIKKKKAKcv/IWtv+uEv/oUdXKpy/8AIWtv+uEv/oUdXKACiiig&#10;AooooAKpazomneI9Mm07VrC11TT58CW0vYVmikwQw3IwIOCAeR1Aq7RTTcXdOzFKKknGSumRWtrD&#10;ZW0VvbxJb28KCOOKJQqIoGAoA4AA4wKloopb6sEraIzR4b0ga8dbGlWQ1ow/ZzqP2dPtBiznZ5mN&#10;23PbOK0qKKpyct3cSjGN+VWuFFFFSUFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAB&#10;RRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAY+&#10;if6pa2Kx9E/1S1sUuoworyT496rqemy+GE/tHWdF8KTTzLrGpaBE0l3CRHmBRtR2VGfIJCnoo715&#10;dYeLvie/i34Ux20msXM93JOuq293bmNH00XO2Ge4TG2OQxbyWwDkL1JxTEfVlFFFAFOX/kLW3/XC&#10;X/0KOrlU5f8AkLW3/XCX/wBCjq5QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQ&#10;AUUUUAFFFFABRRRQAUUUUAFFFFABRRWX4X/5FnSP+vOH/wBAFAGpRRRQAUUhOBk0wS7gGVCynkEY&#10;5oAkopm9v+ebfmP8aN7f882/Mf40APopm9v+ebfmP8aN7f8APNvzH+NAD6KZvb/nm35j/Gje3/PN&#10;vzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+imb2/55t+Y/xo3t/zzb8x/jQA+imb2/55t+Y/xo3t&#10;/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40APopm9v+ebfmP8aN7f8APNvzH+NAD6KZvb/nm35j&#10;/Gje3/PNvzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+imb2/55t+Y/xo3t/zzb8x/jQA+imb2/55&#10;t+Y/xo3t/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40APopm9v+ebfmP8aN7f8APNvzH+NAD6KZ&#10;vb/nm35j/Gje3/PNvzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+imb2/55t+Y/xo3t/zzb8x/jQA&#10;+imb2/55t+Y/xo3t/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40APopm9v+ebfmP8aN7f8APNvz&#10;H+NAD6KZvb/nm35j/Gje3/PNvzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+imb2/55t+Y/xo3t/z&#10;zb8x/jQA+imb2/55t+Y/xo3t/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40APopm9v+ebfmP8aN&#10;7f8APNvzH+NAD6KZvb/nm35j/Gje3/PNvzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+imb2/55t+&#10;Y/xo3t/zzb8x/jQA+imb2/55t+Y/xo3t/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40APopm9v+&#10;ebfmP8aN7f8APNvzH+NAD6KZvb/nm35j/Gje3/PNvzH+NAD6KZvb/nm35j/Gje3/ADzb8x/jQA+i&#10;mb2/55t+Y/xo3t/zzb8x/jQA+imb2/55t+Y/xo3t/wA82/Mf40APopm9v+ebfmP8aN7f882/Mf40&#10;APopm9v+ebfmP8aN7f8APNv0oAZef8ek/wDuN/KvPvFfjPQ/Aumxah4g1W10iyluI7VJ7qQIrSOc&#10;Kv8AMk9FVWY4VSR6BcuJLKZlOQY2IP4V4l41+Bfh/wCJHjePXfFHm6zY22mNp9po0zsLaB3Z/OuM&#10;A/6xlZFBGNvlhslghQA9Gormfhr4K/4Vz4K07w2up3Wrw6f5kcFzeHMvkmRmijY99iFYxjAwgwFG&#10;FBQB3mif6pa2Kx9E/wBUtbFLqM+bNS8KeNfEGvavc+LPBXiXxNE17N9igs/FEFjZRW4ciLZFHMjb&#10;tm3Jckk9aXS/Bvj6GfVNP0rQfEXh3QLrSrtVttR8RQXnkXgQG1a2kEpkiIcHOW29M9zX0lRTEcD8&#10;Dx41j+HljD4/h8vxHC7xyMZI5GkjB+RmMZKk4OPw55rvqKKAKcv/ACFrb/rhL/6FHVyqcv8AyFrb&#10;/rhL/wChR1coAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiuZ+IXxI8O/Czw3NrniXUY9OsEIRSwLPK56IiDlmPPA6AEnABI0p051ZKFNXb2S3M6lS&#10;FKDqVGlFbt6JHTVl+F/+RZ0j/rzh/wDQBXxX41/4KPXx1Bo/CPhS3SxRiBPrUjPJKOx8uMgJ/wB9&#10;NWV4I/4KJ65pLWdpr3hTT7zTYYkh3adK8MygADd85cNwOny/Wvp1wvmrhz+zXpzK/wB3/BPlHxXl&#10;KqcntH68rt9//APv2iuG+E3xo8K/GnQ31LwzfmYwkLc2U67Li2Y9A6ZPXnDAlTg4Jwa7mvmatKpQ&#10;m6dWLjJbp7n1NGtTxFNVaMlKL2a2GTf6p/oaraMS2kWJPJMEZP8A3yKszf6l/oaq6L/yBrD/AK94&#10;/wD0EVkbF2iisvVfEFvpZ2YM039xT0+p7UAalFcifGF4xylvFs/3WP65q/pviyG5cR3CeQx4Dg5U&#10;/wCFAG/RSA5FRXl3FYWk91O/lwQI0kj4J2qBknA56CgCaiszwx4k07xl4a0nX9HuPtmkaraQ31nc&#10;bGTzYJUDxvtYBlyrA4IBGeQK06ACisJfHnhp/Fj+Fl8RaU3idIvPbRRexG9WPGd5h3bwuCDnGKnb&#10;xdoS6nqOmtrWnDUdOgS5vbQ3Ufm2sTZ2ySpnKKcHDMADg+lAGtRVDQ9f0zxPpcOp6NqNpq2mz7vK&#10;vLGdZoZNrFW2upIOGUg4PBBHar9ABRWfL4h0qDXINFk1Ozj1meB7qHTmnQXEkKkK0ix53FQWUFgM&#10;AketP1nWtP8ADulXWp6rfW2mabaRmW4vLyZYYYUHVndiAoHqTigC7RRRQAUUUUAFFFFABRRRQAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQBgXUjx+CLqR&#10;WKutg7BgcEHyzzmvE/7c1H/oIXX/AH+b/Gvar3/kRLv/ALB8n/os14RQB0nhLVb258QWkc15cSxt&#10;vyjysQfkbsTRVXwZ/wAjLZ/8D/8AQGooA9m0T/VLWxWPon+qWtil1GFFcP4l+N/gPwfrE2lax4o0&#10;+x1GHHm2zyEumRkBsA4OCDg+orL/AOGlfhh/0Oem/wDfTf4UxHplFVdL1Sz1vTre/wBPuob2yuEE&#10;kNxA4dJFPQgjgirVAFOX/kLW3/XCX/0KOrlU5f8AkLW3/XCX/wBCjq5QAUUUUAFFFFABRRRQAUUU&#10;UAFFFFAHnPjX4w3HgbxJY6bd+BPEt3YX2o2umW2tWcunNbSzTlQuI2u1uNqlm3nyuBG7cqN1X/in&#10;8ZvCPwc0C91PxNrVlZSwWNzfwaY13DHeXywRmR0t4pHXzHwMAA9SMkVJq3g2+134paFrt5Nb/wBh&#10;aDZTPY2quxlfUJsxvM4xtAjg3IhBJP2mbIG1SfNP2gPgr4u8fXfjNvDMHhm8i8V+EP8AhGJ38Qzz&#10;RPpzI9y6TQ+XDJvDG5+ZTsw0MLAtt2kA9hbx54aTxYnhZvEWlL4neLz10U3sQvWjxneId28rgE5x&#10;is+y+LvgXUdD1TWrTxp4eutG0p/L1DUYdVge3s2zjEsgfbGcnoxFeIa/+ylqOvePfFtzdTR3Ok67&#10;fXOpW+r/APCSanDdabLNZG2ATT0P2WRkzgSswPlnYUOAak1/9n/xt4x8HadaX+n+D9D1PRJ9KktI&#10;vD2oX1mdSSzEylJ72FI5rdMTboljSTyXDHdIHIAB7Ne/Gj4fabBpk13478NWsOqIslhJNq9ui3aM&#10;xVWiJf8AeAsCAVzkjFZOt/tEfD3RdM0/Ux4q0nUNIutWGjS6nYajby2tlP5Mkp+0S+YFjAWJs5OQ&#10;WXjnI8puP2WNVm8KeJ9PtbbRtMm1fwTq2gRW0mrXuorBf3dxNN5huLhGldC0gZnI3F9xCdK2fiB8&#10;BvE1z8RV8T+Fbbw21vbalouoW2l6jPLbROLK3voXUmOBwjYuYAjBWwI8kfKqkA9bvPiv4I07TtG1&#10;C68Y6BbWGtNs0y6m1SBIr9uOIGLYkPI4UnrV3T/HfhvVtU1XTLDX9Mv9T0kZ1CxtLuOWe06j97Gp&#10;LJypHIHQ18yaj+yJ4kvngvb1NI1g6laala6roUfiPVNJsLQXeoTXhELWqg3MQE5RopUQPsVgUyRX&#10;vnwm+H1z8P08WrdPbyHV/EF1qsLwuzt5UgQIJGYAlwE55P1NAHLW37UegfYL261Hw34n0Ty9Nh1a&#10;wgv7KLzdVt5ZlgiMCxysVdpZIk8ubynHmoSoGSLcf7RFrc2/kWvgjxbeeJI7+fTrnw1DbWv2y1kh&#10;hjndpJDcC3CeVPA6kTHf5qBdxyBxVj8JPijr+keJZfE9r4Tg8X6hcWepwa9Z6zc3UYmsr2K5s7IW&#10;7WcXk2q+WwJEkjbmZirlzizrPwz+K13oXiD7LH4YjvfF3iE6l4g0+LWrq2RLFbK2tEtbe8Foz7nW&#10;1TzJPKQgO4TadrqAdFN+1N4VEGl3tppmu6jo11Y6fqV3q1vaxiDS4L1yls1wryLJ8zBsiNJCgGWw&#10;MGux+JnxT074WWenXWpabq1/Be3cVoJNNtDKkBkljiVpXJVI13yoOTk87QcGvJ/EvwO8aa9/aFjZ&#10;2XhjQ9D8SWmk2uq2lvfzyf2SLKYkizH2ZFnDw7EAYQhCucMDivVvjF4KvviD4Em0XTpbeG6e+0+6&#10;D3TMqbYL2CdxlVJyViYDjqRnA5ABFf8AxUMPxHfwfpvhXXNeuLaG0uNQ1KxeyS1sEuJJUQy+dcRy&#10;NgQu5EUbnbjGSdtU/EPxssLHWdH0vw3oep/EC81O0ur5B4aubBo44beWOGRmkuLmFD+8lC4Uscq2&#10;QMVx3xP+B2teNPifa67Y6V4SjCXmmXUXimYSx63pqW0wklgixGyyrKoK8yRgCVwyyDFU/jV8EvE/&#10;xXsYN3hrwJNqEmnXVhHeX805n0OZ5cx3tnMsBZ3ChWKYhIdRiXGcgHdab8dtH1Pxz/wjyaTrENrJ&#10;qU+i2+vyxRDT7i/hjaSW2QiQyhlEco3NGqFo2UMTgH0mvDn/AGeBP8bdE8VrBa2OlaVcvq0skWpX&#10;csup6g9q1u0jWZ221t9/e0kYaSRkXJUbgfcaAGu6xIzuwRFGSzHAA9TX5M/tG/Gu++N3xGvdTaeT&#10;+w7V2t9KtG4WKAH7+3+++AzHryBnCjH6cfGOWaD4ReOJLYkXCaHfNGV67hbvjH41+OlfpvBeFpyd&#10;XFSV5K0V5XV39+x+W8bYupFUcLF2i7yfnZ2X3bnSWHw28U6vqMljpegX+s3ccEdy8ekwG82xOAUc&#10;mLcMEEfjx1rRk+CHxGhjZ38AeKERQWZm0a5AAHUk7K6Szh8JWuu2ovPGmu+HrY6Rbk3VjG14zzZI&#10;MQ4gKoqhQAQ3IPJzWtcyfD/7PL5fxg8XyvsO1H0dwGOOAf8ASOlfdTxdZSSitP8ABN/lofn9PDUZ&#10;Rbk9f8cF+ev9aHn/AMKPidq/wh8caf4k0eVllt3Cz2+7CXMJI3xP7MB+BAI5Ar9e/DmvWfirw/pm&#10;tae5ksdRto7uBmGCY3UMuR2OCOK/FWv1W/Y9uJ7r9m7wU9ySZBDOgz/cW5lVP/HQtfH8Z4Wn7Kli&#10;kvevyvzVm191vxPtuCcXUVarhG/da5l5NNJ/en+B7FN/qX+hqrov/IGsP+veP/0EVam/1L/Q1V0X&#10;/kDWH/XvH/6CK/KD9cDWL46fp8sw++Bhc+przq+uHWGac5lkCs+CeWIGa7fxcpbSgR0EgJ+mDXnm&#10;s65YaDZm61K8gsrcHG+dwoJ9AO/0FAHyLqvi7WNb1R9SudSumuXfepWZlCDsFAPAHtX018J/EN54&#10;l8Cadfagxku8vE8h6ybWIDH3OOffNeT63H8JtQ1qW7+26hAsjl5IrONhCxPXGUyPw4r2DwT4k8Na&#10;lp9vY+Hr23kgtowq2yEq6KPVWwfU570Aer+FNRe6t3gkbJixtP8Asn/CrXimGS58MaxFEjSyvZzI&#10;iIMsxKEAADqaxPBoJvZ37CPH6iuvHSgD4K+Gw+IXgP8AZ51XTfGfhvx7qniqDR9ETw/ZaFJq9tZw&#10;2xtUihjIstksUsDiQ3SH9420Y3DYBH8TZviNoHgzwpp3gu6+JOs3WlaLDcReJLrTvEUl7qmo/bmN&#10;xBLbtJEkSKmWDXcUoaJlRM7Qa++qKAPjWTwT4rX4p2uk2PhnUV8Q2vxPvPFx1y4spY9Pl0t7CZI1&#10;N6EZBu8yKAxKWcbCSmBWn8Dfg34y0f46+MR8RvC2iatB4g8N2k2tavFdTX1lqN59uu3Cqs1pGmUQ&#10;xoIcnyo4rc7nLHH1vRQB86/sp+EfHPh39nL4d6XbyWnhO5s5Lw6np3iDQ55bhozeysqoBcQGFihJ&#10;DMrghlO3A55L9m3VPiNefH6/k8Q2HifSNBu9Ev3utK1KDVpLGyvo7+FYES6vZ5Y5XaEyMGthHGVO&#10;AGKnb9b0UAfF3jbRPiPe/HLVPjJZeDp59O8M+IbPSLKJ2uRqs2kRLJb3v2axFuRNHK97NOrmVSRb&#10;oQpwCcX4haH408R+APidp17afE7UfGtzZ+IobqwFvPPoNxbNM32BbdX/AHZbyvJ2C1BkLeZ5nFfd&#10;dFAHxN8Q/hr4isPG0sNzH8QPEHhHw1470XULKX7bqd7OtpLYkXckTIxkmVZ9n3d3lbpAuwM4NHT7&#10;D4zSW3xSvNS1/wAZxeKl0PxIq6NZ6LqAtJJCr/2e1ndtctb7x+6MQtIUkOWEmSNx+56KAPjD4l+B&#10;PiFoceqv4e1f4j3c2h+DNIvdKaPVL+f7TqraldPcrIoJW4cRlFaJwwEZQbQFTFXVte+K9v8AHvW7&#10;vTtA8WPpynxFbvoaDWfsN3FHaO9hILyW4a2jaeRF2C1jiaMttLZIFfbNFAHwZ4Ht/irr1tfaTdz+&#10;Po9FufFXhp/MWDW9PkhtZVkGoxxy3c8t15KFVDuZQoPzKEDLnrfgho/xM0D4j/D2fU7jxzd2F5qf&#10;ibTtXXXLm9uLeKygb/iWu6ykohbaNsxG6TcfmbjH2NUV1dQ2NrNc3M0dvbwoZJZpWCoigZLMTwAA&#10;MkmgCWimxyLLGrowdGAZWU5BHYg06gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKK&#10;ACiiigAooooAKKKKACiiigDnr3/kRLv/ALB8n/os14RXu97/AMiJd/8AYPk/9FmvCKANrwZ/yMtn&#10;/wAD/wDQGoo8Gf8AIy2f/A//AEBqKAPZtE/1S1sVj6J/qlrYpdRnwhr0lpH8dfif9qfTFzqEe3+0&#10;fC51rs+duAfK7Z/vcf3a4X4j+Pp9DuJ9OttA8LXdhdQFE1A+DotPkJK4bYHXcGXI+YdDg19O/F79&#10;nfVoLnxd4y8EeKvEWma3qKrcPpOl3JiW6lUYAyrKSOWIBzgk464rltJ/Y78Q/EDw1pl18RPHmtT6&#10;uoZ1sppzdraB8ZUNIx+Y7V3beMgDnGaYj2n9mr/khHgz/rxH/oTV0OgXWrJ468RafqGopfWiWtrd&#10;2sUdusQt1klul2ZySx2wplieTkgKDgXvA3hC08A+EdK8PWEs01pp0AgjknILsB3OABnJPQVsLawp&#10;dSXKwxrcSIsbzBRvZVLFVJ6kAuxA7bj6mgCCX/kLW3/XCX/0KOrlU5f+Qtbf9cJf/Qo6uUAFFFFA&#10;BRRRQAUUUUAFFFFABRRRQAV4nq37TFvoevWGj3nh+Vb6bxe/hi4SO53fZYf3XlXrfIMq5u7EFOMf&#10;aR8x28+2V4z4r/ZrsPFHjDx/4gfWJYZvE+jLp0EPkbl0652xhrxfmG9j9lsDt+XBtF5O7gAr2H7S&#10;tvqNkt79m03T7eQvJCt5eXJklg/tcafDNiO1dQso+dfmJDOikbd0g1dX/aS8K211qOmWb30Gu2SW&#10;8z2mv6LqemRGKW8jtVcSvaHcGkk2qVDBiD0UMy8N45/Zy1HSvDXhay8ONNrUthpmieGjFtihCQ2u&#10;oW9zLeyu8oONsDAoiu5Zx15I2If2d/FF7b+K7fW/GukakniDU7bVJr2Hw9LDeh7e8hngiaRr10MM&#10;cURhVFjTG7fktv3gHR6/+0x4F0i61fTYtWY6tZJqAQXOnXsdnLNZQyS3MYulgZG8oRsH8veykY2l&#10;sKb9j+0D4Ln8UWvhifVHi8QSTwWUkUdjdtax3U1slzHD9qMKxbnicMgYqW5AG4FR4dd/ALx94n8Y&#10;zeE3WTR/h1ZS+I5rO/urW2ZlOow3EahGju3knCtdyOBJFBhVIZpCQR65H8AfLuGl/t3OfFWn+Jsf&#10;Y/8An1061svI/wBZ/F9l37+2/btOMkA3vBfx28E/ELxJ/YWg6rPeai1tPexCTTbqCG4t4ZUhklhm&#10;kiWOVBJKi7o2YEk4JwcZN/8AtQfDrTdauNJl1XUpNQhu7jTxFbaBqM4muYCRNBCyQMs0iYJKRljt&#10;BbG3mvP/AIAfDT4geGfiLoq6/aSWng7wf4avPDmim7gtYp5Y5bm0aPmC6mMu2KyRTI6wE/L+7zvY&#10;+gaJ8DP7H8QaJqf9t+d/ZviXV/EPlfZNvmfbkuF8nO842faM7sHdt+6ueADR8YfGzRPDnwrsPiBY&#10;n+2fD95daZEk0IkU+Td3kFsZQoQuSgnL+Xt3Ept4JyLMfxq8L3Xw91zxnZSajfaVovnre28Wl3KX&#10;0MkQy8TWrosquMg4ZRgEMcLzXIN8Atbg+FFr4HsvGNtaxWNxYX1lfNo/mPFdW2qC/Lspnw6Nsij2&#10;cbdpbc27aNbw58INasNL8SWuseJ7TVJPFVxeXWuyW2lG2WV5bWG1iFupnfyVjigQEMZC55yDQB3H&#10;gfxhZfEDwjpPiPTYb23sdSt1uIYtRtJLWdVP96NwGH16EYKkggnz/wAUftS+AfC+j+IdQNxq+qLo&#10;kU008WnaLdyfaFimEMzW8hjEcyxysEd0cohPzMtdZ8N/Cmv+DfD+k6Rq2u2Os2+naZb2CNa6Y1oz&#10;yRF1MpzPJw0fkrs7MjMDhwq+Tyfsmz3c/j03Hiu2ii8T6Zf6eRpuiizZpbiRZEurtEm8m4miKYDp&#10;FCzB33Fi2aAPSJvjv4PttZs9KnuNWt727VDEk2g36L5jwfaEgZzAFW4MXzfZ2Il7bM8VleDP2mPA&#10;/jXww+uRT6ppNvHp17q8kGr6TcW8yWlq6rPMAUw6qXX7hYnJAyVYDj9R/ZXvtc+K2m+OdT8SaLd3&#10;9vqtlrEs3/CN5vPMht44Xt7e5e5ZoLVyjSCEBirOcu/etqP7Kev/APCNtpGk+O7GwU6Xq/h8TXGg&#10;NORpt9MkuzH2pf38bKQJfusG5jBGSAesW3xn8IXni+HwzDqU8mrTMka40+5+zCRoBcLC1z5fkrKY&#10;WWQRFw+1gdvIrtq8Tsv2dLq0+LWl+Mh4jtUisjEWS10gW9/cLHa/Zxby3UcoWW3z+82SxO4OAJAA&#10;Me2UAQ3drDfWs1tcRrNbzI0ckbDIZSMEH2INfkD8Z/hdf/B74i6t4avkkMcEhe0uHXAuLdiTHIOx&#10;yODjowYdq/YSvOPjV8BvDHx00FLHXYXhvbfJs9TtsCe2Y9cE8MpwMqeD2wcEfVcP5wsprv2qvTnv&#10;bpbZ/wCfkfJcRZM83oRdJ2qQva/VPdfqn39T807T49eI9MvdPubC20m1ey0xNJRZbFbsNEsskoY/&#10;aPM+ctI2SMcYGOKvz/tOeN7iCSJ/7CCyKVO3QLIHBGOD5Vd74z/YF+JmgXzJoiWHiizLHy5re5S3&#10;kC9i6SlQD7KzD3rO8IfsMfFLxPJA91Y2GhWUqLILq9vo3BUjPCxFznHYgfUV+n/XMknD2rnC3m9f&#10;u3/A/KvqOdwm6Sp1L+SdvvWnTueLeDPCGp+PfFOmeH9Gtzc6lqEywxIAcDPVmPZVGWJ7AE9q/YTw&#10;J4RtfAXgzRPDlmd9tpdnFarIVwZNqgFyPVjlj7k1538A/wBmPwz8BrR57Rm1bxDcJsuNXuUCtt4y&#10;kS8+WmRnGST3JwAPYa/N+I86jmlSNKh/Dh+L7+ltvvP03hrI55VTlVxH8SfTsu1+99X9wyb/AFL/&#10;AENVdF/5A1h/17x/+girU3+pf6Gqui/8gaw/694//QRXxx9qTXtql7aywP8AdcYz6ehr5S+M/wAJ&#10;PFviLxvLPbwRzWMcMccHm3KoBgfNtB6ZOa+tKgu7KC+j2TxiRe2eo+hoA+GP+FDeMf8Anxtf/AyO&#10;rmj/AAR8b2Gr2Vzb2sMc8MyOrxXibhgjOMe2a+xm8IWLNkNMo9Awx/Kr9jpFrp3MMQD/AN9uTQBB&#10;oOlf2ZatvA82Q7m9vQVa1W4ntNLvJ7WD7VcxQu8UAOPMcKSq/icCrVFAHzTpnxU8cP4N1DUv7e0a&#10;/ZzZLcSR3itJoxkkImMoFkogUDjbKsrRkZbcK0pvGXjS50IunjC23Wmg6pqqXujiC7jvGglQQ7pH&#10;t0UjDFWMaKGxlcZr6EooA83+Jfi2fSdI8GTyeIh4TtNU1JYb7UlWHEcZsrmXAMyui5kjj+Yjj6Zr&#10;y3xj8Z/E2keDNMvYNdjt7yPTr2/jubsQ2serJFO6QsiNBK0jSRIshjj8rAkzvA6fRt/o9pqd1p1z&#10;cw+ZNp05urVtxHlyGKSItgHn5JZBg5HzZ6gEXaAPBbr4q62vxbfTINYiGnte3di2lzSw+fEI7KWZ&#10;JhCIN6qzxja7zkOCcRjqOttdd1uw+BEWuz6+ZtaudLivf7SvrZdkLyIh+5DFgIpY8lGx1bIBr02i&#10;gD5zu/it4mfwppDW+v29vbzaldW1x4jv7u1igASNHiRbpLaWBwxdgH8lMmMp8rDJ6LS/Herz+I9O&#10;tNb8X22j3yx6b9n02ztFmh1kSqpmlTdGJtpZmUFNoiC7nBGa9qooA+d5/ir4ki0HW7yDxB9r1iPR&#10;NWvL/SfssP8AxIJ4UJgH3Nw+YbcTF9+Ny/KDW1rXi7X/AA1qWo6RqXi+S206HVbOG48RT2tsj2ME&#10;trJI3/LPygpljjjDOp2iXktjNe3UUAfL8Xj3xHpHhrSbbSPEWn6ZZXd1rl0uuanMlrFezjU59qfN&#10;bTA5BL+UoR2z8rDaRXeaf4q8UHxhDPc62Ws28SjRX0mO3iNuIjYecSJPLEpYScglhxwQa9kooA8R&#10;+NHxC1TwvqutxQ+Kf+EZez0mC60u08iCT+05mkkWUfvEYnYFQbUIK7tzZXiuf8R+N/FGs3vjzT7z&#10;VtLt7KC11i2k0GS5Au1t44JRBMsH2YON4Eb72nZCHOADgD27xD4E0bxVeQXGqQ3FwYto8lb2eOCQ&#10;K29RJCrhJAG5w6tXQUAeFReN/FH/AAsuw0WHVtL0rToHsI4dNvbkRy6hbPCjSyxxfZneUhjIoZJk&#10;VTH8645PKD4i61JcWuu2evLr3iaHwxqEt1pjW8ajRZmu9PEsREce7EQ3HDh2/dbuQwFfUFFAHhfh&#10;7xN4r1+Lw/YjxnZzRajq9xb/ANraJLb3zmBLNpQhka1jiLiRfvLFjBAOSCa9M+GGuXniX4eeHtU1&#10;GRZr66so5J5VQIHfHLYHAyecDjniuoooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACi&#10;iigAooooAKKKKACiiigDAuUaXwPcoil3awcKqjJJ8s8CvE/7D1H/AKB91/35b/CveLD/AJF6P/r3&#10;/wDZaxKAPOfCWlXtt4gtJJrO4ijXfl3iYAfI3ciivRqKANbRP9UtbFY+if6pa2KXUYUUUUxBRRRQ&#10;BTl/5C1t/wBcJf8A0KOrlU5f+Qtbf9cJf/Qo6uUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVl+F/+RZ0j/rzh/8AQBWpWX4X/wCRZ0j/AK84&#10;f/QBQBqUUUUAMm/1L/Q1V0X/AJA1h/17x/8AoIq1N/qX+hqrov8AyBrD/r3j/wDQRQBdooooAKKK&#10;KACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAoooo&#10;AKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKAMyw/5F6P8A69//AGWsStuw/wCRej/69/8A&#10;2WsSgAooooA1tE/1S1sVj6J/qlrYpdRnnnif9oP4e+DNcudH1nxPbWepWxAmgMUrlCQGAJVSM4I7&#10;11uneK9F1awt72z1WzuLW4jEsUqTqQ6kZBHNfmj+0j/yXXxp/wBhBv5CvNaYj9jVYMoZSCCMgjvS&#10;15r+za7SfArwWWYsfsCjJOeAxAH5V6VQBTl/5C1t/wBcJf8A0KOrlU5f+Qtbf9cJf/Qo6uUAFFFF&#10;ABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAVl+F/&#10;+RZ0j/rzh/8AQBWpWX4X/wCRZ0j/AK84f/QBQBqUUUUAMm/1L/Q1V0X/AJA1h/17x/8AoIq1N/qX&#10;+hqrov8AyBrD/r3j/wDQRQBdorzb9oy3srv4MeJLfUdRutJsJkhinvbW2e4EKNPGCZY0ZWeDB/fA&#10;MP3XmcjrXzN4G12xsfEnhp/D3iWx8EeGYvG8VjqN34BvYP8AhF9TMukXLR+UssLJGxmjhheJGZd8&#10;wbJlETxgH3FRXwHrXx58eeNbD4hWVl47urOEeF9Z1qG3065tf7T0mSyvLdBDKkdkhtWMUr7ozNPL&#10;hQwePjd6xqPx/utE8XDwzF47t9TubzxF4Zg0R5RaNPqulXMVsLi5j8uNVkjkYzkyxqFVmwpT5QAD&#10;6kor5s/Zy+L3iHxt8UPEejav4pi8SQJbT3SRWMcH2exK3WxInQQw3NpJsYDybkSM2xmWTCkHhtT/&#10;AGgfGtj4rddM8X/214r+2eKI5vhuLK2f7KLK2vH0+PKRC4/eGGBtxc+bvymFBBAPsykLBRkkAdOa&#10;+MvD/wAeviJonw61HxvJ4t0T4g6TpN9YvNZ6HeRX08i3EE0JtpWSwtBERcyWTqgUypiQSNitDSvH&#10;/j/WNZ0TTfFl1bXzeHvFWk+G795tLtzHeags11JJdx7o/wB2Xtjp8i+Xt2eacYNAH14jrIiujBkY&#10;ZDKcgj1pQwYZBBHTivjDwV8XZJv+FNeH4fixb+Cb++0qz1DVNJdNHs7BrYuyrDBC9sJDPcONgSJw&#10;qKpbaCUD89rPxz8Q+EvhNcXEfjy1+Hctl4PvdZ0S2tNJsUj1zUvtl6skIR4Cv7tYrdikQVibkyNu&#10;VWoA+8aK+Qdc8fXnib48eGNN1fxpjVNP+IUttF4G+z26/ZbKOyuhBeZCee3mKQ+9nMZ87aFBWuv8&#10;ceOfGtj8VfEstj4tuLPQ9D17wrpyaGljavDcRahdwW9z5kjRGXO2YspR1ww53A4AB9H0V8U6b+1B&#10;4sj8c+Mc69/aWnR6N4ivItDia1n1DS5rKVVgDWqWsbQMV3ERzXE5cYb5BwbHwy+Mvjzx/r1h4WX4&#10;iQ3EU3i23sj4g0Kaw1NpLN9Fv7t4Vn+wQwN++tF+ZYMr8y7nwcgH2dWYnibR5PEUmgJq1i2ux24v&#10;H0sXKG6WAttEpizuCbuN2MZ4zXzT+2T8dfE3wpvki8OeIYPD89noNzrSx389vBDqTxuALeMSWtw9&#10;xJgEtFGYMKwYyqOVyfE2saz8P/iJ8VdXg8dX2h6XqHi3R7DUtauLexeLSLOSwhk89S1uQMEx26tL&#10;uRVkDMGbLkA+v6K+EtR/aI+I1zpdhBpvxE0az0x7rXFs/GOuTW+nwak9vemK2gythPHIfKw/lRrF&#10;JKDlHG0g9p8O/EPirwh4vn1VtbnlsNZ8faxp1/4bsrSGa2JTSbm88yF2jWdpPNtVUZdVKnBQH5qA&#10;PrmivhLwJ+0X8QPF3maXB49trl9Rn8NvDqNnJZX8+ni9vXhuYGC2UMSSBNmYmEzRMMGVicDpvEHx&#10;d8SwaQNE8TfEeTw1p0EviixHiOayshLq9xZ3Sw2lpIph8sO0TOSsSI8uzCbSGyAfY9VNK1ax13Tr&#10;fUNNvLfULC5QSQ3VpKssUqnoyspII9wa+MPhN8VfHo8TfDvwvbeJNB8P6NaaZ4cgttE1W9ENxrNl&#10;Lp9u9xPDAbGSSdg7TIrx3MaI0AEi4yzcR4h8e3lv+zjB4a1Dxn/wienp4BsbjStG8i3f/hIJpZZ0&#10;uBukQyHy1jiGyFlZN/mPlDigD9EaKoaTruna8t02nXsF8trcyWc5gkD+VNGcPG2OjKeCOoq/QAUU&#10;UUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRR&#10;QAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFAGZYf8i9H/wBe/wD7&#10;LWJW3Yf8i9H/ANe//stYlABRRRQBraJ/qlrYrH0T/VLWxS6jPCvH37HXgj4h+LtR8RX19rdneX7i&#10;SaKyuIli3YAJAaJiM4yeetc//wAMC/D7/oMeJf8AwKt//jFfStFMRi+DPCdj4E8LaZ4f00ymx0+E&#10;QRNO25yB3YgAEk5PAFbVFFAFOX/kLW3/AFwl/wDQo6uVTl/5C1t/1wl/9Cjq5QAUUUUAFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABWX4X/5FnSP+vOH&#10;/wBAFalZfhf/AJFnSP8Arzh/9AFAGpRRRQAyb/Uv9DVXRf8AkDWH/XvH/wCgirU3+pf6Gqui/wDI&#10;GsP+veP/ANBFAF2iiigAooooAK47T/hJ4Y03xq/iyO1vJ9bzMY5LzU7q5htjMQZTBBJI0UBfABMa&#10;KSOOhNdjRQAVX1Cxj1OwubOZpkiuImidreZ4ZArAglZEIZG54ZSCDyCDViigDL8L+GNM8F+HNN0H&#10;RbVbHSdOt0tbW3Vmby41GFG5iSeB1JJPUkmsLxz8JfDPxIuLeXxDa3l6kKiNrWPU7q3trhAwbZPB&#10;FKsc65H3ZVYe2K7GigAooooAKKKKACsjxV4VsPGWjSaZqRvFtXZX3WF9PZTKykMpWaB0kUggfdYV&#10;r0UAY3hDwfpHgPw/b6JodqbPToGkdY2leZ2d3aSR3kdmd3Z2ZmZiSSxJJJrZoooAKKKKACiiigAo&#10;oooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigDMsP8AkXo/&#10;+vf/ANlrErbsP+Rej/69/wD2WsSgAooooA1tE/1S1sVj6J/qlrYpdRhRRRTEFFFFAHnmm/8AJwfi&#10;P/sV9M/9K7+vQ68803/k4PxH/wBivpn/AKV39eh11Yj4o/4Y/kcmG+GX+KX5hRRRXKdYUUUUAFFF&#10;FABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFZfhf8A5FnSP+vO&#10;H/0AVqVl+F/+RZ0j/rzh/wDQBQBqUUUUAIRuBB6GuauvAsNxMzpqmrWynpFb38saL9FDYFdNRQBy&#10;f/Cvo/8AoN65/wCDOb/4qj/hX0f/AEG9c/8ABnN/8VXWUUAcn/wr6P8A6Deuf+DOb/4qj/hX0f8A&#10;0G9c/wDBnN/8VXWUUAcn/wAK+j/6Deuf+DOb/wCKo/4V9H/0G9c/8Gc3/wAVXWUUAcn/AMK+j/6D&#10;euf+DOb/AOKo/wCFfR/9BvXP/BnN/wDFV1lFAHJ/8K+j/wCg3rn/AIM5v/iqP+FfR/8AQb1z/wAG&#10;c3/xVdZRQByf/Cvo/wDoN65/4M5v/iqP+FfR/wDQb1z/AMGc3/xVdZRQByf/AAr6P/oN65/4M5v/&#10;AIqj/hX0f/Qb1z/wZzf/ABVdZRQByf8Awr6P/oN65/4M5v8A4qj/AIV9H/0G9c/8Gc3/AMVXWUUA&#10;cn/wr6P/AKDeuf8Agzm/+Ko/4V9H/wBBvXP/AAZzf/FV1lFAHJ/8K+j/AOg3rn/gzm/+Ko/4V9H/&#10;ANBvXP8AwZzf/FV1lFAHJ/8ACvo/+g3rn/gzm/8AiqP+FfR/9BvXP/BnN/8AFV1lFAHJ/wDCvo/+&#10;g3rn/gzm/wDiqP8AhX0f/Qb1z/wZzf8AxVdZRQByf/Cvo/8AoN65/wCDOb/4qj/hX0f/AEG9c/8A&#10;BnN/8VXWUUAcn/wr6P8A6Deuf+DOb/4qj/hX0f8A0G9c/wDBnN/8VXWUUAcn/wAK+j/6Deuf+DOb&#10;/wCKo/4V9H/0G9c/8Gc3/wAVXWUUAcn/AMK+j/6Deuf+DOb/AOKo/wCFfR/9BvXP/BnN/wDFV1lF&#10;AHJ/8K+j/wCg3rn/AIM5v/iqP+FfR/8AQb1z/wAGc3/xVdZRQByf/Cvo/wDoN65/4M5v/iqP+FfR&#10;/wDQb1z/AMGc3/xVdZRQByf/AAr6P/oN65/4M5v/AIqj/hX0f/Qb1z/wZzf/ABVdZRQByf8Awr6P&#10;/oN65/4M5v8A4qj/AIV9H/0G9c/8Gc3/AMVXWUUAcn/wr6P/AKDeuf8Agzm/+Ko/4V9H/wBBvXP/&#10;AAZzf/FV1lFAHJ/8K+j/AOg3rn/gzm/+Ko/4V9H/ANBvXP8AwZzf/FV1lFAHJ/8ACvo/+g3rn/gz&#10;m/8AiqP+FfR/9BvXP/BnN/8AFV1lFAHJ/wDCvo/+g3rn/gzm/wDiqP8AhX0f/Qb1z/wZzf8AxVdZ&#10;RQByf/Cvo/8AoN65/wCDOb/4qj/hX0f/AEG9c/8ABnN/8VXWUUAcn/wr6P8A6Deuf+DOb/4qj/hX&#10;0f8A0G9c/wDBnN/8VXWUUAcn/wAK+j/6Deuf+DOb/wCKo/4V9H/0G9c/8Gc3/wAVXWUUAcn/AMK+&#10;j/6Deuf+DOb/AOKo/wCFfR/9BvXP/BnN/wDFV1lFAHJ/8K+j/wCg3rn/AIM5v/iqP+FfR/8AQb1z&#10;/wAGc3/xVdZRQByf/Cvo/wDoN65/4M5v/iqP+FfR/wDQb1z/AMGc3/xVdZRQByf/AAr6P/oN65/4&#10;M5v/AIqj/hX0f/Qb1z/wZzf/ABVdZRQByf8Awr6P/oN65/4M5v8A4qj/AIV9H/0G9c/8Gc3/AMVX&#10;WUUAcn/wr6P/AKDeuf8Agzm/+Ko/4V9H/wBBvXP/AAZzf/FV1lFAHJ/8K+j/AOg3rn/gzm/+Ko/4&#10;V9H/ANBvXP8AwZzf/FV1lFAHJ/8ACvo/+g3rn/gzm/8AiqP+FfR/9BvXP/BnN/8AFV1lFAHJ/wDC&#10;vo/+g3rn/gzm/wDiqP8AhX0f/Qb1z/wZzf8AxVdZRQByf/Cvo/8AoN65/wCDOb/4qj/hX0f/AEG9&#10;c/8ABnN/8VXWUUAcn/wr6P8A6Deuf+DOb/4qpIPAcUEqudY1mUA/ck1GZlP1BbmuoooArTRLDp8s&#10;aDCrGQB+Fc1XUXn/AB6T/wC438q5egAooooA/9lQSwMEFAAGAAgAAAAhAOgPDEfhAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpLXVxGxKKeqpCLaCeJtmp0lodjdkt0n6&#10;752c9DaP9/HmvWw9mkb01PnaWQXxLAJBtnC6tqWCr8PbwzMIH9BqbJwlBVfysM5vbzJMtRvsJ/X7&#10;UAoOsT5FBVUIbSqlLyoy6GeuJcveyXUGA8uulLrDgcNNI+dRtJIGa8sfKmxpW1Fx3l+MgvcBh80i&#10;fu1359P2+nNYfnzvYlLq/m7cvIAINIY/GKb6XB1y7nR0F6u9aBTMH5MnRvlY8KYJiJerBMRxsqIE&#10;ZJ7J/xvyXwAAAP//AwBQSwMEFAAGAAgAAAAhAFhgsxu6AAAAIgEAABkAAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8QZm/TuhCRpm5EcCv1A4ZkmkabB0kU+/cG3CgILude7jlM&#10;u3/aiT0oJuOdgKaqgZGTXhmnBVz642oLLGV0CifvSMBMCfbdctGeacJcRmk0IbFCcUnAmHPYcZ7k&#10;SBZT5QO50gw+WszljJoHlDfUxNd1veHxkwHdF5OdlIB4Ug2wfg7F/J/th8FIOnh5t+TyDwU3trgL&#10;EKOmLMCSMvgOm+oaSAPvWv71WfcCAAD//wMAUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAH1ghO80D&#10;AAAfCgAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAzCxI&#10;4GR0AABkdAAAFQAAAAAAAAAAAAAAAAA1BgAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsBAi0AFAAG&#10;AAgAAAAhAOgPDEfhAAAACwEAAA8AAAAAAAAAAAAAAAAAzHoAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;ABQABgAIAAAAIQBYYLMbugAAACIBAAAZAAAAAAAAAAAAAAAAANp7AABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzUEsFBgAAAAAGAAYAfQEAAMt8AAAAAA==&#10;">
                 <v:shape id="Image 82" style="position:absolute;width:57607;height:13832;visibility:visible;mso-wrap-style:square" alt="Graphical user interface, text, application, email  Description automatically generated" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhqucDxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81U09VIlupJQK0pNGhRxfsy/Zpdm3aXar8d+7QqHHYWa+YVbr0XXiTEOwnhW8TDMQ&#10;xLXXllsFx8PmeQEiRGSNnWdScKUA6+LxYYW59hfe07mMrUgQDjkqMDH2uZShNuQwTH1PnLzGDw5j&#10;kkMr9YCXBHednGXZq3RoOS0Y7OndUP1d/joFm25+qD625efpWlU/XztjG7ZWqcnT+LYEEWmM/+G/&#10;9lYrWMzg/iX9AFncAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACGq5wPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata o:title="Graphical user interface, text, application, email  Description automatically generated" r:id="rId60"/>
                 </v:shape>
                 <v:shape id="Graphic 83" style="position:absolute;left:55060;top:495;width:2528;height:3619;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="252729,361950" o:spid="_x0000_s1028" fillcolor="red" stroked="f" path="m252730,l,,,31750,,330200r,31750l252730,361950r,-31750l252730,32131r-31623,l221107,330200r-189484,l31623,31750r221107,l252730,xe" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBel4IgwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8JA&#10;EITfC/6HY4W+1YstFo2eEoSCFPrQ6A9Yc2sSze0luVXTf98TCn0cZuYbZrUZXKNu1Ifas4HpJAFF&#10;XHhbc2ngsP94mYMKgmyx8UwGfijAZj16WmFq/Z2/6ZZLqSKEQ4oGKpE21ToUFTkME98SR+/ke4cS&#10;ZV9q2+M9wl2jX5PkXTusOS5U2NK2ouKSX50B250XXf2VyBRllknXHfPP7GjM83jIlqCEBvkP/7V3&#10;1sD8DR5f4g/Q618AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXpeCIMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0133138E" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F81E0F1" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
       </w:pPr>
     </w:p>
@@ -24009,99 +24010,104 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>de afdeling</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Gemeentebelastingen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FF0097" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C68317" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
+    <w:p w14:paraId="28C68317" w14:textId="47223B81" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="1274" w:right="1280"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>!!BELANGRIJK!!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Het</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">mailadres </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t>mailadres</w:t>
+      </w:r>
+      <w:r w:rsidR="00A447C7">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r w:rsidR="00A447C7" w:rsidRPr="00C41840">
           <w:rPr>
-            <w:color w:val="FF0000"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>email2post_gbd@bakerware.nl</w:t>
+          <w:t>heffingen-gbd@drechtsteden.nl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00A447C7">
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>voor intern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
@@ -31193,51 +31199,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>van</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uw </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>betaling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A9682D" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
+    <w:p w14:paraId="43A9682D" w14:textId="2661CA76" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="1274" w:right="4500"/>
       </w:pPr>
       <w:r>
         <w:t>Via</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>het</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kopje</w:t>
@@ -31247,50 +31253,53 @@
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>'teruggave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>parkeergeld'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vind</w:t>
       </w:r>
+      <w:r w:rsidR="00A447C7">
+        <w:t>t</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -31308,74 +31317,74 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nodig heeft. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Link:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550E6535" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00587582">
+    <w:p w14:paraId="550E6535" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="1274"/>
       </w:pPr>
       <w:hyperlink r:id="rId69">
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Parkeren_verkeer_en_vervoer/Betaald_parkeren/Parkeergeld_bet</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00965519">
+      <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId70">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>alen_via_mobiele_telefoon</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="244D7A72" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B5F393C" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1274"/>
       </w:pPr>
       <w:r>
         <w:t>Met</w:t>
       </w:r>
       <w:r>
@@ -33928,74 +33937,74 @@
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>volgende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>link</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6604E100" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00587582">
+    <w:p w14:paraId="6604E100" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="3400" w:right="1280"/>
       </w:pPr>
       <w:hyperlink r:id="rId74">
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Belastingen/Aanslag_gemeentelijke_</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00965519">
+      <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId75">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>belastingen_WOZ</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6438B808" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF8EE7C" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="1274"/>
       </w:pPr>
       <w:r>
         <w:t>De</w:t>
       </w:r>
       <w:r>
@@ -35657,57 +35666,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">koop via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>InDordrecht</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Via de link van de website onderaan deze mail, plaatst u een bestelling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE37C51" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2424E2E7" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00587582">
+    <w:p w14:paraId="2424E2E7" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:ind w:left="1274"/>
       </w:pPr>
       <w:hyperlink r:id="rId78">
-        <w:r w:rsidR="00965519">
+        <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>https://indordrecht.nl/product/lamb-leo-tuttle/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36218997" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="001046BD">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FA83F3F" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="1274"/>
       </w:pPr>
       <w:r>
         <w:t>Met</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -35754,110 +35763,110 @@
         <w:t>Dienstverlening</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Drechtsteden</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001046BD">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1340" w:right="141" w:bottom="1280" w:left="141" w:header="0" w:footer="1094" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="022182AF" w14:textId="77777777" w:rsidR="00965519" w:rsidRDefault="00965519">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="26569326" w14:textId="77777777" w:rsidR="00965519" w:rsidRDefault="00965519">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="614F8945" w14:textId="77777777" w:rsidR="001046BD" w:rsidRDefault="00965519">
     <w:pPr>
       <w:pStyle w:val="Plattetekst"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487227904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C61EA50" wp14:editId="536709FB">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6492494</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9858999</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="215900" cy="211454"/>
@@ -35917,51 +35926,51 @@
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>10</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="1511750C">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="7C61EA50">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textbox 9" style="position:absolute;margin-left:511.2pt;margin-top:776.3pt;width:17pt;height:16.65pt;z-index:-16088576;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsX6odkwEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6N7KDdtiMOMW2osOA&#10;YhvQ7gMUWYqN2aJKKrHz96MUJxm2W9GLRInU43uPWt1NQy/2FqkDX8tyUUhhvYGm89ta/np+uP4g&#10;BUXtG92Dt7U8WJJ366t3qzFUdgkt9I1FwSCeqjHUso0xVEqRae2gaQHBek46wEFHPuJWNahHRh96&#10;tSyK92oEbAKCsUR8e39MynXGd86a+MM5slH0tWRuMa+Y101a1Xqlqy3q0HZmpqFfwWLQneemZ6h7&#10;HbXYYfcf1NAZBAIXFwYGBc51xmYNrKYs/lHz1OpgsxY2h8LZJno7WPN9/xR+oojTZ5h4gFkEhUcw&#10;v4m9UWOgaq5JnlJFXJ2ETg6HtLMEwQ/Z28PZTztFYfhyWd5+LDhjOLUsy5vbm+S3ujwOSPGrhUGk&#10;oJbI48oE9P6R4rH0VDJzObZPROK0mbgkhRtoDqxh5DHWkl52Gq0U/TfPPqWZnwI8BZtTgLH/Avln&#10;JCkePu0iuC53vuDOnXkAmfv8WdKE/z7nqsuXXv8BAAD//wMAUEsDBBQABgAIAAAAIQBZDzt64QAA&#10;AA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE1EojbEqSoEJyREGg4cndhN&#10;rMbrELtt+Hs2J3rbmR3Nvi22sxvY2UzBepTwuBLADLZeW+wkfNVvD2tgISrUavBoJPyaANvy9qZQ&#10;ufYXrMx5HztGJRhyJaGPccw5D21vnAorPxqk3cFPTkWSU8f1pC5U7gaeCJFxpyzShV6N5qU37XF/&#10;chJ231i92p+P5rM6VLauNwLfs6OU93fz7hlYNHP8D8OCT+hQElPjT6gDG0iLJHmiLE1pmmTAloxI&#10;M/KaxVunG+Blwa//KP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArF+qHZMBAAAaAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWQ87euEAAAAP&#10;AQAADwAAAAAAAAAAAAAAAADtAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPsEAAAA&#10;AA==&#10;">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w:rsidR="001046BD" w:rsidRDefault="00965519" w14:paraId="4718821A" w14:textId="77777777">
                     <w:pPr>
                       <w:spacing w:before="20"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -35983,70 +35992,70 @@
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>10</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AF960C7" w14:textId="77777777" w:rsidR="00965519" w:rsidRDefault="00965519">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7CE5B68F" w14:textId="77777777" w:rsidR="00965519" w:rsidRDefault="00965519">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0344097A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F1ED9A8"/>
     <w:lvl w:ilvl="0" w:tplc="7F3200CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2355" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="C00000"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -37925,119 +37934,120 @@
   <w:num w:numId="9" w16cid:durableId="1227105441">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="844592948">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1035083980">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="486943081">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="525363379">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="104469293">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1513061249">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001046BD"/>
     <w:rsid w:val="001046BD"/>
-    <w:rsid w:val="00587582"/>
     <w:rsid w:val="00965519"/>
+    <w:rsid w:val="00A447C7"/>
+    <w:rsid w:val="00C67007"/>
     <w:rsid w:val="00D22897"/>
     <w:rsid w:val="255C1B53"/>
     <w:rsid w:val="41F90C07"/>
     <w:rsid w:val="425F9D4E"/>
     <w:rsid w:val="61517B38"/>
     <w:rsid w:val="6ECAA554"/>
     <w:rsid w:val="7F7F86DF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="79C54550"/>
   <w15:docId w15:val="{247A9C11-DAB9-405C-A84F-3559B2C3D651}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -38496,59 +38506,82 @@
     <w:pPr>
       <w:spacing w:before="20"/>
       <w:ind w:left="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="1"/>
       <w:ind w:left="1995" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A447C7"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Onopgelostemelding">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A447C7"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:email2post_gbd@bakerware.nl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klantenservice@easypark.net" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Wonen/Publiekrechtelijke_beperkingen" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ruimtelijkeplannen.nl/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:werving@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Belastingen/Aanslag_gemeentelijke_belastingen_WOZ" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heffingen-gbd@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://synoniemen.net/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.werkenbijdrechtsteden.nl/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dordrecht.nl/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indordrecht.nl/product/lamb-leo-tuttle/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ishetb1.nl/search" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:div@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Parkeren_verkeer_en_vervoer/Betaald_parkeren/Parkeergeld_betalen_via_mobiele_telefoon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Onze_stad/Overzicht_Onze_stad/Initiatieven/Soorten_initiatieven/Stadswens" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dordrecht.nl/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialedienstdrechtsteden.nl/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heffingen-gbd@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Parkeren_verkeer_en_vervoer/Betaald_parkeren/Parkeergeld_betalen_via_mobiele_telefoon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Belastingen/Aanslag_gemeentelijke_belastingen_WOZ" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heffingen-gbd@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klantenservice@easypark.net" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Wonen/Publiekrechtelijke_beperkingen" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ruimtelijkeplannen.nl/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:werving@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Belastingen/Aanslag_gemeentelijke_belastingen_WOZ" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heffingen-gbd@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://synoniemen.net/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.werkenbijdrechtsteden.nl/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dordrecht.nl/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indordrecht.nl/product/lamb-leo-tuttle/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ishetb1.nl/search" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:div@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Parkeren_verkeer_en_vervoer/Betaald_parkeren/Parkeergeld_betalen_via_mobiele_telefoon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Onze_stad/Overzicht_Onze_stad/Initiatieven/Soorten_initiatieven/Stadswens" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dordrecht.nl/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialedienstdrechtsteden.nl/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heffingen-gbd@drechtsteden.nl" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Parkeren_verkeer_en_vervoer/Betaald_parkeren/Parkeergeld_betalen_via_mobiele_telefoon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.dordrecht.nl/Inwoners/Overzicht_Inwoners/Belastingen/Aanslag_gemeentelijke_belastingen_WOZ" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -38812,155 +38845,126 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B7F32D7FE0255A48B3E42AB76607E41D" ma:contentTypeVersion="13" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="ccbd13e90ca44c996ef012da4c8e023c">
-[...2 lines deleted...]
-    <xsd:import namespace="7cf72315-bb55-44a6-af5c-5c2e1fddd417"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BAAE71C5EA38E64898C565893898CE58" ma:contentTypeVersion="10" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="bdf96fa98bdae458adb2947abff825e6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e12a133c-ddc0-4d97-b509-f94c997b4730" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28eb06b6dbf47de493a56e7b6afaa445" ns2:_="">
+    <xsd:import namespace="e12a133c-ddc0-4d97-b509-f94c997b4730"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="064f8c45-1e7a-49b0-a921-789bdb7904c0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e12a133c-ddc0-4d97-b509-f94c997b4730" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b41996d0-0873-4a62-8f69-98631c152417" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
-    </xsd:element>
-[...18 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -39021,108 +39025,127 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="064f8c45-1e7a-49b0-a921-789bdb7904c0">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e12a133c-ddc0-4d97-b509-f94c997b4730">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="7cf72315-bb55-44a6-af5c-5c2e1fddd417" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45B8EF10-52DC-483A-BB98-FE8DED36B67A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07D1B1C6-6B8D-467F-AA80-946B138773FD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A22084C1-7DBA-4FD3-8603-A7C4FEA4DCFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e12a133c-ddc0-4d97-b509-f94c997b4730"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCA4D650-9832-4E1C-9F5E-6A9011FF55FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e12a133c-ddc0-4d97-b509-f94c997b4730"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{a1e47c15-e3b5-4eb4-929c-b81c99cde1fe}" enabled="1" method="Standard" siteId="{ce1619bc-aea1-41c1-8fa8-bbdc8c7d1cef}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
   <Words>4184</Words>
-  <Characters>23017</Characters>
+  <Characters>23018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>191</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27147</CharactersWithSpaces>
+  <CharactersWithSpaces>27148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chantal van Dun</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-08-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2025-10-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>3-Heights(TM) PDF Security Shell 4.8.25.2 (http://www.pdf-tools.com)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
-    <vt:lpwstr>0x010100B7F32D7FE0255A48B3E42AB76607E41D</vt:lpwstr>
+    <vt:lpwstr>0x010100BAAE71C5EA38E64898C565893898CE58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>